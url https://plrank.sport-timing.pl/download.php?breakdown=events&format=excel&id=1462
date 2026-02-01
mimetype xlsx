--- v0 (2025-10-30)
+++ v1 (2026-02-01)
@@ -18,1127 +18,851 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Mężczyźni - Junior młodszy" sheetId="1" r:id="rId4"/>
     <sheet name="Mężczyźni - Młodzik" sheetId="2" r:id="rId5"/>
     <sheet name="Kobiety - Junior młodszy" sheetId="3" r:id="rId6"/>
     <sheet name="Kobiety - Młodzik" sheetId="4" r:id="rId7"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="299">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="231">
   <si>
     <t>Polpunkty SL - Mężczyźni - Junior młodszy</t>
   </si>
   <si>
     <t>Sezon: 2024/2025 | Typ licencji: ZJAZDY</t>
   </si>
   <si>
-    <t>Pozycja</t>
+    <t>Poz.</t>
+  </si>
+  <si>
+    <t>Licencja</t>
   </si>
   <si>
     <t>Zawodnik</t>
   </si>
   <si>
-    <t>Klub</t>
-[...62 lines deleted...]
-    <t>🥇 1</t>
+    <t>Bazowa SL
+01.12.2024</t>
+  </si>
+  <si>
+    <t>PolPunkty SL 1
+18.12.2024</t>
+  </si>
+  <si>
+    <t>PolPunkty SL 2
+19.12.2024</t>
+  </si>
+  <si>
+    <t>OOM Krynica SL
+08.03.2025</t>
+  </si>
+  <si>
+    <t>MPP SL
+14.03.2025</t>
+  </si>
+  <si>
+    <t>MPP Bialka SL
+15.03.2025</t>
+  </si>
+  <si>
+    <t>Punkty</t>
   </si>
   <si>
     <t>Janusz Truskolaski</t>
   </si>
   <si>
-    <t>KS SportUp</t>
-[...1 lines deleted...]
-  <si>
     <t>-</t>
   </si>
   <si>
-    <t>🥈 2</t>
-[...1 lines deleted...]
-  <si>
     <t>Jan Miłosz</t>
   </si>
   <si>
-    <t>KS BESKIDY</t>
-[...4 lines deleted...]
-  <si>
     <t>Alex Rakszawski</t>
   </si>
   <si>
-    <t>TEAM MB Szczyrk</t>
-[...1 lines deleted...]
-  <si>
     <t>Kosma Szafrański</t>
   </si>
   <si>
-    <t>KS SKIVEGAS STANEK RACE ACADEMY Sp. Z o.o</t>
-[...1 lines deleted...]
-  <si>
     <t>Tymon Zglinicki</t>
   </si>
   <si>
-    <t>PILCH SKI ACADEMY</t>
-[...1 lines deleted...]
-  <si>
     <t>Jakub Muniak</t>
   </si>
   <si>
     <t>Piotr Pietrzyk</t>
   </si>
   <si>
-    <t>BRG Bębenek Racing Group</t>
-[...1 lines deleted...]
-  <si>
     <t>Wojciech Przybyła</t>
   </si>
   <si>
     <t>Aleksander Paluszek</t>
   </si>
   <si>
     <t>Jerzy Pełda</t>
   </si>
   <si>
     <t>Jan Czajkowski</t>
   </si>
   <si>
     <t>Stanisław Ćwikła</t>
   </si>
   <si>
     <t>Dominik Kulej</t>
   </si>
   <si>
     <t>Ryszard Łatacz</t>
   </si>
   <si>
-    <t>KN GONDOLA KRYNICA</t>
-[...1 lines deleted...]
-  <si>
     <t>Konstanty Tryzna</t>
   </si>
   <si>
-    <t>KLUB SPORTOWY AZS ZAKOPANE</t>
-[...1 lines deleted...]
-  <si>
     <t>Julian Nieścieronek</t>
   </si>
   <si>
     <t>Tymon Bobrzyński</t>
   </si>
   <si>
     <t>Kryspin Howley</t>
   </si>
   <si>
-    <t>BS Sport</t>
-[...1 lines deleted...]
-  <si>
     <t>Mikołaj Hołubiński</t>
   </si>
   <si>
     <t>Franciszek Zacny</t>
   </si>
   <si>
-    <t>KS YETI</t>
-[...1 lines deleted...]
-  <si>
     <t>Jakub Domicz</t>
   </si>
   <si>
-    <t>Klub Sportowy Mikołajek</t>
-[...1 lines deleted...]
-  <si>
     <t>Paweł Król</t>
   </si>
   <si>
     <t>Piotr Blumski</t>
   </si>
   <si>
-    <t>WKS POZNAŃ SKI</t>
+    <t>Konrad Stojanik</t>
+  </si>
+  <si>
+    <t>Michał Sobolewski</t>
+  </si>
+  <si>
+    <t>Ignacy Kozłowski</t>
+  </si>
+  <si>
+    <t>Kajetan Kozaczka</t>
+  </si>
+  <si>
+    <t>Kamil Frycz</t>
+  </si>
+  <si>
+    <t>Antoni Kałuża</t>
+  </si>
+  <si>
+    <t>Antoni Zamorski</t>
+  </si>
+  <si>
+    <t>Tomasz Rojek</t>
+  </si>
+  <si>
+    <t>Bartłomiej Surdy</t>
+  </si>
+  <si>
+    <t>Karol Kwiatkowski</t>
+  </si>
+  <si>
+    <t>Feliks Olesiński</t>
+  </si>
+  <si>
+    <t>Jakub Haber</t>
+  </si>
+  <si>
+    <t>Antoni Gacek</t>
+  </si>
+  <si>
+    <t>Iwo Olszewski</t>
+  </si>
+  <si>
+    <t>Andrzej Majewski</t>
+  </si>
+  <si>
+    <t>Babiak Jan</t>
+  </si>
+  <si>
+    <t>Artemi Chornous</t>
+  </si>
+  <si>
+    <t>Szymon Ptaszkiewicz</t>
+  </si>
+  <si>
+    <t>Konstanty Trusewicz</t>
+  </si>
+  <si>
+    <t>Bartłomiej Jaśkiewicz</t>
   </si>
   <si>
     <t>Jakub Bojdys</t>
   </si>
   <si>
-    <t>KLUB SPORTOWY AS</t>
-[...2 lines deleted...]
-    <t>Konrad Stojanik</t>
+    <t>Leon Łodziński</t>
+  </si>
+  <si>
+    <t>Wojciech Donocik</t>
+  </si>
+  <si>
+    <t>Paweł Chowaniec</t>
+  </si>
+  <si>
+    <t>Bartłomiej Czernek</t>
   </si>
   <si>
     <t>Nikodem Ryczko</t>
   </si>
   <si>
-    <t>FUNDACJA YOUNG GUNS</t>
-[...8 lines deleted...]
-    <t>Ignacy Kozłowski</t>
+    <t>Igor Kulczyński</t>
+  </si>
+  <si>
+    <t>Maciej Nowaczyk</t>
+  </si>
+  <si>
+    <t>Nikodem Trusewicz</t>
+  </si>
+  <si>
+    <t>Mikołaj Zimnicki</t>
   </si>
   <si>
     <t>Krzysztof Kuter</t>
   </si>
   <si>
-    <t xml:space="preserve">UKN "LAWORTA" </t>
-[...10 lines deleted...]
-  <si>
     <t>Krzysztof Łach</t>
   </si>
   <si>
-    <t>Antoni Kałuża</t>
-[...11 lines deleted...]
-    <t>Bartłomiej Surdy</t>
+    <t>Borys Głuszek</t>
+  </si>
+  <si>
+    <t>Stanisław Sobczak</t>
+  </si>
+  <si>
+    <t>Piotr Butowski</t>
   </si>
   <si>
     <t>Antoni Czerwiński-molski</t>
   </si>
   <si>
-    <t>RACE STREFA</t>
-[...13 lines deleted...]
-  <si>
     <t>Maciej Tabakowski</t>
   </si>
   <si>
-    <t>Andrzej Majewski</t>
-[...10 lines deleted...]
-  <si>
     <t>Jerzy Domicz</t>
   </si>
   <si>
-    <t>Antoni Gacek</t>
-[...67 lines deleted...]
-  <si>
     <t>Polpunkty SL - Mężczyźni - Młodzik</t>
   </si>
   <si>
     <t>Piotr Bobeł</t>
   </si>
   <si>
     <t>Filip Ciślak</t>
   </si>
   <si>
     <t>Jan Poborski</t>
   </si>
   <si>
+    <t>Kacper Zagórski</t>
+  </si>
+  <si>
+    <t>Jan Jędrol</t>
+  </si>
+  <si>
+    <t>Feliks Miłosz</t>
+  </si>
+  <si>
+    <t>Rudolf Pełda</t>
+  </si>
+  <si>
+    <t>Benjamin Barabaś-latif</t>
+  </si>
+  <si>
+    <t>Michał Kuźma</t>
+  </si>
+  <si>
+    <t>Stanisław Kuklewicz</t>
+  </si>
+  <si>
+    <t>Jan Janicki</t>
+  </si>
+  <si>
+    <t>Michał Radoszewski-zakościelny</t>
+  </si>
+  <si>
+    <t>Bartłomiej Żółtak</t>
+  </si>
+  <si>
+    <t>Michał Ilewicz</t>
+  </si>
+  <si>
+    <t>Ruben Cirut</t>
+  </si>
+  <si>
+    <t>Leonardo Brusco</t>
+  </si>
+  <si>
+    <t>Tymon Bogusławski</t>
+  </si>
+  <si>
+    <t>Stanisław Moszczyński</t>
+  </si>
+  <si>
+    <t>Iwo Gazda</t>
+  </si>
+  <si>
+    <t>Rafał Łukaszewski</t>
+  </si>
+  <si>
+    <t>Jan Kalina</t>
+  </si>
+  <si>
+    <t>Stanisław Mars</t>
+  </si>
+  <si>
+    <t>Jakub Gałaszek</t>
+  </si>
+  <si>
+    <t>Bruno Szafrański-mądry</t>
+  </si>
+  <si>
+    <t>Borys Klauza</t>
+  </si>
+  <si>
+    <t>Gustaw Leśniewski</t>
+  </si>
+  <si>
+    <t>Dominik Prochownik</t>
+  </si>
+  <si>
+    <t>Stanisław Rosa</t>
+  </si>
+  <si>
+    <t>Tytus Dzięciołowski</t>
+  </si>
+  <si>
+    <t>Borys Szafrański-mądry</t>
+  </si>
+  <si>
+    <t>Michał Stec</t>
+  </si>
+  <si>
+    <t>Ihor Zarutskyy</t>
+  </si>
+  <si>
+    <t>Witold Stokłosa</t>
+  </si>
+  <si>
+    <t>Tymoteusz Śpiewak</t>
+  </si>
+  <si>
     <t>Filip Soprych</t>
   </si>
   <si>
+    <t>Leon Leonowicz</t>
+  </si>
+  <si>
     <t>Jan Szmaja</t>
   </si>
   <si>
+    <t>Edward Kink</t>
+  </si>
+  <si>
     <t>Bartłomiej Więckowski</t>
   </si>
   <si>
-    <t>Jan Jędrol</t>
-[...14 lines deleted...]
-    <t>Benjamin Barabaś-latif</t>
+    <t>Szymon Rembek</t>
+  </si>
+  <si>
+    <t>Olivier Skiba</t>
+  </si>
+  <si>
+    <t>Iwo Hawrylik</t>
   </si>
   <si>
     <t>Stanisław Górnikowski</t>
   </si>
   <si>
-    <t>KS BiegunSport</t>
-[...1 lines deleted...]
-  <si>
     <t>Michał Szewczyk</t>
   </si>
   <si>
-    <t>KKN SIEPRAW-SKI</t>
-[...5 lines deleted...]
-    <t>Stanisław Kuklewicz</t>
+    <t>Mikołaj Juraszek</t>
   </si>
   <si>
     <t>Leon Marciniak</t>
   </si>
   <si>
-    <t>Michał Radoszewski-zakościelny</t>
-[...1 lines deleted...]
-  <si>
     <t>Mateusz Kilarski</t>
   </si>
   <si>
-    <t>Bartłomiej Żółtak</t>
-[...1 lines deleted...]
-  <si>
     <t>Franciszek Nowak</t>
   </si>
   <si>
     <t>Tymon Kozłowski</t>
   </si>
   <si>
-    <t>Stanisław Moszczyński</t>
-[...1 lines deleted...]
-  <si>
     <t>Andrzej Jędrol</t>
   </si>
   <si>
-    <t>Jan Janicki</t>
-[...13 lines deleted...]
-  <si>
     <t>Jakub Tarnawski</t>
   </si>
   <si>
-    <t>KS FRAJDA ZAKOPANE</t>
-[...4 lines deleted...]
-  <si>
     <t>Iwo Palusiński</t>
   </si>
   <si>
     <t>Jan Kowalczyk</t>
   </si>
   <si>
-    <t>Tymon Bogusławski</t>
-[...22 lines deleted...]
-  <si>
     <t>Jędrzej Nieścieronek</t>
   </si>
   <si>
     <t>Dominik Czuchraj</t>
   </si>
   <si>
-    <t>FROGS SKI&amp;SUN ŚWIERADÓW ZDRÓJ</t>
-[...22 lines deleted...]
-  <si>
     <t>Tymoteusz Gajdek</t>
   </si>
   <si>
-    <t>Ihor Zarutskyy</t>
-[...28 lines deleted...]
-  <si>
     <t>Polpunkty SL - Kobiety - Junior młodszy</t>
   </si>
   <si>
     <t>Hanna Cukier</t>
   </si>
   <si>
     <t>Zofia Kozłowska</t>
   </si>
   <si>
-    <t>Kristina Mazur-ihler</t>
+    <t>Kristina Mazur Ihler</t>
   </si>
   <si>
     <t>Natasza Kamińska</t>
   </si>
   <si>
     <t>Helena Leśniak</t>
   </si>
   <si>
     <t>Kaja Czapska</t>
   </si>
   <si>
     <t>Agata Judkowiak</t>
   </si>
   <si>
     <t>Marta Ziętek</t>
   </si>
   <si>
-    <t>STOWARZYSZENIE OCHMAN SKI RACE TEAM</t>
-[...1 lines deleted...]
-  <si>
     <t>Laura Żelechowska</t>
   </si>
   <si>
-    <t>KS Tatra SkiAcademy</t>
-[...1 lines deleted...]
-  <si>
     <t>Julia Gałuszka</t>
   </si>
   <si>
     <t>Izabela Kasperkiewicz</t>
   </si>
   <si>
+    <t>Mika Oczkoś</t>
+  </si>
+  <si>
+    <t>Kateryna Tsytsaniuk</t>
+  </si>
+  <si>
+    <t>Iga Kaczmarek</t>
+  </si>
+  <si>
+    <t>Iga Rysz</t>
+  </si>
+  <si>
+    <t>Oliwia Skupień</t>
+  </si>
+  <si>
+    <t>Jagoda Nieścieronek</t>
+  </si>
+  <si>
+    <t>Zofia Wasilewska</t>
+  </si>
+  <si>
+    <t>Helena Moritz</t>
+  </si>
+  <si>
+    <t>Sandra Guzik</t>
+  </si>
+  <si>
+    <t>Magda Różańska</t>
+  </si>
+  <si>
+    <t>Maja Wójciak</t>
+  </si>
+  <si>
+    <t>Emilia Dacko</t>
+  </si>
+  <si>
+    <t>Zlata Bezrodna</t>
+  </si>
+  <si>
+    <t>Olga Kanclerz</t>
+  </si>
+  <si>
+    <t>Nadia Wyrwas</t>
+  </si>
+  <si>
+    <t>Hanna Łodzińska</t>
+  </si>
+  <si>
+    <t>Amelia Targosz</t>
+  </si>
+  <si>
+    <t>Julia Maślak</t>
+  </si>
+  <si>
+    <t>Agnieszka Kasińska</t>
+  </si>
+  <si>
+    <t>Wiktoria Calicka</t>
+  </si>
+  <si>
+    <t>Hanna Palusińska</t>
+  </si>
+  <si>
+    <t>Jagoda Wojciechowska</t>
+  </si>
+  <si>
+    <t>Maria Zhuk</t>
+  </si>
+  <si>
+    <t>Amelia Masiak</t>
+  </si>
+  <si>
+    <t>Antonina Śpiewak</t>
+  </si>
+  <si>
+    <t>Anna Bartosz</t>
+  </si>
+  <si>
+    <t>Zofia Kasperska</t>
+  </si>
+  <si>
     <t>Anna Pyjas</t>
   </si>
   <si>
-    <t>Sport Szok</t>
-[...2 lines deleted...]
-    <t>Mika Oczkoś</t>
+    <t>Justyna Trząska</t>
   </si>
   <si>
     <t>Victoria Procenko</t>
   </si>
   <si>
-    <t>Kateryna Tsytsaniuk</t>
-[...11 lines deleted...]
-    <t>Oliwia Skupień</t>
+    <t>Maja Pytel</t>
+  </si>
+  <si>
+    <t>Wiktoria Futyma</t>
+  </si>
+  <si>
+    <t>Aleksandra Andrejko</t>
+  </si>
+  <si>
+    <t>Lena Janik</t>
+  </si>
+  <si>
+    <t>Hanna Łamacz</t>
+  </si>
+  <si>
+    <t>Nina Zajączkowska</t>
   </si>
   <si>
     <t>Milena Mitka</t>
   </si>
   <si>
-    <t>Jagoda Nieścieronek</t>
-[...20 lines deleted...]
-    <t>UKN LAWORTA</t>
+    <t>Martyna Jabłońska</t>
+  </si>
+  <si>
+    <t>Lena Dudek</t>
+  </si>
+  <si>
+    <t>Alicja Stępień</t>
   </si>
   <si>
     <t>Hanna Schabowska</t>
   </si>
   <si>
+    <t>Kalina Gąsienica Ciaptak</t>
+  </si>
+  <si>
     <t>Milena Rytlewska</t>
   </si>
   <si>
     <t>Paulina Zajączkowska</t>
   </si>
   <si>
-    <t>Stowarzyszenie Rekreacyjno-Sportowe "Czantoria" Ustroń</t>
-[...2 lines deleted...]
-    <t>Zlata Bezrodna</t>
+    <t>Aleksandra Greberska</t>
   </si>
   <si>
     <t>Martyna Golba</t>
   </si>
   <si>
-    <t>Olga Kanclerz</t>
-[...91 lines deleted...]
-  <si>
     <t>Polpunkty SL - Kobiety - Młodzik</t>
   </si>
   <si>
+    <t>Aleksandra Kasperkiewicz</t>
+  </si>
+  <si>
     <t>Ksenia Jasińska</t>
   </si>
   <si>
     <t>Zuzanna Ryskala</t>
   </si>
   <si>
-    <t>AMS MAGICSPORTS-RYSKALSKI</t>
-[...1 lines deleted...]
-  <si>
     <t>Odeta Nelke</t>
   </si>
   <si>
     <t>Zuzanna Maria Leśniak</t>
   </si>
   <si>
     <t>Ewa Maria Łubkowska</t>
   </si>
   <si>
-    <t>Aleksandra Kasperkiewicz</t>
-[...1 lines deleted...]
-  <si>
     <t>Hanna Tramś</t>
   </si>
   <si>
-    <t>KRAKOWSKIE STOWARZYSZENIE NARCIARSKIE</t>
+    <t>Aleksandra Kalisz</t>
+  </si>
+  <si>
+    <t>Lena Gazda</t>
+  </si>
+  <si>
+    <t>Katarzyna Krupa</t>
+  </si>
+  <si>
+    <t>Alicja Pieczyńska</t>
+  </si>
+  <si>
+    <t>Alicja Telec</t>
+  </si>
+  <si>
+    <t>Natalia Łaciak</t>
+  </si>
+  <si>
+    <t>Hanna Pierlak</t>
+  </si>
+  <si>
+    <t>Maja Wajda</t>
+  </si>
+  <si>
+    <t>Oliwia Sosenko</t>
+  </si>
+  <si>
+    <t>Milena Gronuś</t>
+  </si>
+  <si>
+    <t>Maja Król</t>
+  </si>
+  <si>
+    <t>Antonina Mirowska</t>
+  </si>
+  <si>
+    <t>Zofia Wyród</t>
+  </si>
+  <si>
+    <t>Michalina Szal</t>
   </si>
   <si>
     <t>Natalia Nowaczyk</t>
   </si>
   <si>
     <t>Ewa Bielak</t>
   </si>
   <si>
-    <t>Aleksandra Kalisz</t>
-[...4 lines deleted...]
-  <si>
     <t>Alicja Piłat</t>
   </si>
   <si>
-    <t>Katarzyna Krupa</t>
-[...4 lines deleted...]
-  <si>
     <t>Marianna Babiak</t>
   </si>
   <si>
     <t>Franciszka Olesińska</t>
   </si>
   <si>
-    <t>Alicja Telec</t>
-[...4 lines deleted...]
-  <si>
     <t>Melania Uchańska</t>
   </si>
   <si>
-    <t>Hanna Pierlak</t>
-[...1 lines deleted...]
-  <si>
     <t>Martyna Nowaczyk</t>
   </si>
   <si>
-    <t>Maja Wajda</t>
-[...4 lines deleted...]
-  <si>
     <t>Julia Zając</t>
   </si>
   <si>
-    <t>Oliwia Sosenko</t>
-[...1 lines deleted...]
-  <si>
     <t>Hanna Chrobak</t>
   </si>
   <si>
     <t>Barbara Stępień</t>
   </si>
   <si>
     <t>Sonia Łoboda</t>
   </si>
   <si>
     <t>Helena Stolarska-laszczak</t>
   </si>
   <si>
     <t>Natalia Januszko</t>
   </si>
   <si>
     <t>Łucja Copija</t>
   </si>
   <si>
     <t>Natalia Gąsienica Wawrytko</t>
   </si>
   <si>
-    <t>KS SNPTT-1907</t>
-[...1 lines deleted...]
-  <si>
     <t>Nikola Aftanas</t>
   </si>
   <si>
-    <t>Milena Gronuś</t>
-[...1 lines deleted...]
-  <si>
     <t>Marika Klimczak</t>
   </si>
   <si>
     <t>Wiktoria Paluszek</t>
   </si>
   <si>
     <t>Krystyna Skóbel</t>
   </si>
   <si>
-    <t>Maja Król</t>
-[...1 lines deleted...]
-  <si>
     <t>Lidia Gzyl</t>
-  </si>
-[...7 lines deleted...]
-    <t>Michalina Szal</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
-  <fonts count="5">
+  <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
-    <font>
-[...7 lines deleted...]
-    </font>
   </fonts>
-  <fills count="8">
+  <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
-    </fill>
-[...34 lines deleted...]
-      </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="24">
+  <cellXfs count="9">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-[...3 lines deleted...]
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="5" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0"/>
+    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
-    <xf xfId="0" fontId="3" numFmtId="0" fillId="6" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="45" wrapText="false" shrinkToFit="false"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="1" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="3" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...17 lines deleted...]
-    </xf>
     <xf xfId="0" fontId="3" numFmtId="2" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1414,14997 +1138,6954 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W69"/>
+  <dimension ref="A1:J65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A69" sqref="A69"/>
+      <selection activeCell="A4" sqref="A4:J65"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
-[...20 lines deleted...]
-    <col min="22" max="22" width="15" customWidth="true" style="0"/>
+    <col min="1" max="1" width="6" customWidth="true" style="0"/>
+    <col min="2" max="2" width="14" customWidth="true" style="0"/>
+    <col min="3" max="3" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="14" customWidth="true" style="0"/>
+    <col min="5" max="5" width="14" customWidth="true" style="0"/>
+    <col min="6" max="6" width="14" customWidth="true" style="0"/>
+    <col min="7" max="7" width="14" customWidth="true" style="0"/>
+    <col min="8" max="8" width="14" customWidth="true" style="0"/>
+    <col min="9" max="9" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23">
+    <row r="1" spans="1:10">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:23">
+    <row r="2" spans="1:10">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:23" customHeight="1" ht="150">
-      <c r="A4" s="4" t="s">
+    <row r="4" spans="1:10" customHeight="1" ht="150">
+      <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="4" t="s">
+      <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="4" t="s">
+      <c r="C4" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="4" t="s">
+      <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="E4" s="9" t="s">
+      <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="F4" s="9" t="s">
+      <c r="F4" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="G4" s="9" t="s">
+      <c r="G4" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="H4" s="9" t="s">
+      <c r="H4" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="I4" s="9" t="s">
+      <c r="I4" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="J4" s="9" t="s">
+      <c r="J4" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="K4" s="9" t="s">
+    </row>
+    <row r="5" spans="1:10">
+      <c r="A5" s="4">
+        <v>1</v>
+      </c>
+      <c r="B5" s="4">
+        <v>1674</v>
+      </c>
+      <c r="C5" s="4" t="s">
         <v>12</v>
       </c>
-      <c r="L4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="M4" s="9" t="s">
+      <c r="D5" s="6">
+        <v>10.96</v>
+      </c>
+      <c r="E5" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F5" s="6">
+        <v>359.18</v>
+      </c>
+      <c r="G5" s="6">
+        <v>18.89</v>
+      </c>
+      <c r="H5" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I5" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J5" s="8">
+        <v>10.96</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10">
+      <c r="A6" s="4">
+        <v>2</v>
+      </c>
+      <c r="B6" s="4">
+        <v>3879</v>
+      </c>
+      <c r="C6" s="4" t="s">
         <v>14</v>
       </c>
-      <c r="N4" s="9" t="s">
+      <c r="D6" s="6">
+        <v>11.46</v>
+      </c>
+      <c r="E6" s="6">
+        <v>58.63</v>
+      </c>
+      <c r="F6" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" s="6">
+        <v>29.56</v>
+      </c>
+      <c r="H6" s="6">
+        <v>35.42</v>
+      </c>
+      <c r="I6" s="6">
+        <v>42.01</v>
+      </c>
+      <c r="J6" s="8">
+        <v>11.46</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10">
+      <c r="A7" s="4">
+        <v>3</v>
+      </c>
+      <c r="B7" s="4">
+        <v>1831</v>
+      </c>
+      <c r="C7" s="4" t="s">
         <v>15</v>
       </c>
-      <c r="O4" s="9" t="s">
+      <c r="D7" s="6">
+        <v>30.91</v>
+      </c>
+      <c r="E7" s="6">
+        <v>23.8</v>
+      </c>
+      <c r="F7" s="6">
+        <v>42.18</v>
+      </c>
+      <c r="G7" s="6">
+        <v>28.81</v>
+      </c>
+      <c r="H7" s="6">
+        <v>36.91</v>
+      </c>
+      <c r="I7" s="6">
+        <v>30.15</v>
+      </c>
+      <c r="J7" s="8">
+        <v>26.305</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10">
+      <c r="A8" s="4">
+        <v>4</v>
+      </c>
+      <c r="B8" s="4">
+        <v>1988</v>
+      </c>
+      <c r="C8" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="P4" s="9" t="s">
+      <c r="D8" s="6">
+        <v>120.04</v>
+      </c>
+      <c r="E8" s="6">
+        <v>70.23</v>
+      </c>
+      <c r="F8" s="6">
+        <v>82.37</v>
+      </c>
+      <c r="G8" s="6">
+        <v>45.78</v>
+      </c>
+      <c r="H8" s="6">
+        <v>30.55</v>
+      </c>
+      <c r="I8" s="6">
+        <v>30.87</v>
+      </c>
+      <c r="J8" s="8">
+        <v>30.71</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10">
+      <c r="A9" s="4">
+        <v>5</v>
+      </c>
+      <c r="B9" s="4">
+        <v>2522</v>
+      </c>
+      <c r="C9" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="Q4" s="9" t="s">
+      <c r="D9" s="6">
+        <v>36.45</v>
+      </c>
+      <c r="E9" s="6">
+        <v>64.04</v>
+      </c>
+      <c r="F9" s="6">
+        <v>30.25</v>
+      </c>
+      <c r="G9" s="6">
+        <v>45.2</v>
+      </c>
+      <c r="H9" s="6">
+        <v>43.27</v>
+      </c>
+      <c r="I9" s="6">
+        <v>40.1</v>
+      </c>
+      <c r="J9" s="8">
+        <v>33.35</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10">
+      <c r="A10" s="4">
+        <v>6</v>
+      </c>
+      <c r="B10" s="4">
+        <v>1675</v>
+      </c>
+      <c r="C10" s="4" t="s">
         <v>18</v>
       </c>
-      <c r="R4" s="9" t="s">
+      <c r="D10" s="6">
+        <v>128.65</v>
+      </c>
+      <c r="E10" s="6">
+        <v>31.96</v>
+      </c>
+      <c r="F10" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H10" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I10" s="6">
+        <v>36.12</v>
+      </c>
+      <c r="J10" s="8">
+        <v>34.04</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10">
+      <c r="A11" s="4">
+        <v>7</v>
+      </c>
+      <c r="B11" s="4">
+        <v>1891</v>
+      </c>
+      <c r="C11" s="4" t="s">
         <v>19</v>
       </c>
-      <c r="S4" s="9" t="s">
+      <c r="D11" s="6">
+        <v>59.49</v>
+      </c>
+      <c r="E11" s="6">
+        <v>43.96</v>
+      </c>
+      <c r="F11" s="6">
+        <v>42.0</v>
+      </c>
+      <c r="G11" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H11" s="6">
+        <v>40.68</v>
+      </c>
+      <c r="I11" s="6">
+        <v>47.26</v>
+      </c>
+      <c r="J11" s="8">
+        <v>41.34</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10">
+      <c r="A12" s="4">
+        <v>8</v>
+      </c>
+      <c r="B12" s="4">
+        <v>1732</v>
+      </c>
+      <c r="C12" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="T4" s="9" t="s">
+      <c r="D12" s="6">
+        <v>133.46</v>
+      </c>
+      <c r="E12" s="6">
+        <v>65.81</v>
+      </c>
+      <c r="F12" s="6">
+        <v>55.03</v>
+      </c>
+      <c r="G12" s="6">
+        <v>61.92</v>
+      </c>
+      <c r="H12" s="6">
+        <v>46.48</v>
+      </c>
+      <c r="I12" s="6">
+        <v>38.51</v>
+      </c>
+      <c r="J12" s="8">
+        <v>42.495</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10">
+      <c r="A13" s="4">
+        <v>9</v>
+      </c>
+      <c r="B13" s="4">
+        <v>1758</v>
+      </c>
+      <c r="C13" s="4" t="s">
         <v>21</v>
       </c>
-      <c r="U4" s="9" t="s">
+      <c r="D13" s="6">
+        <v>57.92</v>
+      </c>
+      <c r="E13" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F13" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" s="6">
+        <v>54.86</v>
+      </c>
+      <c r="H13" s="6">
+        <v>44.21</v>
+      </c>
+      <c r="I13" s="6">
+        <v>42.96</v>
+      </c>
+      <c r="J13" s="8">
+        <v>43.585</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10">
+      <c r="A14" s="4">
+        <v>10</v>
+      </c>
+      <c r="B14" s="4">
+        <v>3747</v>
+      </c>
+      <c r="C14" s="4" t="s">
         <v>22</v>
       </c>
-      <c r="V4" s="9" t="s">
+      <c r="D14" s="6">
+        <v>44.56</v>
+      </c>
+      <c r="E14" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F14" s="6">
+        <v>53.95</v>
+      </c>
+      <c r="G14" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H14" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I14" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J14" s="8">
+        <v>44.56</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10">
+      <c r="A15" s="4">
+        <v>11</v>
+      </c>
+      <c r="B15" s="4">
+        <v>1851</v>
+      </c>
+      <c r="C15" s="4" t="s">
         <v>23</v>
       </c>
-      <c r="W4" s="18" t="s">
+      <c r="D15" s="6">
+        <v>122.46</v>
+      </c>
+      <c r="E15" s="6">
+        <v>49.28</v>
+      </c>
+      <c r="F15" s="6">
+        <v>50.93</v>
+      </c>
+      <c r="G15" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H15" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I15" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J15" s="8">
+        <v>50.105</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10">
+      <c r="A16" s="4">
+        <v>12</v>
+      </c>
+      <c r="B16" s="4">
+        <v>2762</v>
+      </c>
+      <c r="C16" s="4" t="s">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="5" t="s">
+      <c r="D16" s="6">
+        <v>111.4</v>
+      </c>
+      <c r="E16" s="6">
+        <v>57.54</v>
+      </c>
+      <c r="F16" s="6">
+        <v>74.26</v>
+      </c>
+      <c r="G16" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H16" s="6">
+        <v>61.87</v>
+      </c>
+      <c r="I16" s="6">
+        <v>47.98</v>
+      </c>
+      <c r="J16" s="8">
+        <v>52.76</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10">
+      <c r="A17" s="4">
+        <v>13</v>
+      </c>
+      <c r="B17" s="4">
+        <v>3757</v>
+      </c>
+      <c r="C17" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="B5" s="5" t="s">
+      <c r="D17" s="6">
+        <v>53.27</v>
+      </c>
+      <c r="E17" s="6">
+        <v>57.25</v>
+      </c>
+      <c r="F17" s="6">
+        <v>67.79</v>
+      </c>
+      <c r="G17" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H17" s="6">
+        <v>54.1</v>
+      </c>
+      <c r="I17" s="6">
+        <v>63.73</v>
+      </c>
+      <c r="J17" s="8">
+        <v>53.27</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10">
+      <c r="A18" s="4">
+        <v>14</v>
+      </c>
+      <c r="B18" s="4">
+        <v>2170</v>
+      </c>
+      <c r="C18" s="4" t="s">
         <v>26</v>
       </c>
-      <c r="C5" s="5" t="s">
+      <c r="D18" s="6">
+        <v>56.47</v>
+      </c>
+      <c r="E18" s="6">
+        <v>54.39</v>
+      </c>
+      <c r="F18" s="6">
+        <v>58.96</v>
+      </c>
+      <c r="G18" s="6">
+        <v>62.68</v>
+      </c>
+      <c r="H18" s="6">
+        <v>56.45</v>
+      </c>
+      <c r="I18" s="6">
+        <v>53.63</v>
+      </c>
+      <c r="J18" s="8">
+        <v>54.01</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10">
+      <c r="A19" s="4">
+        <v>15</v>
+      </c>
+      <c r="B19" s="4">
+        <v>3756</v>
+      </c>
+      <c r="C19" s="4" t="s">
         <v>27</v>
       </c>
-      <c r="D5" s="5">
-[...8 lines deleted...]
-      <c r="G5" s="15" t="s">
+      <c r="D19" s="6">
+        <v>70.85</v>
+      </c>
+      <c r="E19" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F19" s="6">
+        <v>68.53</v>
+      </c>
+      <c r="G19" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H19" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I19" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J19" s="8">
+        <v>69.69</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10">
+      <c r="A20" s="4">
+        <v>16</v>
+      </c>
+      <c r="B20" s="4">
+        <v>1660</v>
+      </c>
+      <c r="C20" s="4" t="s">
         <v>28</v>
       </c>
-      <c r="H5" s="15" t="s">
+      <c r="D20" s="6">
+        <v>74.12</v>
+      </c>
+      <c r="E20" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F20" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H20" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I20" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J20" s="8">
+        <v>74.12</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10">
+      <c r="A21" s="4">
+        <v>17</v>
+      </c>
+      <c r="B21" s="4">
+        <v>2079</v>
+      </c>
+      <c r="C21" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="D21" s="6">
+        <v>132.56</v>
+      </c>
+      <c r="E21" s="6">
+        <v>67.48</v>
+      </c>
+      <c r="F21" s="6">
+        <v>87.03</v>
+      </c>
+      <c r="G21" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H21" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I21" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J21" s="8">
+        <v>77.255</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10">
+      <c r="A22" s="4">
+        <v>18</v>
+      </c>
+      <c r="B22" s="4">
+        <v>1623</v>
+      </c>
+      <c r="C22" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="D22" s="6">
+        <v>117.82</v>
+      </c>
+      <c r="E22" s="6">
+        <v>76.84</v>
+      </c>
+      <c r="F22" s="6">
+        <v>79.56</v>
+      </c>
+      <c r="G22" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H22" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I22" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J22" s="8">
+        <v>78.2</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10">
+      <c r="A23" s="4">
+        <v>19</v>
+      </c>
+      <c r="B23" s="4">
+        <v>1553</v>
+      </c>
+      <c r="C23" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D23" s="6">
+        <v>79.04</v>
+      </c>
+      <c r="E23" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F23" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H23" s="6">
+        <v>85.26</v>
+      </c>
+      <c r="I23" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J23" s="8">
+        <v>79.04</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10">
+      <c r="A24" s="4">
+        <v>20</v>
+      </c>
+      <c r="B24" s="4">
+        <v>1858</v>
+      </c>
+      <c r="C24" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D24" s="6">
+        <v>88.89</v>
+      </c>
+      <c r="E24" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F24" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" s="6">
+        <v>77.38</v>
+      </c>
+      <c r="H24" s="6">
+        <v>87.61</v>
+      </c>
+      <c r="I24" s="6">
+        <v>108.62</v>
+      </c>
+      <c r="J24" s="8">
+        <v>82.495</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10">
+      <c r="A25" s="4">
+        <v>21</v>
+      </c>
+      <c r="B25" s="4">
+        <v>1719</v>
+      </c>
+      <c r="C25" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="D25" s="6">
+        <v>82.76</v>
+      </c>
+      <c r="E25" s="6">
+        <v>93.56</v>
+      </c>
+      <c r="F25" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H25" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I25" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J25" s="8">
+        <v>82.76</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10">
+      <c r="A26" s="4">
+        <v>22</v>
+      </c>
+      <c r="B26" s="4">
+        <v>3098</v>
+      </c>
+      <c r="C26" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="D26" s="6">
+        <v>148.15</v>
+      </c>
+      <c r="E26" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F26" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" s="6">
+        <v>96.04</v>
+      </c>
+      <c r="H26" s="6">
+        <v>73.33</v>
+      </c>
+      <c r="I26" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J26" s="8">
+        <v>84.685</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10">
+      <c r="A27" s="4">
+        <v>23</v>
+      </c>
+      <c r="B27" s="4">
+        <v>3763</v>
+      </c>
+      <c r="C27" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="D27" s="6">
+        <v>87.32</v>
+      </c>
+      <c r="E27" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F27" s="6">
+        <v>92.85</v>
+      </c>
+      <c r="G27" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H27" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I27" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J27" s="8">
+        <v>87.32</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10">
+      <c r="A28" s="4">
+        <v>24</v>
+      </c>
+      <c r="B28" s="4">
+        <v>2137</v>
+      </c>
+      <c r="C28" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="D28" s="6">
+        <v>164.15</v>
+      </c>
+      <c r="E28" s="6">
+        <v>65.9</v>
+      </c>
+      <c r="F28" s="6">
+        <v>116.09</v>
+      </c>
+      <c r="G28" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H28" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I28" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J28" s="8">
+        <v>90.995</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10">
+      <c r="A29" s="4">
+        <v>25</v>
+      </c>
+      <c r="B29" s="4">
+        <v>2954</v>
+      </c>
+      <c r="C29" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D29" s="6">
+        <v>99.62</v>
+      </c>
+      <c r="E29" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F29" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H29" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I29" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J29" s="8">
+        <v>99.62</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10">
+      <c r="A30" s="4">
+        <v>26</v>
+      </c>
+      <c r="B30" s="4">
+        <v>1741</v>
+      </c>
+      <c r="C30" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D30" s="6">
+        <v>145.13</v>
+      </c>
+      <c r="E30" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F30" s="6">
+        <v>142.62</v>
+      </c>
+      <c r="G30" s="6">
+        <v>119.41</v>
+      </c>
+      <c r="H30" s="6">
+        <v>90.6</v>
+      </c>
+      <c r="I30" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J30" s="8">
+        <v>105.005</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10">
+      <c r="A31" s="4">
+        <v>27</v>
+      </c>
+      <c r="B31" s="4">
+        <v>2174</v>
+      </c>
+      <c r="C31" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D31" s="6">
+        <v>106.18</v>
+      </c>
+      <c r="E31" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F31" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H31" s="6">
+        <v>111.87</v>
+      </c>
+      <c r="I31" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J31" s="8">
+        <v>106.18</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10">
+      <c r="A32" s="4">
         <v>28</v>
       </c>
-      <c r="I5" s="10">
-[...46 lines deleted...]
-      <c r="A6" s="6" t="s">
+      <c r="B32" s="4">
+        <v>1911</v>
+      </c>
+      <c r="C32" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D32" s="6">
+        <v>137.78</v>
+      </c>
+      <c r="E32" s="6">
+        <v>76.84</v>
+      </c>
+      <c r="F32" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H32" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I32" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J32" s="8">
+        <v>107.31</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10">
+      <c r="A33" s="4">
         <v>29</v>
       </c>
-      <c r="B6" s="6" t="s">
+      <c r="B33" s="4">
+        <v>2173</v>
+      </c>
+      <c r="C33" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D33" s="6">
+        <v>151.84</v>
+      </c>
+      <c r="E33" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F33" s="6">
+        <v>82.84</v>
+      </c>
+      <c r="G33" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H33" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I33" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J33" s="8">
+        <v>117.34</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10">
+      <c r="A34" s="4">
         <v>30</v>
       </c>
-      <c r="C6" s="6" t="s">
+      <c r="B34" s="4">
+        <v>2645</v>
+      </c>
+      <c r="C34" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D34" s="6">
+        <v>145.43</v>
+      </c>
+      <c r="E34" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F34" s="6">
+        <v>151.09</v>
+      </c>
+      <c r="G34" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H34" s="6">
+        <v>95.23</v>
+      </c>
+      <c r="I34" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J34" s="8">
+        <v>120.33</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10">
+      <c r="A35" s="4">
         <v>31</v>
       </c>
-      <c r="D6" s="6">
-[...61 lines deleted...]
-      <c r="A7" s="7" t="s">
+      <c r="B35" s="4">
+        <v>1989</v>
+      </c>
+      <c r="C35" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D35" s="6">
+        <v>161.53</v>
+      </c>
+      <c r="E35" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F35" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" s="6">
+        <v>86.38</v>
+      </c>
+      <c r="H35" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I35" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J35" s="8">
+        <v>123.955</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10">
+      <c r="A36" s="4">
         <v>32</v>
       </c>
-      <c r="B7" s="7" t="s">
+      <c r="B36" s="4">
+        <v>2142</v>
+      </c>
+      <c r="C36" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D36" s="6">
+        <v>214.62</v>
+      </c>
+      <c r="E36" s="6">
+        <v>157.22</v>
+      </c>
+      <c r="F36" s="6">
+        <v>155.56</v>
+      </c>
+      <c r="G36" s="6">
+        <v>167.06</v>
+      </c>
+      <c r="H36" s="6">
+        <v>132.51</v>
+      </c>
+      <c r="I36" s="6">
+        <v>136.24</v>
+      </c>
+      <c r="J36" s="8">
+        <v>134.375</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10">
+      <c r="A37" s="4">
         <v>33</v>
       </c>
-      <c r="C7" s="7" t="s">
+      <c r="B37" s="4">
+        <v>4000</v>
+      </c>
+      <c r="C37" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D37" s="6">
+        <v>196.21</v>
+      </c>
+      <c r="E37" s="6">
+        <v>137.75</v>
+      </c>
+      <c r="F37" s="6">
+        <v>133.06</v>
+      </c>
+      <c r="G37" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H37" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I37" s="6">
+        <v>140.29</v>
+      </c>
+      <c r="J37" s="8">
+        <v>135.405</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10">
+      <c r="A38" s="4">
         <v>34</v>
       </c>
-      <c r="D7" s="7">
-[...64 lines deleted...]
-      <c r="B8" s="8" t="s">
+      <c r="B38" s="4">
+        <v>2548</v>
+      </c>
+      <c r="C38" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="D38" s="6">
+        <v>201.5</v>
+      </c>
+      <c r="E38" s="6">
+        <v>139.21</v>
+      </c>
+      <c r="F38" s="6">
+        <v>149.0</v>
+      </c>
+      <c r="G38" s="6">
+        <v>135.12</v>
+      </c>
+      <c r="H38" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I38" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J38" s="8">
+        <v>137.165</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10">
+      <c r="A39" s="4">
         <v>35</v>
       </c>
-      <c r="C8" s="8" t="s">
+      <c r="B39" s="4">
+        <v>2344</v>
+      </c>
+      <c r="C39" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="D39" s="6">
+        <v>138.5</v>
+      </c>
+      <c r="E39" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F39" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H39" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I39" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J39" s="8">
+        <v>138.5</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10">
+      <c r="A40" s="4">
         <v>36</v>
       </c>
-      <c r="D8" s="8">
-[...64 lines deleted...]
-      <c r="B9" s="8" t="s">
+      <c r="B40" s="4">
+        <v>3999</v>
+      </c>
+      <c r="C40" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="D40" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F40" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H40" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I40" s="6">
+        <v>139.66</v>
+      </c>
+      <c r="J40" s="8">
+        <v>139.66</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10">
+      <c r="A41" s="4">
         <v>37</v>
       </c>
-      <c r="C9" s="8" t="s">
+      <c r="B41" s="4">
+        <v>2027</v>
+      </c>
+      <c r="C41" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="D41" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F41" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H41" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I41" s="6">
+        <v>141.57</v>
+      </c>
+      <c r="J41" s="8">
+        <v>141.57</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10">
+      <c r="A42" s="4">
         <v>38</v>
       </c>
-      <c r="D9" s="8">
-[...64 lines deleted...]
-      <c r="B10" s="8" t="s">
+      <c r="B42" s="4">
+        <v>3943</v>
+      </c>
+      <c r="C42" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="D42" s="6">
+        <v>145.94</v>
+      </c>
+      <c r="E42" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F42" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H42" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I42" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J42" s="8">
+        <v>145.94</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10">
+      <c r="A43" s="4">
         <v>39</v>
       </c>
-      <c r="C10" s="8" t="s">
-[...67 lines deleted...]
-      <c r="B11" s="8" t="s">
+      <c r="B43" s="4">
+        <v>1759</v>
+      </c>
+      <c r="C43" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="D43" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F43" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H43" s="6">
+        <v>146.88</v>
+      </c>
+      <c r="I43" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J43" s="8">
+        <v>146.88</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10">
+      <c r="A44" s="4">
         <v>40</v>
       </c>
-      <c r="C11" s="8" t="s">
+      <c r="B44" s="4">
+        <v>3944</v>
+      </c>
+      <c r="C44" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="D44" s="6">
+        <v>156.56</v>
+      </c>
+      <c r="E44" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F44" s="6">
+        <v>145.53</v>
+      </c>
+      <c r="G44" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H44" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I44" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J44" s="8">
+        <v>151.045</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10">
+      <c r="A45" s="4">
         <v>41</v>
       </c>
-      <c r="D11" s="8">
-[...64 lines deleted...]
-      <c r="B12" s="8" t="s">
+      <c r="B45" s="4">
+        <v>2549</v>
+      </c>
+      <c r="C45" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="D45" s="6">
+        <v>197.09</v>
+      </c>
+      <c r="E45" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F45" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H45" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I45" s="6">
+        <v>111.48</v>
+      </c>
+      <c r="J45" s="8">
+        <v>154.285</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10">
+      <c r="A46" s="4">
         <v>42</v>
       </c>
-      <c r="C12" s="8" t="s">
-[...67 lines deleted...]
-      <c r="B13" s="8" t="s">
+      <c r="B46" s="4">
+        <v>3462</v>
+      </c>
+      <c r="C46" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="D46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" s="6">
+        <v>170.61</v>
+      </c>
+      <c r="F46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J46" s="8">
+        <v>170.61</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10">
+      <c r="A47" s="4">
         <v>43</v>
       </c>
-      <c r="C13" s="8" t="s">
-[...67 lines deleted...]
-      <c r="B14" s="8" t="s">
+      <c r="B47" s="4">
+        <v>1745</v>
+      </c>
+      <c r="C47" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="D47" s="6">
+        <v>175.0</v>
+      </c>
+      <c r="E47" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F47" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H47" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I47" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J47" s="8">
+        <v>175.0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10">
+      <c r="A48" s="4">
         <v>44</v>
       </c>
-      <c r="C14" s="8" t="s">
-[...67 lines deleted...]
-      <c r="B15" s="8" t="s">
+      <c r="B48" s="4">
+        <v>2741</v>
+      </c>
+      <c r="C48" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="D48" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" s="6">
+        <v>124.06</v>
+      </c>
+      <c r="F48" s="6">
+        <v>75.18</v>
+      </c>
+      <c r="G48" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H48" s="6">
+        <v>100.8</v>
+      </c>
+      <c r="I48" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J48" s="8">
+        <v>175.98</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10">
+      <c r="A49" s="4">
         <v>45</v>
       </c>
-      <c r="C15" s="8" t="s">
-[...67 lines deleted...]
-      <c r="B16" s="8" t="s">
+      <c r="B49" s="4">
+        <v>1870</v>
+      </c>
+      <c r="C49" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="D49" s="6">
+        <v>176.12</v>
+      </c>
+      <c r="E49" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F49" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H49" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I49" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J49" s="8">
+        <v>176.12</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10">
+      <c r="A50" s="4">
         <v>46</v>
       </c>
-      <c r="C16" s="8" t="s">
-[...67 lines deleted...]
-      <c r="B17" s="8" t="s">
+      <c r="B50" s="4">
+        <v>3495</v>
+      </c>
+      <c r="C50" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="D50" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F50" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H50" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I50" s="6">
+        <v>176.51</v>
+      </c>
+      <c r="J50" s="8">
+        <v>176.51</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10">
+      <c r="A51" s="4">
         <v>47</v>
       </c>
-      <c r="C17" s="8" t="s">
-[...67 lines deleted...]
-      <c r="B18" s="8" t="s">
+      <c r="B51" s="4">
+        <v>1971</v>
+      </c>
+      <c r="C51" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="D51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I51" s="6">
+        <v>178.81</v>
+      </c>
+      <c r="J51" s="8">
+        <v>178.81</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10">
+      <c r="A52" s="4">
         <v>48</v>
       </c>
-      <c r="C18" s="8" t="s">
+      <c r="B52" s="4">
+        <v>3206</v>
+      </c>
+      <c r="C52" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="D52" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F52" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H52" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I52" s="6">
+        <v>182.39</v>
+      </c>
+      <c r="J52" s="8">
+        <v>182.39</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10">
+      <c r="A53" s="4">
         <v>49</v>
       </c>
-      <c r="D18" s="8">
-[...64 lines deleted...]
-      <c r="B19" s="8" t="s">
+      <c r="B53" s="4">
+        <v>4011</v>
+      </c>
+      <c r="C53" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="D53" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" s="6">
+        <v>113.34</v>
+      </c>
+      <c r="F53" s="6">
+        <v>69.81</v>
+      </c>
+      <c r="G53" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H53" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I53" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J53" s="8">
+        <v>183.15</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10">
+      <c r="A54" s="4">
         <v>50</v>
       </c>
-      <c r="C19" s="8" t="s">
+      <c r="B54" s="4">
+        <v>3161</v>
+      </c>
+      <c r="C54" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="D54" s="6">
+        <v>185.49</v>
+      </c>
+      <c r="E54" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F54" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H54" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I54" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J54" s="8">
+        <v>185.49</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10">
+      <c r="A55" s="4">
         <v>51</v>
       </c>
-      <c r="D19" s="8">
-[...64 lines deleted...]
-      <c r="B20" s="8" t="s">
+      <c r="B55" s="4">
+        <v>4041</v>
+      </c>
+      <c r="C55" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="D55" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F55" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H55" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I55" s="6">
+        <v>187.65</v>
+      </c>
+      <c r="J55" s="8">
+        <v>187.65</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10">
+      <c r="A56" s="4">
         <v>52</v>
       </c>
-      <c r="C20" s="8" t="s">
-[...67 lines deleted...]
-      <c r="B21" s="8" t="s">
+      <c r="B56" s="4">
+        <v>3461</v>
+      </c>
+      <c r="C56" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="D56" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" s="6">
+        <v>198.25</v>
+      </c>
+      <c r="F56" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H56" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I56" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J56" s="8">
+        <v>198.25</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10">
+      <c r="A57" s="4">
         <v>53</v>
       </c>
-      <c r="C21" s="8" t="s">
-[...67 lines deleted...]
-      <c r="B22" s="8" t="s">
+      <c r="B57" s="4">
+        <v>1765</v>
+      </c>
+      <c r="C57" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="D57" s="6">
+        <v>200.56</v>
+      </c>
+      <c r="E57" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F57" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H57" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I57" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J57" s="8">
+        <v>200.56</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10">
+      <c r="A58" s="4">
         <v>54</v>
       </c>
-      <c r="C22" s="8" t="s">
+      <c r="B58" s="4">
+        <v>3941</v>
+      </c>
+      <c r="C58" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="D58" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F58" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H58" s="6">
+        <v>91.93</v>
+      </c>
+      <c r="I58" s="6">
+        <v>120.24</v>
+      </c>
+      <c r="J58" s="8">
+        <v>212.17</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10">
+      <c r="A59" s="4">
         <v>55</v>
       </c>
-      <c r="D22" s="8">
-[...64 lines deleted...]
-      <c r="B23" s="8" t="s">
+      <c r="B59" s="4">
+        <v>1854</v>
+      </c>
+      <c r="C59" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="D59" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F59" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" s="6">
+        <v>120.16</v>
+      </c>
+      <c r="H59" s="6">
+        <v>96.8</v>
+      </c>
+      <c r="I59" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J59" s="8">
+        <v>216.96</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10">
+      <c r="A60" s="4">
         <v>56</v>
       </c>
-      <c r="C23" s="8" t="s">
-[...67 lines deleted...]
-      <c r="B24" s="8" t="s">
+      <c r="B60" s="4">
+        <v>1909</v>
+      </c>
+      <c r="C60" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="D60" s="6">
+        <v>229.34</v>
+      </c>
+      <c r="E60" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F60" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H60" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I60" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J60" s="8">
+        <v>229.34</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10">
+      <c r="A61" s="4">
         <v>57</v>
       </c>
-      <c r="C24" s="8" t="s">
+      <c r="B61" s="4">
+        <v>3942</v>
+      </c>
+      <c r="C61" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="D61" s="6">
+        <v>238.65</v>
+      </c>
+      <c r="E61" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F61" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H61" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I61" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J61" s="8">
+        <v>238.65</v>
+      </c>
+    </row>
+    <row r="62" spans="1:10">
+      <c r="A62" s="4">
         <v>58</v>
       </c>
-      <c r="D24" s="8">
-[...64 lines deleted...]
-      <c r="B25" s="8" t="s">
+      <c r="B62" s="4">
+        <v>1895</v>
+      </c>
+      <c r="C62" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="D62" s="6">
+        <v>248.0</v>
+      </c>
+      <c r="E62" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F62" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H62" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I62" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J62" s="8">
+        <v>248.0</v>
+      </c>
+    </row>
+    <row r="63" spans="1:10">
+      <c r="A63" s="4">
         <v>59</v>
       </c>
-      <c r="C25" s="8" t="s">
+      <c r="B63" s="4">
+        <v>4168</v>
+      </c>
+      <c r="C63" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="D63" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E63" s="6">
+        <v>146.59</v>
+      </c>
+      <c r="F63" s="6">
+        <v>122.48</v>
+      </c>
+      <c r="G63" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H63" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I63" s="6">
+        <v>155.34</v>
+      </c>
+      <c r="J63" s="8">
+        <v>269.07</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10">
+      <c r="A64" s="4">
         <v>60</v>
       </c>
-      <c r="D25" s="8">
-[...64 lines deleted...]
-      <c r="B26" s="8" t="s">
+      <c r="B64" s="4">
+        <v>2402</v>
+      </c>
+      <c r="C64" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="D64" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E64" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F64" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H64" s="6">
+        <v>128.35</v>
+      </c>
+      <c r="I64" s="6">
+        <v>149.13</v>
+      </c>
+      <c r="J64" s="8">
+        <v>277.48</v>
+      </c>
+    </row>
+    <row r="65" spans="1:10">
+      <c r="A65" s="4">
         <v>61</v>
       </c>
-      <c r="C26" s="8" t="s">
-[...496 lines deleted...]
-      <c r="C33" s="8" t="s">
+      <c r="B65" s="4">
+        <v>1718</v>
+      </c>
+      <c r="C65" s="4" t="s">
         <v>73</v>
       </c>
-      <c r="D33" s="8">
-[...1177 lines deleted...]
-      <c r="R49" s="13">
+      <c r="D65" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E65" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F65" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H65" s="6">
         <v>138.63</v>
       </c>
-      <c r="S49" s="13">
+      <c r="I65" s="6">
         <v>171.25</v>
       </c>
-      <c r="T49" s="14" t="s">
-[...1155 lines deleted...]
-        <v>117</v>
+      <c r="J65" s="8">
+        <v>309.88</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:V1"/>
-[...2 lines deleted...]
-    <mergeCell ref="A69:W69"/>
+    <mergeCell ref="A1:J1"/>
+    <mergeCell ref="A2:J2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T64"/>
+  <dimension ref="A1:I60"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A64" sqref="A64"/>
+      <selection activeCell="A4" sqref="A4:I60"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
-[...17 lines deleted...]
-    <col min="19" max="19" width="15" customWidth="true" style="0"/>
+    <col min="1" max="1" width="6" customWidth="true" style="0"/>
+    <col min="2" max="2" width="14" customWidth="true" style="0"/>
+    <col min="3" max="3" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="14" customWidth="true" style="0"/>
+    <col min="5" max="5" width="14" customWidth="true" style="0"/>
+    <col min="6" max="6" width="14" customWidth="true" style="0"/>
+    <col min="7" max="7" width="14" customWidth="true" style="0"/>
+    <col min="8" max="8" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:20">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:20" customHeight="1" ht="150">
-      <c r="A4" s="4" t="s">
+    <row r="4" spans="1:9" customHeight="1" ht="150">
+      <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="4" t="s">
+      <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="4" t="s">
+      <c r="C4" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="4" t="s">
+      <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="E4" s="9" t="s">
+      <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="F4" s="9" t="s">
+      <c r="F4" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="G4" s="9" t="s">
+      <c r="G4" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="H4" s="9" t="s">
+      <c r="H4" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="I4" s="9" t="s">
+      <c r="I4" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="J4" s="9" t="s">
+    </row>
+    <row r="5" spans="1:9">
+      <c r="A5" s="4">
+        <v>1</v>
+      </c>
+      <c r="B5" s="4">
+        <v>1919</v>
+      </c>
+      <c r="C5" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="D5" s="6">
+        <v>176.87</v>
+      </c>
+      <c r="E5" s="6">
+        <v>136.65</v>
+      </c>
+      <c r="F5" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" s="6">
+        <v>145.27</v>
+      </c>
+      <c r="H5" s="6">
+        <v>148.73</v>
+      </c>
+      <c r="I5" s="8">
+        <v>140.96</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9">
+      <c r="A6" s="4">
+        <v>2</v>
+      </c>
+      <c r="B6" s="4">
+        <v>3120</v>
+      </c>
+      <c r="C6" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="D6" s="6">
+        <v>197.38</v>
+      </c>
+      <c r="E6" s="6">
+        <v>156.28</v>
+      </c>
+      <c r="F6" s="6">
+        <v>156.31</v>
+      </c>
+      <c r="G6" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H6" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I6" s="8">
+        <v>156.295</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9">
+      <c r="A7" s="4">
+        <v>3</v>
+      </c>
+      <c r="B7" s="4">
+        <v>4026</v>
+      </c>
+      <c r="C7" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="D7" s="6">
+        <v>171.36</v>
+      </c>
+      <c r="E7" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F7" s="6">
+        <v>155.33</v>
+      </c>
+      <c r="G7" s="6">
+        <v>180.68</v>
+      </c>
+      <c r="H7" s="6">
+        <v>158.46</v>
+      </c>
+      <c r="I7" s="8">
+        <v>156.895</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9">
+      <c r="A8" s="4">
+        <v>4</v>
+      </c>
+      <c r="B8" s="4">
+        <v>1762</v>
+      </c>
+      <c r="C8" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="D8" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" s="6">
+        <v>167.38</v>
+      </c>
+      <c r="F8" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H8" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I8" s="8">
+        <v>167.38</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9">
+      <c r="A9" s="4">
+        <v>5</v>
+      </c>
+      <c r="B9" s="4">
+        <v>2666</v>
+      </c>
+      <c r="C9" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="D9" s="6">
+        <v>182.34</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F9" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" s="6">
+        <v>184.7</v>
+      </c>
+      <c r="H9" s="6">
+        <v>166.44</v>
+      </c>
+      <c r="I9" s="8">
+        <v>174.39</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9">
+      <c r="A10" s="4">
+        <v>6</v>
+      </c>
+      <c r="B10" s="4">
+        <v>4046</v>
+      </c>
+      <c r="C10" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="D10" s="6">
+        <v>175.03</v>
+      </c>
+      <c r="E10" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F10" s="6">
+        <v>184.28</v>
+      </c>
+      <c r="G10" s="6">
+        <v>178.08</v>
+      </c>
+      <c r="H10" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I10" s="8">
+        <v>175.03</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9">
+      <c r="A11" s="4">
+        <v>7</v>
+      </c>
+      <c r="B11" s="4">
+        <v>4040</v>
+      </c>
+      <c r="C11" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="D11" s="6">
+        <v>191.93</v>
+      </c>
+      <c r="E11" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F11" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H11" s="6">
+        <v>232.19</v>
+      </c>
+      <c r="I11" s="8">
+        <v>191.93</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9">
+      <c r="A12" s="4">
+        <v>8</v>
+      </c>
+      <c r="B12" s="4">
+        <v>4096</v>
+      </c>
+      <c r="C12" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="D12" s="6">
+        <v>198.93</v>
+      </c>
+      <c r="E12" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F12" s="6">
+        <v>228.16</v>
+      </c>
+      <c r="G12" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H12" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I12" s="8">
+        <v>198.93</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9">
+      <c r="A13" s="4">
+        <v>9</v>
+      </c>
+      <c r="B13" s="4">
+        <v>4023</v>
+      </c>
+      <c r="C13" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="D13" s="6">
+        <v>213.06</v>
+      </c>
+      <c r="E13" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F13" s="6">
+        <v>204.87</v>
+      </c>
+      <c r="G13" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H13" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I13" s="8">
+        <v>208.965</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9">
+      <c r="A14" s="4">
+        <v>10</v>
+      </c>
+      <c r="B14" s="4">
+        <v>4025</v>
+      </c>
+      <c r="C14" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="D14" s="6">
+        <v>216.94</v>
+      </c>
+      <c r="E14" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F14" s="6">
+        <v>230.15</v>
+      </c>
+      <c r="G14" s="6">
+        <v>235.57</v>
+      </c>
+      <c r="H14" s="6">
+        <v>214.48</v>
+      </c>
+      <c r="I14" s="8">
+        <v>215.71</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9">
+      <c r="A15" s="4">
+        <v>11</v>
+      </c>
+      <c r="B15" s="4">
+        <v>2787</v>
+      </c>
+      <c r="C15" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="D15" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F15" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" s="6">
+        <v>221.85</v>
+      </c>
+      <c r="H15" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I15" s="8">
+        <v>221.85</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9">
+      <c r="A16" s="4">
         <v>12</v>
       </c>
-      <c r="K4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="L4" s="9" t="s">
+      <c r="B16" s="4">
+        <v>2611</v>
+      </c>
+      <c r="C16" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="D16" s="6">
+        <v>222.53</v>
+      </c>
+      <c r="E16" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F16" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H16" s="6">
+        <v>237.41</v>
+      </c>
+      <c r="I16" s="8">
+        <v>222.53</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9">
+      <c r="A17" s="4">
+        <v>13</v>
+      </c>
+      <c r="B17" s="4">
+        <v>3885</v>
+      </c>
+      <c r="C17" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="D17" s="6">
+        <v>251.9</v>
+      </c>
+      <c r="E17" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F17" s="6">
+        <v>195.16</v>
+      </c>
+      <c r="G17" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H17" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I17" s="8">
+        <v>223.53</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9">
+      <c r="A18" s="4">
         <v>14</v>
       </c>
-      <c r="M4" s="9" t="s">
+      <c r="B18" s="4">
+        <v>4053</v>
+      </c>
+      <c r="C18" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="D18" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F18" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H18" s="6">
+        <v>224.64</v>
+      </c>
+      <c r="I18" s="8">
+        <v>224.64</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9">
+      <c r="A19" s="4">
         <v>15</v>
       </c>
-      <c r="N4" s="9" t="s">
+      <c r="B19" s="4">
+        <v>4048</v>
+      </c>
+      <c r="C19" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="D19" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F19" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" s="6">
+        <v>225.55</v>
+      </c>
+      <c r="H19" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I19" s="8">
+        <v>225.55</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9">
+      <c r="A20" s="4">
         <v>16</v>
       </c>
-      <c r="O4" s="9" t="s">
+      <c r="B20" s="4">
+        <v>2506</v>
+      </c>
+      <c r="C20" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="D20" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F20" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" s="6">
+        <v>232.18</v>
+      </c>
+      <c r="H20" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I20" s="8">
+        <v>232.18</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9">
+      <c r="A21" s="4">
+        <v>17</v>
+      </c>
+      <c r="B21" s="4">
+        <v>4055</v>
+      </c>
+      <c r="C21" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="D21" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F21" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H21" s="6">
+        <v>239.16</v>
+      </c>
+      <c r="I21" s="8">
+        <v>239.16</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9">
+      <c r="A22" s="4">
+        <v>18</v>
+      </c>
+      <c r="B22" s="4">
+        <v>2663</v>
+      </c>
+      <c r="C22" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="D22" s="6">
+        <v>239.28</v>
+      </c>
+      <c r="E22" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F22" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H22" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I22" s="8">
+        <v>239.28</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9">
+      <c r="A23" s="4">
         <v>19</v>
       </c>
-      <c r="P4" s="9" t="s">
+      <c r="B23" s="4">
+        <v>4153</v>
+      </c>
+      <c r="C23" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="D23" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F23" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H23" s="6">
+        <v>240.17</v>
+      </c>
+      <c r="I23" s="8">
+        <v>240.17</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9">
+      <c r="A24" s="4">
         <v>20</v>
       </c>
-      <c r="Q4" s="9" t="s">
+      <c r="B24" s="4">
+        <v>4107</v>
+      </c>
+      <c r="C24" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="D24" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="6">
+        <v>246.0</v>
+      </c>
+      <c r="F24" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H24" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I24" s="8">
+        <v>246.0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9">
+      <c r="A25" s="4">
+        <v>21</v>
+      </c>
+      <c r="B25" s="4">
+        <v>4022</v>
+      </c>
+      <c r="C25" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="D25" s="6">
+        <v>251.37</v>
+      </c>
+      <c r="E25" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F25" s="6">
+        <v>267.19</v>
+      </c>
+      <c r="G25" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H25" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I25" s="8">
+        <v>251.37</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9">
+      <c r="A26" s="4">
+        <v>22</v>
+      </c>
+      <c r="B26" s="4">
+        <v>4115</v>
+      </c>
+      <c r="C26" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="D26" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F26" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H26" s="6">
+        <v>252.29</v>
+      </c>
+      <c r="I26" s="8">
+        <v>252.29</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9">
+      <c r="A27" s="4">
         <v>23</v>
       </c>
-      <c r="R4" s="9" t="s">
-[...5 lines deleted...]
-      <c r="T4" s="18" t="s">
+      <c r="B27" s="4">
+        <v>4111</v>
+      </c>
+      <c r="C27" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="D27" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" s="6">
+        <v>256.48</v>
+      </c>
+      <c r="F27" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H27" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I27" s="8">
+        <v>256.48</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9">
+      <c r="A28" s="4">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="5" t="s">
+      <c r="B28" s="4">
+        <v>4043</v>
+      </c>
+      <c r="C28" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="D28" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F28" s="6">
+        <v>256.76</v>
+      </c>
+      <c r="G28" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H28" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I28" s="8">
+        <v>256.76</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9">
+      <c r="A29" s="4">
         <v>25</v>
       </c>
-      <c r="B5" s="5" t="s">
+      <c r="B29" s="4">
+        <v>4136</v>
+      </c>
+      <c r="C29" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="D29" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F29" s="6">
+        <v>261.62</v>
+      </c>
+      <c r="G29" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H29" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I29" s="8">
+        <v>261.62</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9">
+      <c r="A30" s="4">
+        <v>26</v>
+      </c>
+      <c r="B30" s="4">
+        <v>4126</v>
+      </c>
+      <c r="C30" s="4" t="s">
+        <v>100</v>
+      </c>
+      <c r="D30" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F30" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" s="6">
+        <v>266.41</v>
+      </c>
+      <c r="H30" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I30" s="8">
+        <v>266.41</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9">
+      <c r="A31" s="4">
+        <v>27</v>
+      </c>
+      <c r="B31" s="4">
+        <v>3136</v>
+      </c>
+      <c r="C31" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="D31" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F31" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" s="6">
+        <v>282.18</v>
+      </c>
+      <c r="H31" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I31" s="8">
+        <v>282.18</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9">
+      <c r="A32" s="4">
+        <v>28</v>
+      </c>
+      <c r="B32" s="4">
+        <v>4146</v>
+      </c>
+      <c r="C32" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="D32" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F32" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" s="6">
+        <v>286.52</v>
+      </c>
+      <c r="H32" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I32" s="8">
+        <v>286.52</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9">
+      <c r="A33" s="4">
+        <v>29</v>
+      </c>
+      <c r="B33" s="4">
+        <v>4175</v>
+      </c>
+      <c r="C33" s="4" t="s">
+        <v>103</v>
+      </c>
+      <c r="D33" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F33" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" s="6">
+        <v>286.52</v>
+      </c>
+      <c r="H33" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I33" s="8">
+        <v>286.52</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9">
+      <c r="A34" s="4">
+        <v>30</v>
+      </c>
+      <c r="B34" s="4">
+        <v>4042</v>
+      </c>
+      <c r="C34" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="D34" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F34" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" s="6">
+        <v>288.65</v>
+      </c>
+      <c r="H34" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I34" s="8">
+        <v>288.65</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9">
+      <c r="A35" s="4">
+        <v>31</v>
+      </c>
+      <c r="B35" s="4">
+        <v>2358</v>
+      </c>
+      <c r="C35" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="D35" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F35" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H35" s="6">
+        <v>293.44</v>
+      </c>
+      <c r="I35" s="8">
+        <v>293.44</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9">
+      <c r="A36" s="4">
+        <v>32</v>
+      </c>
+      <c r="B36" s="4">
+        <v>3945</v>
+      </c>
+      <c r="C36" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="D36" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" s="6">
+        <v>304.19</v>
+      </c>
+      <c r="F36" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H36" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I36" s="8">
+        <v>304.19</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9">
+      <c r="A37" s="4">
+        <v>33</v>
+      </c>
+      <c r="B37" s="4">
+        <v>4125</v>
+      </c>
+      <c r="C37" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="D37" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" s="6">
+        <v>307.54</v>
+      </c>
+      <c r="F37" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H37" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I37" s="8">
+        <v>307.54</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9">
+      <c r="A38" s="4">
+        <v>34</v>
+      </c>
+      <c r="B38" s="4">
+        <v>2141</v>
+      </c>
+      <c r="C38" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="D38" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F38" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H38" s="6">
+        <v>315.28</v>
+      </c>
+      <c r="I38" s="8">
+        <v>315.28</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9">
+      <c r="A39" s="4">
+        <v>35</v>
+      </c>
+      <c r="B39" s="4">
+        <v>4103</v>
+      </c>
+      <c r="C39" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="D39" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F39" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" s="6">
+        <v>177.53</v>
+      </c>
+      <c r="H39" s="6">
+        <v>146.34</v>
+      </c>
+      <c r="I39" s="8">
+        <v>323.87</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9">
+      <c r="A40" s="4">
+        <v>36</v>
+      </c>
+      <c r="B40" s="4">
+        <v>2091</v>
+      </c>
+      <c r="C40" s="4" t="s">
+        <v>110</v>
+      </c>
+      <c r="D40" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F40" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" s="6">
+        <v>325.63</v>
+      </c>
+      <c r="H40" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I40" s="8">
+        <v>325.63</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9">
+      <c r="A41" s="4">
+        <v>37</v>
+      </c>
+      <c r="B41" s="4">
+        <v>4013</v>
+      </c>
+      <c r="C41" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="D41" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" s="6">
+        <v>155.68</v>
+      </c>
+      <c r="F41" s="6">
+        <v>195.43</v>
+      </c>
+      <c r="G41" s="6">
+        <v>194.56</v>
+      </c>
+      <c r="H41" s="6">
+        <v>172.17</v>
+      </c>
+      <c r="I41" s="8">
+        <v>327.85</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9">
+      <c r="A42" s="4">
+        <v>38</v>
+      </c>
+      <c r="B42" s="4">
+        <v>4076</v>
+      </c>
+      <c r="C42" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="D42" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F42" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H42" s="6">
+        <v>331.61</v>
+      </c>
+      <c r="I42" s="8">
+        <v>331.61</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9">
+      <c r="A43" s="4">
+        <v>39</v>
+      </c>
+      <c r="B43" s="4">
+        <v>2796</v>
+      </c>
+      <c r="C43" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="D43" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" s="6">
+        <v>163.5</v>
+      </c>
+      <c r="F43" s="6">
+        <v>172.5</v>
+      </c>
+      <c r="G43" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H43" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I43" s="8">
+        <v>336.0</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9">
+      <c r="A44" s="4">
+        <v>40</v>
+      </c>
+      <c r="B44" s="4">
+        <v>4085</v>
+      </c>
+      <c r="C44" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="D44" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F44" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H44" s="6">
+        <v>364.26</v>
+      </c>
+      <c r="I44" s="8">
+        <v>364.26</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9">
+      <c r="A45" s="4">
+        <v>41</v>
+      </c>
+      <c r="B45" s="4">
+        <v>4150</v>
+      </c>
+      <c r="C45" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="D45" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" s="6">
+        <v>381.57</v>
+      </c>
+      <c r="F45" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H45" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I45" s="8">
+        <v>381.57</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9">
+      <c r="A46" s="4">
+        <v>42</v>
+      </c>
+      <c r="B46" s="4">
+        <v>4169</v>
+      </c>
+      <c r="C46" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="D46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" s="6">
+        <v>383.51</v>
+      </c>
+      <c r="F46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I46" s="8">
+        <v>383.51</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9">
+      <c r="A47" s="4">
+        <v>43</v>
+      </c>
+      <c r="B47" s="4">
+        <v>4038</v>
+      </c>
+      <c r="C47" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="D47" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" s="6">
+        <v>185.61</v>
+      </c>
+      <c r="F47" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" s="6">
+        <v>220.43</v>
+      </c>
+      <c r="H47" s="6">
+        <v>228.71</v>
+      </c>
+      <c r="I47" s="8">
+        <v>406.04</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9">
+      <c r="A48" s="4">
+        <v>44</v>
+      </c>
+      <c r="B48" s="4">
+        <v>1665</v>
+      </c>
+      <c r="C48" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="D48" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" s="6">
+        <v>216.41</v>
+      </c>
+      <c r="F48" s="6">
+        <v>195.34</v>
+      </c>
+      <c r="G48" s="6">
+        <v>263.65</v>
+      </c>
+      <c r="H48" s="6">
+        <v>222.1</v>
+      </c>
+      <c r="I48" s="8">
+        <v>411.75</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9">
+      <c r="A49" s="4">
+        <v>45</v>
+      </c>
+      <c r="B49" s="4">
+        <v>4118</v>
+      </c>
+      <c r="C49" s="4" t="s">
         <v>119</v>
       </c>
-      <c r="C5" s="5" t="s">
-[...58 lines deleted...]
-      <c r="B6" s="6" t="s">
+      <c r="D49" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" s="6">
+        <v>421.45</v>
+      </c>
+      <c r="F49" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H49" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I49" s="8">
+        <v>421.45</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9">
+      <c r="A50" s="4">
+        <v>46</v>
+      </c>
+      <c r="B50" s="4">
+        <v>4137</v>
+      </c>
+      <c r="C50" s="4" t="s">
         <v>120</v>
       </c>
-      <c r="C6" s="6" t="s">
-[...58 lines deleted...]
-      <c r="B7" s="7" t="s">
+      <c r="D50" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" s="6">
+        <v>205.5</v>
+      </c>
+      <c r="F50" s="6">
+        <v>248.22</v>
+      </c>
+      <c r="G50" s="6">
+        <v>229.1</v>
+      </c>
+      <c r="H50" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I50" s="8">
+        <v>434.6</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9">
+      <c r="A51" s="4">
+        <v>47</v>
+      </c>
+      <c r="B51" s="4">
+        <v>1981</v>
+      </c>
+      <c r="C51" s="4" t="s">
         <v>121</v>
       </c>
-      <c r="C7" s="7" t="s">
-[...58 lines deleted...]
-      <c r="B8" s="8" t="s">
+      <c r="D51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" s="6">
+        <v>227.87</v>
+      </c>
+      <c r="F51" s="6">
+        <v>219.0</v>
+      </c>
+      <c r="G51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I51" s="8">
+        <v>446.87</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9">
+      <c r="A52" s="4">
+        <v>48</v>
+      </c>
+      <c r="B52" s="4">
+        <v>4029</v>
+      </c>
+      <c r="C52" s="4" t="s">
         <v>122</v>
       </c>
-      <c r="C8" s="8" t="s">
+      <c r="D52" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" s="6">
+        <v>229.44</v>
+      </c>
+      <c r="F52" s="6">
+        <v>231.4</v>
+      </c>
+      <c r="G52" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H52" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I52" s="8">
+        <v>460.84</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9">
+      <c r="A53" s="4">
+        <v>49</v>
+      </c>
+      <c r="B53" s="4">
+        <v>4114</v>
+      </c>
+      <c r="C53" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="D53" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" s="6">
+        <v>242.38</v>
+      </c>
+      <c r="F53" s="6">
+        <v>228.34</v>
+      </c>
+      <c r="G53" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H53" s="6">
+        <v>247.07</v>
+      </c>
+      <c r="I53" s="8">
+        <v>470.72</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9">
+      <c r="A54" s="4">
+        <v>50</v>
+      </c>
+      <c r="B54" s="4">
+        <v>2667</v>
+      </c>
+      <c r="C54" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="D54" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F54" s="6">
+        <v>257.39</v>
+      </c>
+      <c r="G54" s="6">
+        <v>233.2</v>
+      </c>
+      <c r="H54" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I54" s="8">
+        <v>490.59</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9">
+      <c r="A55" s="4">
         <v>51</v>
       </c>
-      <c r="D8" s="8">
-[...120 lines deleted...]
-      <c r="C10" s="8" t="s">
+      <c r="B55" s="4">
+        <v>4117</v>
+      </c>
+      <c r="C55" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="D55" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F55" s="6">
+        <v>260.45</v>
+      </c>
+      <c r="G55" s="6">
+        <v>257.97</v>
+      </c>
+      <c r="H55" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I55" s="8">
+        <v>518.42</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9">
+      <c r="A56" s="4">
+        <v>52</v>
+      </c>
+      <c r="B56" s="4">
+        <v>1770</v>
+      </c>
+      <c r="C56" s="4" t="s">
+        <v>126</v>
+      </c>
+      <c r="D56" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" s="6">
+        <v>262.81</v>
+      </c>
+      <c r="F56" s="6">
+        <v>261.7</v>
+      </c>
+      <c r="G56" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H56" s="6">
+        <v>284.0</v>
+      </c>
+      <c r="I56" s="8">
+        <v>524.51</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9">
+      <c r="A57" s="4">
+        <v>53</v>
+      </c>
+      <c r="B57" s="4">
+        <v>1962</v>
+      </c>
+      <c r="C57" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="D57" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F57" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" s="6">
+        <v>280.44</v>
+      </c>
+      <c r="H57" s="6">
+        <v>244.16</v>
+      </c>
+      <c r="I57" s="8">
+        <v>524.6</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9">
+      <c r="A58" s="4">
+        <v>54</v>
+      </c>
+      <c r="B58" s="4">
+        <v>1659</v>
+      </c>
+      <c r="C58" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="D58" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" s="6">
+        <v>296.54</v>
+      </c>
+      <c r="F58" s="6">
+        <v>292.47</v>
+      </c>
+      <c r="G58" s="6">
+        <v>314.12</v>
+      </c>
+      <c r="H58" s="6">
+        <v>315.57</v>
+      </c>
+      <c r="I58" s="8">
+        <v>589.01</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9">
+      <c r="A59" s="4">
         <v>55</v>
       </c>
-      <c r="D10" s="8">
-[...244 lines deleted...]
-      <c r="C14" s="8" t="s">
+      <c r="B59" s="4">
+        <v>4020</v>
+      </c>
+      <c r="C59" s="4" t="s">
         <v>129</v>
       </c>
-      <c r="D14" s="8">
-[...55 lines deleted...]
-      <c r="B15" s="8" t="s">
+      <c r="D59" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" s="6">
+        <v>310.36</v>
+      </c>
+      <c r="F59" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" s="6">
+        <v>306.39</v>
+      </c>
+      <c r="H59" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I59" s="8">
+        <v>616.75</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9">
+      <c r="A60" s="4">
+        <v>56</v>
+      </c>
+      <c r="B60" s="4">
+        <v>4102</v>
+      </c>
+      <c r="C60" s="4" t="s">
         <v>130</v>
       </c>
-      <c r="C15" s="8" t="s">
-[...2243 lines deleted...]
-      <c r="G51" s="13">
+      <c r="D60" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" s="6">
         <v>339.31</v>
       </c>
-      <c r="H51" s="14" t="s">
-[...23 lines deleted...]
-      <c r="P51" s="13">
+      <c r="F60" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H60" s="6">
         <v>323.12</v>
       </c>
-      <c r="Q51" s="13">
-[...577 lines deleted...]
-        <v>117</v>
+      <c r="I60" s="8">
+        <v>662.43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:S1"/>
-[...2 lines deleted...]
-    <mergeCell ref="A64:T64"/>
+    <mergeCell ref="A1:I1"/>
+    <mergeCell ref="A2:I2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W65"/>
+  <dimension ref="A1:J61"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A65" sqref="A65"/>
+      <selection activeCell="A4" sqref="A4:J61"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
-[...20 lines deleted...]
-    <col min="22" max="22" width="15" customWidth="true" style="0"/>
+    <col min="1" max="1" width="6" customWidth="true" style="0"/>
+    <col min="2" max="2" width="14" customWidth="true" style="0"/>
+    <col min="3" max="3" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="14" customWidth="true" style="0"/>
+    <col min="5" max="5" width="14" customWidth="true" style="0"/>
+    <col min="6" max="6" width="14" customWidth="true" style="0"/>
+    <col min="7" max="7" width="14" customWidth="true" style="0"/>
+    <col min="8" max="8" width="14" customWidth="true" style="0"/>
+    <col min="9" max="9" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23">
+    <row r="1" spans="1:10">
       <c r="A1" s="1" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:23">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="2" spans="1:10">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:23" customHeight="1" ht="150">
-      <c r="A4" s="4" t="s">
+    <row r="4" spans="1:10" customHeight="1" ht="150">
+      <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="4" t="s">
+      <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="4" t="s">
+      <c r="C4" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="4" t="s">
+      <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="E4" s="9" t="s">
+      <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="F4" s="9" t="s">
+      <c r="F4" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="G4" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="G4" s="9" t="s">
+      <c r="H4" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="J4" s="3" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10">
+      <c r="A5" s="4">
+        <v>1</v>
+      </c>
+      <c r="B5" s="4">
+        <v>2030</v>
+      </c>
+      <c r="C5" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="D5" s="6">
+        <v>13.96</v>
+      </c>
+      <c r="E5" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F5" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H5" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I5" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J5" s="8">
+        <v>13.96</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10">
+      <c r="A6" s="4">
+        <v>2</v>
+      </c>
+      <c r="B6" s="4">
+        <v>1740</v>
+      </c>
+      <c r="C6" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="D6" s="6">
+        <v>34.5</v>
+      </c>
+      <c r="E6" s="6">
+        <v>76.12</v>
+      </c>
+      <c r="F6" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H6" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I6" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J6" s="8">
+        <v>34.5</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10">
+      <c r="A7" s="4">
+        <v>3</v>
+      </c>
+      <c r="B7" s="4">
+        <v>3962</v>
+      </c>
+      <c r="C7" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="D7" s="6">
+        <v>38.88</v>
+      </c>
+      <c r="E7" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F7" s="6">
+        <v>79.76</v>
+      </c>
+      <c r="G7" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H7" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I7" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J7" s="8">
+        <v>38.88</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10">
+      <c r="A8" s="4">
+        <v>4</v>
+      </c>
+      <c r="B8" s="4">
+        <v>1744</v>
+      </c>
+      <c r="C8" s="4" t="s">
+        <v>135</v>
+      </c>
+      <c r="D8" s="6">
+        <v>120.15</v>
+      </c>
+      <c r="E8" s="6">
+        <v>80.59</v>
+      </c>
+      <c r="F8" s="6">
+        <v>127.12</v>
+      </c>
+      <c r="G8" s="6">
+        <v>79.18</v>
+      </c>
+      <c r="H8" s="6">
+        <v>74.69</v>
+      </c>
+      <c r="I8" s="6">
+        <v>72.92</v>
+      </c>
+      <c r="J8" s="8">
+        <v>73.805</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10">
+      <c r="A9" s="4">
+        <v>5</v>
+      </c>
+      <c r="B9" s="4">
+        <v>1777</v>
+      </c>
+      <c r="C9" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="D9" s="6">
+        <v>76.37</v>
+      </c>
+      <c r="E9" s="6">
+        <v>99.71</v>
+      </c>
+      <c r="F9" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" s="6">
+        <v>86.76</v>
+      </c>
+      <c r="H9" s="6">
+        <v>95.65</v>
+      </c>
+      <c r="I9" s="6">
+        <v>82.48</v>
+      </c>
+      <c r="J9" s="8">
+        <v>76.37</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10">
+      <c r="A10" s="4">
+        <v>6</v>
+      </c>
+      <c r="B10" s="4">
+        <v>2510</v>
+      </c>
+      <c r="C10" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="D10" s="6">
+        <v>80.12</v>
+      </c>
+      <c r="E10" s="6">
+        <v>124.26</v>
+      </c>
+      <c r="F10" s="6">
+        <v>108.59</v>
+      </c>
+      <c r="G10" s="6">
+        <v>91.75</v>
+      </c>
+      <c r="H10" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I10" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J10" s="8">
+        <v>80.12</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10">
+      <c r="A11" s="4">
         <v>7</v>
       </c>
-      <c r="H4" s="9" t="s">
+      <c r="B11" s="4">
+        <v>1894</v>
+      </c>
+      <c r="C11" s="4" t="s">
+        <v>138</v>
+      </c>
+      <c r="D11" s="6">
+        <v>175.99</v>
+      </c>
+      <c r="E11" s="6">
+        <v>99.62</v>
+      </c>
+      <c r="F11" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" s="6">
+        <v>86.17</v>
+      </c>
+      <c r="H11" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I11" s="6">
+        <v>87.6</v>
+      </c>
+      <c r="J11" s="8">
+        <v>86.885</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10">
+      <c r="A12" s="4">
+        <v>8</v>
+      </c>
+      <c r="B12" s="4">
+        <v>1828</v>
+      </c>
+      <c r="C12" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="D12" s="6">
+        <v>175.16</v>
+      </c>
+      <c r="E12" s="6">
+        <v>96.01</v>
+      </c>
+      <c r="F12" s="6">
+        <v>108.51</v>
+      </c>
+      <c r="G12" s="6">
+        <v>95.02</v>
+      </c>
+      <c r="H12" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I12" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J12" s="8">
+        <v>95.515</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10">
+      <c r="A13" s="4">
         <v>9</v>
       </c>
-      <c r="I4" s="9" t="s">
+      <c r="B13" s="4">
+        <v>1824</v>
+      </c>
+      <c r="C13" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="D13" s="6">
+        <v>97.45</v>
+      </c>
+      <c r="E13" s="6">
+        <v>150.88</v>
+      </c>
+      <c r="F13" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" s="6">
+        <v>106.39</v>
+      </c>
+      <c r="H13" s="6">
+        <v>104.08</v>
+      </c>
+      <c r="I13" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J13" s="8">
+        <v>97.45</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10">
+      <c r="A14" s="4">
         <v>10</v>
       </c>
-      <c r="J4" s="9" t="s">
+      <c r="B14" s="4">
+        <v>2568</v>
+      </c>
+      <c r="C14" s="4" t="s">
+        <v>141</v>
+      </c>
+      <c r="D14" s="6">
+        <v>168.65</v>
+      </c>
+      <c r="E14" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F14" s="6">
+        <v>130.62</v>
+      </c>
+      <c r="G14" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H14" s="6">
+        <v>103.17</v>
+      </c>
+      <c r="I14" s="6">
+        <v>106.1</v>
+      </c>
+      <c r="J14" s="8">
+        <v>104.635</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10">
+      <c r="A15" s="4">
         <v>11</v>
       </c>
-      <c r="K4" s="9" t="s">
+      <c r="B15" s="4">
+        <v>1815</v>
+      </c>
+      <c r="C15" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="D15" s="6">
+        <v>161.96</v>
+      </c>
+      <c r="E15" s="6">
+        <v>116.93</v>
+      </c>
+      <c r="F15" s="6">
+        <v>131.5</v>
+      </c>
+      <c r="G15" s="6">
+        <v>99.48</v>
+      </c>
+      <c r="H15" s="6">
+        <v>111.37</v>
+      </c>
+      <c r="I15" s="6">
+        <v>126.35</v>
+      </c>
+      <c r="J15" s="8">
+        <v>105.425</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10">
+      <c r="A16" s="4">
         <v>12</v>
       </c>
-      <c r="L4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="M4" s="9" t="s">
+      <c r="B16" s="4">
+        <v>2335</v>
+      </c>
+      <c r="C16" s="4" t="s">
+        <v>143</v>
+      </c>
+      <c r="D16" s="6">
+        <v>160.18</v>
+      </c>
+      <c r="E16" s="6">
+        <v>118.65</v>
+      </c>
+      <c r="F16" s="6">
+        <v>106.42</v>
+      </c>
+      <c r="G16" s="6">
+        <v>128.77</v>
+      </c>
+      <c r="H16" s="6">
+        <v>133.92</v>
+      </c>
+      <c r="I16" s="6">
+        <v>155.4</v>
+      </c>
+      <c r="J16" s="8">
+        <v>112.535</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10">
+      <c r="A17" s="4">
+        <v>13</v>
+      </c>
+      <c r="B17" s="4">
+        <v>3950</v>
+      </c>
+      <c r="C17" s="4" t="s">
+        <v>144</v>
+      </c>
+      <c r="D17" s="6">
+        <v>196.75</v>
+      </c>
+      <c r="E17" s="6">
+        <v>128.81</v>
+      </c>
+      <c r="F17" s="6">
+        <v>127.31</v>
+      </c>
+      <c r="G17" s="6">
+        <v>102.6</v>
+      </c>
+      <c r="H17" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I17" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J17" s="8">
+        <v>114.955</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10">
+      <c r="A18" s="4">
         <v>14</v>
       </c>
-      <c r="N4" s="9" t="s">
+      <c r="B18" s="4">
+        <v>3386</v>
+      </c>
+      <c r="C18" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="D18" s="6">
+        <v>122.23</v>
+      </c>
+      <c r="E18" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F18" s="6">
+        <v>116.29</v>
+      </c>
+      <c r="G18" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H18" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I18" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J18" s="8">
+        <v>119.26</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10">
+      <c r="A19" s="4">
         <v>15</v>
       </c>
-      <c r="O4" s="9" t="s">
+      <c r="B19" s="4">
+        <v>3234</v>
+      </c>
+      <c r="C19" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="D19" s="6">
+        <v>145.37</v>
+      </c>
+      <c r="E19" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F19" s="6">
+        <v>97.15</v>
+      </c>
+      <c r="G19" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H19" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I19" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J19" s="8">
+        <v>121.26</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10">
+      <c r="A20" s="4">
         <v>16</v>
       </c>
-      <c r="P4" s="9" t="s">
+      <c r="B20" s="4">
+        <v>3956</v>
+      </c>
+      <c r="C20" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="D20" s="6">
+        <v>126.6</v>
+      </c>
+      <c r="E20" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F20" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H20" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I20" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J20" s="8">
+        <v>126.6</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10">
+      <c r="A21" s="4">
         <v>17</v>
       </c>
-      <c r="Q4" s="9" t="s">
+      <c r="B21" s="4">
+        <v>1661</v>
+      </c>
+      <c r="C21" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="D21" s="6">
+        <v>247.62</v>
+      </c>
+      <c r="E21" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F21" s="6">
+        <v>217.06</v>
+      </c>
+      <c r="G21" s="6">
+        <v>128.4</v>
+      </c>
+      <c r="H21" s="6">
+        <v>152.67</v>
+      </c>
+      <c r="I21" s="6">
+        <v>147.99</v>
+      </c>
+      <c r="J21" s="8">
+        <v>138.195</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10">
+      <c r="A22" s="4">
         <v>18</v>
       </c>
-      <c r="R4" s="9" t="s">
+      <c r="B22" s="4">
+        <v>2139</v>
+      </c>
+      <c r="C22" s="4" t="s">
+        <v>149</v>
+      </c>
+      <c r="D22" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" s="6">
+        <v>149.28</v>
+      </c>
+      <c r="F22" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H22" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I22" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J22" s="8">
+        <v>149.28</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10">
+      <c r="A23" s="4">
         <v>19</v>
       </c>
-      <c r="S4" s="9" t="s">
+      <c r="B23" s="4">
+        <v>3774</v>
+      </c>
+      <c r="C23" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="D23" s="6">
+        <v>201.06</v>
+      </c>
+      <c r="E23" s="6">
+        <v>152.21</v>
+      </c>
+      <c r="F23" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H23" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I23" s="6">
+        <v>148.83</v>
+      </c>
+      <c r="J23" s="8">
+        <v>150.52</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10">
+      <c r="A24" s="4">
         <v>20</v>
       </c>
-      <c r="T4" s="9" t="s">
+      <c r="B24" s="4">
+        <v>2388</v>
+      </c>
+      <c r="C24" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="D24" s="6">
+        <v>155.55</v>
+      </c>
+      <c r="E24" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F24" s="6">
+        <v>145.65</v>
+      </c>
+      <c r="G24" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H24" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I24" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J24" s="8">
+        <v>150.6</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10">
+      <c r="A25" s="4">
+        <v>21</v>
+      </c>
+      <c r="B25" s="4">
+        <v>2210</v>
+      </c>
+      <c r="C25" s="4" t="s">
+        <v>152</v>
+      </c>
+      <c r="D25" s="6">
+        <v>206.75</v>
+      </c>
+      <c r="E25" s="6">
+        <v>182.65</v>
+      </c>
+      <c r="F25" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" s="6">
+        <v>125.87</v>
+      </c>
+      <c r="H25" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I25" s="6">
+        <v>178.11</v>
+      </c>
+      <c r="J25" s="8">
+        <v>151.99</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10">
+      <c r="A26" s="4">
+        <v>22</v>
+      </c>
+      <c r="B26" s="4">
+        <v>1817</v>
+      </c>
+      <c r="C26" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="D26" s="6">
+        <v>165.31</v>
+      </c>
+      <c r="E26" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F26" s="6">
+        <v>151.52</v>
+      </c>
+      <c r="G26" s="6">
+        <v>152.94</v>
+      </c>
+      <c r="H26" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I26" s="6">
+        <v>228.03</v>
+      </c>
+      <c r="J26" s="8">
+        <v>152.23</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10">
+      <c r="A27" s="4">
         <v>23</v>
       </c>
-      <c r="U4" s="9" t="s">
-[...5 lines deleted...]
-      <c r="W4" s="18" t="s">
+      <c r="B27" s="4">
+        <v>1586</v>
+      </c>
+      <c r="C27" s="4" t="s">
+        <v>154</v>
+      </c>
+      <c r="D27" s="6">
+        <v>160.33</v>
+      </c>
+      <c r="E27" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F27" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H27" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I27" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J27" s="8">
+        <v>160.33</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10">
+      <c r="A28" s="4">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="5" t="s">
+      <c r="B28" s="4">
+        <v>3933</v>
+      </c>
+      <c r="C28" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="D28" s="6">
+        <v>227.52</v>
+      </c>
+      <c r="E28" s="6">
+        <v>211.47</v>
+      </c>
+      <c r="F28" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" s="6">
+        <v>128.92</v>
+      </c>
+      <c r="H28" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I28" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J28" s="8">
+        <v>170.195</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10">
+      <c r="A29" s="4">
         <v>25</v>
       </c>
-      <c r="B5" s="5" t="s">
+      <c r="B29" s="4">
+        <v>1882</v>
+      </c>
+      <c r="C29" s="4" t="s">
+        <v>156</v>
+      </c>
+      <c r="D29" s="6">
+        <v>211.68</v>
+      </c>
+      <c r="E29" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F29" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H29" s="6">
+        <v>141.89</v>
+      </c>
+      <c r="I29" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J29" s="8">
+        <v>176.785</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10">
+      <c r="A30" s="4">
+        <v>26</v>
+      </c>
+      <c r="B30" s="4">
+        <v>3371</v>
+      </c>
+      <c r="C30" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="D30" s="6">
+        <v>234.63</v>
+      </c>
+      <c r="E30" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F30" s="6">
+        <v>208.59</v>
+      </c>
+      <c r="G30" s="6">
+        <v>148.85</v>
+      </c>
+      <c r="H30" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I30" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J30" s="8">
+        <v>178.72</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10">
+      <c r="A31" s="4">
+        <v>27</v>
+      </c>
+      <c r="B31" s="4">
+        <v>4182</v>
+      </c>
+      <c r="C31" s="4" t="s">
+        <v>158</v>
+      </c>
+      <c r="D31" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F31" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" s="6">
+        <v>181.49</v>
+      </c>
+      <c r="H31" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I31" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J31" s="8">
+        <v>181.49</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10">
+      <c r="A32" s="4">
+        <v>28</v>
+      </c>
+      <c r="B32" s="4">
+        <v>2578</v>
+      </c>
+      <c r="C32" s="4" t="s">
+        <v>159</v>
+      </c>
+      <c r="D32" s="6">
+        <v>233.68</v>
+      </c>
+      <c r="E32" s="6">
+        <v>131.58</v>
+      </c>
+      <c r="F32" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H32" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I32" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J32" s="8">
+        <v>182.63</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10">
+      <c r="A33" s="4">
+        <v>29</v>
+      </c>
+      <c r="B33" s="4">
+        <v>3883</v>
+      </c>
+      <c r="C33" s="4" t="s">
+        <v>160</v>
+      </c>
+      <c r="D33" s="6">
+        <v>195.21</v>
+      </c>
+      <c r="E33" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F33" s="6">
+        <v>171.36</v>
+      </c>
+      <c r="G33" s="6">
+        <v>211.31</v>
+      </c>
+      <c r="H33" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I33" s="6">
+        <v>224.13</v>
+      </c>
+      <c r="J33" s="8">
+        <v>183.285</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10">
+      <c r="A34" s="4">
+        <v>30</v>
+      </c>
+      <c r="B34" s="4">
+        <v>3878</v>
+      </c>
+      <c r="C34" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="D34" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F34" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H34" s="6">
+        <v>187.6</v>
+      </c>
+      <c r="I34" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J34" s="8">
+        <v>187.6</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10">
+      <c r="A35" s="4">
+        <v>31</v>
+      </c>
+      <c r="B35" s="4">
+        <v>4005</v>
+      </c>
+      <c r="C35" s="4" t="s">
+        <v>162</v>
+      </c>
+      <c r="D35" s="6">
+        <v>188.46</v>
+      </c>
+      <c r="E35" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F35" s="6">
+        <v>187.0</v>
+      </c>
+      <c r="G35" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H35" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I35" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J35" s="8">
+        <v>187.73</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10">
+      <c r="A36" s="4">
+        <v>32</v>
+      </c>
+      <c r="B36" s="4">
+        <v>1771</v>
+      </c>
+      <c r="C36" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="D36" s="6">
+        <v>242.02</v>
+      </c>
+      <c r="E36" s="6">
+        <v>182.09</v>
+      </c>
+      <c r="F36" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H36" s="6">
+        <v>195.27</v>
+      </c>
+      <c r="I36" s="6">
+        <v>195.38</v>
+      </c>
+      <c r="J36" s="8">
+        <v>188.68</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10">
+      <c r="A37" s="4">
+        <v>33</v>
+      </c>
+      <c r="B37" s="4">
+        <v>3957</v>
+      </c>
+      <c r="C37" s="4" t="s">
+        <v>164</v>
+      </c>
+      <c r="D37" s="6">
+        <v>250.4</v>
+      </c>
+      <c r="E37" s="6">
+        <v>131.68</v>
+      </c>
+      <c r="F37" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H37" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I37" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J37" s="8">
+        <v>191.04</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10">
+      <c r="A38" s="4">
+        <v>34</v>
+      </c>
+      <c r="B38" s="4">
+        <v>3948</v>
+      </c>
+      <c r="C38" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="D38" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" s="6">
+        <v>194.93</v>
+      </c>
+      <c r="F38" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H38" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I38" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J38" s="8">
+        <v>194.93</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10">
+      <c r="A39" s="4">
+        <v>35</v>
+      </c>
+      <c r="B39" s="4">
+        <v>3951</v>
+      </c>
+      <c r="C39" s="4" t="s">
+        <v>166</v>
+      </c>
+      <c r="D39" s="6">
+        <v>199.62</v>
+      </c>
+      <c r="E39" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F39" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H39" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I39" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J39" s="8">
+        <v>199.62</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10">
+      <c r="A40" s="4">
+        <v>36</v>
+      </c>
+      <c r="B40" s="4">
+        <v>2145</v>
+      </c>
+      <c r="C40" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="D40" s="6">
+        <v>199.71</v>
+      </c>
+      <c r="E40" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F40" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H40" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I40" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J40" s="8">
+        <v>199.71</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10">
+      <c r="A41" s="4">
+        <v>37</v>
+      </c>
+      <c r="B41" s="4">
+        <v>2143</v>
+      </c>
+      <c r="C41" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="D41" s="6">
+        <v>200.99</v>
+      </c>
+      <c r="E41" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F41" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H41" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I41" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J41" s="8">
+        <v>200.99</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10">
+      <c r="A42" s="4">
+        <v>38</v>
+      </c>
+      <c r="B42" s="4">
+        <v>4162</v>
+      </c>
+      <c r="C42" s="4" t="s">
+        <v>169</v>
+      </c>
+      <c r="D42" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F42" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H42" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I42" s="6">
+        <v>204.1</v>
+      </c>
+      <c r="J42" s="8">
+        <v>204.1</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10">
+      <c r="A43" s="4">
+        <v>39</v>
+      </c>
+      <c r="B43" s="4">
+        <v>3143</v>
+      </c>
+      <c r="C43" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="D43" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F43" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" s="6">
+        <v>100.3</v>
+      </c>
+      <c r="H43" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I43" s="6">
+        <v>112.9</v>
+      </c>
+      <c r="J43" s="8">
+        <v>213.2</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10">
+      <c r="A44" s="4">
+        <v>40</v>
+      </c>
+      <c r="B44" s="4">
+        <v>4108</v>
+      </c>
+      <c r="C44" s="4" t="s">
+        <v>171</v>
+      </c>
+      <c r="D44" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" s="6">
+        <v>214.53</v>
+      </c>
+      <c r="F44" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H44" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I44" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J44" s="8">
+        <v>214.53</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10">
+      <c r="A45" s="4">
+        <v>41</v>
+      </c>
+      <c r="B45" s="4">
+        <v>2217</v>
+      </c>
+      <c r="C45" s="4" t="s">
+        <v>172</v>
+      </c>
+      <c r="D45" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" s="6">
+        <v>145.18</v>
+      </c>
+      <c r="F45" s="6">
+        <v>161.38</v>
+      </c>
+      <c r="G45" s="6">
+        <v>101.04</v>
+      </c>
+      <c r="H45" s="6">
+        <v>128.91</v>
+      </c>
+      <c r="I45" s="6">
+        <v>125.97</v>
+      </c>
+      <c r="J45" s="8">
+        <v>227.01</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10">
+      <c r="A46" s="4">
+        <v>42</v>
+      </c>
+      <c r="B46" s="4">
+        <v>4123</v>
+      </c>
+      <c r="C46" s="4" t="s">
+        <v>173</v>
+      </c>
+      <c r="D46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I46" s="6">
+        <v>227.8</v>
+      </c>
+      <c r="J46" s="8">
+        <v>227.8</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10">
+      <c r="A47" s="4">
+        <v>43</v>
+      </c>
+      <c r="B47" s="4">
+        <v>2632</v>
+      </c>
+      <c r="C47" s="4" t="s">
+        <v>174</v>
+      </c>
+      <c r="D47" s="6">
+        <v>230.43</v>
+      </c>
+      <c r="E47" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F47" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H47" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I47" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J47" s="8">
+        <v>230.43</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10">
+      <c r="A48" s="4">
+        <v>44</v>
+      </c>
+      <c r="B48" s="4">
+        <v>4135</v>
+      </c>
+      <c r="C48" s="4" t="s">
+        <v>175</v>
+      </c>
+      <c r="D48" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" s="6">
+        <v>235.25</v>
+      </c>
+      <c r="F48" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H48" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I48" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J48" s="8">
+        <v>235.25</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10">
+      <c r="A49" s="4">
+        <v>45</v>
+      </c>
+      <c r="B49" s="4">
+        <v>3117</v>
+      </c>
+      <c r="C49" s="4" t="s">
+        <v>176</v>
+      </c>
+      <c r="D49" s="6">
+        <v>241.65</v>
+      </c>
+      <c r="E49" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F49" s="6">
+        <v>246.61</v>
+      </c>
+      <c r="G49" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H49" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I49" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J49" s="8">
+        <v>241.65</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10">
+      <c r="A50" s="4">
+        <v>46</v>
+      </c>
+      <c r="B50" s="4">
+        <v>4143</v>
+      </c>
+      <c r="C50" s="4" t="s">
+        <v>177</v>
+      </c>
+      <c r="D50" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F50" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H50" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I50" s="6">
+        <v>242.25</v>
+      </c>
+      <c r="J50" s="8">
+        <v>242.25</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10">
+      <c r="A51" s="4">
+        <v>47</v>
+      </c>
+      <c r="B51" s="4">
+        <v>1807</v>
+      </c>
+      <c r="C51" s="4" t="s">
+        <v>178</v>
+      </c>
+      <c r="D51" s="6">
+        <v>244.31</v>
+      </c>
+      <c r="E51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J51" s="8">
+        <v>244.31</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10">
+      <c r="A52" s="4">
+        <v>48</v>
+      </c>
+      <c r="B52" s="4">
+        <v>3113</v>
+      </c>
+      <c r="C52" s="4" t="s">
+        <v>179</v>
+      </c>
+      <c r="D52" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" s="6">
+        <v>160.68</v>
+      </c>
+      <c r="F52" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" s="6">
+        <v>115.39</v>
+      </c>
+      <c r="H52" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I52" s="6">
+        <v>149.67</v>
+      </c>
+      <c r="J52" s="8">
+        <v>265.06</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10">
+      <c r="A53" s="4">
+        <v>49</v>
+      </c>
+      <c r="B53" s="4">
+        <v>3590</v>
+      </c>
+      <c r="C53" s="4" t="s">
+        <v>180</v>
+      </c>
+      <c r="D53" s="6">
+        <v>296.37</v>
+      </c>
+      <c r="E53" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F53" s="6">
+        <v>236.46</v>
+      </c>
+      <c r="G53" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H53" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I53" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J53" s="8">
+        <v>266.415</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10">
+      <c r="A54" s="4">
+        <v>50</v>
+      </c>
+      <c r="B54" s="4">
+        <v>3131</v>
+      </c>
+      <c r="C54" s="4" t="s">
+        <v>181</v>
+      </c>
+      <c r="D54" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" s="6">
+        <v>282.14</v>
+      </c>
+      <c r="F54" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H54" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I54" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J54" s="8">
+        <v>282.14</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10">
+      <c r="A55" s="4">
+        <v>51</v>
+      </c>
+      <c r="B55" s="4">
+        <v>3928</v>
+      </c>
+      <c r="C55" s="4" t="s">
+        <v>182</v>
+      </c>
+      <c r="D55" s="6">
+        <v>297.06</v>
+      </c>
+      <c r="E55" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F55" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H55" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I55" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J55" s="8">
+        <v>297.06</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10">
+      <c r="A56" s="4">
+        <v>52</v>
+      </c>
+      <c r="B56" s="4">
+        <v>1923</v>
+      </c>
+      <c r="C56" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="D56" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F56" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H56" s="6">
+        <v>158.52</v>
+      </c>
+      <c r="I56" s="6">
+        <v>163.97</v>
+      </c>
+      <c r="J56" s="8">
+        <v>322.49</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10">
+      <c r="A57" s="4">
+        <v>53</v>
+      </c>
+      <c r="B57" s="4">
+        <v>3927</v>
+      </c>
+      <c r="C57" s="4" t="s">
+        <v>184</v>
+      </c>
+      <c r="D57" s="6">
+        <v>324.86</v>
+      </c>
+      <c r="E57" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F57" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H57" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I57" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J57" s="8">
+        <v>324.86</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10">
+      <c r="A58" s="4">
+        <v>54</v>
+      </c>
+      <c r="B58" s="4">
+        <v>3938</v>
+      </c>
+      <c r="C58" s="4" t="s">
         <v>185</v>
       </c>
-      <c r="C5" s="5" t="s">
-[...67 lines deleted...]
-      <c r="B6" s="6" t="s">
+      <c r="D58" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" s="6">
+        <v>171.53</v>
+      </c>
+      <c r="F58" s="6">
+        <v>160.0</v>
+      </c>
+      <c r="G58" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H58" s="6">
+        <v>206.97</v>
+      </c>
+      <c r="I58" s="6">
+        <v>215.26</v>
+      </c>
+      <c r="J58" s="8">
+        <v>331.53</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10">
+      <c r="A59" s="4">
+        <v>55</v>
+      </c>
+      <c r="B59" s="4">
+        <v>4142</v>
+      </c>
+      <c r="C59" s="4" t="s">
         <v>186</v>
       </c>
-      <c r="C6" s="6" t="s">
-[...67 lines deleted...]
-      <c r="B7" s="7" t="s">
+      <c r="D59" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F59" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" s="6">
+        <v>147.14</v>
+      </c>
+      <c r="H59" s="6">
+        <v>184.57</v>
+      </c>
+      <c r="I59" s="6">
+        <v>193.4</v>
+      </c>
+      <c r="J59" s="8">
+        <v>331.71</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10">
+      <c r="A60" s="4">
+        <v>56</v>
+      </c>
+      <c r="B60" s="4">
+        <v>4176</v>
+      </c>
+      <c r="C60" s="4" t="s">
         <v>187</v>
       </c>
-      <c r="C7" s="7" t="s">
-[...67 lines deleted...]
-      <c r="B8" s="8" t="s">
+      <c r="D60" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F60" s="6">
+        <v>346.25</v>
+      </c>
+      <c r="G60" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H60" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I60" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J60" s="8">
+        <v>346.25</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10">
+      <c r="A61" s="4">
+        <v>57</v>
+      </c>
+      <c r="B61" s="4">
+        <v>2712</v>
+      </c>
+      <c r="C61" s="4" t="s">
         <v>188</v>
       </c>
-      <c r="C8" s="8" t="s">
-[...1884 lines deleted...]
-      <c r="P34" s="13">
+      <c r="D61" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E61" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F61" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" s="6">
         <v>171.75</v>
       </c>
-      <c r="Q34" s="13">
-[...2 lines deleted...]
-      <c r="R34" s="13">
+      <c r="H61" s="6">
         <v>175.23</v>
       </c>
-      <c r="S34" s="13">
+      <c r="I61" s="6">
         <v>194.62</v>
       </c>
-      <c r="T34" s="13">
-[...1936 lines deleted...]
-        <v>117</v>
+      <c r="J61" s="8">
+        <v>346.98</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:V1"/>
-[...2 lines deleted...]
-    <mergeCell ref="A65:W65"/>
+    <mergeCell ref="A1:J1"/>
+    <mergeCell ref="A2:J2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T49"/>
+  <dimension ref="A1:I45"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A49" sqref="A49"/>
+      <selection activeCell="A4" sqref="A4:I45"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
-[...17 lines deleted...]
-    <col min="19" max="19" width="15" customWidth="true" style="0"/>
+    <col min="1" max="1" width="6" customWidth="true" style="0"/>
+    <col min="2" max="2" width="14" customWidth="true" style="0"/>
+    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="14" customWidth="true" style="0"/>
+    <col min="5" max="5" width="14" customWidth="true" style="0"/>
+    <col min="6" max="6" width="14" customWidth="true" style="0"/>
+    <col min="7" max="7" width="14" customWidth="true" style="0"/>
+    <col min="8" max="8" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
-        <v>253</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:20">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:20" customHeight="1" ht="150">
-      <c r="A4" s="4" t="s">
+    <row r="4" spans="1:9" customHeight="1" ht="150">
+      <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="4" t="s">
+      <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="4" t="s">
+      <c r="C4" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="4" t="s">
+      <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="E4" s="9" t="s">
+      <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="F4" s="9" t="s">
+      <c r="F4" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="G4" s="9" t="s">
+      <c r="G4" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="H4" s="9" t="s">
+      <c r="H4" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="I4" s="9" t="s">
+      <c r="I4" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="J4" s="9" t="s">
+    </row>
+    <row r="5" spans="1:9">
+      <c r="A5" s="4">
+        <v>1</v>
+      </c>
+      <c r="B5" s="4">
+        <v>1805</v>
+      </c>
+      <c r="C5" s="4" t="s">
+        <v>190</v>
+      </c>
+      <c r="D5" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F5" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" s="6">
+        <v>148.56</v>
+      </c>
+      <c r="H5" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I5" s="8">
+        <v>148.56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9">
+      <c r="A6" s="4">
+        <v>2</v>
+      </c>
+      <c r="B6" s="4">
+        <v>1898</v>
+      </c>
+      <c r="C6" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="D6" s="6">
+        <v>201.28</v>
+      </c>
+      <c r="E6" s="6">
+        <v>151.06</v>
+      </c>
+      <c r="F6" s="6">
+        <v>147.37</v>
+      </c>
+      <c r="G6" s="6">
+        <v>184.63</v>
+      </c>
+      <c r="H6" s="6">
+        <v>183.61</v>
+      </c>
+      <c r="I6" s="8">
+        <v>149.215</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9">
+      <c r="A7" s="4">
+        <v>3</v>
+      </c>
+      <c r="B7" s="4">
+        <v>1757</v>
+      </c>
+      <c r="C7" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="D7" s="6">
+        <v>224.71</v>
+      </c>
+      <c r="E7" s="6">
+        <v>156.24</v>
+      </c>
+      <c r="F7" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" s="6">
+        <v>185.98</v>
+      </c>
+      <c r="H7" s="6">
+        <v>165.24</v>
+      </c>
+      <c r="I7" s="8">
+        <v>160.74</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9">
+      <c r="A8" s="4">
+        <v>4</v>
+      </c>
+      <c r="B8" s="4">
+        <v>4033</v>
+      </c>
+      <c r="C8" s="4" t="s">
+        <v>193</v>
+      </c>
+      <c r="D8" s="6">
+        <v>212.55</v>
+      </c>
+      <c r="E8" s="6">
+        <v>180.66</v>
+      </c>
+      <c r="F8" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H8" s="6">
+        <v>156.47</v>
+      </c>
+      <c r="I8" s="8">
+        <v>168.565</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9">
+      <c r="A9" s="4">
+        <v>5</v>
+      </c>
+      <c r="B9" s="4">
+        <v>1775</v>
+      </c>
+      <c r="C9" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="D9" s="6">
+        <v>180.18</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F9" s="6">
+        <v>178.02</v>
+      </c>
+      <c r="G9" s="6">
+        <v>189.64</v>
+      </c>
+      <c r="H9" s="6">
+        <v>162.55</v>
+      </c>
+      <c r="I9" s="8">
+        <v>170.285</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9">
+      <c r="A10" s="4">
+        <v>6</v>
+      </c>
+      <c r="B10" s="4">
+        <v>2944</v>
+      </c>
+      <c r="C10" s="4" t="s">
+        <v>195</v>
+      </c>
+      <c r="D10" s="6">
+        <v>220.49</v>
+      </c>
+      <c r="E10" s="6">
+        <v>182.71</v>
+      </c>
+      <c r="F10" s="6">
+        <v>189.33</v>
+      </c>
+      <c r="G10" s="6">
+        <v>172.01</v>
+      </c>
+      <c r="H10" s="6">
+        <v>173.36</v>
+      </c>
+      <c r="I10" s="8">
+        <v>172.685</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9">
+      <c r="A11" s="4">
+        <v>7</v>
+      </c>
+      <c r="B11" s="4">
+        <v>1689</v>
+      </c>
+      <c r="C11" s="4" t="s">
+        <v>196</v>
+      </c>
+      <c r="D11" s="6">
+        <v>251.05</v>
+      </c>
+      <c r="E11" s="6">
+        <v>209.9</v>
+      </c>
+      <c r="F11" s="6">
+        <v>166.97</v>
+      </c>
+      <c r="G11" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H11" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I11" s="8">
+        <v>188.435</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9">
+      <c r="A12" s="4">
+        <v>8</v>
+      </c>
+      <c r="B12" s="4">
+        <v>4045</v>
+      </c>
+      <c r="C12" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="D12" s="6">
+        <v>214.87</v>
+      </c>
+      <c r="E12" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F12" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" s="6">
+        <v>196.43</v>
+      </c>
+      <c r="H12" s="6">
+        <v>194.57</v>
+      </c>
+      <c r="I12" s="8">
+        <v>195.5</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9">
+      <c r="A13" s="4">
+        <v>9</v>
+      </c>
+      <c r="B13" s="4">
+        <v>4044</v>
+      </c>
+      <c r="C13" s="4" t="s">
+        <v>198</v>
+      </c>
+      <c r="D13" s="6">
+        <v>210.93</v>
+      </c>
+      <c r="E13" s="6">
+        <v>224.0</v>
+      </c>
+      <c r="F13" s="6">
+        <v>191.33</v>
+      </c>
+      <c r="G13" s="6">
+        <v>227.28</v>
+      </c>
+      <c r="H13" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I13" s="8">
+        <v>201.13</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9">
+      <c r="A14" s="4">
+        <v>10</v>
+      </c>
+      <c r="B14" s="4">
+        <v>2357</v>
+      </c>
+      <c r="C14" s="4" t="s">
+        <v>199</v>
+      </c>
+      <c r="D14" s="6">
+        <v>312.81</v>
+      </c>
+      <c r="E14" s="6">
+        <v>209.56</v>
+      </c>
+      <c r="F14" s="6">
+        <v>207.02</v>
+      </c>
+      <c r="G14" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H14" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I14" s="8">
+        <v>208.29</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9">
+      <c r="A15" s="4">
+        <v>11</v>
+      </c>
+      <c r="B15" s="4">
+        <v>4030</v>
+      </c>
+      <c r="C15" s="4" t="s">
+        <v>200</v>
+      </c>
+      <c r="D15" s="6">
+        <v>285.12</v>
+      </c>
+      <c r="E15" s="6">
+        <v>229.97</v>
+      </c>
+      <c r="F15" s="6">
+        <v>228.25</v>
+      </c>
+      <c r="G15" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H15" s="6">
+        <v>191.67</v>
+      </c>
+      <c r="I15" s="8">
+        <v>209.96</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9">
+      <c r="A16" s="4">
         <v>12</v>
       </c>
-      <c r="K4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="L4" s="9" t="s">
+      <c r="B16" s="4">
+        <v>1695</v>
+      </c>
+      <c r="C16" s="4" t="s">
+        <v>201</v>
+      </c>
+      <c r="D16" s="6">
+        <v>275.57</v>
+      </c>
+      <c r="E16" s="6">
+        <v>246.46</v>
+      </c>
+      <c r="F16" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" s="6">
+        <v>235.35</v>
+      </c>
+      <c r="H16" s="6">
+        <v>201.85</v>
+      </c>
+      <c r="I16" s="8">
+        <v>218.6</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9">
+      <c r="A17" s="4">
+        <v>13</v>
+      </c>
+      <c r="B17" s="4">
+        <v>3359</v>
+      </c>
+      <c r="C17" s="4" t="s">
+        <v>202</v>
+      </c>
+      <c r="D17" s="6">
+        <v>241.21</v>
+      </c>
+      <c r="E17" s="6">
+        <v>232.83</v>
+      </c>
+      <c r="F17" s="6">
+        <v>223.06</v>
+      </c>
+      <c r="G17" s="6">
+        <v>227.06</v>
+      </c>
+      <c r="H17" s="6">
+        <v>218.46</v>
+      </c>
+      <c r="I17" s="8">
+        <v>220.76</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9">
+      <c r="A18" s="4">
         <v>14</v>
       </c>
-      <c r="M4" s="9" t="s">
+      <c r="B18" s="4">
+        <v>3115</v>
+      </c>
+      <c r="C18" s="4" t="s">
+        <v>203</v>
+      </c>
+      <c r="D18" s="6">
+        <v>233.19</v>
+      </c>
+      <c r="E18" s="6">
+        <v>245.49</v>
+      </c>
+      <c r="F18" s="6">
+        <v>229.25</v>
+      </c>
+      <c r="G18" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H18" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I18" s="8">
+        <v>231.22</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9">
+      <c r="A19" s="4">
         <v>15</v>
       </c>
-      <c r="N4" s="9" t="s">
+      <c r="B19" s="4">
+        <v>2658</v>
+      </c>
+      <c r="C19" s="4" t="s">
+        <v>204</v>
+      </c>
+      <c r="D19" s="6">
+        <v>233.53</v>
+      </c>
+      <c r="E19" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F19" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H19" s="6">
+        <v>322.45</v>
+      </c>
+      <c r="I19" s="8">
+        <v>233.53</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9">
+      <c r="A20" s="4">
         <v>16</v>
       </c>
-      <c r="O4" s="9" t="s">
+      <c r="B20" s="4">
+        <v>4094</v>
+      </c>
+      <c r="C20" s="4" t="s">
+        <v>205</v>
+      </c>
+      <c r="D20" s="6">
+        <v>258.33</v>
+      </c>
+      <c r="E20" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F20" s="6">
+        <v>258.89</v>
+      </c>
+      <c r="G20" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H20" s="6">
+        <v>228.36</v>
+      </c>
+      <c r="I20" s="8">
+        <v>243.345</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9">
+      <c r="A21" s="4">
+        <v>17</v>
+      </c>
+      <c r="B21" s="4">
+        <v>2238</v>
+      </c>
+      <c r="C21" s="4" t="s">
+        <v>206</v>
+      </c>
+      <c r="D21" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F21" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" s="6">
+        <v>254.84</v>
+      </c>
+      <c r="H21" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I21" s="8">
+        <v>254.84</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9">
+      <c r="A22" s="4">
+        <v>18</v>
+      </c>
+      <c r="B22" s="4">
+        <v>3099</v>
+      </c>
+      <c r="C22" s="4" t="s">
+        <v>207</v>
+      </c>
+      <c r="D22" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F22" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H22" s="6">
+        <v>260.88</v>
+      </c>
+      <c r="I22" s="8">
+        <v>260.88</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9">
+      <c r="A23" s="4">
         <v>19</v>
       </c>
-      <c r="P4" s="9" t="s">
+      <c r="B23" s="4">
+        <v>4056</v>
+      </c>
+      <c r="C23" s="4" t="s">
+        <v>208</v>
+      </c>
+      <c r="D23" s="6">
+        <v>348.43</v>
+      </c>
+      <c r="E23" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F23" s="6">
+        <v>261.18</v>
+      </c>
+      <c r="G23" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H23" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I23" s="8">
+        <v>304.805</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9">
+      <c r="A24" s="4">
         <v>20</v>
       </c>
-      <c r="Q4" s="9" t="s">
+      <c r="B24" s="4">
+        <v>3121</v>
+      </c>
+      <c r="C24" s="4" t="s">
+        <v>209</v>
+      </c>
+      <c r="D24" s="6">
+        <v>324.45</v>
+      </c>
+      <c r="E24" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F24" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H24" s="6">
+        <v>285.76</v>
+      </c>
+      <c r="I24" s="8">
+        <v>305.105</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9">
+      <c r="A25" s="4">
+        <v>21</v>
+      </c>
+      <c r="B25" s="4">
+        <v>4130</v>
+      </c>
+      <c r="C25" s="4" t="s">
+        <v>210</v>
+      </c>
+      <c r="D25" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" s="6">
+        <v>306.29</v>
+      </c>
+      <c r="F25" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H25" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I25" s="8">
+        <v>306.29</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9">
+      <c r="A26" s="4">
+        <v>22</v>
+      </c>
+      <c r="B26" s="4">
+        <v>3391</v>
+      </c>
+      <c r="C26" s="4" t="s">
+        <v>211</v>
+      </c>
+      <c r="D26" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" s="6">
+        <v>220.61</v>
+      </c>
+      <c r="F26" s="6">
+        <v>214.66</v>
+      </c>
+      <c r="G26" s="6">
+        <v>203.23</v>
+      </c>
+      <c r="H26" s="6">
+        <v>181.78</v>
+      </c>
+      <c r="I26" s="8">
+        <v>385.01</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9">
+      <c r="A27" s="4">
         <v>23</v>
       </c>
-      <c r="R4" s="9" t="s">
-[...5 lines deleted...]
-      <c r="T4" s="18" t="s">
+      <c r="B27" s="4">
+        <v>4014</v>
+      </c>
+      <c r="C27" s="4" t="s">
+        <v>212</v>
+      </c>
+      <c r="D27" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F27" s="6">
+        <v>290.81</v>
+      </c>
+      <c r="G27" s="6">
+        <v>200.02</v>
+      </c>
+      <c r="H27" s="6">
+        <v>190.05</v>
+      </c>
+      <c r="I27" s="8">
+        <v>390.07</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9">
+      <c r="A28" s="4">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="5" t="s">
+      <c r="B28" s="4">
+        <v>2220</v>
+      </c>
+      <c r="C28" s="4" t="s">
+        <v>213</v>
+      </c>
+      <c r="D28" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" s="6">
+        <v>216.68</v>
+      </c>
+      <c r="F28" s="6">
+        <v>192.52</v>
+      </c>
+      <c r="G28" s="6">
+        <v>295.92</v>
+      </c>
+      <c r="H28" s="6">
+        <v>252.11</v>
+      </c>
+      <c r="I28" s="8">
+        <v>409.2</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9">
+      <c r="A29" s="4">
         <v>25</v>
       </c>
-      <c r="B5" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C5" s="5" t="s">
+      <c r="B29" s="4">
+        <v>1760</v>
+      </c>
+      <c r="C29" s="4" t="s">
+        <v>214</v>
+      </c>
+      <c r="D29" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" s="6">
+        <v>209.37</v>
+      </c>
+      <c r="F29" s="6">
+        <v>217.4</v>
+      </c>
+      <c r="G29" s="6">
+        <v>223.99</v>
+      </c>
+      <c r="H29" s="6">
+        <v>222.63</v>
+      </c>
+      <c r="I29" s="8">
+        <v>426.77</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9">
+      <c r="A30" s="4">
+        <v>26</v>
+      </c>
+      <c r="B30" s="4">
+        <v>2547</v>
+      </c>
+      <c r="C30" s="4" t="s">
+        <v>215</v>
+      </c>
+      <c r="D30" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F30" s="6">
+        <v>228.9</v>
+      </c>
+      <c r="G30" s="6">
+        <v>206.74</v>
+      </c>
+      <c r="H30" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I30" s="8">
+        <v>435.64</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9">
+      <c r="A31" s="4">
+        <v>27</v>
+      </c>
+      <c r="B31" s="4">
+        <v>4015</v>
+      </c>
+      <c r="C31" s="4" t="s">
+        <v>216</v>
+      </c>
+      <c r="D31" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" s="6">
+        <v>232.91</v>
+      </c>
+      <c r="F31" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" s="6">
+        <v>234.9</v>
+      </c>
+      <c r="H31" s="6">
+        <v>220.16</v>
+      </c>
+      <c r="I31" s="8">
+        <v>453.07</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9">
+      <c r="A32" s="4">
+        <v>28</v>
+      </c>
+      <c r="B32" s="4">
+        <v>3389</v>
+      </c>
+      <c r="C32" s="4" t="s">
+        <v>217</v>
+      </c>
+      <c r="D32" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" s="6">
+        <v>275.98</v>
+      </c>
+      <c r="F32" s="6">
+        <v>268.47</v>
+      </c>
+      <c r="G32" s="6">
+        <v>240.87</v>
+      </c>
+      <c r="H32" s="6">
+        <v>224.68</v>
+      </c>
+      <c r="I32" s="8">
+        <v>465.55</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9">
+      <c r="A33" s="4">
+        <v>29</v>
+      </c>
+      <c r="B33" s="4">
+        <v>4016</v>
+      </c>
+      <c r="C33" s="4" t="s">
+        <v>218</v>
+      </c>
+      <c r="D33" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" s="6">
+        <v>255.21</v>
+      </c>
+      <c r="F33" s="6">
+        <v>217.4</v>
+      </c>
+      <c r="G33" s="6">
+        <v>255.66</v>
+      </c>
+      <c r="H33" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I33" s="8">
+        <v>472.61</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9">
+      <c r="A34" s="4">
+        <v>30</v>
+      </c>
+      <c r="B34" s="4">
+        <v>1789</v>
+      </c>
+      <c r="C34" s="4" t="s">
+        <v>219</v>
+      </c>
+      <c r="D34" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" s="6">
+        <v>266.7</v>
+      </c>
+      <c r="F34" s="6">
+        <v>292.0</v>
+      </c>
+      <c r="G34" s="6">
+        <v>257.83</v>
+      </c>
+      <c r="H34" s="6">
+        <v>242.71</v>
+      </c>
+      <c r="I34" s="8">
+        <v>500.54</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9">
+      <c r="A35" s="4">
+        <v>31</v>
+      </c>
+      <c r="B35" s="4">
+        <v>4129</v>
+      </c>
+      <c r="C35" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="D35" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" s="6">
+        <v>283.92</v>
+      </c>
+      <c r="F35" s="6">
+        <v>271.3</v>
+      </c>
+      <c r="G35" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H35" s="6">
+        <v>236.35</v>
+      </c>
+      <c r="I35" s="8">
+        <v>507.65</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9">
+      <c r="A36" s="4">
+        <v>32</v>
+      </c>
+      <c r="B36" s="4">
+        <v>3107</v>
+      </c>
+      <c r="C36" s="4" t="s">
+        <v>221</v>
+      </c>
+      <c r="D36" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" s="6">
+        <v>286.13</v>
+      </c>
+      <c r="F36" s="6">
+        <v>233.0</v>
+      </c>
+      <c r="G36" s="6">
+        <v>290.91</v>
+      </c>
+      <c r="H36" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I36" s="8">
+        <v>519.13</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9">
+      <c r="A37" s="4">
+        <v>33</v>
+      </c>
+      <c r="B37" s="4">
+        <v>2172</v>
+      </c>
+      <c r="C37" s="4" t="s">
+        <v>222</v>
+      </c>
+      <c r="D37" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" s="6">
+        <v>266.43</v>
+      </c>
+      <c r="F37" s="6">
+        <v>261.36</v>
+      </c>
+      <c r="G37" s="6">
+        <v>286.95</v>
+      </c>
+      <c r="H37" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I37" s="8">
+        <v>527.79</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9">
+      <c r="A38" s="4">
+        <v>34</v>
+      </c>
+      <c r="B38" s="4">
+        <v>4124</v>
+      </c>
+      <c r="C38" s="4" t="s">
+        <v>223</v>
+      </c>
+      <c r="D38" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F38" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" s="6">
+        <v>275.0</v>
+      </c>
+      <c r="H38" s="6">
+        <v>253.45</v>
+      </c>
+      <c r="I38" s="8">
+        <v>528.45</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9">
+      <c r="A39" s="4">
+        <v>35</v>
+      </c>
+      <c r="B39" s="4">
+        <v>2147</v>
+      </c>
+      <c r="C39" s="4" t="s">
+        <v>224</v>
+      </c>
+      <c r="D39" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" s="6">
+        <v>269.12</v>
+      </c>
+      <c r="F39" s="6">
+        <v>264.82</v>
+      </c>
+      <c r="G39" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H39" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I39" s="8">
+        <v>533.94</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9">
+      <c r="A40" s="4">
+        <v>36</v>
+      </c>
+      <c r="B40" s="4">
+        <v>1787</v>
+      </c>
+      <c r="C40" s="4" t="s">
+        <v>225</v>
+      </c>
+      <c r="D40" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" s="6">
+        <v>278.66</v>
+      </c>
+      <c r="F40" s="6">
+        <v>269.66</v>
+      </c>
+      <c r="G40" s="6">
+        <v>300.32</v>
+      </c>
+      <c r="H40" s="6">
+        <v>295.23</v>
+      </c>
+      <c r="I40" s="8">
+        <v>548.32</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9">
+      <c r="A41" s="4">
+        <v>37</v>
+      </c>
+      <c r="B41" s="4">
+        <v>4074</v>
+      </c>
+      <c r="C41" s="4" t="s">
+        <v>226</v>
+      </c>
+      <c r="D41" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F41" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" s="6">
+        <v>290.39</v>
+      </c>
+      <c r="H41" s="6">
+        <v>271.62</v>
+      </c>
+      <c r="I41" s="8">
+        <v>562.01</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9">
+      <c r="A42" s="4">
+        <v>38</v>
+      </c>
+      <c r="B42" s="4">
+        <v>4106</v>
+      </c>
+      <c r="C42" s="4" t="s">
+        <v>227</v>
+      </c>
+      <c r="D42" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" s="6">
+        <v>270.99</v>
+      </c>
+      <c r="F42" s="6">
+        <v>298.75</v>
+      </c>
+      <c r="G42" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H42" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I42" s="8">
+        <v>569.74</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9">
+      <c r="A43" s="4">
+        <v>39</v>
+      </c>
+      <c r="B43" s="4">
+        <v>1753</v>
+      </c>
+      <c r="C43" s="4" t="s">
+        <v>228</v>
+      </c>
+      <c r="D43" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" s="6">
+        <v>290.87</v>
+      </c>
+      <c r="F43" s="6">
+        <v>299.19</v>
+      </c>
+      <c r="G43" s="6">
+        <v>281.28</v>
+      </c>
+      <c r="H43" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I43" s="8">
+        <v>572.15</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9">
+      <c r="A44" s="4">
+        <v>40</v>
+      </c>
+      <c r="B44" s="4">
+        <v>1742</v>
+      </c>
+      <c r="C44" s="4" t="s">
+        <v>229</v>
+      </c>
+      <c r="D44" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F44" s="6">
+        <v>283.69</v>
+      </c>
+      <c r="G44" s="6">
+        <v>291.66</v>
+      </c>
+      <c r="H44" s="6">
+        <v>299.26</v>
+      </c>
+      <c r="I44" s="8">
+        <v>575.35</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9">
+      <c r="A45" s="4">
         <v>41</v>
       </c>
-      <c r="D5" s="5">
-[...2302 lines deleted...]
-      <c r="G42" s="13">
+      <c r="B45" s="4">
+        <v>4113</v>
+      </c>
+      <c r="C45" s="4" t="s">
+        <v>230</v>
+      </c>
+      <c r="D45" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" s="6">
         <v>295.68</v>
       </c>
-      <c r="H42" s="13">
+      <c r="F45" s="6">
         <v>297.01</v>
       </c>
-      <c r="I42" s="13">
-[...229 lines deleted...]
-        <v>117</v>
+      <c r="G45" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H45" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I45" s="8">
+        <v>592.69</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:S1"/>
-[...2 lines deleted...]
-    <mergeCell ref="A49:T49"/>
+    <mergeCell ref="A1:I1"/>
+    <mergeCell ref="A2:I2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
@@ -16417,31 +8098,31 @@
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>Mężczyźni - Junior młodszy</vt:lpstr>
       <vt:lpstr>Mężczyźni - Młodzik</vt:lpstr>
       <vt:lpstr>Kobiety - Junior młodszy</vt:lpstr>
       <vt:lpstr>Kobiety - Młodzik</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>System Rankingowy</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Polpunkty SL - Wydarzenia</dc:title>
-  <dc:description>Ranking zawodników z rozbiciem na wydarzenia i kategorie</dc:description>
+  <dc:description>Ranking zawodników z rozbiciem na wydarzenia</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category>Sport</cp:category>
 </cp:coreProperties>
 </file>