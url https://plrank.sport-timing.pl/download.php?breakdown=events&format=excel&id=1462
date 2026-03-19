--- v1 (2026-02-01)
+++ v2 (2026-03-19)
@@ -18,62 +18,59 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Mężczyźni - Junior młodszy" sheetId="1" r:id="rId4"/>
     <sheet name="Mężczyźni - Młodzik" sheetId="2" r:id="rId5"/>
     <sheet name="Kobiety - Junior młodszy" sheetId="3" r:id="rId6"/>
     <sheet name="Kobiety - Młodzik" sheetId="4" r:id="rId7"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="231">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="230">
   <si>
     <t>Polpunkty SL - Mężczyźni - Junior młodszy</t>
   </si>
   <si>
     <t>Sezon: 2024/2025 | Typ licencji: ZJAZDY</t>
   </si>
   <si>
     <t>Poz.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Licencja</t>
   </si>
   <si>
     <t>Zawodnik</t>
   </si>
   <si>
     <t>Bazowa SL
 01.12.2024</t>
   </si>
   <si>
     <t>PolPunkty SL 1
 18.12.2024</t>
   </si>
   <si>
     <t>PolPunkty SL 2
 19.12.2024</t>
   </si>
   <si>
     <t>OOM Krynica SL
 08.03.2025</t>
   </si>
   <si>
     <t>MPP SL
 14.03.2025</t>
   </si>
   <si>
@@ -1138,6945 +1135,6583 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J65"/>
+  <dimension ref="A1:I65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A4" sqref="A4:J65"/>
+      <selection activeCell="A4" sqref="A4:I65"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="true" style="0"/>
-    <col min="2" max="2" width="14" customWidth="true" style="0"/>
-    <col min="3" max="3" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="14" customWidth="true" style="0"/>
-    <col min="9" max="9" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10">
+    <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:10">
+    <row r="2" spans="1:9">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:10" customHeight="1" ht="150">
+    <row r="4" spans="1:9" customHeight="1" ht="150">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="5" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="I4" s="5" t="s">
+      <c r="I4" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="J4" s="3" t="s">
-[...3 lines deleted...]
-    <row r="5" spans="1:10">
+    </row>
+    <row r="5" spans="1:9">
       <c r="A5" s="4">
         <v>1</v>
       </c>
-      <c r="B5" s="4">
-[...5 lines deleted...]
-      <c r="D5" s="6">
+      <c r="B5" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C5" s="6">
         <v>10.96</v>
       </c>
-      <c r="E5" s="7" t="s">
-        <v>13</v>
+      <c r="D5" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" s="6">
+        <v>359.18</v>
       </c>
       <c r="F5" s="6">
-        <v>359.18</v>
-[...1 lines deleted...]
-      <c r="G5" s="6">
         <v>18.89</v>
       </c>
+      <c r="G5" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="H5" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J5" s="8">
+        <v>12</v>
+      </c>
+      <c r="I5" s="8">
         <v>10.96</v>
       </c>
     </row>
-    <row r="6" spans="1:10">
+    <row r="6" spans="1:9">
       <c r="A6" s="4">
         <v>2</v>
       </c>
-      <c r="B6" s="4">
-[...3 lines deleted...]
-        <v>14</v>
+      <c r="B6" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="C6" s="6">
+        <v>11.46</v>
       </c>
       <c r="D6" s="6">
+        <v>58.63</v>
+      </c>
+      <c r="E6" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" s="6">
+        <v>29.56</v>
+      </c>
+      <c r="G6" s="6">
+        <v>35.42</v>
+      </c>
+      <c r="H6" s="6">
+        <v>42.01</v>
+      </c>
+      <c r="I6" s="8">
         <v>11.46</v>
       </c>
-      <c r="E6" s="6">
-[...18 lines deleted...]
-    <row r="7" spans="1:10">
+    </row>
+    <row r="7" spans="1:9">
       <c r="A7" s="4">
         <v>3</v>
       </c>
-      <c r="B7" s="4">
-[...3 lines deleted...]
-        <v>15</v>
+      <c r="B7" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" s="6">
+        <v>30.91</v>
       </c>
       <c r="D7" s="6">
-        <v>30.91</v>
+        <v>23.8</v>
       </c>
       <c r="E7" s="6">
-        <v>23.8</v>
+        <v>42.18</v>
       </c>
       <c r="F7" s="6">
-        <v>42.18</v>
+        <v>28.81</v>
       </c>
       <c r="G7" s="6">
-        <v>28.81</v>
+        <v>36.91</v>
       </c>
       <c r="H7" s="6">
-        <v>36.91</v>
-[...1 lines deleted...]
-      <c r="I7" s="6">
         <v>30.15</v>
       </c>
-      <c r="J7" s="8">
+      <c r="I7" s="8">
         <v>26.305</v>
       </c>
     </row>
-    <row r="8" spans="1:10">
+    <row r="8" spans="1:9">
       <c r="A8" s="4">
         <v>4</v>
       </c>
-      <c r="B8" s="4">
-[...3 lines deleted...]
-        <v>16</v>
+      <c r="B8" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="C8" s="6">
+        <v>120.04</v>
       </c>
       <c r="D8" s="6">
-        <v>120.04</v>
+        <v>70.23</v>
       </c>
       <c r="E8" s="6">
-        <v>70.23</v>
+        <v>82.37</v>
       </c>
       <c r="F8" s="6">
-        <v>82.37</v>
+        <v>45.78</v>
       </c>
       <c r="G8" s="6">
-        <v>45.78</v>
+        <v>30.55</v>
       </c>
       <c r="H8" s="6">
-        <v>30.55</v>
-[...1 lines deleted...]
-      <c r="I8" s="6">
         <v>30.87</v>
       </c>
-      <c r="J8" s="8">
+      <c r="I8" s="8">
         <v>30.71</v>
       </c>
     </row>
-    <row r="9" spans="1:10">
+    <row r="9" spans="1:9">
       <c r="A9" s="4">
         <v>5</v>
       </c>
-      <c r="B9" s="4">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="B9" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="C9" s="6">
+        <v>36.45</v>
       </c>
       <c r="D9" s="6">
-        <v>36.45</v>
+        <v>64.04</v>
       </c>
       <c r="E9" s="6">
-        <v>64.04</v>
+        <v>30.25</v>
       </c>
       <c r="F9" s="6">
-        <v>30.25</v>
+        <v>45.2</v>
       </c>
       <c r="G9" s="6">
-        <v>45.2</v>
+        <v>43.27</v>
       </c>
       <c r="H9" s="6">
-        <v>43.27</v>
-[...1 lines deleted...]
-      <c r="I9" s="6">
         <v>40.1</v>
       </c>
-      <c r="J9" s="8">
+      <c r="I9" s="8">
         <v>33.35</v>
       </c>
     </row>
-    <row r="10" spans="1:10">
+    <row r="10" spans="1:9">
       <c r="A10" s="4">
         <v>6</v>
       </c>
-      <c r="B10" s="4">
-[...3 lines deleted...]
-        <v>18</v>
+      <c r="B10" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C10" s="6">
+        <v>128.65</v>
       </c>
       <c r="D10" s="6">
-        <v>128.65</v>
-[...1 lines deleted...]
-      <c r="E10" s="6">
         <v>31.96</v>
       </c>
+      <c r="E10" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="F10" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G10" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="I10" s="6">
+        <v>12</v>
+      </c>
+      <c r="H10" s="6">
         <v>36.12</v>
       </c>
-      <c r="J10" s="8">
+      <c r="I10" s="8">
         <v>34.04</v>
       </c>
     </row>
-    <row r="11" spans="1:10">
+    <row r="11" spans="1:9">
       <c r="A11" s="4">
         <v>7</v>
       </c>
-      <c r="B11" s="4">
-[...3 lines deleted...]
-        <v>19</v>
+      <c r="B11" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="C11" s="6">
+        <v>59.49</v>
       </c>
       <c r="D11" s="6">
-        <v>59.49</v>
+        <v>43.96</v>
       </c>
       <c r="E11" s="6">
-        <v>43.96</v>
-[...1 lines deleted...]
-      <c r="F11" s="6">
         <v>42.0</v>
       </c>
-      <c r="G11" s="7" t="s">
-        <v>13</v>
+      <c r="F11" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" s="6">
+        <v>40.68</v>
       </c>
       <c r="H11" s="6">
-        <v>40.68</v>
-[...1 lines deleted...]
-      <c r="I11" s="6">
         <v>47.26</v>
       </c>
-      <c r="J11" s="8">
+      <c r="I11" s="8">
         <v>41.34</v>
       </c>
     </row>
-    <row r="12" spans="1:10">
+    <row r="12" spans="1:9">
       <c r="A12" s="4">
         <v>8</v>
       </c>
-      <c r="B12" s="4">
-[...3 lines deleted...]
-        <v>20</v>
+      <c r="B12" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C12" s="6">
+        <v>133.46</v>
       </c>
       <c r="D12" s="6">
-        <v>133.46</v>
+        <v>65.81</v>
       </c>
       <c r="E12" s="6">
-        <v>65.81</v>
+        <v>55.03</v>
       </c>
       <c r="F12" s="6">
-        <v>55.03</v>
+        <v>61.92</v>
       </c>
       <c r="G12" s="6">
-        <v>61.92</v>
+        <v>46.48</v>
       </c>
       <c r="H12" s="6">
-        <v>46.48</v>
-[...1 lines deleted...]
-      <c r="I12" s="6">
         <v>38.51</v>
       </c>
-      <c r="J12" s="8">
+      <c r="I12" s="8">
         <v>42.495</v>
       </c>
     </row>
-    <row r="13" spans="1:10">
+    <row r="13" spans="1:9">
       <c r="A13" s="4">
         <v>9</v>
       </c>
-      <c r="B13" s="4">
-[...5 lines deleted...]
-      <c r="D13" s="6">
+      <c r="B13" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C13" s="6">
         <v>57.92</v>
       </c>
+      <c r="D13" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="E13" s="7" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="F13" s="6">
+        <v>54.86</v>
       </c>
       <c r="G13" s="6">
-        <v>54.86</v>
+        <v>44.21</v>
       </c>
       <c r="H13" s="6">
-        <v>44.21</v>
-[...1 lines deleted...]
-      <c r="I13" s="6">
         <v>42.96</v>
       </c>
-      <c r="J13" s="8">
+      <c r="I13" s="8">
         <v>43.585</v>
       </c>
     </row>
-    <row r="14" spans="1:10">
+    <row r="14" spans="1:9">
       <c r="A14" s="4">
         <v>10</v>
       </c>
-      <c r="B14" s="4">
-[...5 lines deleted...]
-      <c r="D14" s="6">
+      <c r="B14" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C14" s="6">
         <v>44.56</v>
       </c>
-      <c r="E14" s="7" t="s">
-[...2 lines deleted...]
-      <c r="F14" s="6">
+      <c r="D14" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" s="6">
         <v>53.95</v>
       </c>
+      <c r="F14" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="G14" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H14" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J14" s="8">
+        <v>12</v>
+      </c>
+      <c r="I14" s="8">
         <v>44.56</v>
       </c>
     </row>
-    <row r="15" spans="1:10">
+    <row r="15" spans="1:9">
       <c r="A15" s="4">
         <v>11</v>
       </c>
-      <c r="B15" s="4">
-[...2 lines deleted...]
-      <c r="C15" s="4" t="s">
+      <c r="B15" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C15" s="6">
+        <v>122.46</v>
+      </c>
+      <c r="D15" s="6">
+        <v>49.28</v>
+      </c>
+      <c r="E15" s="6">
+        <v>50.93</v>
+      </c>
+      <c r="F15" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H15" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I15" s="8">
+        <v>50.105</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9">
+      <c r="A16" s="4">
+        <v>12</v>
+      </c>
+      <c r="B16" s="4" t="s">
         <v>23</v>
       </c>
-      <c r="D15" s="6">
-[...29 lines deleted...]
-        <v>24</v>
+      <c r="C16" s="6">
+        <v>111.4</v>
       </c>
       <c r="D16" s="6">
-        <v>111.4</v>
+        <v>57.54</v>
       </c>
       <c r="E16" s="6">
-        <v>57.54</v>
-[...1 lines deleted...]
-      <c r="F16" s="6">
         <v>74.26</v>
       </c>
-      <c r="G16" s="7" t="s">
-        <v>13</v>
+      <c r="F16" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" s="6">
+        <v>61.87</v>
       </c>
       <c r="H16" s="6">
-        <v>61.87</v>
-[...1 lines deleted...]
-      <c r="I16" s="6">
         <v>47.98</v>
       </c>
-      <c r="J16" s="8">
+      <c r="I16" s="8">
         <v>52.76</v>
       </c>
     </row>
-    <row r="17" spans="1:10">
+    <row r="17" spans="1:9">
       <c r="A17" s="4">
         <v>13</v>
       </c>
-      <c r="B17" s="4">
-[...3 lines deleted...]
-        <v>25</v>
+      <c r="B17" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C17" s="6">
+        <v>53.27</v>
       </c>
       <c r="D17" s="6">
+        <v>57.25</v>
+      </c>
+      <c r="E17" s="6">
+        <v>67.79</v>
+      </c>
+      <c r="F17" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" s="6">
+        <v>54.1</v>
+      </c>
+      <c r="H17" s="6">
+        <v>63.73</v>
+      </c>
+      <c r="I17" s="8">
         <v>53.27</v>
       </c>
-      <c r="E17" s="6">
-[...18 lines deleted...]
-    <row r="18" spans="1:10">
+    </row>
+    <row r="18" spans="1:9">
       <c r="A18" s="4">
         <v>14</v>
       </c>
-      <c r="B18" s="4">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="B18" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C18" s="6">
+        <v>56.47</v>
       </c>
       <c r="D18" s="6">
-        <v>56.47</v>
+        <v>54.39</v>
       </c>
       <c r="E18" s="6">
-        <v>54.39</v>
+        <v>58.96</v>
       </c>
       <c r="F18" s="6">
-        <v>58.96</v>
+        <v>62.68</v>
       </c>
       <c r="G18" s="6">
-        <v>62.68</v>
+        <v>56.45</v>
       </c>
       <c r="H18" s="6">
-        <v>56.45</v>
-[...1 lines deleted...]
-      <c r="I18" s="6">
         <v>53.63</v>
       </c>
-      <c r="J18" s="8">
+      <c r="I18" s="8">
         <v>54.01</v>
       </c>
     </row>
-    <row r="19" spans="1:10">
+    <row r="19" spans="1:9">
       <c r="A19" s="4">
         <v>15</v>
       </c>
-      <c r="B19" s="4">
-[...5 lines deleted...]
-      <c r="D19" s="6">
+      <c r="B19" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="C19" s="6">
         <v>70.85</v>
       </c>
-      <c r="E19" s="7" t="s">
-[...2 lines deleted...]
-      <c r="F19" s="6">
+      <c r="D19" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" s="6">
         <v>68.53</v>
       </c>
+      <c r="F19" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="G19" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H19" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J19" s="8">
+        <v>12</v>
+      </c>
+      <c r="I19" s="8">
         <v>69.69</v>
       </c>
     </row>
-    <row r="20" spans="1:10">
+    <row r="20" spans="1:9">
       <c r="A20" s="4">
         <v>16</v>
       </c>
-      <c r="B20" s="4">
-[...5 lines deleted...]
-      <c r="D20" s="6">
+      <c r="B20" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="C20" s="6">
         <v>74.12</v>
       </c>
+      <c r="D20" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="E20" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F20" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G20" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H20" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J20" s="8">
+        <v>12</v>
+      </c>
+      <c r="I20" s="8">
         <v>74.12</v>
       </c>
     </row>
-    <row r="21" spans="1:10">
+    <row r="21" spans="1:9">
       <c r="A21" s="4">
         <v>17</v>
       </c>
-      <c r="B21" s="4">
-[...3 lines deleted...]
-        <v>29</v>
+      <c r="B21" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="C21" s="6">
+        <v>132.56</v>
       </c>
       <c r="D21" s="6">
-        <v>132.56</v>
+        <v>67.48</v>
       </c>
       <c r="E21" s="6">
-        <v>67.48</v>
-[...1 lines deleted...]
-      <c r="F21" s="6">
         <v>87.03</v>
       </c>
+      <c r="F21" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="G21" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H21" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J21" s="8">
+        <v>12</v>
+      </c>
+      <c r="I21" s="8">
         <v>77.255</v>
       </c>
     </row>
-    <row r="22" spans="1:10">
+    <row r="22" spans="1:9">
       <c r="A22" s="4">
         <v>18</v>
       </c>
-      <c r="B22" s="4">
-[...3 lines deleted...]
-        <v>30</v>
+      <c r="B22" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="C22" s="6">
+        <v>117.82</v>
       </c>
       <c r="D22" s="6">
-        <v>117.82</v>
+        <v>76.84</v>
       </c>
       <c r="E22" s="6">
-        <v>76.84</v>
-[...1 lines deleted...]
-      <c r="F22" s="6">
         <v>79.56</v>
       </c>
+      <c r="F22" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="G22" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H22" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J22" s="8">
+        <v>12</v>
+      </c>
+      <c r="I22" s="8">
         <v>78.2</v>
       </c>
     </row>
-    <row r="23" spans="1:10">
+    <row r="23" spans="1:9">
       <c r="A23" s="4">
         <v>19</v>
       </c>
-      <c r="B23" s="4">
-[...5 lines deleted...]
-      <c r="D23" s="6">
+      <c r="B23" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="C23" s="6">
         <v>79.04</v>
       </c>
+      <c r="D23" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="E23" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F23" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="H23" s="6">
+        <v>12</v>
+      </c>
+      <c r="G23" s="6">
         <v>85.26</v>
       </c>
-      <c r="I23" s="7" t="s">
-[...2 lines deleted...]
-      <c r="J23" s="8">
+      <c r="H23" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I23" s="8">
         <v>79.04</v>
       </c>
     </row>
-    <row r="24" spans="1:10">
+    <row r="24" spans="1:9">
       <c r="A24" s="4">
         <v>20</v>
       </c>
-      <c r="B24" s="4">
-[...5 lines deleted...]
-      <c r="D24" s="6">
+      <c r="B24" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="C24" s="6">
         <v>88.89</v>
       </c>
+      <c r="D24" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="E24" s="7" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="F24" s="6">
+        <v>77.38</v>
       </c>
       <c r="G24" s="6">
-        <v>77.38</v>
+        <v>87.61</v>
       </c>
       <c r="H24" s="6">
-        <v>87.61</v>
-[...1 lines deleted...]
-      <c r="I24" s="6">
         <v>108.62</v>
       </c>
-      <c r="J24" s="8">
+      <c r="I24" s="8">
         <v>82.495</v>
       </c>
     </row>
-    <row r="25" spans="1:10">
+    <row r="25" spans="1:9">
       <c r="A25" s="4">
         <v>21</v>
       </c>
-      <c r="B25" s="4">
-[...3 lines deleted...]
-        <v>33</v>
+      <c r="B25" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C25" s="6">
+        <v>82.76</v>
       </c>
       <c r="D25" s="6">
+        <v>93.56</v>
+      </c>
+      <c r="E25" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F25" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H25" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I25" s="8">
         <v>82.76</v>
       </c>
-      <c r="E25" s="6">
-[...18 lines deleted...]
-    <row r="26" spans="1:10">
+    </row>
+    <row r="26" spans="1:9">
       <c r="A26" s="4">
         <v>22</v>
       </c>
-      <c r="B26" s="4">
-[...5 lines deleted...]
-      <c r="D26" s="6">
+      <c r="B26" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="C26" s="6">
         <v>148.15</v>
       </c>
+      <c r="D26" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="E26" s="7" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="F26" s="6">
+        <v>96.04</v>
       </c>
       <c r="G26" s="6">
-        <v>96.04</v>
-[...1 lines deleted...]
-      <c r="H26" s="6">
         <v>73.33</v>
       </c>
-      <c r="I26" s="7" t="s">
-[...2 lines deleted...]
-      <c r="J26" s="8">
+      <c r="H26" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I26" s="8">
         <v>84.685</v>
       </c>
     </row>
-    <row r="27" spans="1:10">
+    <row r="27" spans="1:9">
       <c r="A27" s="4">
         <v>23</v>
       </c>
-      <c r="B27" s="4">
-[...5 lines deleted...]
-      <c r="D27" s="6">
+      <c r="B27" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="C27" s="6">
         <v>87.32</v>
       </c>
-      <c r="E27" s="7" t="s">
-[...2 lines deleted...]
-      <c r="F27" s="6">
+      <c r="D27" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" s="6">
         <v>92.85</v>
       </c>
+      <c r="F27" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="G27" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H27" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J27" s="8">
+        <v>12</v>
+      </c>
+      <c r="I27" s="8">
         <v>87.32</v>
       </c>
     </row>
-    <row r="28" spans="1:10">
+    <row r="28" spans="1:9">
       <c r="A28" s="4">
         <v>24</v>
       </c>
-      <c r="B28" s="4">
-[...3 lines deleted...]
-        <v>36</v>
+      <c r="B28" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C28" s="6">
+        <v>164.15</v>
       </c>
       <c r="D28" s="6">
-        <v>164.15</v>
+        <v>65.9</v>
       </c>
       <c r="E28" s="6">
-        <v>65.9</v>
-[...1 lines deleted...]
-      <c r="F28" s="6">
         <v>116.09</v>
       </c>
+      <c r="F28" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="G28" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H28" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J28" s="8">
+        <v>12</v>
+      </c>
+      <c r="I28" s="8">
         <v>90.995</v>
       </c>
     </row>
-    <row r="29" spans="1:10">
+    <row r="29" spans="1:9">
       <c r="A29" s="4">
         <v>25</v>
       </c>
-      <c r="B29" s="4">
-[...5 lines deleted...]
-      <c r="D29" s="6">
+      <c r="B29" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C29" s="6">
         <v>99.62</v>
       </c>
+      <c r="D29" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="E29" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F29" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G29" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H29" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J29" s="8">
+        <v>12</v>
+      </c>
+      <c r="I29" s="8">
         <v>99.62</v>
       </c>
     </row>
-    <row r="30" spans="1:10">
+    <row r="30" spans="1:9">
       <c r="A30" s="4">
         <v>26</v>
       </c>
-      <c r="B30" s="4">
-[...5 lines deleted...]
-      <c r="D30" s="6">
+      <c r="B30" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C30" s="6">
         <v>145.13</v>
       </c>
-      <c r="E30" s="7" t="s">
-        <v>13</v>
+      <c r="D30" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" s="6">
+        <v>142.62</v>
       </c>
       <c r="F30" s="6">
-        <v>142.62</v>
+        <v>119.41</v>
       </c>
       <c r="G30" s="6">
-        <v>119.41</v>
-[...1 lines deleted...]
-      <c r="H30" s="6">
         <v>90.6</v>
       </c>
-      <c r="I30" s="7" t="s">
-[...2 lines deleted...]
-      <c r="J30" s="8">
+      <c r="H30" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I30" s="8">
         <v>105.005</v>
       </c>
     </row>
-    <row r="31" spans="1:10">
+    <row r="31" spans="1:9">
       <c r="A31" s="4">
         <v>27</v>
       </c>
-      <c r="B31" s="4">
-[...5 lines deleted...]
-      <c r="D31" s="6">
+      <c r="B31" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C31" s="6">
         <v>106.18</v>
       </c>
+      <c r="D31" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="E31" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F31" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="H31" s="6">
+        <v>12</v>
+      </c>
+      <c r="G31" s="6">
         <v>111.87</v>
       </c>
-      <c r="I31" s="7" t="s">
-[...2 lines deleted...]
-      <c r="J31" s="8">
+      <c r="H31" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I31" s="8">
         <v>106.18</v>
       </c>
     </row>
-    <row r="32" spans="1:10">
+    <row r="32" spans="1:9">
       <c r="A32" s="4">
         <v>28</v>
       </c>
-      <c r="B32" s="4">
-[...3 lines deleted...]
-        <v>40</v>
+      <c r="B32" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C32" s="6">
+        <v>137.78</v>
       </c>
       <c r="D32" s="6">
-        <v>137.78</v>
-[...1 lines deleted...]
-      <c r="E32" s="6">
         <v>76.84</v>
       </c>
+      <c r="E32" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="F32" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G32" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H32" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J32" s="8">
+        <v>12</v>
+      </c>
+      <c r="I32" s="8">
         <v>107.31</v>
       </c>
     </row>
-    <row r="33" spans="1:10">
+    <row r="33" spans="1:9">
       <c r="A33" s="4">
         <v>29</v>
       </c>
-      <c r="B33" s="4">
-[...5 lines deleted...]
-      <c r="D33" s="6">
+      <c r="B33" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C33" s="6">
         <v>151.84</v>
       </c>
-      <c r="E33" s="7" t="s">
-[...2 lines deleted...]
-      <c r="F33" s="6">
+      <c r="D33" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" s="6">
         <v>82.84</v>
       </c>
+      <c r="F33" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="G33" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H33" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J33" s="8">
+        <v>12</v>
+      </c>
+      <c r="I33" s="8">
         <v>117.34</v>
       </c>
     </row>
-    <row r="34" spans="1:10">
+    <row r="34" spans="1:9">
       <c r="A34" s="4">
         <v>30</v>
       </c>
-      <c r="B34" s="4">
-[...5 lines deleted...]
-      <c r="D34" s="6">
+      <c r="B34" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C34" s="6">
         <v>145.43</v>
       </c>
-      <c r="E34" s="7" t="s">
-[...2 lines deleted...]
-      <c r="F34" s="6">
+      <c r="D34" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" s="6">
         <v>151.09</v>
       </c>
-      <c r="G34" s="7" t="s">
-[...2 lines deleted...]
-      <c r="H34" s="6">
+      <c r="F34" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" s="6">
         <v>95.23</v>
       </c>
-      <c r="I34" s="7" t="s">
-[...2 lines deleted...]
-      <c r="J34" s="8">
+      <c r="H34" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I34" s="8">
         <v>120.33</v>
       </c>
     </row>
-    <row r="35" spans="1:10">
+    <row r="35" spans="1:9">
       <c r="A35" s="4">
         <v>31</v>
       </c>
-      <c r="B35" s="4">
-[...5 lines deleted...]
-      <c r="D35" s="6">
+      <c r="B35" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C35" s="6">
         <v>161.53</v>
       </c>
+      <c r="D35" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="E35" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="G35" s="6">
+        <v>12</v>
+      </c>
+      <c r="F35" s="6">
         <v>86.38</v>
       </c>
+      <c r="G35" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="H35" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J35" s="8">
+        <v>12</v>
+      </c>
+      <c r="I35" s="8">
         <v>123.955</v>
       </c>
     </row>
-    <row r="36" spans="1:10">
+    <row r="36" spans="1:9">
       <c r="A36" s="4">
         <v>32</v>
       </c>
-      <c r="B36" s="4">
-[...3 lines deleted...]
-        <v>44</v>
+      <c r="B36" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C36" s="6">
+        <v>214.62</v>
       </c>
       <c r="D36" s="6">
-        <v>214.62</v>
+        <v>157.22</v>
       </c>
       <c r="E36" s="6">
-        <v>157.22</v>
+        <v>155.56</v>
       </c>
       <c r="F36" s="6">
-        <v>155.56</v>
+        <v>167.06</v>
       </c>
       <c r="G36" s="6">
-        <v>167.06</v>
+        <v>132.51</v>
       </c>
       <c r="H36" s="6">
-        <v>132.51</v>
-[...1 lines deleted...]
-      <c r="I36" s="6">
         <v>136.24</v>
       </c>
-      <c r="J36" s="8">
+      <c r="I36" s="8">
         <v>134.375</v>
       </c>
     </row>
-    <row r="37" spans="1:10">
+    <row r="37" spans="1:9">
       <c r="A37" s="4">
         <v>33</v>
       </c>
-      <c r="B37" s="4">
-[...3 lines deleted...]
-        <v>45</v>
+      <c r="B37" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C37" s="6">
+        <v>196.21</v>
       </c>
       <c r="D37" s="6">
-        <v>196.21</v>
+        <v>137.75</v>
       </c>
       <c r="E37" s="6">
-        <v>137.75</v>
-[...1 lines deleted...]
-      <c r="F37" s="6">
         <v>133.06</v>
       </c>
+      <c r="F37" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="G37" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="I37" s="6">
+        <v>12</v>
+      </c>
+      <c r="H37" s="6">
         <v>140.29</v>
       </c>
-      <c r="J37" s="8">
+      <c r="I37" s="8">
         <v>135.405</v>
       </c>
     </row>
-    <row r="38" spans="1:10">
+    <row r="38" spans="1:9">
       <c r="A38" s="4">
         <v>34</v>
       </c>
-      <c r="B38" s="4">
-[...3 lines deleted...]
-        <v>46</v>
+      <c r="B38" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C38" s="6">
+        <v>201.5</v>
       </c>
       <c r="D38" s="6">
-        <v>201.5</v>
+        <v>139.21</v>
       </c>
       <c r="E38" s="6">
-        <v>139.21</v>
+        <v>149.0</v>
       </c>
       <c r="F38" s="6">
-        <v>149.0</v>
-[...1 lines deleted...]
-      <c r="G38" s="6">
         <v>135.12</v>
       </c>
+      <c r="G38" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="H38" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J38" s="8">
+        <v>12</v>
+      </c>
+      <c r="I38" s="8">
         <v>137.165</v>
       </c>
     </row>
-    <row r="39" spans="1:10">
+    <row r="39" spans="1:9">
       <c r="A39" s="4">
         <v>35</v>
       </c>
-      <c r="B39" s="4">
-[...5 lines deleted...]
-      <c r="D39" s="6">
+      <c r="B39" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="C39" s="6">
         <v>138.5</v>
       </c>
+      <c r="D39" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="E39" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F39" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G39" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H39" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J39" s="8">
+        <v>12</v>
+      </c>
+      <c r="I39" s="8">
         <v>138.5</v>
       </c>
     </row>
-    <row r="40" spans="1:10">
+    <row r="40" spans="1:9">
       <c r="A40" s="4">
         <v>36</v>
       </c>
-      <c r="B40" s="4">
-[...3 lines deleted...]
-        <v>48</v>
+      <c r="B40" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="C40" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D40" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E40" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F40" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G40" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="I40" s="6">
+        <v>12</v>
+      </c>
+      <c r="H40" s="6">
         <v>139.66</v>
       </c>
-      <c r="J40" s="8">
+      <c r="I40" s="8">
         <v>139.66</v>
       </c>
     </row>
-    <row r="41" spans="1:10">
+    <row r="41" spans="1:9">
       <c r="A41" s="4">
         <v>37</v>
       </c>
-      <c r="B41" s="4">
-[...3 lines deleted...]
-        <v>49</v>
+      <c r="B41" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="C41" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D41" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E41" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F41" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G41" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="I41" s="6">
+        <v>12</v>
+      </c>
+      <c r="H41" s="6">
         <v>141.57</v>
       </c>
-      <c r="J41" s="8">
+      <c r="I41" s="8">
         <v>141.57</v>
       </c>
     </row>
-    <row r="42" spans="1:10">
+    <row r="42" spans="1:9">
       <c r="A42" s="4">
         <v>38</v>
       </c>
-      <c r="B42" s="4">
-[...5 lines deleted...]
-      <c r="D42" s="6">
+      <c r="B42" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="C42" s="6">
         <v>145.94</v>
       </c>
+      <c r="D42" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="E42" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F42" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G42" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H42" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J42" s="8">
+        <v>12</v>
+      </c>
+      <c r="I42" s="8">
         <v>145.94</v>
       </c>
     </row>
-    <row r="43" spans="1:10">
+    <row r="43" spans="1:9">
       <c r="A43" s="4">
         <v>39</v>
       </c>
-      <c r="B43" s="4">
-[...3 lines deleted...]
-        <v>51</v>
+      <c r="B43" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="C43" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D43" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E43" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F43" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="H43" s="6">
+        <v>12</v>
+      </c>
+      <c r="G43" s="6">
         <v>146.88</v>
       </c>
-      <c r="I43" s="7" t="s">
-[...2 lines deleted...]
-      <c r="J43" s="8">
+      <c r="H43" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I43" s="8">
         <v>146.88</v>
       </c>
     </row>
-    <row r="44" spans="1:10">
+    <row r="44" spans="1:9">
       <c r="A44" s="4">
         <v>40</v>
       </c>
-      <c r="B44" s="4">
-[...5 lines deleted...]
-      <c r="D44" s="6">
+      <c r="B44" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="C44" s="6">
         <v>156.56</v>
       </c>
-      <c r="E44" s="7" t="s">
-[...2 lines deleted...]
-      <c r="F44" s="6">
+      <c r="D44" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" s="6">
         <v>145.53</v>
       </c>
+      <c r="F44" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="G44" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H44" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J44" s="8">
+        <v>12</v>
+      </c>
+      <c r="I44" s="8">
         <v>151.045</v>
       </c>
     </row>
-    <row r="45" spans="1:10">
+    <row r="45" spans="1:9">
       <c r="A45" s="4">
         <v>41</v>
       </c>
-      <c r="B45" s="4">
-[...5 lines deleted...]
-      <c r="D45" s="6">
+      <c r="B45" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="C45" s="6">
         <v>197.09</v>
       </c>
+      <c r="D45" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="E45" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F45" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G45" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="I45" s="6">
+        <v>12</v>
+      </c>
+      <c r="H45" s="6">
         <v>111.48</v>
       </c>
-      <c r="J45" s="8">
+      <c r="I45" s="8">
         <v>154.285</v>
       </c>
     </row>
-    <row r="46" spans="1:10">
+    <row r="46" spans="1:9">
       <c r="A46" s="4">
         <v>42</v>
       </c>
-      <c r="B46" s="4">
-[...8 lines deleted...]
-      <c r="E46" s="6">
+      <c r="B46" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="C46" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D46" s="6">
         <v>170.61</v>
       </c>
+      <c r="E46" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="F46" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G46" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H46" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J46" s="8">
+        <v>12</v>
+      </c>
+      <c r="I46" s="8">
         <v>170.61</v>
       </c>
     </row>
-    <row r="47" spans="1:10">
+    <row r="47" spans="1:9">
       <c r="A47" s="4">
         <v>43</v>
       </c>
-      <c r="B47" s="4">
-[...5 lines deleted...]
-      <c r="D47" s="6">
+      <c r="B47" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="C47" s="6">
         <v>175.0</v>
       </c>
+      <c r="D47" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="E47" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F47" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G47" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H47" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J47" s="8">
+        <v>12</v>
+      </c>
+      <c r="I47" s="8">
         <v>175.0</v>
       </c>
     </row>
-    <row r="48" spans="1:10">
+    <row r="48" spans="1:9">
       <c r="A48" s="4">
         <v>44</v>
       </c>
-      <c r="B48" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B48" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="C48" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D48" s="6">
+        <v>124.06</v>
       </c>
       <c r="E48" s="6">
-        <v>124.06</v>
-[...1 lines deleted...]
-      <c r="F48" s="6">
         <v>75.18</v>
       </c>
-      <c r="G48" s="7" t="s">
-[...2 lines deleted...]
-      <c r="H48" s="6">
+      <c r="F48" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G48" s="6">
         <v>100.8</v>
       </c>
-      <c r="I48" s="7" t="s">
-[...2 lines deleted...]
-      <c r="J48" s="8">
+      <c r="H48" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I48" s="8">
         <v>175.98</v>
       </c>
     </row>
-    <row r="49" spans="1:10">
+    <row r="49" spans="1:9">
       <c r="A49" s="4">
         <v>45</v>
       </c>
-      <c r="B49" s="4">
-[...5 lines deleted...]
-      <c r="D49" s="6">
+      <c r="B49" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="C49" s="6">
         <v>176.12</v>
       </c>
+      <c r="D49" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="E49" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F49" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G49" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H49" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J49" s="8">
+        <v>12</v>
+      </c>
+      <c r="I49" s="8">
         <v>176.12</v>
       </c>
     </row>
-    <row r="50" spans="1:10">
+    <row r="50" spans="1:9">
       <c r="A50" s="4">
         <v>46</v>
       </c>
-      <c r="B50" s="4">
-[...3 lines deleted...]
-        <v>58</v>
+      <c r="B50" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="C50" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D50" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E50" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F50" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G50" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="I50" s="6">
+        <v>12</v>
+      </c>
+      <c r="H50" s="6">
         <v>176.51</v>
       </c>
-      <c r="J50" s="8">
+      <c r="I50" s="8">
         <v>176.51</v>
       </c>
     </row>
-    <row r="51" spans="1:10">
+    <row r="51" spans="1:9">
       <c r="A51" s="4">
         <v>47</v>
       </c>
-      <c r="B51" s="4">
-[...3 lines deleted...]
-        <v>59</v>
+      <c r="B51" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="C51" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D51" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E51" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F51" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G51" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="I51" s="6">
+        <v>12</v>
+      </c>
+      <c r="H51" s="6">
         <v>178.81</v>
       </c>
-      <c r="J51" s="8">
+      <c r="I51" s="8">
         <v>178.81</v>
       </c>
     </row>
-    <row r="52" spans="1:10">
+    <row r="52" spans="1:9">
       <c r="A52" s="4">
         <v>48</v>
       </c>
-      <c r="B52" s="4">
-[...3 lines deleted...]
-        <v>60</v>
+      <c r="B52" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="C52" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D52" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E52" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F52" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G52" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="I52" s="6">
+        <v>12</v>
+      </c>
+      <c r="H52" s="6">
         <v>182.39</v>
       </c>
-      <c r="J52" s="8">
+      <c r="I52" s="8">
         <v>182.39</v>
       </c>
     </row>
-    <row r="53" spans="1:10">
+    <row r="53" spans="1:9">
       <c r="A53" s="4">
         <v>49</v>
       </c>
-      <c r="B53" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B53" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="C53" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D53" s="6">
+        <v>113.34</v>
       </c>
       <c r="E53" s="6">
-        <v>113.34</v>
-[...1 lines deleted...]
-      <c r="F53" s="6">
         <v>69.81</v>
       </c>
+      <c r="F53" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="G53" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H53" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J53" s="8">
+        <v>12</v>
+      </c>
+      <c r="I53" s="8">
         <v>183.15</v>
       </c>
     </row>
-    <row r="54" spans="1:10">
+    <row r="54" spans="1:9">
       <c r="A54" s="4">
         <v>50</v>
       </c>
-      <c r="B54" s="4">
-[...5 lines deleted...]
-      <c r="D54" s="6">
+      <c r="B54" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="C54" s="6">
         <v>185.49</v>
       </c>
+      <c r="D54" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="E54" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F54" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G54" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H54" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J54" s="8">
+        <v>12</v>
+      </c>
+      <c r="I54" s="8">
         <v>185.49</v>
       </c>
     </row>
-    <row r="55" spans="1:10">
+    <row r="55" spans="1:9">
       <c r="A55" s="4">
         <v>51</v>
       </c>
-      <c r="B55" s="4">
-[...3 lines deleted...]
-        <v>63</v>
+      <c r="B55" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="C55" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D55" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E55" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F55" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G55" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="I55" s="6">
+        <v>12</v>
+      </c>
+      <c r="H55" s="6">
         <v>187.65</v>
       </c>
-      <c r="J55" s="8">
+      <c r="I55" s="8">
         <v>187.65</v>
       </c>
     </row>
-    <row r="56" spans="1:10">
+    <row r="56" spans="1:9">
       <c r="A56" s="4">
         <v>52</v>
       </c>
-      <c r="B56" s="4">
-[...8 lines deleted...]
-      <c r="E56" s="6">
+      <c r="B56" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C56" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D56" s="6">
         <v>198.25</v>
       </c>
+      <c r="E56" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="F56" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G56" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H56" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J56" s="8">
+        <v>12</v>
+      </c>
+      <c r="I56" s="8">
         <v>198.25</v>
       </c>
     </row>
-    <row r="57" spans="1:10">
+    <row r="57" spans="1:9">
       <c r="A57" s="4">
         <v>53</v>
       </c>
-      <c r="B57" s="4">
-[...5 lines deleted...]
-      <c r="D57" s="6">
+      <c r="B57" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="C57" s="6">
         <v>200.56</v>
       </c>
+      <c r="D57" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="E57" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F57" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G57" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H57" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J57" s="8">
+        <v>12</v>
+      </c>
+      <c r="I57" s="8">
         <v>200.56</v>
       </c>
     </row>
-    <row r="58" spans="1:10">
+    <row r="58" spans="1:9">
       <c r="A58" s="4">
         <v>54</v>
       </c>
-      <c r="B58" s="4">
-[...3 lines deleted...]
-        <v>66</v>
+      <c r="B58" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="C58" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D58" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E58" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F58" s="7" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="G58" s="6">
+        <v>91.93</v>
       </c>
       <c r="H58" s="6">
-        <v>91.93</v>
-[...1 lines deleted...]
-      <c r="I58" s="6">
         <v>120.24</v>
       </c>
-      <c r="J58" s="8">
+      <c r="I58" s="8">
         <v>212.17</v>
       </c>
     </row>
-    <row r="59" spans="1:10">
+    <row r="59" spans="1:9">
       <c r="A59" s="4">
         <v>55</v>
       </c>
-      <c r="B59" s="4">
-[...3 lines deleted...]
-        <v>67</v>
+      <c r="B59" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C59" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D59" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E59" s="7" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="F59" s="6">
+        <v>120.16</v>
       </c>
       <c r="G59" s="6">
-        <v>120.16</v>
-[...1 lines deleted...]
-      <c r="H59" s="6">
         <v>96.8</v>
       </c>
-      <c r="I59" s="7" t="s">
-[...2 lines deleted...]
-      <c r="J59" s="8">
+      <c r="H59" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I59" s="8">
         <v>216.96</v>
       </c>
     </row>
-    <row r="60" spans="1:10">
+    <row r="60" spans="1:9">
       <c r="A60" s="4">
         <v>56</v>
       </c>
-      <c r="B60" s="4">
-[...5 lines deleted...]
-      <c r="D60" s="6">
+      <c r="B60" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="C60" s="6">
         <v>229.34</v>
       </c>
+      <c r="D60" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="E60" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F60" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G60" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H60" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J60" s="8">
+        <v>12</v>
+      </c>
+      <c r="I60" s="8">
         <v>229.34</v>
       </c>
     </row>
-    <row r="61" spans="1:10">
+    <row r="61" spans="1:9">
       <c r="A61" s="4">
         <v>57</v>
       </c>
-      <c r="B61" s="4">
-[...5 lines deleted...]
-      <c r="D61" s="6">
+      <c r="B61" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="C61" s="6">
         <v>238.65</v>
       </c>
+      <c r="D61" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="E61" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F61" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G61" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H61" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J61" s="8">
+        <v>12</v>
+      </c>
+      <c r="I61" s="8">
         <v>238.65</v>
       </c>
     </row>
-    <row r="62" spans="1:10">
+    <row r="62" spans="1:9">
       <c r="A62" s="4">
         <v>58</v>
       </c>
-      <c r="B62" s="4">
-[...5 lines deleted...]
-      <c r="D62" s="6">
+      <c r="B62" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="C62" s="6">
         <v>248.0</v>
       </c>
+      <c r="D62" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="E62" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F62" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G62" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H62" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J62" s="8">
+        <v>12</v>
+      </c>
+      <c r="I62" s="8">
         <v>248.0</v>
       </c>
     </row>
-    <row r="63" spans="1:10">
+    <row r="63" spans="1:9">
       <c r="A63" s="4">
         <v>59</v>
       </c>
-      <c r="B63" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B63" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="C63" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D63" s="6">
+        <v>146.59</v>
       </c>
       <c r="E63" s="6">
-        <v>146.59</v>
-[...1 lines deleted...]
-      <c r="F63" s="6">
         <v>122.48</v>
       </c>
+      <c r="F63" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="G63" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="I63" s="6">
+        <v>12</v>
+      </c>
+      <c r="H63" s="6">
         <v>155.34</v>
       </c>
-      <c r="J63" s="8">
+      <c r="I63" s="8">
         <v>269.07</v>
       </c>
     </row>
-    <row r="64" spans="1:10">
+    <row r="64" spans="1:9">
       <c r="A64" s="4">
         <v>60</v>
       </c>
-      <c r="B64" s="4">
-[...3 lines deleted...]
-        <v>72</v>
+      <c r="B64" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="C64" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D64" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E64" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F64" s="7" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="G64" s="6">
+        <v>128.35</v>
       </c>
       <c r="H64" s="6">
-        <v>128.35</v>
-[...1 lines deleted...]
-      <c r="I64" s="6">
         <v>149.13</v>
       </c>
-      <c r="J64" s="8">
+      <c r="I64" s="8">
         <v>277.48</v>
       </c>
     </row>
-    <row r="65" spans="1:10">
+    <row r="65" spans="1:9">
       <c r="A65" s="4">
         <v>61</v>
       </c>
-      <c r="B65" s="4">
-[...3 lines deleted...]
-        <v>73</v>
+      <c r="B65" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="C65" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D65" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E65" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F65" s="7" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="G65" s="6">
+        <v>138.63</v>
       </c>
       <c r="H65" s="6">
-        <v>138.63</v>
-[...1 lines deleted...]
-      <c r="I65" s="6">
         <v>171.25</v>
       </c>
-      <c r="J65" s="8">
+      <c r="I65" s="8">
         <v>309.88</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:J1"/>
-    <mergeCell ref="A2:J2"/>
+    <mergeCell ref="A1:I1"/>
+    <mergeCell ref="A2:I2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I60"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A4" sqref="A4:I60"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="true" style="0"/>
-    <col min="2" max="2" width="14" customWidth="true" style="0"/>
-    <col min="3" max="3" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" customHeight="1" ht="150">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="H4" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="H4" s="5" t="s">
+      <c r="I4" s="3" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="4">
         <v>1</v>
       </c>
-      <c r="B5" s="4">
-[...3 lines deleted...]
-        <v>75</v>
+      <c r="B5" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="C5" s="6">
+        <v>176.87</v>
       </c>
       <c r="D5" s="6">
-        <v>176.87</v>
-[...1 lines deleted...]
-      <c r="E5" s="6">
         <v>136.65</v>
       </c>
+      <c r="E5" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="F5" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G5" s="6">
         <v>145.27</v>
       </c>
       <c r="H5" s="6">
         <v>148.73</v>
       </c>
       <c r="I5" s="8">
         <v>140.96</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="4">
         <v>2</v>
       </c>
-      <c r="B6" s="4">
-[...3 lines deleted...]
-        <v>76</v>
+      <c r="B6" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C6" s="6">
+        <v>197.38</v>
       </c>
       <c r="D6" s="6">
-        <v>197.38</v>
+        <v>156.28</v>
       </c>
       <c r="E6" s="6">
-        <v>156.28</v>
-[...1 lines deleted...]
-      <c r="F6" s="6">
         <v>156.31</v>
       </c>
+      <c r="F6" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="G6" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H6" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I6" s="8">
         <v>156.295</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="4">
         <v>3</v>
       </c>
-      <c r="B7" s="4">
-[...5 lines deleted...]
-      <c r="D7" s="6">
+      <c r="B7" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="C7" s="6">
         <v>171.36</v>
       </c>
-      <c r="E7" s="7" t="s">
-[...2 lines deleted...]
-      <c r="F7" s="6">
+      <c r="D7" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" s="6">
         <v>155.33</v>
+      </c>
+      <c r="F7" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="G7" s="6">
         <v>180.68</v>
       </c>
       <c r="H7" s="6">
         <v>158.46</v>
       </c>
       <c r="I7" s="8">
         <v>156.895</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="4">
         <v>4</v>
       </c>
-      <c r="B8" s="4">
-[...8 lines deleted...]
-      <c r="E8" s="6">
+      <c r="B8" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C8" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" s="6">
         <v>167.38</v>
       </c>
+      <c r="E8" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="F8" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G8" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H8" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I8" s="8">
         <v>167.38</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="4">
         <v>5</v>
       </c>
-      <c r="B9" s="4">
-[...5 lines deleted...]
-      <c r="D9" s="6">
+      <c r="B9" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" s="6">
         <v>182.34</v>
       </c>
+      <c r="D9" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="E9" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F9" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G9" s="6">
         <v>184.7</v>
       </c>
       <c r="H9" s="6">
         <v>166.44</v>
       </c>
       <c r="I9" s="8">
         <v>174.39</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="4">
         <v>6</v>
       </c>
-      <c r="B10" s="4">
-[...5 lines deleted...]
-      <c r="D10" s="6">
+      <c r="B10" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="C10" s="6">
         <v>175.03</v>
       </c>
-      <c r="E10" s="7" t="s">
-[...2 lines deleted...]
-      <c r="F10" s="6">
+      <c r="D10" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" s="6">
         <v>184.28</v>
+      </c>
+      <c r="F10" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="G10" s="6">
         <v>178.08</v>
       </c>
       <c r="H10" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I10" s="8">
         <v>175.03</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="4">
         <v>7</v>
       </c>
-      <c r="B11" s="4">
-[...5 lines deleted...]
-      <c r="D11" s="6">
+      <c r="B11" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="C11" s="6">
         <v>191.93</v>
       </c>
+      <c r="D11" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="E11" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F11" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G11" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H11" s="6">
         <v>232.19</v>
       </c>
       <c r="I11" s="8">
         <v>191.93</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="4">
         <v>8</v>
       </c>
-      <c r="B12" s="4">
-[...5 lines deleted...]
-      <c r="D12" s="6">
+      <c r="B12" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="C12" s="6">
         <v>198.93</v>
       </c>
-      <c r="E12" s="7" t="s">
-[...2 lines deleted...]
-      <c r="F12" s="6">
+      <c r="D12" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" s="6">
         <v>228.16</v>
       </c>
+      <c r="F12" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="G12" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H12" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I12" s="8">
         <v>198.93</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="4">
         <v>9</v>
       </c>
-      <c r="B13" s="4">
-[...5 lines deleted...]
-      <c r="D13" s="6">
+      <c r="B13" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="C13" s="6">
         <v>213.06</v>
       </c>
-      <c r="E13" s="7" t="s">
-[...2 lines deleted...]
-      <c r="F13" s="6">
+      <c r="D13" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" s="6">
         <v>204.87</v>
       </c>
+      <c r="F13" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="G13" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H13" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I13" s="8">
         <v>208.965</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="4">
         <v>10</v>
       </c>
-      <c r="B14" s="4">
-[...5 lines deleted...]
-      <c r="D14" s="6">
+      <c r="B14" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="C14" s="6">
         <v>216.94</v>
       </c>
-      <c r="E14" s="7" t="s">
-[...2 lines deleted...]
-      <c r="F14" s="6">
+      <c r="D14" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" s="6">
         <v>230.15</v>
+      </c>
+      <c r="F14" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="G14" s="6">
         <v>235.57</v>
       </c>
       <c r="H14" s="6">
         <v>214.48</v>
       </c>
       <c r="I14" s="8">
         <v>215.71</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="4">
         <v>11</v>
       </c>
-      <c r="B15" s="4">
-[...3 lines deleted...]
-        <v>85</v>
+      <c r="B15" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="C15" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D15" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E15" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F15" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G15" s="6">
         <v>221.85</v>
       </c>
       <c r="H15" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I15" s="8">
         <v>221.85</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="4">
         <v>12</v>
       </c>
-      <c r="B16" s="4">
-[...5 lines deleted...]
-      <c r="D16" s="6">
+      <c r="B16" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="C16" s="6">
         <v>222.53</v>
       </c>
+      <c r="D16" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="E16" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F16" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G16" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H16" s="6">
         <v>237.41</v>
       </c>
       <c r="I16" s="8">
         <v>222.53</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="4">
         <v>13</v>
       </c>
-      <c r="B17" s="4">
-[...5 lines deleted...]
-      <c r="D17" s="6">
+      <c r="B17" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="C17" s="6">
         <v>251.9</v>
       </c>
-      <c r="E17" s="7" t="s">
-[...2 lines deleted...]
-      <c r="F17" s="6">
+      <c r="D17" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" s="6">
         <v>195.16</v>
       </c>
+      <c r="F17" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="G17" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H17" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I17" s="8">
         <v>223.53</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="4">
         <v>14</v>
       </c>
-      <c r="B18" s="4">
-[...3 lines deleted...]
-        <v>88</v>
+      <c r="B18" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="C18" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D18" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E18" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F18" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G18" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H18" s="6">
         <v>224.64</v>
       </c>
       <c r="I18" s="8">
         <v>224.64</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="4">
         <v>15</v>
       </c>
-      <c r="B19" s="4">
-[...3 lines deleted...]
-        <v>89</v>
+      <c r="B19" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="C19" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D19" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E19" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F19" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G19" s="6">
         <v>225.55</v>
       </c>
       <c r="H19" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I19" s="8">
         <v>225.55</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="4">
         <v>16</v>
       </c>
-      <c r="B20" s="4">
-[...3 lines deleted...]
-        <v>90</v>
+      <c r="B20" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="C20" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D20" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E20" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F20" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G20" s="6">
         <v>232.18</v>
       </c>
       <c r="H20" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I20" s="8">
         <v>232.18</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="4">
         <v>17</v>
       </c>
-      <c r="B21" s="4">
-[...3 lines deleted...]
-        <v>91</v>
+      <c r="B21" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="C21" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D21" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E21" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F21" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G21" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H21" s="6">
         <v>239.16</v>
       </c>
       <c r="I21" s="8">
         <v>239.16</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="4">
         <v>18</v>
       </c>
-      <c r="B22" s="4">
-[...5 lines deleted...]
-      <c r="D22" s="6">
+      <c r="B22" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="C22" s="6">
         <v>239.28</v>
       </c>
+      <c r="D22" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="E22" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F22" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G22" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H22" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I22" s="8">
         <v>239.28</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" s="4">
         <v>19</v>
       </c>
-      <c r="B23" s="4">
-[...3 lines deleted...]
-        <v>93</v>
+      <c r="B23" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="C23" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D23" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E23" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F23" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G23" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H23" s="6">
         <v>240.17</v>
       </c>
       <c r="I23" s="8">
         <v>240.17</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" s="4">
         <v>20</v>
       </c>
-      <c r="B24" s="4">
-[...8 lines deleted...]
-      <c r="E24" s="6">
+      <c r="B24" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="C24" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" s="6">
         <v>246.0</v>
       </c>
+      <c r="E24" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="F24" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G24" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H24" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I24" s="8">
         <v>246.0</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" s="4">
         <v>21</v>
       </c>
-      <c r="B25" s="4">
-[...5 lines deleted...]
-      <c r="D25" s="6">
+      <c r="B25" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="C25" s="6">
         <v>251.37</v>
       </c>
-      <c r="E25" s="7" t="s">
-[...2 lines deleted...]
-      <c r="F25" s="6">
+      <c r="D25" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" s="6">
         <v>267.19</v>
       </c>
+      <c r="F25" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="G25" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H25" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I25" s="8">
         <v>251.37</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" s="4">
         <v>22</v>
       </c>
-      <c r="B26" s="4">
-[...3 lines deleted...]
-        <v>96</v>
+      <c r="B26" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C26" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D26" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E26" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F26" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G26" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H26" s="6">
         <v>252.29</v>
       </c>
       <c r="I26" s="8">
         <v>252.29</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" s="4">
         <v>23</v>
       </c>
-      <c r="B27" s="4">
-[...8 lines deleted...]
-      <c r="E27" s="6">
+      <c r="B27" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="C27" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D27" s="6">
         <v>256.48</v>
       </c>
+      <c r="E27" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="F27" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G27" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H27" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I27" s="8">
         <v>256.48</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" s="4">
         <v>24</v>
       </c>
-      <c r="B28" s="4">
-[...3 lines deleted...]
-        <v>98</v>
+      <c r="B28" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="C28" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D28" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="F28" s="6">
+        <v>12</v>
+      </c>
+      <c r="E28" s="6">
         <v>256.76</v>
       </c>
+      <c r="F28" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="G28" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H28" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I28" s="8">
         <v>256.76</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" s="4">
         <v>25</v>
       </c>
-      <c r="B29" s="4">
-[...3 lines deleted...]
-        <v>99</v>
+      <c r="B29" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="C29" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D29" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="F29" s="6">
+        <v>12</v>
+      </c>
+      <c r="E29" s="6">
         <v>261.62</v>
       </c>
+      <c r="F29" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="G29" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H29" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I29" s="8">
         <v>261.62</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" s="4">
         <v>26</v>
       </c>
-      <c r="B30" s="4">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="B30" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="C30" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D30" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E30" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F30" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G30" s="6">
         <v>266.41</v>
       </c>
       <c r="H30" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I30" s="8">
         <v>266.41</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="4">
         <v>27</v>
       </c>
-      <c r="B31" s="4">
-[...3 lines deleted...]
-        <v>101</v>
+      <c r="B31" s="4" t="s">
+        <v>100</v>
+      </c>
+      <c r="C31" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D31" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E31" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F31" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G31" s="6">
         <v>282.18</v>
       </c>
       <c r="H31" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I31" s="8">
         <v>282.18</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" s="4">
         <v>28</v>
       </c>
-      <c r="B32" s="4">
-[...3 lines deleted...]
-        <v>102</v>
+      <c r="B32" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="C32" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D32" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E32" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F32" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G32" s="6">
         <v>286.52</v>
       </c>
       <c r="H32" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I32" s="8">
         <v>286.52</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" s="4">
         <v>29</v>
       </c>
-      <c r="B33" s="4">
-[...3 lines deleted...]
-        <v>103</v>
+      <c r="B33" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="C33" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D33" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E33" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F33" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G33" s="6">
         <v>286.52</v>
       </c>
       <c r="H33" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I33" s="8">
         <v>286.52</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" s="4">
         <v>30</v>
       </c>
-      <c r="B34" s="4">
-[...3 lines deleted...]
-        <v>104</v>
+      <c r="B34" s="4" t="s">
+        <v>103</v>
+      </c>
+      <c r="C34" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D34" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E34" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F34" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G34" s="6">
         <v>288.65</v>
       </c>
       <c r="H34" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I34" s="8">
         <v>288.65</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" s="4">
         <v>31</v>
       </c>
-      <c r="B35" s="4">
-[...3 lines deleted...]
-        <v>105</v>
+      <c r="B35" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="C35" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D35" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E35" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F35" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G35" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H35" s="6">
         <v>293.44</v>
       </c>
       <c r="I35" s="8">
         <v>293.44</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" s="4">
         <v>32</v>
       </c>
-      <c r="B36" s="4">
-[...8 lines deleted...]
-      <c r="E36" s="6">
+      <c r="B36" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="C36" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D36" s="6">
         <v>304.19</v>
       </c>
+      <c r="E36" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="F36" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G36" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H36" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I36" s="8">
         <v>304.19</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" s="4">
         <v>33</v>
       </c>
-      <c r="B37" s="4">
-[...8 lines deleted...]
-      <c r="E37" s="6">
+      <c r="B37" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="C37" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D37" s="6">
         <v>307.54</v>
       </c>
+      <c r="E37" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="F37" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G37" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H37" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I37" s="8">
         <v>307.54</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" s="4">
         <v>34</v>
       </c>
-      <c r="B38" s="4">
-[...3 lines deleted...]
-        <v>108</v>
+      <c r="B38" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="C38" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D38" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E38" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F38" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G38" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H38" s="6">
         <v>315.28</v>
       </c>
       <c r="I38" s="8">
         <v>315.28</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" s="4">
         <v>35</v>
       </c>
-      <c r="B39" s="4">
-[...3 lines deleted...]
-        <v>109</v>
+      <c r="B39" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="C39" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D39" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E39" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F39" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G39" s="6">
         <v>177.53</v>
       </c>
       <c r="H39" s="6">
         <v>146.34</v>
       </c>
       <c r="I39" s="8">
         <v>323.87</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" s="4">
         <v>36</v>
       </c>
-      <c r="B40" s="4">
-[...3 lines deleted...]
-        <v>110</v>
+      <c r="B40" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="C40" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D40" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E40" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F40" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G40" s="6">
         <v>325.63</v>
       </c>
       <c r="H40" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I40" s="8">
         <v>325.63</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="4">
         <v>37</v>
       </c>
-      <c r="B41" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B41" s="4" t="s">
+        <v>110</v>
+      </c>
+      <c r="C41" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D41" s="6">
+        <v>155.68</v>
       </c>
       <c r="E41" s="6">
-        <v>155.68</v>
-[...1 lines deleted...]
-      <c r="F41" s="6">
         <v>195.43</v>
+      </c>
+      <c r="F41" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="G41" s="6">
         <v>194.56</v>
       </c>
       <c r="H41" s="6">
         <v>172.17</v>
       </c>
       <c r="I41" s="8">
         <v>327.85</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" s="4">
         <v>38</v>
       </c>
-      <c r="B42" s="4">
-[...3 lines deleted...]
-        <v>112</v>
+      <c r="B42" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="C42" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D42" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E42" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F42" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G42" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H42" s="6">
         <v>331.61</v>
       </c>
       <c r="I42" s="8">
         <v>331.61</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" s="4">
         <v>39</v>
       </c>
-      <c r="B43" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B43" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="C43" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D43" s="6">
+        <v>163.5</v>
       </c>
       <c r="E43" s="6">
-        <v>163.5</v>
-[...1 lines deleted...]
-      <c r="F43" s="6">
         <v>172.5</v>
       </c>
+      <c r="F43" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="G43" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H43" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I43" s="8">
         <v>336.0</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" s="4">
         <v>40</v>
       </c>
-      <c r="B44" s="4">
-[...3 lines deleted...]
-        <v>114</v>
+      <c r="B44" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="C44" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D44" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E44" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F44" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G44" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H44" s="6">
         <v>364.26</v>
       </c>
       <c r="I44" s="8">
         <v>364.26</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" s="4">
         <v>41</v>
       </c>
-      <c r="B45" s="4">
-[...8 lines deleted...]
-      <c r="E45" s="6">
+      <c r="B45" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="C45" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D45" s="6">
         <v>381.57</v>
       </c>
+      <c r="E45" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="F45" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G45" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H45" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I45" s="8">
         <v>381.57</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" s="4">
         <v>42</v>
       </c>
-      <c r="B46" s="4">
-[...8 lines deleted...]
-      <c r="E46" s="6">
+      <c r="B46" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="C46" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D46" s="6">
         <v>383.51</v>
       </c>
+      <c r="E46" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="F46" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G46" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H46" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I46" s="8">
         <v>383.51</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" s="4">
         <v>43</v>
       </c>
-      <c r="B47" s="4">
-[...8 lines deleted...]
-      <c r="E47" s="6">
+      <c r="B47" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="C47" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D47" s="6">
         <v>185.61</v>
       </c>
+      <c r="E47" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="F47" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G47" s="6">
         <v>220.43</v>
       </c>
       <c r="H47" s="6">
         <v>228.71</v>
       </c>
       <c r="I47" s="8">
         <v>406.04</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" s="4">
         <v>44</v>
       </c>
-      <c r="B48" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B48" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="C48" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D48" s="6">
+        <v>216.41</v>
       </c>
       <c r="E48" s="6">
-        <v>216.41</v>
-[...1 lines deleted...]
-      <c r="F48" s="6">
         <v>195.34</v>
+      </c>
+      <c r="F48" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="G48" s="6">
         <v>263.65</v>
       </c>
       <c r="H48" s="6">
         <v>222.1</v>
       </c>
       <c r="I48" s="8">
         <v>411.75</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" s="4">
         <v>45</v>
       </c>
-      <c r="B49" s="4">
-[...8 lines deleted...]
-      <c r="E49" s="6">
+      <c r="B49" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="C49" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D49" s="6">
         <v>421.45</v>
       </c>
+      <c r="E49" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="F49" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G49" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H49" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I49" s="8">
         <v>421.45</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" s="4">
         <v>46</v>
       </c>
-      <c r="B50" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B50" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="C50" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D50" s="6">
+        <v>205.5</v>
       </c>
       <c r="E50" s="6">
-        <v>205.5</v>
-[...1 lines deleted...]
-      <c r="F50" s="6">
         <v>248.22</v>
+      </c>
+      <c r="F50" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="G50" s="6">
         <v>229.1</v>
       </c>
       <c r="H50" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I50" s="8">
         <v>434.6</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" s="4">
         <v>47</v>
       </c>
-      <c r="B51" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B51" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="C51" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D51" s="6">
+        <v>227.87</v>
       </c>
       <c r="E51" s="6">
-        <v>227.87</v>
-[...1 lines deleted...]
-      <c r="F51" s="6">
         <v>219.0</v>
       </c>
+      <c r="F51" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="G51" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H51" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I51" s="8">
         <v>446.87</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" s="4">
         <v>48</v>
       </c>
-      <c r="B52" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B52" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="C52" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D52" s="6">
+        <v>229.44</v>
       </c>
       <c r="E52" s="6">
-        <v>229.44</v>
-[...1 lines deleted...]
-      <c r="F52" s="6">
         <v>231.4</v>
       </c>
+      <c r="F52" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="G52" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H52" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I52" s="8">
         <v>460.84</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" s="4">
         <v>49</v>
       </c>
-      <c r="B53" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B53" s="4" t="s">
+        <v>122</v>
+      </c>
+      <c r="C53" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D53" s="6">
+        <v>242.38</v>
       </c>
       <c r="E53" s="6">
-        <v>242.38</v>
-[...1 lines deleted...]
-      <c r="F53" s="6">
         <v>228.34</v>
       </c>
+      <c r="F53" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="G53" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H53" s="6">
         <v>247.07</v>
       </c>
       <c r="I53" s="8">
         <v>470.72</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" s="4">
         <v>50</v>
       </c>
-      <c r="B54" s="4">
-[...3 lines deleted...]
-        <v>124</v>
+      <c r="B54" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="C54" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D54" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="F54" s="6">
+        <v>12</v>
+      </c>
+      <c r="E54" s="6">
         <v>257.39</v>
+      </c>
+      <c r="F54" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="G54" s="6">
         <v>233.2</v>
       </c>
       <c r="H54" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I54" s="8">
         <v>490.59</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" s="4">
         <v>51</v>
       </c>
-      <c r="B55" s="4">
-[...3 lines deleted...]
-        <v>125</v>
+      <c r="B55" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="C55" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D55" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="F55" s="6">
+        <v>12</v>
+      </c>
+      <c r="E55" s="6">
         <v>260.45</v>
+      </c>
+      <c r="F55" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="G55" s="6">
         <v>257.97</v>
       </c>
       <c r="H55" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I55" s="8">
         <v>518.42</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" s="4">
         <v>52</v>
       </c>
-      <c r="B56" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B56" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="C56" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D56" s="6">
+        <v>262.81</v>
       </c>
       <c r="E56" s="6">
-        <v>262.81</v>
-[...1 lines deleted...]
-      <c r="F56" s="6">
         <v>261.7</v>
       </c>
+      <c r="F56" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="G56" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H56" s="6">
         <v>284.0</v>
       </c>
       <c r="I56" s="8">
         <v>524.51</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" s="4">
         <v>53</v>
       </c>
-      <c r="B57" s="4">
-[...3 lines deleted...]
-        <v>127</v>
+      <c r="B57" s="4" t="s">
+        <v>126</v>
+      </c>
+      <c r="C57" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D57" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E57" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F57" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G57" s="6">
         <v>280.44</v>
       </c>
       <c r="H57" s="6">
         <v>244.16</v>
       </c>
       <c r="I57" s="8">
         <v>524.6</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" s="4">
         <v>54</v>
       </c>
-      <c r="B58" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B58" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="C58" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D58" s="6">
+        <v>296.54</v>
       </c>
       <c r="E58" s="6">
-        <v>296.54</v>
-[...1 lines deleted...]
-      <c r="F58" s="6">
         <v>292.47</v>
+      </c>
+      <c r="F58" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="G58" s="6">
         <v>314.12</v>
       </c>
       <c r="H58" s="6">
         <v>315.57</v>
       </c>
       <c r="I58" s="8">
         <v>589.01</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" s="4">
         <v>55</v>
       </c>
-      <c r="B59" s="4">
-[...8 lines deleted...]
-      <c r="E59" s="6">
+      <c r="B59" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="C59" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D59" s="6">
         <v>310.36</v>
       </c>
+      <c r="E59" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="F59" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G59" s="6">
         <v>306.39</v>
       </c>
       <c r="H59" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I59" s="8">
         <v>616.75</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" s="4">
         <v>56</v>
       </c>
-      <c r="B60" s="4">
-[...8 lines deleted...]
-      <c r="E60" s="6">
+      <c r="B60" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="C60" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D60" s="6">
         <v>339.31</v>
       </c>
+      <c r="E60" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="F60" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G60" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H60" s="6">
         <v>323.12</v>
       </c>
       <c r="I60" s="8">
         <v>662.43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J61"/>
+  <dimension ref="A1:I61"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A4" sqref="A4:J61"/>
+      <selection activeCell="A4" sqref="A4:I61"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="true" style="0"/>
-    <col min="2" max="2" width="14" customWidth="true" style="0"/>
-    <col min="3" max="3" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="14" customWidth="true" style="0"/>
-    <col min="9" max="9" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10">
+    <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:10">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:10" customHeight="1" ht="150">
+    <row r="4" spans="1:9" customHeight="1" ht="150">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="5" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="I4" s="5" t="s">
+      <c r="I4" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="J4" s="3" t="s">
-[...3 lines deleted...]
-    <row r="5" spans="1:10">
+    </row>
+    <row r="5" spans="1:9">
       <c r="A5" s="4">
         <v>1</v>
       </c>
-      <c r="B5" s="4">
-[...5 lines deleted...]
-      <c r="D5" s="6">
+      <c r="B5" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="C5" s="6">
         <v>13.96</v>
       </c>
+      <c r="D5" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="E5" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F5" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G5" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H5" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J5" s="8">
+        <v>12</v>
+      </c>
+      <c r="I5" s="8">
         <v>13.96</v>
       </c>
     </row>
-    <row r="6" spans="1:10">
+    <row r="6" spans="1:9">
       <c r="A6" s="4">
         <v>2</v>
       </c>
-      <c r="B6" s="4">
-[...3 lines deleted...]
-        <v>133</v>
+      <c r="B6" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="C6" s="6">
+        <v>34.5</v>
       </c>
       <c r="D6" s="6">
+        <v>76.12</v>
+      </c>
+      <c r="E6" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H6" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I6" s="8">
         <v>34.5</v>
       </c>
-      <c r="E6" s="6">
-[...18 lines deleted...]
-    <row r="7" spans="1:10">
+    </row>
+    <row r="7" spans="1:9">
       <c r="A7" s="4">
         <v>3</v>
       </c>
-      <c r="B7" s="4">
-[...5 lines deleted...]
-      <c r="D7" s="6">
+      <c r="B7" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="C7" s="6">
         <v>38.88</v>
       </c>
-      <c r="E7" s="7" t="s">
-[...2 lines deleted...]
-      <c r="F7" s="6">
+      <c r="D7" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" s="6">
         <v>79.76</v>
       </c>
+      <c r="F7" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="G7" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H7" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J7" s="8">
+        <v>12</v>
+      </c>
+      <c r="I7" s="8">
         <v>38.88</v>
       </c>
     </row>
-    <row r="8" spans="1:10">
+    <row r="8" spans="1:9">
       <c r="A8" s="4">
         <v>4</v>
       </c>
-      <c r="B8" s="4">
-[...3 lines deleted...]
-        <v>135</v>
+      <c r="B8" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="C8" s="6">
+        <v>120.15</v>
       </c>
       <c r="D8" s="6">
-        <v>120.15</v>
+        <v>80.59</v>
       </c>
       <c r="E8" s="6">
-        <v>80.59</v>
+        <v>127.12</v>
       </c>
       <c r="F8" s="6">
-        <v>127.12</v>
+        <v>79.18</v>
       </c>
       <c r="G8" s="6">
-        <v>79.18</v>
+        <v>74.69</v>
       </c>
       <c r="H8" s="6">
-        <v>74.69</v>
-[...1 lines deleted...]
-      <c r="I8" s="6">
         <v>72.92</v>
       </c>
-      <c r="J8" s="8">
+      <c r="I8" s="8">
         <v>73.805</v>
       </c>
     </row>
-    <row r="9" spans="1:10">
+    <row r="9" spans="1:9">
       <c r="A9" s="4">
         <v>5</v>
       </c>
-      <c r="B9" s="4">
-[...3 lines deleted...]
-        <v>136</v>
+      <c r="B9" s="4" t="s">
+        <v>135</v>
+      </c>
+      <c r="C9" s="6">
+        <v>76.37</v>
       </c>
       <c r="D9" s="6">
+        <v>99.71</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" s="6">
+        <v>86.76</v>
+      </c>
+      <c r="G9" s="6">
+        <v>95.65</v>
+      </c>
+      <c r="H9" s="6">
+        <v>82.48</v>
+      </c>
+      <c r="I9" s="8">
         <v>76.37</v>
       </c>
-      <c r="E9" s="6">
-[...18 lines deleted...]
-    <row r="10" spans="1:10">
+    </row>
+    <row r="10" spans="1:9">
       <c r="A10" s="4">
         <v>6</v>
       </c>
-      <c r="B10" s="4">
-[...3 lines deleted...]
-        <v>137</v>
+      <c r="B10" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="C10" s="6">
+        <v>80.12</v>
       </c>
       <c r="D10" s="6">
+        <v>124.26</v>
+      </c>
+      <c r="E10" s="6">
+        <v>108.59</v>
+      </c>
+      <c r="F10" s="6">
+        <v>91.75</v>
+      </c>
+      <c r="G10" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H10" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I10" s="8">
         <v>80.12</v>
       </c>
-      <c r="E10" s="6">
-[...18 lines deleted...]
-    <row r="11" spans="1:10">
+    </row>
+    <row r="11" spans="1:9">
       <c r="A11" s="4">
         <v>7</v>
       </c>
-      <c r="B11" s="4">
-[...3 lines deleted...]
-        <v>138</v>
+      <c r="B11" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="C11" s="6">
+        <v>175.99</v>
       </c>
       <c r="D11" s="6">
-        <v>175.99</v>
-[...1 lines deleted...]
-      <c r="E11" s="6">
         <v>99.62</v>
       </c>
-      <c r="F11" s="7" t="s">
-[...2 lines deleted...]
-      <c r="G11" s="6">
+      <c r="E11" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F11" s="6">
         <v>86.17</v>
       </c>
-      <c r="H11" s="7" t="s">
-[...2 lines deleted...]
-      <c r="I11" s="6">
+      <c r="G11" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H11" s="6">
         <v>87.6</v>
       </c>
-      <c r="J11" s="8">
+      <c r="I11" s="8">
         <v>86.885</v>
       </c>
     </row>
-    <row r="12" spans="1:10">
+    <row r="12" spans="1:9">
       <c r="A12" s="4">
         <v>8</v>
       </c>
-      <c r="B12" s="4">
-[...3 lines deleted...]
-        <v>139</v>
+      <c r="B12" s="4" t="s">
+        <v>138</v>
+      </c>
+      <c r="C12" s="6">
+        <v>175.16</v>
       </c>
       <c r="D12" s="6">
-        <v>175.16</v>
+        <v>96.01</v>
       </c>
       <c r="E12" s="6">
-        <v>96.01</v>
+        <v>108.51</v>
       </c>
       <c r="F12" s="6">
-        <v>108.51</v>
-[...1 lines deleted...]
-      <c r="G12" s="6">
         <v>95.02</v>
       </c>
+      <c r="G12" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="H12" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J12" s="8">
+        <v>12</v>
+      </c>
+      <c r="I12" s="8">
         <v>95.515</v>
       </c>
     </row>
-    <row r="13" spans="1:10">
+    <row r="13" spans="1:9">
       <c r="A13" s="4">
         <v>9</v>
       </c>
-      <c r="B13" s="4">
-[...3 lines deleted...]
-        <v>140</v>
+      <c r="B13" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="C13" s="6">
+        <v>97.45</v>
       </c>
       <c r="D13" s="6">
+        <v>150.88</v>
+      </c>
+      <c r="E13" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" s="6">
+        <v>106.39</v>
+      </c>
+      <c r="G13" s="6">
+        <v>104.08</v>
+      </c>
+      <c r="H13" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I13" s="8">
         <v>97.45</v>
       </c>
-      <c r="E13" s="6">
-[...18 lines deleted...]
-    <row r="14" spans="1:10">
+    </row>
+    <row r="14" spans="1:9">
       <c r="A14" s="4">
         <v>10</v>
       </c>
-      <c r="B14" s="4">
-[...5 lines deleted...]
-      <c r="D14" s="6">
+      <c r="B14" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="C14" s="6">
         <v>168.65</v>
       </c>
-      <c r="E14" s="7" t="s">
-[...2 lines deleted...]
-      <c r="F14" s="6">
+      <c r="D14" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" s="6">
         <v>130.62</v>
       </c>
-      <c r="G14" s="7" t="s">
-        <v>13</v>
+      <c r="F14" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" s="6">
+        <v>103.17</v>
       </c>
       <c r="H14" s="6">
-        <v>103.17</v>
-[...1 lines deleted...]
-      <c r="I14" s="6">
         <v>106.1</v>
       </c>
-      <c r="J14" s="8">
+      <c r="I14" s="8">
         <v>104.635</v>
       </c>
     </row>
-    <row r="15" spans="1:10">
+    <row r="15" spans="1:9">
       <c r="A15" s="4">
         <v>11</v>
       </c>
-      <c r="B15" s="4">
-[...2 lines deleted...]
-      <c r="C15" s="4" t="s">
+      <c r="B15" s="4" t="s">
+        <v>141</v>
+      </c>
+      <c r="C15" s="6">
+        <v>161.96</v>
+      </c>
+      <c r="D15" s="6">
+        <v>116.93</v>
+      </c>
+      <c r="E15" s="6">
+        <v>131.5</v>
+      </c>
+      <c r="F15" s="6">
+        <v>99.48</v>
+      </c>
+      <c r="G15" s="6">
+        <v>111.37</v>
+      </c>
+      <c r="H15" s="6">
+        <v>126.35</v>
+      </c>
+      <c r="I15" s="8">
+        <v>105.425</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9">
+      <c r="A16" s="4">
+        <v>12</v>
+      </c>
+      <c r="B16" s="4" t="s">
         <v>142</v>
       </c>
-      <c r="D15" s="6">
-[...29 lines deleted...]
-        <v>143</v>
+      <c r="C16" s="6">
+        <v>160.18</v>
       </c>
       <c r="D16" s="6">
-        <v>160.18</v>
+        <v>118.65</v>
       </c>
       <c r="E16" s="6">
-        <v>118.65</v>
+        <v>106.42</v>
       </c>
       <c r="F16" s="6">
-        <v>106.42</v>
+        <v>128.77</v>
       </c>
       <c r="G16" s="6">
-        <v>128.77</v>
+        <v>133.92</v>
       </c>
       <c r="H16" s="6">
-        <v>133.92</v>
-[...1 lines deleted...]
-      <c r="I16" s="6">
         <v>155.4</v>
       </c>
-      <c r="J16" s="8">
+      <c r="I16" s="8">
         <v>112.535</v>
       </c>
     </row>
-    <row r="17" spans="1:10">
+    <row r="17" spans="1:9">
       <c r="A17" s="4">
         <v>13</v>
       </c>
-      <c r="B17" s="4">
-[...3 lines deleted...]
-        <v>144</v>
+      <c r="B17" s="4" t="s">
+        <v>143</v>
+      </c>
+      <c r="C17" s="6">
+        <v>196.75</v>
       </c>
       <c r="D17" s="6">
-        <v>196.75</v>
+        <v>128.81</v>
       </c>
       <c r="E17" s="6">
-        <v>128.81</v>
+        <v>127.31</v>
       </c>
       <c r="F17" s="6">
-        <v>127.31</v>
-[...1 lines deleted...]
-      <c r="G17" s="6">
         <v>102.6</v>
       </c>
+      <c r="G17" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="H17" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J17" s="8">
+        <v>12</v>
+      </c>
+      <c r="I17" s="8">
         <v>114.955</v>
       </c>
     </row>
-    <row r="18" spans="1:10">
+    <row r="18" spans="1:9">
       <c r="A18" s="4">
         <v>14</v>
       </c>
-      <c r="B18" s="4">
-[...5 lines deleted...]
-      <c r="D18" s="6">
+      <c r="B18" s="4" t="s">
+        <v>144</v>
+      </c>
+      <c r="C18" s="6">
         <v>122.23</v>
       </c>
-      <c r="E18" s="7" t="s">
-[...2 lines deleted...]
-      <c r="F18" s="6">
+      <c r="D18" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" s="6">
         <v>116.29</v>
       </c>
+      <c r="F18" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="G18" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H18" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J18" s="8">
+        <v>12</v>
+      </c>
+      <c r="I18" s="8">
         <v>119.26</v>
       </c>
     </row>
-    <row r="19" spans="1:10">
+    <row r="19" spans="1:9">
       <c r="A19" s="4">
         <v>15</v>
       </c>
-      <c r="B19" s="4">
-[...5 lines deleted...]
-      <c r="D19" s="6">
+      <c r="B19" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="C19" s="6">
         <v>145.37</v>
       </c>
-      <c r="E19" s="7" t="s">
-[...2 lines deleted...]
-      <c r="F19" s="6">
+      <c r="D19" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" s="6">
         <v>97.15</v>
       </c>
+      <c r="F19" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="G19" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H19" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J19" s="8">
+        <v>12</v>
+      </c>
+      <c r="I19" s="8">
         <v>121.26</v>
       </c>
     </row>
-    <row r="20" spans="1:10">
+    <row r="20" spans="1:9">
       <c r="A20" s="4">
         <v>16</v>
       </c>
-      <c r="B20" s="4">
-[...5 lines deleted...]
-      <c r="D20" s="6">
+      <c r="B20" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="C20" s="6">
         <v>126.6</v>
       </c>
+      <c r="D20" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="E20" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F20" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G20" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H20" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J20" s="8">
+        <v>12</v>
+      </c>
+      <c r="I20" s="8">
         <v>126.6</v>
       </c>
     </row>
-    <row r="21" spans="1:10">
+    <row r="21" spans="1:9">
       <c r="A21" s="4">
         <v>17</v>
       </c>
-      <c r="B21" s="4">
-[...5 lines deleted...]
-      <c r="D21" s="6">
+      <c r="B21" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="C21" s="6">
         <v>247.62</v>
       </c>
-      <c r="E21" s="7" t="s">
-        <v>13</v>
+      <c r="D21" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" s="6">
+        <v>217.06</v>
       </c>
       <c r="F21" s="6">
-        <v>217.06</v>
+        <v>128.4</v>
       </c>
       <c r="G21" s="6">
-        <v>128.4</v>
+        <v>152.67</v>
       </c>
       <c r="H21" s="6">
-        <v>152.67</v>
-[...1 lines deleted...]
-      <c r="I21" s="6">
         <v>147.99</v>
       </c>
-      <c r="J21" s="8">
+      <c r="I21" s="8">
         <v>138.195</v>
       </c>
     </row>
-    <row r="22" spans="1:10">
+    <row r="22" spans="1:9">
       <c r="A22" s="4">
         <v>18</v>
       </c>
-      <c r="B22" s="4">
-[...8 lines deleted...]
-      <c r="E22" s="6">
+      <c r="B22" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="C22" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D22" s="6">
         <v>149.28</v>
       </c>
+      <c r="E22" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="F22" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G22" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H22" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J22" s="8">
+        <v>12</v>
+      </c>
+      <c r="I22" s="8">
         <v>149.28</v>
       </c>
     </row>
-    <row r="23" spans="1:10">
+    <row r="23" spans="1:9">
       <c r="A23" s="4">
         <v>19</v>
       </c>
-      <c r="B23" s="4">
-[...3 lines deleted...]
-        <v>150</v>
+      <c r="B23" s="4" t="s">
+        <v>149</v>
+      </c>
+      <c r="C23" s="6">
+        <v>201.06</v>
       </c>
       <c r="D23" s="6">
-        <v>201.06</v>
-[...1 lines deleted...]
-      <c r="E23" s="6">
         <v>152.21</v>
       </c>
+      <c r="E23" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="F23" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G23" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="I23" s="6">
+        <v>12</v>
+      </c>
+      <c r="H23" s="6">
         <v>148.83</v>
       </c>
-      <c r="J23" s="8">
+      <c r="I23" s="8">
         <v>150.52</v>
       </c>
     </row>
-    <row r="24" spans="1:10">
+    <row r="24" spans="1:9">
       <c r="A24" s="4">
         <v>20</v>
       </c>
-      <c r="B24" s="4">
-[...5 lines deleted...]
-      <c r="D24" s="6">
+      <c r="B24" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="C24" s="6">
         <v>155.55</v>
       </c>
-      <c r="E24" s="7" t="s">
-[...2 lines deleted...]
-      <c r="F24" s="6">
+      <c r="D24" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" s="6">
         <v>145.65</v>
       </c>
+      <c r="F24" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="G24" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H24" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J24" s="8">
+        <v>12</v>
+      </c>
+      <c r="I24" s="8">
         <v>150.6</v>
       </c>
     </row>
-    <row r="25" spans="1:10">
+    <row r="25" spans="1:9">
       <c r="A25" s="4">
         <v>21</v>
       </c>
-      <c r="B25" s="4">
-[...3 lines deleted...]
-        <v>152</v>
+      <c r="B25" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="C25" s="6">
+        <v>206.75</v>
       </c>
       <c r="D25" s="6">
-        <v>206.75</v>
-[...1 lines deleted...]
-      <c r="E25" s="6">
         <v>182.65</v>
       </c>
-      <c r="F25" s="7" t="s">
-[...2 lines deleted...]
-      <c r="G25" s="6">
+      <c r="E25" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F25" s="6">
         <v>125.87</v>
       </c>
-      <c r="H25" s="7" t="s">
-[...2 lines deleted...]
-      <c r="I25" s="6">
+      <c r="G25" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H25" s="6">
         <v>178.11</v>
       </c>
-      <c r="J25" s="8">
+      <c r="I25" s="8">
         <v>151.99</v>
       </c>
     </row>
-    <row r="26" spans="1:10">
+    <row r="26" spans="1:9">
       <c r="A26" s="4">
         <v>22</v>
       </c>
-      <c r="B26" s="4">
-[...5 lines deleted...]
-      <c r="D26" s="6">
+      <c r="B26" s="4" t="s">
+        <v>152</v>
+      </c>
+      <c r="C26" s="6">
         <v>165.31</v>
       </c>
-      <c r="E26" s="7" t="s">
-        <v>13</v>
+      <c r="D26" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" s="6">
+        <v>151.52</v>
       </c>
       <c r="F26" s="6">
-        <v>151.52</v>
-[...1 lines deleted...]
-      <c r="G26" s="6">
         <v>152.94</v>
       </c>
-      <c r="H26" s="7" t="s">
-[...2 lines deleted...]
-      <c r="I26" s="6">
+      <c r="G26" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H26" s="6">
         <v>228.03</v>
       </c>
-      <c r="J26" s="8">
+      <c r="I26" s="8">
         <v>152.23</v>
       </c>
     </row>
-    <row r="27" spans="1:10">
+    <row r="27" spans="1:9">
       <c r="A27" s="4">
         <v>23</v>
       </c>
-      <c r="B27" s="4">
-[...5 lines deleted...]
-      <c r="D27" s="6">
+      <c r="B27" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="C27" s="6">
         <v>160.33</v>
       </c>
+      <c r="D27" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="E27" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F27" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G27" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H27" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J27" s="8">
+        <v>12</v>
+      </c>
+      <c r="I27" s="8">
         <v>160.33</v>
       </c>
     </row>
-    <row r="28" spans="1:10">
+    <row r="28" spans="1:9">
       <c r="A28" s="4">
         <v>24</v>
       </c>
-      <c r="B28" s="4">
-[...3 lines deleted...]
-        <v>155</v>
+      <c r="B28" s="4" t="s">
+        <v>154</v>
+      </c>
+      <c r="C28" s="6">
+        <v>227.52</v>
       </c>
       <c r="D28" s="6">
-        <v>227.52</v>
-[...1 lines deleted...]
-      <c r="E28" s="6">
         <v>211.47</v>
       </c>
-      <c r="F28" s="7" t="s">
-[...2 lines deleted...]
-      <c r="G28" s="6">
+      <c r="E28" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F28" s="6">
         <v>128.92</v>
       </c>
+      <c r="G28" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="H28" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J28" s="8">
+        <v>12</v>
+      </c>
+      <c r="I28" s="8">
         <v>170.195</v>
       </c>
     </row>
-    <row r="29" spans="1:10">
+    <row r="29" spans="1:9">
       <c r="A29" s="4">
         <v>25</v>
       </c>
-      <c r="B29" s="4">
-[...5 lines deleted...]
-      <c r="D29" s="6">
+      <c r="B29" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="C29" s="6">
         <v>211.68</v>
       </c>
+      <c r="D29" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="E29" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F29" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="H29" s="6">
+        <v>12</v>
+      </c>
+      <c r="G29" s="6">
         <v>141.89</v>
       </c>
-      <c r="I29" s="7" t="s">
-[...2 lines deleted...]
-      <c r="J29" s="8">
+      <c r="H29" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I29" s="8">
         <v>176.785</v>
       </c>
     </row>
-    <row r="30" spans="1:10">
+    <row r="30" spans="1:9">
       <c r="A30" s="4">
         <v>26</v>
       </c>
-      <c r="B30" s="4">
-[...5 lines deleted...]
-      <c r="D30" s="6">
+      <c r="B30" s="4" t="s">
+        <v>156</v>
+      </c>
+      <c r="C30" s="6">
         <v>234.63</v>
       </c>
-      <c r="E30" s="7" t="s">
-        <v>13</v>
+      <c r="D30" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" s="6">
+        <v>208.59</v>
       </c>
       <c r="F30" s="6">
-        <v>208.59</v>
-[...1 lines deleted...]
-      <c r="G30" s="6">
         <v>148.85</v>
       </c>
+      <c r="G30" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="H30" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J30" s="8">
+        <v>12</v>
+      </c>
+      <c r="I30" s="8">
         <v>178.72</v>
       </c>
     </row>
-    <row r="31" spans="1:10">
+    <row r="31" spans="1:9">
       <c r="A31" s="4">
         <v>27</v>
       </c>
-      <c r="B31" s="4">
-[...3 lines deleted...]
-        <v>158</v>
+      <c r="B31" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="C31" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D31" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E31" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="G31" s="6">
+        <v>12</v>
+      </c>
+      <c r="F31" s="6">
         <v>181.49</v>
       </c>
+      <c r="G31" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="H31" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J31" s="8">
+        <v>12</v>
+      </c>
+      <c r="I31" s="8">
         <v>181.49</v>
       </c>
     </row>
-    <row r="32" spans="1:10">
+    <row r="32" spans="1:9">
       <c r="A32" s="4">
         <v>28</v>
       </c>
-      <c r="B32" s="4">
-[...3 lines deleted...]
-        <v>159</v>
+      <c r="B32" s="4" t="s">
+        <v>158</v>
+      </c>
+      <c r="C32" s="6">
+        <v>233.68</v>
       </c>
       <c r="D32" s="6">
-        <v>233.68</v>
-[...1 lines deleted...]
-      <c r="E32" s="6">
         <v>131.58</v>
       </c>
+      <c r="E32" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="F32" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G32" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H32" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J32" s="8">
+        <v>12</v>
+      </c>
+      <c r="I32" s="8">
         <v>182.63</v>
       </c>
     </row>
-    <row r="33" spans="1:10">
+    <row r="33" spans="1:9">
       <c r="A33" s="4">
         <v>29</v>
       </c>
-      <c r="B33" s="4">
-[...5 lines deleted...]
-      <c r="D33" s="6">
+      <c r="B33" s="4" t="s">
+        <v>159</v>
+      </c>
+      <c r="C33" s="6">
         <v>195.21</v>
       </c>
-      <c r="E33" s="7" t="s">
-        <v>13</v>
+      <c r="D33" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" s="6">
+        <v>171.36</v>
       </c>
       <c r="F33" s="6">
-        <v>171.36</v>
-[...1 lines deleted...]
-      <c r="G33" s="6">
         <v>211.31</v>
       </c>
-      <c r="H33" s="7" t="s">
-[...2 lines deleted...]
-      <c r="I33" s="6">
+      <c r="G33" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H33" s="6">
         <v>224.13</v>
       </c>
-      <c r="J33" s="8">
+      <c r="I33" s="8">
         <v>183.285</v>
       </c>
     </row>
-    <row r="34" spans="1:10">
+    <row r="34" spans="1:9">
       <c r="A34" s="4">
         <v>30</v>
       </c>
-      <c r="B34" s="4">
-[...3 lines deleted...]
-        <v>161</v>
+      <c r="B34" s="4" t="s">
+        <v>160</v>
+      </c>
+      <c r="C34" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D34" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E34" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F34" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="H34" s="6">
+        <v>12</v>
+      </c>
+      <c r="G34" s="6">
         <v>187.6</v>
       </c>
-      <c r="I34" s="7" t="s">
-[...2 lines deleted...]
-      <c r="J34" s="8">
+      <c r="H34" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I34" s="8">
         <v>187.6</v>
       </c>
     </row>
-    <row r="35" spans="1:10">
+    <row r="35" spans="1:9">
       <c r="A35" s="4">
         <v>31</v>
       </c>
-      <c r="B35" s="4">
-[...5 lines deleted...]
-      <c r="D35" s="6">
+      <c r="B35" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="C35" s="6">
         <v>188.46</v>
       </c>
-      <c r="E35" s="7" t="s">
-[...2 lines deleted...]
-      <c r="F35" s="6">
+      <c r="D35" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" s="6">
         <v>187.0</v>
       </c>
+      <c r="F35" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="G35" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H35" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J35" s="8">
+        <v>12</v>
+      </c>
+      <c r="I35" s="8">
         <v>187.73</v>
       </c>
     </row>
-    <row r="36" spans="1:10">
+    <row r="36" spans="1:9">
       <c r="A36" s="4">
         <v>32</v>
       </c>
-      <c r="B36" s="4">
-[...3 lines deleted...]
-        <v>163</v>
+      <c r="B36" s="4" t="s">
+        <v>162</v>
+      </c>
+      <c r="C36" s="6">
+        <v>242.02</v>
       </c>
       <c r="D36" s="6">
-        <v>242.02</v>
-[...1 lines deleted...]
-      <c r="E36" s="6">
         <v>182.09</v>
       </c>
+      <c r="E36" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="F36" s="7" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="G36" s="6">
+        <v>195.27</v>
       </c>
       <c r="H36" s="6">
-        <v>195.27</v>
-[...1 lines deleted...]
-      <c r="I36" s="6">
         <v>195.38</v>
       </c>
-      <c r="J36" s="8">
+      <c r="I36" s="8">
         <v>188.68</v>
       </c>
     </row>
-    <row r="37" spans="1:10">
+    <row r="37" spans="1:9">
       <c r="A37" s="4">
         <v>33</v>
       </c>
-      <c r="B37" s="4">
-[...3 lines deleted...]
-        <v>164</v>
+      <c r="B37" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="C37" s="6">
+        <v>250.4</v>
       </c>
       <c r="D37" s="6">
-        <v>250.4</v>
-[...1 lines deleted...]
-      <c r="E37" s="6">
         <v>131.68</v>
       </c>
+      <c r="E37" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="F37" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G37" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H37" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J37" s="8">
+        <v>12</v>
+      </c>
+      <c r="I37" s="8">
         <v>191.04</v>
       </c>
     </row>
-    <row r="38" spans="1:10">
+    <row r="38" spans="1:9">
       <c r="A38" s="4">
         <v>34</v>
       </c>
-      <c r="B38" s="4">
-[...8 lines deleted...]
-      <c r="E38" s="6">
+      <c r="B38" s="4" t="s">
+        <v>164</v>
+      </c>
+      <c r="C38" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D38" s="6">
         <v>194.93</v>
       </c>
+      <c r="E38" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="F38" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G38" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H38" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J38" s="8">
+        <v>12</v>
+      </c>
+      <c r="I38" s="8">
         <v>194.93</v>
       </c>
     </row>
-    <row r="39" spans="1:10">
+    <row r="39" spans="1:9">
       <c r="A39" s="4">
         <v>35</v>
       </c>
-      <c r="B39" s="4">
-[...5 lines deleted...]
-      <c r="D39" s="6">
+      <c r="B39" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="C39" s="6">
         <v>199.62</v>
       </c>
+      <c r="D39" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="E39" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F39" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G39" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H39" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J39" s="8">
+        <v>12</v>
+      </c>
+      <c r="I39" s="8">
         <v>199.62</v>
       </c>
     </row>
-    <row r="40" spans="1:10">
+    <row r="40" spans="1:9">
       <c r="A40" s="4">
         <v>36</v>
       </c>
-      <c r="B40" s="4">
-[...5 lines deleted...]
-      <c r="D40" s="6">
+      <c r="B40" s="4" t="s">
+        <v>166</v>
+      </c>
+      <c r="C40" s="6">
         <v>199.71</v>
       </c>
+      <c r="D40" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="E40" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F40" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G40" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H40" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J40" s="8">
+        <v>12</v>
+      </c>
+      <c r="I40" s="8">
         <v>199.71</v>
       </c>
     </row>
-    <row r="41" spans="1:10">
+    <row r="41" spans="1:9">
       <c r="A41" s="4">
         <v>37</v>
       </c>
-      <c r="B41" s="4">
-[...5 lines deleted...]
-      <c r="D41" s="6">
+      <c r="B41" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="C41" s="6">
         <v>200.99</v>
       </c>
+      <c r="D41" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="E41" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F41" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G41" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H41" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J41" s="8">
+        <v>12</v>
+      </c>
+      <c r="I41" s="8">
         <v>200.99</v>
       </c>
     </row>
-    <row r="42" spans="1:10">
+    <row r="42" spans="1:9">
       <c r="A42" s="4">
         <v>38</v>
       </c>
-      <c r="B42" s="4">
-[...3 lines deleted...]
-        <v>169</v>
+      <c r="B42" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C42" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D42" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E42" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F42" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G42" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="I42" s="6">
+        <v>12</v>
+      </c>
+      <c r="H42" s="6">
         <v>204.1</v>
       </c>
-      <c r="J42" s="8">
+      <c r="I42" s="8">
         <v>204.1</v>
       </c>
     </row>
-    <row r="43" spans="1:10">
+    <row r="43" spans="1:9">
       <c r="A43" s="4">
         <v>39</v>
       </c>
-      <c r="B43" s="4">
-[...3 lines deleted...]
-        <v>170</v>
+      <c r="B43" s="4" t="s">
+        <v>169</v>
+      </c>
+      <c r="C43" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D43" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E43" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="G43" s="6">
+        <v>12</v>
+      </c>
+      <c r="F43" s="6">
         <v>100.3</v>
       </c>
-      <c r="H43" s="7" t="s">
-[...2 lines deleted...]
-      <c r="I43" s="6">
+      <c r="G43" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H43" s="6">
         <v>112.9</v>
       </c>
-      <c r="J43" s="8">
+      <c r="I43" s="8">
         <v>213.2</v>
       </c>
     </row>
-    <row r="44" spans="1:10">
+    <row r="44" spans="1:9">
       <c r="A44" s="4">
         <v>40</v>
       </c>
-      <c r="B44" s="4">
-[...8 lines deleted...]
-      <c r="E44" s="6">
+      <c r="B44" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="C44" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D44" s="6">
         <v>214.53</v>
       </c>
+      <c r="E44" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="F44" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G44" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H44" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J44" s="8">
+        <v>12</v>
+      </c>
+      <c r="I44" s="8">
         <v>214.53</v>
       </c>
     </row>
-    <row r="45" spans="1:10">
+    <row r="45" spans="1:9">
       <c r="A45" s="4">
         <v>41</v>
       </c>
-      <c r="B45" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B45" s="4" t="s">
+        <v>171</v>
+      </c>
+      <c r="C45" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D45" s="6">
+        <v>145.18</v>
       </c>
       <c r="E45" s="6">
-        <v>145.18</v>
+        <v>161.38</v>
       </c>
       <c r="F45" s="6">
-        <v>161.38</v>
+        <v>101.04</v>
       </c>
       <c r="G45" s="6">
-        <v>101.04</v>
+        <v>128.91</v>
       </c>
       <c r="H45" s="6">
-        <v>128.91</v>
-[...1 lines deleted...]
-      <c r="I45" s="6">
         <v>125.97</v>
       </c>
-      <c r="J45" s="8">
+      <c r="I45" s="8">
         <v>227.01</v>
       </c>
     </row>
-    <row r="46" spans="1:10">
+    <row r="46" spans="1:9">
       <c r="A46" s="4">
         <v>42</v>
       </c>
-      <c r="B46" s="4">
-[...3 lines deleted...]
-        <v>173</v>
+      <c r="B46" s="4" t="s">
+        <v>172</v>
+      </c>
+      <c r="C46" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D46" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E46" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F46" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G46" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="I46" s="6">
+        <v>12</v>
+      </c>
+      <c r="H46" s="6">
         <v>227.8</v>
       </c>
-      <c r="J46" s="8">
+      <c r="I46" s="8">
         <v>227.8</v>
       </c>
     </row>
-    <row r="47" spans="1:10">
+    <row r="47" spans="1:9">
       <c r="A47" s="4">
         <v>43</v>
       </c>
-      <c r="B47" s="4">
-[...5 lines deleted...]
-      <c r="D47" s="6">
+      <c r="B47" s="4" t="s">
+        <v>173</v>
+      </c>
+      <c r="C47" s="6">
         <v>230.43</v>
       </c>
+      <c r="D47" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="E47" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F47" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G47" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H47" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J47" s="8">
+        <v>12</v>
+      </c>
+      <c r="I47" s="8">
         <v>230.43</v>
       </c>
     </row>
-    <row r="48" spans="1:10">
+    <row r="48" spans="1:9">
       <c r="A48" s="4">
         <v>44</v>
       </c>
-      <c r="B48" s="4">
-[...8 lines deleted...]
-      <c r="E48" s="6">
+      <c r="B48" s="4" t="s">
+        <v>174</v>
+      </c>
+      <c r="C48" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D48" s="6">
         <v>235.25</v>
       </c>
+      <c r="E48" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="F48" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G48" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H48" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J48" s="8">
+        <v>12</v>
+      </c>
+      <c r="I48" s="8">
         <v>235.25</v>
       </c>
     </row>
-    <row r="49" spans="1:10">
+    <row r="49" spans="1:9">
       <c r="A49" s="4">
         <v>45</v>
       </c>
-      <c r="B49" s="4">
-[...5 lines deleted...]
-      <c r="D49" s="6">
+      <c r="B49" s="4" t="s">
+        <v>175</v>
+      </c>
+      <c r="C49" s="6">
         <v>241.65</v>
       </c>
-      <c r="E49" s="7" t="s">
-[...2 lines deleted...]
-      <c r="F49" s="6">
+      <c r="D49" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E49" s="6">
         <v>246.61</v>
       </c>
+      <c r="F49" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="G49" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H49" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J49" s="8">
+        <v>12</v>
+      </c>
+      <c r="I49" s="8">
         <v>241.65</v>
       </c>
     </row>
-    <row r="50" spans="1:10">
+    <row r="50" spans="1:9">
       <c r="A50" s="4">
         <v>46</v>
       </c>
-      <c r="B50" s="4">
-[...3 lines deleted...]
-        <v>177</v>
+      <c r="B50" s="4" t="s">
+        <v>176</v>
+      </c>
+      <c r="C50" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D50" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E50" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F50" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G50" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="I50" s="6">
+        <v>12</v>
+      </c>
+      <c r="H50" s="6">
         <v>242.25</v>
       </c>
-      <c r="J50" s="8">
+      <c r="I50" s="8">
         <v>242.25</v>
       </c>
     </row>
-    <row r="51" spans="1:10">
+    <row r="51" spans="1:9">
       <c r="A51" s="4">
         <v>47</v>
       </c>
-      <c r="B51" s="4">
-[...5 lines deleted...]
-      <c r="D51" s="6">
+      <c r="B51" s="4" t="s">
+        <v>177</v>
+      </c>
+      <c r="C51" s="6">
         <v>244.31</v>
       </c>
+      <c r="D51" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="E51" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F51" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G51" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H51" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J51" s="8">
+        <v>12</v>
+      </c>
+      <c r="I51" s="8">
         <v>244.31</v>
       </c>
     </row>
-    <row r="52" spans="1:10">
+    <row r="52" spans="1:9">
       <c r="A52" s="4">
         <v>48</v>
       </c>
-      <c r="B52" s="4">
-[...8 lines deleted...]
-      <c r="E52" s="6">
+      <c r="B52" s="4" t="s">
+        <v>178</v>
+      </c>
+      <c r="C52" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D52" s="6">
         <v>160.68</v>
       </c>
-      <c r="F52" s="7" t="s">
-[...2 lines deleted...]
-      <c r="G52" s="6">
+      <c r="E52" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F52" s="6">
         <v>115.39</v>
       </c>
-      <c r="H52" s="7" t="s">
-[...2 lines deleted...]
-      <c r="I52" s="6">
+      <c r="G52" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H52" s="6">
         <v>149.67</v>
       </c>
-      <c r="J52" s="8">
+      <c r="I52" s="8">
         <v>265.06</v>
       </c>
     </row>
-    <row r="53" spans="1:10">
+    <row r="53" spans="1:9">
       <c r="A53" s="4">
         <v>49</v>
       </c>
-      <c r="B53" s="4">
-[...5 lines deleted...]
-      <c r="D53" s="6">
+      <c r="B53" s="4" t="s">
+        <v>179</v>
+      </c>
+      <c r="C53" s="6">
         <v>296.37</v>
       </c>
-      <c r="E53" s="7" t="s">
-[...2 lines deleted...]
-      <c r="F53" s="6">
+      <c r="D53" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" s="6">
         <v>236.46</v>
       </c>
+      <c r="F53" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="G53" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H53" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J53" s="8">
+        <v>12</v>
+      </c>
+      <c r="I53" s="8">
         <v>266.415</v>
       </c>
     </row>
-    <row r="54" spans="1:10">
+    <row r="54" spans="1:9">
       <c r="A54" s="4">
         <v>50</v>
       </c>
-      <c r="B54" s="4">
-[...8 lines deleted...]
-      <c r="E54" s="6">
+      <c r="B54" s="4" t="s">
+        <v>180</v>
+      </c>
+      <c r="C54" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D54" s="6">
         <v>282.14</v>
       </c>
+      <c r="E54" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="F54" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G54" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H54" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J54" s="8">
+        <v>12</v>
+      </c>
+      <c r="I54" s="8">
         <v>282.14</v>
       </c>
     </row>
-    <row r="55" spans="1:10">
+    <row r="55" spans="1:9">
       <c r="A55" s="4">
         <v>51</v>
       </c>
-      <c r="B55" s="4">
-[...5 lines deleted...]
-      <c r="D55" s="6">
+      <c r="B55" s="4" t="s">
+        <v>181</v>
+      </c>
+      <c r="C55" s="6">
         <v>297.06</v>
       </c>
+      <c r="D55" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="E55" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F55" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G55" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H55" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J55" s="8">
+        <v>12</v>
+      </c>
+      <c r="I55" s="8">
         <v>297.06</v>
       </c>
     </row>
-    <row r="56" spans="1:10">
+    <row r="56" spans="1:9">
       <c r="A56" s="4">
         <v>52</v>
       </c>
-      <c r="B56" s="4">
-[...3 lines deleted...]
-        <v>183</v>
+      <c r="B56" s="4" t="s">
+        <v>182</v>
+      </c>
+      <c r="C56" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D56" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E56" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F56" s="7" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="G56" s="6">
+        <v>158.52</v>
       </c>
       <c r="H56" s="6">
-        <v>158.52</v>
-[...1 lines deleted...]
-      <c r="I56" s="6">
         <v>163.97</v>
       </c>
-      <c r="J56" s="8">
+      <c r="I56" s="8">
         <v>322.49</v>
       </c>
     </row>
-    <row r="57" spans="1:10">
+    <row r="57" spans="1:9">
       <c r="A57" s="4">
         <v>53</v>
       </c>
-      <c r="B57" s="4">
-[...5 lines deleted...]
-      <c r="D57" s="6">
+      <c r="B57" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="C57" s="6">
         <v>324.86</v>
       </c>
+      <c r="D57" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="E57" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F57" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G57" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H57" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J57" s="8">
+        <v>12</v>
+      </c>
+      <c r="I57" s="8">
         <v>324.86</v>
       </c>
     </row>
-    <row r="58" spans="1:10">
+    <row r="58" spans="1:9">
       <c r="A58" s="4">
         <v>54</v>
       </c>
-      <c r="B58" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B58" s="4" t="s">
+        <v>184</v>
+      </c>
+      <c r="C58" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D58" s="6">
+        <v>171.53</v>
       </c>
       <c r="E58" s="6">
-        <v>171.53</v>
-[...1 lines deleted...]
-      <c r="F58" s="6">
         <v>160.0</v>
       </c>
-      <c r="G58" s="7" t="s">
-        <v>13</v>
+      <c r="F58" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G58" s="6">
+        <v>206.97</v>
       </c>
       <c r="H58" s="6">
-        <v>206.97</v>
-[...1 lines deleted...]
-      <c r="I58" s="6">
         <v>215.26</v>
       </c>
-      <c r="J58" s="8">
+      <c r="I58" s="8">
         <v>331.53</v>
       </c>
     </row>
-    <row r="59" spans="1:10">
+    <row r="59" spans="1:9">
       <c r="A59" s="4">
         <v>55</v>
       </c>
-      <c r="B59" s="4">
-[...3 lines deleted...]
-        <v>186</v>
+      <c r="B59" s="4" t="s">
+        <v>185</v>
+      </c>
+      <c r="C59" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D59" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E59" s="7" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="F59" s="6">
+        <v>147.14</v>
       </c>
       <c r="G59" s="6">
-        <v>147.14</v>
+        <v>184.57</v>
       </c>
       <c r="H59" s="6">
-        <v>184.57</v>
-[...1 lines deleted...]
-      <c r="I59" s="6">
         <v>193.4</v>
       </c>
-      <c r="J59" s="8">
+      <c r="I59" s="8">
         <v>331.71</v>
       </c>
     </row>
-    <row r="60" spans="1:10">
+    <row r="60" spans="1:9">
       <c r="A60" s="4">
         <v>56</v>
       </c>
-      <c r="B60" s="4">
-[...3 lines deleted...]
-        <v>187</v>
+      <c r="B60" s="4" t="s">
+        <v>186</v>
+      </c>
+      <c r="C60" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D60" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="F60" s="6">
+        <v>12</v>
+      </c>
+      <c r="E60" s="6">
         <v>346.25</v>
       </c>
+      <c r="F60" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="G60" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H60" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="J60" s="8">
+        <v>12</v>
+      </c>
+      <c r="I60" s="8">
         <v>346.25</v>
       </c>
     </row>
-    <row r="61" spans="1:10">
+    <row r="61" spans="1:9">
       <c r="A61" s="4">
         <v>57</v>
       </c>
-      <c r="B61" s="4">
-[...3 lines deleted...]
-        <v>188</v>
+      <c r="B61" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="C61" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D61" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E61" s="7" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>12</v>
+      </c>
+      <c r="F61" s="6">
+        <v>171.75</v>
       </c>
       <c r="G61" s="6">
-        <v>171.75</v>
+        <v>175.23</v>
       </c>
       <c r="H61" s="6">
-        <v>175.23</v>
-[...1 lines deleted...]
-      <c r="I61" s="6">
         <v>194.62</v>
       </c>
-      <c r="J61" s="8">
+      <c r="I61" s="8">
         <v>346.98</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:J1"/>
-    <mergeCell ref="A2:J2"/>
+    <mergeCell ref="A1:I1"/>
+    <mergeCell ref="A2:I2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I45"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A4" sqref="A4:I45"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="true" style="0"/>
-    <col min="2" max="2" width="14" customWidth="true" style="0"/>
-    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:9" customHeight="1" ht="150">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="H4" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="H4" s="5" t="s">
+      <c r="I4" s="3" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" s="4">
         <v>1</v>
       </c>
-      <c r="B5" s="4">
-[...3 lines deleted...]
-        <v>190</v>
+      <c r="B5" s="4" t="s">
+        <v>189</v>
+      </c>
+      <c r="C5" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D5" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E5" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F5" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G5" s="6">
         <v>148.56</v>
       </c>
       <c r="H5" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I5" s="8">
         <v>148.56</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="4">
         <v>2</v>
       </c>
-      <c r="B6" s="4">
-[...3 lines deleted...]
-        <v>191</v>
+      <c r="B6" s="4" t="s">
+        <v>190</v>
+      </c>
+      <c r="C6" s="6">
+        <v>201.28</v>
       </c>
       <c r="D6" s="6">
-        <v>201.28</v>
+        <v>151.06</v>
       </c>
       <c r="E6" s="6">
-        <v>151.06</v>
-[...1 lines deleted...]
-      <c r="F6" s="6">
         <v>147.37</v>
+      </c>
+      <c r="F6" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="G6" s="6">
         <v>184.63</v>
       </c>
       <c r="H6" s="6">
         <v>183.61</v>
       </c>
       <c r="I6" s="8">
         <v>149.215</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" s="4">
         <v>3</v>
       </c>
-      <c r="B7" s="4">
-[...3 lines deleted...]
-        <v>192</v>
+      <c r="B7" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="C7" s="6">
+        <v>224.71</v>
       </c>
       <c r="D7" s="6">
-        <v>224.71</v>
-[...1 lines deleted...]
-      <c r="E7" s="6">
         <v>156.24</v>
       </c>
+      <c r="E7" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="F7" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G7" s="6">
         <v>185.98</v>
       </c>
       <c r="H7" s="6">
         <v>165.24</v>
       </c>
       <c r="I7" s="8">
         <v>160.74</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" s="4">
         <v>4</v>
       </c>
-      <c r="B8" s="4">
-[...3 lines deleted...]
-        <v>193</v>
+      <c r="B8" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="C8" s="6">
+        <v>212.55</v>
       </c>
       <c r="D8" s="6">
-        <v>212.55</v>
-[...1 lines deleted...]
-      <c r="E8" s="6">
         <v>180.66</v>
       </c>
+      <c r="E8" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="F8" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G8" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H8" s="6">
         <v>156.47</v>
       </c>
       <c r="I8" s="8">
         <v>168.565</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" s="4">
         <v>5</v>
       </c>
-      <c r="B9" s="4">
-[...5 lines deleted...]
-      <c r="D9" s="6">
+      <c r="B9" s="4" t="s">
+        <v>193</v>
+      </c>
+      <c r="C9" s="6">
         <v>180.18</v>
       </c>
-      <c r="E9" s="7" t="s">
-[...2 lines deleted...]
-      <c r="F9" s="6">
+      <c r="D9" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" s="6">
         <v>178.02</v>
+      </c>
+      <c r="F9" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="G9" s="6">
         <v>189.64</v>
       </c>
       <c r="H9" s="6">
         <v>162.55</v>
       </c>
       <c r="I9" s="8">
         <v>170.285</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" s="4">
         <v>6</v>
       </c>
-      <c r="B10" s="4">
-[...3 lines deleted...]
-        <v>195</v>
+      <c r="B10" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="C10" s="6">
+        <v>220.49</v>
       </c>
       <c r="D10" s="6">
-        <v>220.49</v>
+        <v>182.71</v>
       </c>
       <c r="E10" s="6">
-        <v>182.71</v>
-[...1 lines deleted...]
-      <c r="F10" s="6">
         <v>189.33</v>
+      </c>
+      <c r="F10" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="G10" s="6">
         <v>172.01</v>
       </c>
       <c r="H10" s="6">
         <v>173.36</v>
       </c>
       <c r="I10" s="8">
         <v>172.685</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" s="4">
         <v>7</v>
       </c>
-      <c r="B11" s="4">
-[...3 lines deleted...]
-        <v>196</v>
+      <c r="B11" s="4" t="s">
+        <v>195</v>
+      </c>
+      <c r="C11" s="6">
+        <v>251.05</v>
       </c>
       <c r="D11" s="6">
-        <v>251.05</v>
+        <v>209.9</v>
       </c>
       <c r="E11" s="6">
-        <v>209.9</v>
-[...1 lines deleted...]
-      <c r="F11" s="6">
         <v>166.97</v>
       </c>
+      <c r="F11" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="G11" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H11" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I11" s="8">
         <v>188.435</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" s="4">
         <v>8</v>
       </c>
-      <c r="B12" s="4">
-[...5 lines deleted...]
-      <c r="D12" s="6">
+      <c r="B12" s="4" t="s">
+        <v>196</v>
+      </c>
+      <c r="C12" s="6">
         <v>214.87</v>
       </c>
+      <c r="D12" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="E12" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F12" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G12" s="6">
         <v>196.43</v>
       </c>
       <c r="H12" s="6">
         <v>194.57</v>
       </c>
       <c r="I12" s="8">
         <v>195.5</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" s="4">
         <v>9</v>
       </c>
-      <c r="B13" s="4">
-[...3 lines deleted...]
-        <v>198</v>
+      <c r="B13" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="C13" s="6">
+        <v>210.93</v>
       </c>
       <c r="D13" s="6">
-        <v>210.93</v>
+        <v>224.0</v>
       </c>
       <c r="E13" s="6">
-        <v>224.0</v>
-[...1 lines deleted...]
-      <c r="F13" s="6">
         <v>191.33</v>
+      </c>
+      <c r="F13" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="G13" s="6">
         <v>227.28</v>
       </c>
       <c r="H13" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I13" s="8">
         <v>201.13</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="4">
         <v>10</v>
       </c>
-      <c r="B14" s="4">
-[...3 lines deleted...]
-        <v>199</v>
+      <c r="B14" s="4" t="s">
+        <v>198</v>
+      </c>
+      <c r="C14" s="6">
+        <v>312.81</v>
       </c>
       <c r="D14" s="6">
-        <v>312.81</v>
+        <v>209.56</v>
       </c>
       <c r="E14" s="6">
-        <v>209.56</v>
-[...1 lines deleted...]
-      <c r="F14" s="6">
         <v>207.02</v>
       </c>
+      <c r="F14" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="G14" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H14" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I14" s="8">
         <v>208.29</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="4">
         <v>11</v>
       </c>
-      <c r="B15" s="4">
-[...3 lines deleted...]
-        <v>200</v>
+      <c r="B15" s="4" t="s">
+        <v>199</v>
+      </c>
+      <c r="C15" s="6">
+        <v>285.12</v>
       </c>
       <c r="D15" s="6">
-        <v>285.12</v>
+        <v>229.97</v>
       </c>
       <c r="E15" s="6">
-        <v>229.97</v>
-[...1 lines deleted...]
-      <c r="F15" s="6">
         <v>228.25</v>
       </c>
+      <c r="F15" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="G15" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H15" s="6">
         <v>191.67</v>
       </c>
       <c r="I15" s="8">
         <v>209.96</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="4">
         <v>12</v>
       </c>
-      <c r="B16" s="4">
-[...3 lines deleted...]
-        <v>201</v>
+      <c r="B16" s="4" t="s">
+        <v>200</v>
+      </c>
+      <c r="C16" s="6">
+        <v>275.57</v>
       </c>
       <c r="D16" s="6">
-        <v>275.57</v>
-[...1 lines deleted...]
-      <c r="E16" s="6">
         <v>246.46</v>
       </c>
+      <c r="E16" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="F16" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G16" s="6">
         <v>235.35</v>
       </c>
       <c r="H16" s="6">
         <v>201.85</v>
       </c>
       <c r="I16" s="8">
         <v>218.6</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="4">
         <v>13</v>
       </c>
-      <c r="B17" s="4">
-[...3 lines deleted...]
-        <v>202</v>
+      <c r="B17" s="4" t="s">
+        <v>201</v>
+      </c>
+      <c r="C17" s="6">
+        <v>241.21</v>
       </c>
       <c r="D17" s="6">
-        <v>241.21</v>
+        <v>232.83</v>
       </c>
       <c r="E17" s="6">
-        <v>232.83</v>
-[...1 lines deleted...]
-      <c r="F17" s="6">
         <v>223.06</v>
+      </c>
+      <c r="F17" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="G17" s="6">
         <v>227.06</v>
       </c>
       <c r="H17" s="6">
         <v>218.46</v>
       </c>
       <c r="I17" s="8">
         <v>220.76</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="4">
         <v>14</v>
       </c>
-      <c r="B18" s="4">
-[...3 lines deleted...]
-        <v>203</v>
+      <c r="B18" s="4" t="s">
+        <v>202</v>
+      </c>
+      <c r="C18" s="6">
+        <v>233.19</v>
       </c>
       <c r="D18" s="6">
-        <v>233.19</v>
+        <v>245.49</v>
       </c>
       <c r="E18" s="6">
-        <v>245.49</v>
-[...1 lines deleted...]
-      <c r="F18" s="6">
         <v>229.25</v>
       </c>
+      <c r="F18" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="G18" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H18" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I18" s="8">
         <v>231.22</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="4">
         <v>15</v>
       </c>
-      <c r="B19" s="4">
-[...5 lines deleted...]
-      <c r="D19" s="6">
+      <c r="B19" s="4" t="s">
+        <v>203</v>
+      </c>
+      <c r="C19" s="6">
         <v>233.53</v>
       </c>
+      <c r="D19" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="E19" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F19" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G19" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H19" s="6">
         <v>322.45</v>
       </c>
       <c r="I19" s="8">
         <v>233.53</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" s="4">
         <v>16</v>
       </c>
-      <c r="B20" s="4">
-[...5 lines deleted...]
-      <c r="D20" s="6">
+      <c r="B20" s="4" t="s">
+        <v>204</v>
+      </c>
+      <c r="C20" s="6">
         <v>258.33</v>
       </c>
-      <c r="E20" s="7" t="s">
-[...2 lines deleted...]
-      <c r="F20" s="6">
+      <c r="D20" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" s="6">
         <v>258.89</v>
       </c>
+      <c r="F20" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="G20" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H20" s="6">
         <v>228.36</v>
       </c>
       <c r="I20" s="8">
         <v>243.345</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="4">
         <v>17</v>
       </c>
-      <c r="B21" s="4">
-[...3 lines deleted...]
-        <v>206</v>
+      <c r="B21" s="4" t="s">
+        <v>205</v>
+      </c>
+      <c r="C21" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D21" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E21" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F21" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G21" s="6">
         <v>254.84</v>
       </c>
       <c r="H21" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I21" s="8">
         <v>254.84</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="4">
         <v>18</v>
       </c>
-      <c r="B22" s="4">
-[...3 lines deleted...]
-        <v>207</v>
+      <c r="B22" s="4" t="s">
+        <v>206</v>
+      </c>
+      <c r="C22" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D22" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E22" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F22" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G22" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H22" s="6">
         <v>260.88</v>
       </c>
       <c r="I22" s="8">
         <v>260.88</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" s="4">
         <v>19</v>
       </c>
-      <c r="B23" s="4">
-[...5 lines deleted...]
-      <c r="D23" s="6">
+      <c r="B23" s="4" t="s">
+        <v>207</v>
+      </c>
+      <c r="C23" s="6">
         <v>348.43</v>
       </c>
-      <c r="E23" s="7" t="s">
-[...2 lines deleted...]
-      <c r="F23" s="6">
+      <c r="D23" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" s="6">
         <v>261.18</v>
       </c>
+      <c r="F23" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="G23" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H23" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I23" s="8">
         <v>304.805</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" s="4">
         <v>20</v>
       </c>
-      <c r="B24" s="4">
-[...5 lines deleted...]
-      <c r="D24" s="6">
+      <c r="B24" s="4" t="s">
+        <v>208</v>
+      </c>
+      <c r="C24" s="6">
         <v>324.45</v>
       </c>
+      <c r="D24" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="E24" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F24" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G24" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H24" s="6">
         <v>285.76</v>
       </c>
       <c r="I24" s="8">
         <v>305.105</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" s="4">
         <v>21</v>
       </c>
-      <c r="B25" s="4">
-[...8 lines deleted...]
-      <c r="E25" s="6">
+      <c r="B25" s="4" t="s">
+        <v>209</v>
+      </c>
+      <c r="C25" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D25" s="6">
         <v>306.29</v>
       </c>
+      <c r="E25" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="F25" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G25" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H25" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I25" s="8">
         <v>306.29</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" s="4">
         <v>22</v>
       </c>
-      <c r="B26" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B26" s="4" t="s">
+        <v>210</v>
+      </c>
+      <c r="C26" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D26" s="6">
+        <v>220.61</v>
       </c>
       <c r="E26" s="6">
-        <v>220.61</v>
-[...1 lines deleted...]
-      <c r="F26" s="6">
         <v>214.66</v>
+      </c>
+      <c r="F26" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="G26" s="6">
         <v>203.23</v>
       </c>
       <c r="H26" s="6">
         <v>181.78</v>
       </c>
       <c r="I26" s="8">
         <v>385.01</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" s="4">
         <v>23</v>
       </c>
-      <c r="B27" s="4">
-[...3 lines deleted...]
-        <v>212</v>
+      <c r="B27" s="4" t="s">
+        <v>211</v>
+      </c>
+      <c r="C27" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D27" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="F27" s="6">
+        <v>12</v>
+      </c>
+      <c r="E27" s="6">
         <v>290.81</v>
+      </c>
+      <c r="F27" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="G27" s="6">
         <v>200.02</v>
       </c>
       <c r="H27" s="6">
         <v>190.05</v>
       </c>
       <c r="I27" s="8">
         <v>390.07</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" s="4">
         <v>24</v>
       </c>
-      <c r="B28" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B28" s="4" t="s">
+        <v>212</v>
+      </c>
+      <c r="C28" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D28" s="6">
+        <v>216.68</v>
       </c>
       <c r="E28" s="6">
-        <v>216.68</v>
-[...1 lines deleted...]
-      <c r="F28" s="6">
         <v>192.52</v>
+      </c>
+      <c r="F28" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="G28" s="6">
         <v>295.92</v>
       </c>
       <c r="H28" s="6">
         <v>252.11</v>
       </c>
       <c r="I28" s="8">
         <v>409.2</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" s="4">
         <v>25</v>
       </c>
-      <c r="B29" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B29" s="4" t="s">
+        <v>213</v>
+      </c>
+      <c r="C29" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" s="6">
+        <v>209.37</v>
       </c>
       <c r="E29" s="6">
-        <v>209.37</v>
-[...1 lines deleted...]
-      <c r="F29" s="6">
         <v>217.4</v>
+      </c>
+      <c r="F29" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="G29" s="6">
         <v>223.99</v>
       </c>
       <c r="H29" s="6">
         <v>222.63</v>
       </c>
       <c r="I29" s="8">
         <v>426.77</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" s="4">
         <v>26</v>
       </c>
-      <c r="B30" s="4">
-[...3 lines deleted...]
-        <v>215</v>
+      <c r="B30" s="4" t="s">
+        <v>214</v>
+      </c>
+      <c r="C30" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D30" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="F30" s="6">
+        <v>12</v>
+      </c>
+      <c r="E30" s="6">
         <v>228.9</v>
+      </c>
+      <c r="F30" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="G30" s="6">
         <v>206.74</v>
       </c>
       <c r="H30" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I30" s="8">
         <v>435.64</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="4">
         <v>27</v>
       </c>
-      <c r="B31" s="4">
-[...8 lines deleted...]
-      <c r="E31" s="6">
+      <c r="B31" s="4" t="s">
+        <v>215</v>
+      </c>
+      <c r="C31" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D31" s="6">
         <v>232.91</v>
       </c>
+      <c r="E31" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="F31" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G31" s="6">
         <v>234.9</v>
       </c>
       <c r="H31" s="6">
         <v>220.16</v>
       </c>
       <c r="I31" s="8">
         <v>453.07</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" s="4">
         <v>28</v>
       </c>
-      <c r="B32" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B32" s="4" t="s">
+        <v>216</v>
+      </c>
+      <c r="C32" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D32" s="6">
+        <v>275.98</v>
       </c>
       <c r="E32" s="6">
-        <v>275.98</v>
-[...1 lines deleted...]
-      <c r="F32" s="6">
         <v>268.47</v>
+      </c>
+      <c r="F32" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="G32" s="6">
         <v>240.87</v>
       </c>
       <c r="H32" s="6">
         <v>224.68</v>
       </c>
       <c r="I32" s="8">
         <v>465.55</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" s="4">
         <v>29</v>
       </c>
-      <c r="B33" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B33" s="4" t="s">
+        <v>217</v>
+      </c>
+      <c r="C33" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D33" s="6">
+        <v>255.21</v>
       </c>
       <c r="E33" s="6">
-        <v>255.21</v>
-[...1 lines deleted...]
-      <c r="F33" s="6">
         <v>217.4</v>
+      </c>
+      <c r="F33" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="G33" s="6">
         <v>255.66</v>
       </c>
       <c r="H33" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I33" s="8">
         <v>472.61</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" s="4">
         <v>30</v>
       </c>
-      <c r="B34" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B34" s="4" t="s">
+        <v>218</v>
+      </c>
+      <c r="C34" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D34" s="6">
+        <v>266.7</v>
       </c>
       <c r="E34" s="6">
-        <v>266.7</v>
-[...1 lines deleted...]
-      <c r="F34" s="6">
         <v>292.0</v>
+      </c>
+      <c r="F34" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="G34" s="6">
         <v>257.83</v>
       </c>
       <c r="H34" s="6">
         <v>242.71</v>
       </c>
       <c r="I34" s="8">
         <v>500.54</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" s="4">
         <v>31</v>
       </c>
-      <c r="B35" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B35" s="4" t="s">
+        <v>219</v>
+      </c>
+      <c r="C35" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D35" s="6">
+        <v>283.92</v>
       </c>
       <c r="E35" s="6">
-        <v>283.92</v>
-[...1 lines deleted...]
-      <c r="F35" s="6">
         <v>271.3</v>
       </c>
+      <c r="F35" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="G35" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H35" s="6">
         <v>236.35</v>
       </c>
       <c r="I35" s="8">
         <v>507.65</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" s="4">
         <v>32</v>
       </c>
-      <c r="B36" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B36" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="C36" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D36" s="6">
+        <v>286.13</v>
       </c>
       <c r="E36" s="6">
-        <v>286.13</v>
-[...1 lines deleted...]
-      <c r="F36" s="6">
         <v>233.0</v>
+      </c>
+      <c r="F36" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="G36" s="6">
         <v>290.91</v>
       </c>
       <c r="H36" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I36" s="8">
         <v>519.13</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" s="4">
         <v>33</v>
       </c>
-      <c r="B37" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B37" s="4" t="s">
+        <v>221</v>
+      </c>
+      <c r="C37" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D37" s="6">
+        <v>266.43</v>
       </c>
       <c r="E37" s="6">
-        <v>266.43</v>
-[...1 lines deleted...]
-      <c r="F37" s="6">
         <v>261.36</v>
+      </c>
+      <c r="F37" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="G37" s="6">
         <v>286.95</v>
       </c>
       <c r="H37" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I37" s="8">
         <v>527.79</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" s="4">
         <v>34</v>
       </c>
-      <c r="B38" s="4">
-[...3 lines deleted...]
-        <v>223</v>
+      <c r="B38" s="4" t="s">
+        <v>222</v>
+      </c>
+      <c r="C38" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D38" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E38" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F38" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G38" s="6">
         <v>275.0</v>
       </c>
       <c r="H38" s="6">
         <v>253.45</v>
       </c>
       <c r="I38" s="8">
         <v>528.45</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" s="4">
         <v>35</v>
       </c>
-      <c r="B39" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B39" s="4" t="s">
+        <v>223</v>
+      </c>
+      <c r="C39" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D39" s="6">
+        <v>269.12</v>
       </c>
       <c r="E39" s="6">
-        <v>269.12</v>
-[...1 lines deleted...]
-      <c r="F39" s="6">
         <v>264.82</v>
       </c>
+      <c r="F39" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="G39" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H39" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I39" s="8">
         <v>533.94</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" s="4">
         <v>36</v>
       </c>
-      <c r="B40" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B40" s="4" t="s">
+        <v>224</v>
+      </c>
+      <c r="C40" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D40" s="6">
+        <v>278.66</v>
       </c>
       <c r="E40" s="6">
-        <v>278.66</v>
-[...1 lines deleted...]
-      <c r="F40" s="6">
         <v>269.66</v>
+      </c>
+      <c r="F40" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="G40" s="6">
         <v>300.32</v>
       </c>
       <c r="H40" s="6">
         <v>295.23</v>
       </c>
       <c r="I40" s="8">
         <v>548.32</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="4">
         <v>37</v>
       </c>
-      <c r="B41" s="4">
-[...3 lines deleted...]
-        <v>226</v>
+      <c r="B41" s="4" t="s">
+        <v>225</v>
+      </c>
+      <c r="C41" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D41" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E41" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F41" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G41" s="6">
         <v>290.39</v>
       </c>
       <c r="H41" s="6">
         <v>271.62</v>
       </c>
       <c r="I41" s="8">
         <v>562.01</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" s="4">
         <v>38</v>
       </c>
-      <c r="B42" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B42" s="4" t="s">
+        <v>226</v>
+      </c>
+      <c r="C42" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D42" s="6">
+        <v>270.99</v>
       </c>
       <c r="E42" s="6">
-        <v>270.99</v>
-[...1 lines deleted...]
-      <c r="F42" s="6">
         <v>298.75</v>
       </c>
+      <c r="F42" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="G42" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H42" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I42" s="8">
         <v>569.74</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" s="4">
         <v>39</v>
       </c>
-      <c r="B43" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B43" s="4" t="s">
+        <v>227</v>
+      </c>
+      <c r="C43" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D43" s="6">
+        <v>290.87</v>
       </c>
       <c r="E43" s="6">
-        <v>290.87</v>
-[...1 lines deleted...]
-      <c r="F43" s="6">
         <v>299.19</v>
+      </c>
+      <c r="F43" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="G43" s="6">
         <v>281.28</v>
       </c>
       <c r="H43" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I43" s="8">
         <v>572.15</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" s="4">
         <v>40</v>
       </c>
-      <c r="B44" s="4">
-[...3 lines deleted...]
-        <v>229</v>
+      <c r="B44" s="4" t="s">
+        <v>228</v>
+      </c>
+      <c r="C44" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="D44" s="7" t="s">
-        <v>13</v>
-[...4 lines deleted...]
-      <c r="F44" s="6">
+        <v>12</v>
+      </c>
+      <c r="E44" s="6">
         <v>283.69</v>
+      </c>
+      <c r="F44" s="7" t="s">
+        <v>12</v>
       </c>
       <c r="G44" s="6">
         <v>291.66</v>
       </c>
       <c r="H44" s="6">
         <v>299.26</v>
       </c>
       <c r="I44" s="8">
         <v>575.35</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" s="4">
         <v>41</v>
       </c>
-      <c r="B45" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B45" s="4" t="s">
+        <v>229</v>
+      </c>
+      <c r="C45" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D45" s="6">
+        <v>295.68</v>
       </c>
       <c r="E45" s="6">
-        <v>295.68</v>
-[...1 lines deleted...]
-      <c r="F45" s="6">
         <v>297.01</v>
       </c>
+      <c r="F45" s="7" t="s">
+        <v>12</v>
+      </c>
       <c r="G45" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H45" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="I45" s="8">
         <v>592.69</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:I2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 