--- v0 (2025-10-30)
+++ v1 (2026-02-01)
@@ -18,1094 +18,817 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Mężczyźni - Junior młodszy" sheetId="1" r:id="rId4"/>
     <sheet name="Mężczyźni - Młodzik" sheetId="2" r:id="rId5"/>
     <sheet name="Kobiety - Junior młodszy" sheetId="3" r:id="rId6"/>
     <sheet name="Kobiety - Młodzik" sheetId="4" r:id="rId7"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="288">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="220">
   <si>
     <t>Polpunkty GS (Posezonowy) - Mężczyźni - Junior młodszy</t>
   </si>
   <si>
     <t>Sezon: 2024/2025 | Typ licencji: ZJAZDY</t>
   </si>
   <si>
-    <t>Pozycja</t>
+    <t>Poz.</t>
+  </si>
+  <si>
+    <t>Licencja</t>
   </si>
   <si>
     <t>Zawodnik</t>
   </si>
   <si>
-    <t>Klub</t>
-[...62 lines deleted...]
-    <t>🥇 1</t>
+    <t>PolPunkty GS 1
+08.01.2025</t>
+  </si>
+  <si>
+    <t>PolPunkty GS 2
+09.01.2025</t>
+  </si>
+  <si>
+    <t>PolPunkty GS 3
+15.02.2025</t>
+  </si>
+  <si>
+    <t>PolPunkty GS 4
+16.02.2025</t>
+  </si>
+  <si>
+    <t>OOM Krynica GS
+09.03.2025</t>
+  </si>
+  <si>
+    <t>Punkty</t>
   </si>
   <si>
     <t>Alex Rakszawski</t>
   </si>
   <si>
-    <t>TEAM MB Szczyrk</t>
-[...1 lines deleted...]
-  <si>
     <t>-</t>
   </si>
   <si>
-    <t>🥈 2</t>
+    <t>Janusz Truskolaski</t>
+  </si>
+  <si>
+    <t>Jan Miłosz</t>
   </si>
   <si>
     <t>Jakub Muniak</t>
   </si>
   <si>
-    <t>KS SportUp</t>
-[...10 lines deleted...]
-  <si>
     <t>Ryszard Łatacz</t>
   </si>
   <si>
-    <t>KN GONDOLA KRYNICA</t>
-[...1 lines deleted...]
-  <si>
     <t>Kosma Szafrański</t>
   </si>
   <si>
-    <t>KS SKIVEGAS STANEK RACE ACADEMY Sp. Z o.o</t>
-[...1 lines deleted...]
-  <si>
     <t>Mikołaj Hołubiński</t>
   </si>
   <si>
     <t>Kamil Frycz</t>
   </si>
   <si>
-    <t>PILCH SKI ACADEMY</t>
-[...4 lines deleted...]
-  <si>
     <t>Tymon Zglinicki</t>
   </si>
   <si>
     <t>Jakub Haber</t>
   </si>
   <si>
     <t>Wojciech Przybyła</t>
   </si>
   <si>
     <t>Antoni Kałuża</t>
   </si>
   <si>
     <t>Dominik Kulej</t>
   </si>
   <si>
     <t>Stanisław Ćwikła</t>
   </si>
   <si>
     <t>Aleksander Paluszek</t>
   </si>
   <si>
-    <t>BRG Bębenek Racing Group</t>
-[...1 lines deleted...]
-  <si>
     <t>Tomasz Rojek</t>
   </si>
   <si>
     <t>Piotr Pietrzyk</t>
   </si>
   <si>
     <t>Konrad Stojanik</t>
   </si>
   <si>
-    <t>KLUB SPORTOWY AS</t>
+    <t>Michał Sobolewski</t>
+  </si>
+  <si>
+    <t>Paweł Król</t>
+  </si>
+  <si>
+    <t>Antoni Gacek</t>
+  </si>
+  <si>
+    <t>Mikołaj Zimnicki</t>
+  </si>
+  <si>
+    <t>Tymon Bobrzyński</t>
+  </si>
+  <si>
+    <t>Kajetan Kozaczka</t>
+  </si>
+  <si>
+    <t>Jan Czajkowski</t>
+  </si>
+  <si>
+    <t>Krzysztof Łach</t>
+  </si>
+  <si>
+    <t>Antoni Zamorski</t>
+  </si>
+  <si>
+    <t>Karol Kwiatkowski</t>
+  </si>
+  <si>
+    <t>Ignacy Kozłowski</t>
+  </si>
+  <si>
+    <t>Bartłomiej Surdy</t>
+  </si>
+  <si>
+    <t>Feliks Olesiński</t>
+  </si>
+  <si>
+    <t>Franciszek Smaga</t>
+  </si>
+  <si>
+    <t>Ryszard Hermanowicz</t>
+  </si>
+  <si>
+    <t>Maciej Nowaczyk</t>
+  </si>
+  <si>
+    <t>Tomasz Sroka</t>
   </si>
   <si>
     <t>Franciszek Zacny</t>
   </si>
   <si>
-    <t>KS YETI</t>
-[...26 lines deleted...]
-    <t>MKN ZRYW</t>
+    <t>Antoni Czerwiński-molski</t>
+  </si>
+  <si>
+    <t>Maciej Tabakowski</t>
   </si>
   <si>
     <t>Mikołaj Michałowicz</t>
   </si>
   <si>
-    <t>BS Sport</t>
-[...17 lines deleted...]
-    <t>UKS 28 KIELCE</t>
+    <t>Stanisław Sobczak</t>
   </si>
   <si>
     <t>Krzysztof Kuter</t>
   </si>
   <si>
-    <t xml:space="preserve">UKN "LAWORTA" </t>
-[...4 lines deleted...]
-  <si>
     <t>Jakub Bojdys</t>
   </si>
   <si>
-    <t>Bartłomiej Surdy</t>
-[...43 lines deleted...]
-  <si>
     <t>Polpunkty GS (Posezonowy) - Mężczyźni - Młodzik</t>
   </si>
   <si>
     <t>Piotr Bobeł</t>
   </si>
   <si>
+    <t>Jan Jędrol</t>
+  </si>
+  <si>
     <t>Filip Ciślak</t>
   </si>
   <si>
-    <t>Jan Jędrol</t>
-[...2 lines deleted...]
-    <t>KLUB SPORTOWY AZS ZAKOPANE</t>
+    <t>Julian Pankiewicz</t>
+  </si>
+  <si>
+    <t>Jan Poborski</t>
+  </si>
+  <si>
+    <t>Benjamin Barabaś-latif</t>
   </si>
   <si>
     <t>Jan Szmaja</t>
   </si>
   <si>
-    <t>Jan Poborski</t>
+    <t>Ruben Cirut</t>
+  </si>
+  <si>
+    <t>Stanisław Moszczyński</t>
+  </si>
+  <si>
+    <t>Leonardo Brusco</t>
+  </si>
+  <si>
+    <t>Zachary Wysocki</t>
+  </si>
+  <si>
+    <t>Stanisław Kuklewicz</t>
+  </si>
+  <si>
+    <t>Grzegorz Pencarski</t>
+  </si>
+  <si>
+    <t>Bartłomiej Więckowski</t>
+  </si>
+  <si>
+    <t>Rudolf Pełda</t>
+  </si>
+  <si>
+    <t>Borys Szafrański-mądry</t>
+  </si>
+  <si>
+    <t>Stanisław Górnikowski</t>
+  </si>
+  <si>
+    <t>Jan Janicki</t>
+  </si>
+  <si>
+    <t>Iwo Palusiński</t>
+  </si>
+  <si>
+    <t>Bruno Szafrański-mądry</t>
+  </si>
+  <si>
+    <t>Wojciech Cudzich-chowaniec</t>
+  </si>
+  <si>
+    <t>Leon Jastrzębski</t>
+  </si>
+  <si>
+    <t>Tomasz Budny</t>
+  </si>
+  <si>
+    <t>Gustaw Mamet</t>
+  </si>
+  <si>
+    <t>Bartłomiej Żółtak</t>
+  </si>
+  <si>
+    <t>Jan Długopolski</t>
+  </si>
+  <si>
+    <t>Tadeusz Mandyna</t>
+  </si>
+  <si>
+    <t>Marcel Kuśmider</t>
+  </si>
+  <si>
+    <t>Tymon Bogusławski</t>
+  </si>
+  <si>
+    <t>Tymon Kozłowski</t>
+  </si>
+  <si>
+    <t>Szymon Rembek</t>
+  </si>
+  <si>
+    <t>Dominik Czuchraj</t>
+  </si>
+  <si>
+    <t>Tymoteusz Gajdek</t>
+  </si>
+  <si>
+    <t>Michał Stec</t>
+  </si>
+  <si>
+    <t>Jakub Koba</t>
+  </si>
+  <si>
+    <t>Tytus Dzięciołowski</t>
   </si>
   <si>
     <t>Feliks Miłosz</t>
   </si>
   <si>
-    <t>Benjamin Barabaś-latif</t>
-[...7 lines deleted...]
-  <si>
     <t>Maciej Rusztowicz</t>
   </si>
   <si>
-    <t>AMS MAGICSPORTS-RYSKALSKI</t>
-[...19 lines deleted...]
-  <si>
     <t>Filip Soprych</t>
   </si>
   <si>
     <t>Andrzej Jędrol</t>
   </si>
   <si>
-    <t>Grzegorz Pencarski</t>
-[...1 lines deleted...]
-  <si>
     <t>Adam Szurman</t>
   </si>
   <si>
-    <t>Bartłomiej Więckowski</t>
-[...1 lines deleted...]
-  <si>
     <t>Kacper Zagórski</t>
   </si>
   <si>
-    <t>FUNDACJA SPORTU BEZ GRANIC MALCZEWSKI ACADEMY</t>
-[...7 lines deleted...]
-  <si>
     <t>Alexander Kondrat</t>
   </si>
   <si>
-    <t>Jan Janicki</t>
-[...1 lines deleted...]
-  <si>
     <t>Leon Leonowicz</t>
   </si>
   <si>
     <t>Mateusz Kilarski</t>
   </si>
   <si>
-    <t>FUNDACJA YOUNG GUNS</t>
-[...10 lines deleted...]
-  <si>
     <t>Jakub Tarnawski</t>
   </si>
   <si>
-    <t>KS FRAJDA ZAKOPANE</t>
-[...1 lines deleted...]
-  <si>
     <t>Rafał Łukaszewski</t>
   </si>
   <si>
-    <t>Tomasz Budny</t>
-[...1 lines deleted...]
-  <si>
     <t>Jan Kowalczyk</t>
   </si>
   <si>
-    <t>Rusiński Ski-Max</t>
-[...4 lines deleted...]
-  <si>
     <t>Maximilian Kondrat</t>
   </si>
   <si>
-    <t>Rudolf Pełda</t>
-[...1 lines deleted...]
-  <si>
     <t>Michał Ilewicz</t>
   </si>
   <si>
     <t>Marcel Gadomski-pokój</t>
   </si>
   <si>
     <t>Jakub Gałaszek</t>
   </si>
   <si>
     <t>Borys Klauza</t>
   </si>
   <si>
     <t>Michał Szewczyk</t>
   </si>
   <si>
-    <t>KKN SIEPRAW-SKI</t>
-[...1 lines deleted...]
-  <si>
     <t>Iwo Gazda</t>
   </si>
   <si>
-    <t>Stanisław Górnikowski</t>
-[...19 lines deleted...]
-  <si>
     <t>Stanisław Mars</t>
   </si>
   <si>
     <t>Marek Monica</t>
   </si>
   <si>
     <t>Dominik Prochownik</t>
   </si>
   <si>
-    <t>Szymon Rembek</t>
-[...10 lines deleted...]
-  <si>
     <t>Maks Chybiński-golonka</t>
   </si>
   <si>
     <t>Kacper Kacprzak</t>
   </si>
   <si>
-    <t>Tymon Bogusławski</t>
-[...1 lines deleted...]
-  <si>
     <t>Leon Marciniak</t>
   </si>
   <si>
     <t>Gustaw Leśniewski</t>
   </si>
   <si>
-    <t>Tadeusz Mandyna</t>
-[...1 lines deleted...]
-  <si>
     <t>Tymoteusz Śpiewak</t>
   </si>
   <si>
-    <t>Michał Stec</t>
-[...4 lines deleted...]
-  <si>
     <t>Antoni Schroeder</t>
   </si>
   <si>
-    <t>Klub Sportowy SZRENICA</t>
-[...4 lines deleted...]
-  <si>
     <t>Jędrzej Nieścieronek</t>
   </si>
   <si>
     <t>Ihor Zarutskyy</t>
   </si>
   <si>
     <t>Iwo Hawrylik</t>
   </si>
   <si>
-    <t>Tymoteusz Gajdek</t>
-[...1 lines deleted...]
-  <si>
     <t>Dominik Chabowski</t>
   </si>
   <si>
-    <t>Jakub Koba</t>
-[...4 lines deleted...]
-  <si>
     <t>Polpunkty GS (Posezonowy) - Kobiety - Junior młodszy</t>
   </si>
   <si>
+    <t>Zofia Kozłowska</t>
+  </si>
+  <si>
     <t>Natasza Kamińska</t>
   </si>
   <si>
-    <t>Zofia Kozłowska</t>
+    <t>Agata Judkowiak</t>
   </si>
   <si>
     <t>Victoria Procenko</t>
   </si>
   <si>
     <t>Helena Leśniak</t>
   </si>
   <si>
+    <t>Kaja Czapska</t>
+  </si>
+  <si>
     <t>Mika Oczkoś</t>
   </si>
   <si>
-    <t>Agata Judkowiak</t>
-[...1 lines deleted...]
-  <si>
     <t>Marta Ziętek</t>
   </si>
   <si>
-    <t>STOWARZYSZENIE OCHMAN SKI RACE TEAM</t>
-[...1 lines deleted...]
-  <si>
     <t>Jagoda Wojciechowska</t>
   </si>
   <si>
     <t>Izabela Kasperkiewicz</t>
   </si>
   <si>
+    <t>Laura Żelechowska</t>
+  </si>
+  <si>
     <t>Julia Gałuszka</t>
   </si>
   <si>
-    <t>Kaja Czapska</t>
+    <t>Agnieszka Kasińska</t>
   </si>
   <si>
     <t>Zofia Wasilewska</t>
   </si>
   <si>
     <t>Zlata Bezrodna</t>
   </si>
   <si>
+    <t>Milena Mitka</t>
+  </si>
+  <si>
+    <t>Kateryna Tsytsaniuk</t>
+  </si>
+  <si>
+    <t>Helena Moritz</t>
+  </si>
+  <si>
+    <t>Jagoda Nieścieronek</t>
+  </si>
+  <si>
+    <t>Magda Różańska</t>
+  </si>
+  <si>
+    <t>Martyna Golba</t>
+  </si>
+  <si>
+    <t>Kalina Gąsienica Ciaptak</t>
+  </si>
+  <si>
+    <t>Nadia Wyrwas</t>
+  </si>
+  <si>
+    <t>Łucja Jacuńska</t>
+  </si>
+  <si>
+    <t>Stefania Horodecka</t>
+  </si>
+  <si>
+    <t>Julia Szmit</t>
+  </si>
+  <si>
+    <t>Hanna Palusińska</t>
+  </si>
+  <si>
+    <t>Katarzyna Kajda</t>
+  </si>
+  <si>
+    <t>Maja Wójciak</t>
+  </si>
+  <si>
+    <t>Amelia Masiak</t>
+  </si>
+  <si>
+    <t>Olga Kanclerz</t>
+  </si>
+  <si>
+    <t>Zofia Bafia</t>
+  </si>
+  <si>
+    <t>Julia Maślak</t>
+  </si>
+  <si>
+    <t>Zuzanna Gocman</t>
+  </si>
+  <si>
+    <t>Hanna Schabowska</t>
+  </si>
+  <si>
+    <t>Maja Pytel</t>
+  </si>
+  <si>
     <t>Anna Pyjas</t>
   </si>
   <si>
-    <t>Sport Szok</t>
-[...19 lines deleted...]
-  <si>
     <t>Hanna Łodzińska</t>
   </si>
   <si>
-    <t>WTS DeSki</t>
-[...1 lines deleted...]
-  <si>
     <t>Hanna Łamacz</t>
   </si>
   <si>
-    <t>Helena Moritz</t>
-[...4 lines deleted...]
-  <si>
     <t>Emilia Janos</t>
   </si>
   <si>
-    <t>Stowarzyszenie Rekreacyjno-Sportowe "Czantoria" Ustroń</t>
-[...4 lines deleted...]
-  <si>
     <t>Sandra Guzik</t>
   </si>
   <si>
-    <t>SKI TOMO CENTRUM NARCIARSKIE</t>
-[...10 lines deleted...]
-  <si>
     <t>Paulina Zajączkowska</t>
   </si>
   <si>
-    <t>Maja Wójciak</t>
-[...46 lines deleted...]
-  <si>
     <t>Polpunkty GS (Posezonowy) - Kobiety - Młodzik</t>
   </si>
   <si>
+    <t>Aleksandra Kalisz</t>
+  </si>
+  <si>
     <t>Hanna Pierlak</t>
   </si>
   <si>
     <t>Zuzanna Ryskala</t>
   </si>
   <si>
+    <t>Lena Gazda</t>
+  </si>
+  <si>
+    <t>Odeta Nelke</t>
+  </si>
+  <si>
+    <t>Zuzanna Maria Leśniak</t>
+  </si>
+  <si>
+    <t>Ewa Maria Łubkowska</t>
+  </si>
+  <si>
+    <t>Ksenia Jasińska</t>
+  </si>
+  <si>
+    <t>Alicja Burakowska</t>
+  </si>
+  <si>
+    <t>Natalia Łaciak</t>
+  </si>
+  <si>
+    <t>Helena Nikiel</t>
+  </si>
+  <si>
+    <t>Maja Wajda</t>
+  </si>
+  <si>
+    <t>Katarzyna Krupa</t>
+  </si>
+  <si>
+    <t>Oliwia Sosenko</t>
+  </si>
+  <si>
+    <t>Gabriela Bizub</t>
+  </si>
+  <si>
+    <t>Alicja Telec</t>
+  </si>
+  <si>
+    <t>Alicja Pieczyńska</t>
+  </si>
+  <si>
+    <t>Wiktoria Paluszek</t>
+  </si>
+  <si>
+    <t>Ewa Bielak</t>
+  </si>
+  <si>
+    <t>Melania Uchańska</t>
+  </si>
+  <si>
+    <t>Helena Bartczak</t>
+  </si>
+  <si>
+    <t>Hanna Chrobak</t>
+  </si>
+  <si>
+    <t>Helena Stolarska-laszczak</t>
+  </si>
+  <si>
+    <t>Natalia Gąsienica Wawrytko</t>
+  </si>
+  <si>
+    <t>Antonina Mirowska</t>
+  </si>
+  <si>
+    <t>Konstancja Sowiźrał</t>
+  </si>
+  <si>
+    <t>Zofia Wyród</t>
+  </si>
+  <si>
     <t>Aleksandra Kasperkiewicz</t>
   </si>
   <si>
-    <t>Odeta Nelke</t>
-[...4 lines deleted...]
-  <si>
     <t>Julia Borys</t>
   </si>
   <si>
-    <t>Ksenia Jasińska</t>
-[...1 lines deleted...]
-  <si>
     <t>Natalia Nowaczyk</t>
   </si>
   <si>
-    <t>Zuzanna Maria Leśniak</t>
-[...8 lines deleted...]
-    <t>Alicja Burakowska</t>
+    <t>Maria Magdalena Rafa</t>
+  </si>
+  <si>
+    <t>Nina Nowak</t>
   </si>
   <si>
     <t>Marianna Babiak</t>
   </si>
   <si>
     <t>Franciszka Olesińska</t>
   </si>
   <si>
     <t>Julia Zając</t>
   </si>
   <si>
-    <t>Natalia Łaciak</t>
-[...1 lines deleted...]
-  <si>
     <t>Hanna Tramś</t>
   </si>
   <si>
-    <t>KRAKOWSKIE STOWARZYSZENIE NARCIARSKIE</t>
-[...13 lines deleted...]
-  <si>
     <t>Martyna Nowaczyk</t>
   </si>
   <si>
-    <t>Ewa Bielak</t>
-[...7 lines deleted...]
-  <si>
     <t>Alicja Piłat</t>
   </si>
   <si>
-    <t>Melania Uchańska</t>
-[...1 lines deleted...]
-  <si>
     <t>Krystyna Skóbel</t>
   </si>
   <si>
     <t>Lidia Gzyl</t>
   </si>
   <si>
-    <t>Oliwia Sosenko</t>
-[...4 lines deleted...]
-  <si>
     <t>Łucja Copija</t>
   </si>
   <si>
-    <t>Maja Wajda</t>
-[...4 lines deleted...]
-  <si>
     <t>Maya Ryś</t>
   </si>
   <si>
     <t>Maja Król</t>
   </si>
   <si>
     <t>Barbara Stępień</t>
   </si>
   <si>
-    <t>Natalia Gąsienica Wawrytko</t>
-[...4 lines deleted...]
-  <si>
     <t>Milena Gronuś</t>
   </si>
   <si>
-    <t>Helena Bartczak</t>
-[...1 lines deleted...]
-  <si>
     <t>Natalia Januszko</t>
   </si>
   <si>
-    <t>Antonina Mirowska</t>
-[...1 lines deleted...]
-  <si>
     <t>Michalina Szal</t>
   </si>
   <si>
-    <t>Zofia Wyród</t>
-[...4 lines deleted...]
-  <si>
     <t>Bieta Bezrodna</t>
   </si>
   <si>
     <t>Julia Parylak</t>
   </si>
   <si>
-    <t>Helena Stolarska-laszczak</t>
-[...1 lines deleted...]
-  <si>
     <t>Hanna Krawczyk</t>
   </si>
   <si>
-    <t>Maria Magdalena Rafa</t>
-[...1 lines deleted...]
-  <si>
     <t>Zofia Szelińska</t>
-  </si>
-[...1 lines deleted...]
-    <t>Nina Nowak</t>
   </si>
   <si>
     <t>Julia Łasisz</t>
   </si>
   <si>
     <t>Alicja Krywoniuk</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
-  <fonts count="5">
+  <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
-    <font>
-[...7 lines deleted...]
-    </font>
   </fonts>
-  <fills count="8">
+  <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
-    </fill>
-[...34 lines deleted...]
-      </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="24">
+  <cellXfs count="9">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-[...3 lines deleted...]
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="5" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0"/>
+    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
-    <xf xfId="0" fontId="3" numFmtId="0" fillId="6" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="45" wrapText="false" shrinkToFit="false"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="1" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="3" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...17 lines deleted...]
-    </xf>
     <xf xfId="0" fontId="3" numFmtId="2" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1381,14071 +1104,5931 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W50"/>
+  <dimension ref="A1:I46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A50" sqref="A50"/>
+      <selection activeCell="A4" sqref="A4:I46"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
-[...20 lines deleted...]
-    <col min="22" max="22" width="15" customWidth="true" style="0"/>
+    <col min="1" max="1" width="6" customWidth="true" style="0"/>
+    <col min="2" max="2" width="14" customWidth="true" style="0"/>
+    <col min="3" max="3" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="14" customWidth="true" style="0"/>
+    <col min="5" max="5" width="14" customWidth="true" style="0"/>
+    <col min="6" max="6" width="14" customWidth="true" style="0"/>
+    <col min="7" max="7" width="14" customWidth="true" style="0"/>
+    <col min="8" max="8" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23">
+    <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:23">
+    <row r="2" spans="1:9">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:23" customHeight="1" ht="150">
-      <c r="A4" s="4" t="s">
+    <row r="4" spans="1:9" customHeight="1" ht="150">
+      <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="4" t="s">
+      <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="4" t="s">
+      <c r="C4" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="4" t="s">
+      <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="E4" s="9" t="s">
+      <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="F4" s="9" t="s">
+      <c r="F4" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="G4" s="9" t="s">
+      <c r="G4" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="H4" s="9" t="s">
+      <c r="H4" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="I4" s="9" t="s">
+      <c r="I4" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="J4" s="9" t="s">
+    </row>
+    <row r="5" spans="1:9">
+      <c r="A5" s="4">
+        <v>1</v>
+      </c>
+      <c r="B5" s="4">
+        <v>1831</v>
+      </c>
+      <c r="C5" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="K4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="L4" s="9" t="s">
+      <c r="D5" s="6">
+        <v>15.59</v>
+      </c>
+      <c r="E5" s="6">
+        <v>19.8</v>
+      </c>
+      <c r="F5" s="6">
+        <v>26.35</v>
+      </c>
+      <c r="G5" s="6">
+        <v>20.51</v>
+      </c>
+      <c r="H5" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I5" s="8">
+        <v>5.79</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9">
+      <c r="A6" s="4">
+        <v>2</v>
+      </c>
+      <c r="B6" s="4">
+        <v>1674</v>
+      </c>
+      <c r="C6" s="4" t="s">
         <v>13</v>
       </c>
-      <c r="M4" s="9" t="s">
+      <c r="D6" s="6">
+        <v>39.64</v>
+      </c>
+      <c r="E6" s="6">
+        <v>36.77</v>
+      </c>
+      <c r="F6" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H6" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I6" s="8">
+        <v>8.17</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9">
+      <c r="A7" s="4">
+        <v>3</v>
+      </c>
+      <c r="B7" s="4">
+        <v>3879</v>
+      </c>
+      <c r="C7" s="4" t="s">
         <v>14</v>
       </c>
-      <c r="N4" s="9" t="s">
+      <c r="D7" s="6">
+        <v>41.02</v>
+      </c>
+      <c r="E7" s="6">
+        <v>42.46</v>
+      </c>
+      <c r="F7" s="6">
+        <v>25.24</v>
+      </c>
+      <c r="G7" s="6">
+        <v>32.39</v>
+      </c>
+      <c r="H7" s="6">
+        <v>29.54</v>
+      </c>
+      <c r="I7" s="8">
+        <v>18.37</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9">
+      <c r="A8" s="4">
+        <v>4</v>
+      </c>
+      <c r="B8" s="4">
+        <v>1675</v>
+      </c>
+      <c r="C8" s="4" t="s">
         <v>15</v>
       </c>
-      <c r="O4" s="9" t="s">
+      <c r="D8" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" s="6">
+        <v>25.21</v>
+      </c>
+      <c r="F8" s="6">
+        <v>28.76</v>
+      </c>
+      <c r="G8" s="6">
+        <v>25.79</v>
+      </c>
+      <c r="H8" s="6">
+        <v>21.82</v>
+      </c>
+      <c r="I8" s="8">
+        <v>23.515</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9">
+      <c r="A9" s="4">
+        <v>5</v>
+      </c>
+      <c r="B9" s="4">
+        <v>2170</v>
+      </c>
+      <c r="C9" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="P4" s="9" t="s">
+      <c r="D9" s="6">
+        <v>32.96</v>
+      </c>
+      <c r="E9" s="6">
+        <v>28.66</v>
+      </c>
+      <c r="F9" s="6">
+        <v>28.76</v>
+      </c>
+      <c r="G9" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H9" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I9" s="8">
+        <v>28.71</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9">
+      <c r="A10" s="4">
+        <v>6</v>
+      </c>
+      <c r="B10" s="4">
+        <v>1988</v>
+      </c>
+      <c r="C10" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="Q4" s="9" t="s">
+      <c r="D10" s="6">
+        <v>52.39</v>
+      </c>
+      <c r="E10" s="6">
+        <v>38.17</v>
+      </c>
+      <c r="F10" s="6">
+        <v>36.0</v>
+      </c>
+      <c r="G10" s="6">
+        <v>39.21</v>
+      </c>
+      <c r="H10" s="6">
+        <v>23.8</v>
+      </c>
+      <c r="I10" s="8">
+        <v>29.9</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9">
+      <c r="A11" s="4">
+        <v>7</v>
+      </c>
+      <c r="B11" s="4">
+        <v>1553</v>
+      </c>
+      <c r="C11" s="4" t="s">
         <v>18</v>
       </c>
-      <c r="R4" s="9" t="s">
+      <c r="D11" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" s="6">
+        <v>70.15</v>
+      </c>
+      <c r="F11" s="6">
+        <v>57.94</v>
+      </c>
+      <c r="G11" s="6">
+        <v>32.83</v>
+      </c>
+      <c r="H11" s="6">
+        <v>30.27</v>
+      </c>
+      <c r="I11" s="8">
+        <v>31.55</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9">
+      <c r="A12" s="4">
+        <v>8</v>
+      </c>
+      <c r="B12" s="4">
+        <v>1911</v>
+      </c>
+      <c r="C12" s="4" t="s">
         <v>19</v>
       </c>
-      <c r="S4" s="9" t="s">
+      <c r="D12" s="6">
+        <v>49.75</v>
+      </c>
+      <c r="E12" s="6">
+        <v>35.0</v>
+      </c>
+      <c r="F12" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" s="6">
+        <v>56.15</v>
+      </c>
+      <c r="H12" s="6">
+        <v>39.65</v>
+      </c>
+      <c r="I12" s="8">
+        <v>37.325</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9">
+      <c r="A13" s="4">
+        <v>9</v>
+      </c>
+      <c r="B13" s="4">
+        <v>2522</v>
+      </c>
+      <c r="C13" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="T4" s="9" t="s">
+      <c r="D13" s="6">
+        <v>51.03</v>
+      </c>
+      <c r="E13" s="6">
+        <v>51.68</v>
+      </c>
+      <c r="F13" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" s="6">
+        <v>80.35</v>
+      </c>
+      <c r="H13" s="6">
+        <v>29.85</v>
+      </c>
+      <c r="I13" s="8">
+        <v>40.44</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9">
+      <c r="A14" s="4">
+        <v>10</v>
+      </c>
+      <c r="B14" s="4">
+        <v>2344</v>
+      </c>
+      <c r="C14" s="4" t="s">
         <v>21</v>
       </c>
-      <c r="U4" s="9" t="s">
+      <c r="D14" s="6">
+        <v>41.89</v>
+      </c>
+      <c r="E14" s="6">
+        <v>46.56</v>
+      </c>
+      <c r="F14" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" s="6">
+        <v>46.8</v>
+      </c>
+      <c r="H14" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I14" s="8">
+        <v>44.225</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9">
+      <c r="A15" s="4">
+        <v>11</v>
+      </c>
+      <c r="B15" s="4">
+        <v>1732</v>
+      </c>
+      <c r="C15" s="4" t="s">
         <v>22</v>
       </c>
-      <c r="V4" s="9" t="s">
+      <c r="D15" s="6">
+        <v>53.67</v>
+      </c>
+      <c r="E15" s="6">
+        <v>57.1</v>
+      </c>
+      <c r="F15" s="6">
+        <v>54.72</v>
+      </c>
+      <c r="G15" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H15" s="6">
+        <v>35.8</v>
+      </c>
+      <c r="I15" s="8">
+        <v>44.735</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9">
+      <c r="A16" s="4">
+        <v>12</v>
+      </c>
+      <c r="B16" s="4">
+        <v>2173</v>
+      </c>
+      <c r="C16" s="4" t="s">
         <v>23</v>
       </c>
-      <c r="W4" s="18" t="s">
+      <c r="D16" s="6">
+        <v>78.51</v>
+      </c>
+      <c r="E16" s="6">
+        <v>49.27</v>
+      </c>
+      <c r="F16" s="6">
+        <v>82.08</v>
+      </c>
+      <c r="G16" s="6">
+        <v>50.54</v>
+      </c>
+      <c r="H16" s="6">
+        <v>45.91</v>
+      </c>
+      <c r="I16" s="8">
+        <v>47.59</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9">
+      <c r="A17" s="4">
+        <v>13</v>
+      </c>
+      <c r="B17" s="4">
+        <v>3757</v>
+      </c>
+      <c r="C17" s="4" t="s">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="5" t="s">
+      <c r="D17" s="6">
+        <v>59.85</v>
+      </c>
+      <c r="E17" s="6">
+        <v>49.92</v>
+      </c>
+      <c r="F17" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H17" s="6">
+        <v>45.81</v>
+      </c>
+      <c r="I17" s="8">
+        <v>47.865</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9">
+      <c r="A18" s="4">
+        <v>14</v>
+      </c>
+      <c r="B18" s="4">
+        <v>2762</v>
+      </c>
+      <c r="C18" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="B5" s="5" t="s">
+      <c r="D18" s="6">
+        <v>59.27</v>
+      </c>
+      <c r="E18" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F18" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" s="6">
+        <v>51.64</v>
+      </c>
+      <c r="H18" s="6">
+        <v>51.44</v>
+      </c>
+      <c r="I18" s="8">
+        <v>51.54</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9">
+      <c r="A19" s="4">
+        <v>15</v>
+      </c>
+      <c r="B19" s="4">
+        <v>1758</v>
+      </c>
+      <c r="C19" s="4" t="s">
         <v>26</v>
       </c>
-      <c r="C5" s="5" t="s">
+      <c r="D19" s="6">
+        <v>66.93</v>
+      </c>
+      <c r="E19" s="6">
+        <v>47.5</v>
+      </c>
+      <c r="F19" s="6">
+        <v>72.62</v>
+      </c>
+      <c r="G19" s="6">
+        <v>78.26</v>
+      </c>
+      <c r="H19" s="6">
+        <v>79.18</v>
+      </c>
+      <c r="I19" s="8">
+        <v>57.215</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9">
+      <c r="A20" s="4">
+        <v>16</v>
+      </c>
+      <c r="B20" s="4">
+        <v>1989</v>
+      </c>
+      <c r="C20" s="4" t="s">
         <v>27</v>
       </c>
-      <c r="D5" s="5">
-[...8 lines deleted...]
-      <c r="G5" s="15" t="s">
+      <c r="D20" s="6">
+        <v>74.68</v>
+      </c>
+      <c r="E20" s="6">
+        <v>66.23</v>
+      </c>
+      <c r="F20" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" s="6">
+        <v>78.59</v>
+      </c>
+      <c r="H20" s="6">
+        <v>59.47</v>
+      </c>
+      <c r="I20" s="8">
+        <v>62.85</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9">
+      <c r="A21" s="4">
+        <v>17</v>
+      </c>
+      <c r="B21" s="4">
+        <v>1891</v>
+      </c>
+      <c r="C21" s="4" t="s">
         <v>28</v>
       </c>
-      <c r="H5" s="10">
-[...26 lines deleted...]
-      <c r="Q5" s="15" t="s">
+      <c r="D21" s="6">
+        <v>67.31</v>
+      </c>
+      <c r="E21" s="6">
+        <v>69.59</v>
+      </c>
+      <c r="F21" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" s="6">
+        <v>73.75</v>
+      </c>
+      <c r="H21" s="6">
+        <v>60.93</v>
+      </c>
+      <c r="I21" s="8">
+        <v>63.42</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9">
+      <c r="A22" s="4">
+        <v>18</v>
+      </c>
+      <c r="B22" s="4">
+        <v>2137</v>
+      </c>
+      <c r="C22" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="D22" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" s="6">
+        <v>63.53</v>
+      </c>
+      <c r="F22" s="6">
+        <v>68.9</v>
+      </c>
+      <c r="G22" s="6">
+        <v>69.9</v>
+      </c>
+      <c r="H22" s="6">
+        <v>79.08</v>
+      </c>
+      <c r="I22" s="8">
+        <v>66.215</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9">
+      <c r="A23" s="4">
+        <v>19</v>
+      </c>
+      <c r="B23" s="4">
+        <v>2954</v>
+      </c>
+      <c r="C23" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="D23" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F23" s="6">
+        <v>96.67</v>
+      </c>
+      <c r="G23" s="6">
+        <v>79.25</v>
+      </c>
+      <c r="H23" s="6">
+        <v>61.04</v>
+      </c>
+      <c r="I23" s="8">
+        <v>70.145</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9">
+      <c r="A24" s="4">
+        <v>20</v>
+      </c>
+      <c r="B24" s="4">
+        <v>3098</v>
+      </c>
+      <c r="C24" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D24" s="6">
+        <v>120.9</v>
+      </c>
+      <c r="E24" s="6">
+        <v>101.12</v>
+      </c>
+      <c r="F24" s="6">
+        <v>76.55</v>
+      </c>
+      <c r="G24" s="6">
+        <v>74.52</v>
+      </c>
+      <c r="H24" s="6">
+        <v>70.94</v>
+      </c>
+      <c r="I24" s="8">
+        <v>72.73</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9">
+      <c r="A25" s="4">
+        <v>21</v>
+      </c>
+      <c r="B25" s="4">
+        <v>3999</v>
+      </c>
+      <c r="C25" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D25" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F25" s="6">
+        <v>87.21</v>
+      </c>
+      <c r="G25" s="6">
+        <v>59.45</v>
+      </c>
+      <c r="H25" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I25" s="8">
+        <v>73.33</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9">
+      <c r="A26" s="4">
+        <v>22</v>
+      </c>
+      <c r="B26" s="4">
+        <v>1765</v>
+      </c>
+      <c r="C26" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="D26" s="6">
+        <v>71.64</v>
+      </c>
+      <c r="E26" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F26" s="6">
+        <v>95.36</v>
+      </c>
+      <c r="G26" s="6">
+        <v>79.58</v>
+      </c>
+      <c r="H26" s="6">
+        <v>107.34</v>
+      </c>
+      <c r="I26" s="8">
+        <v>75.61</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9">
+      <c r="A27" s="4">
+        <v>23</v>
+      </c>
+      <c r="B27" s="4">
+        <v>2079</v>
+      </c>
+      <c r="C27" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="D27" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" s="6">
+        <v>75.65</v>
+      </c>
+      <c r="F27" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H27" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I27" s="8">
+        <v>75.65</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9">
+      <c r="A28" s="4">
+        <v>24</v>
+      </c>
+      <c r="B28" s="4">
+        <v>2174</v>
+      </c>
+      <c r="C28" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="D28" s="6">
+        <v>84.5</v>
+      </c>
+      <c r="E28" s="6">
+        <v>67.17</v>
+      </c>
+      <c r="F28" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H28" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I28" s="8">
+        <v>75.835</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9">
+      <c r="A29" s="4">
+        <v>25</v>
+      </c>
+      <c r="B29" s="4">
+        <v>1851</v>
+      </c>
+      <c r="C29" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="D29" s="6">
+        <v>119.04</v>
+      </c>
+      <c r="E29" s="6">
+        <v>103.26</v>
+      </c>
+      <c r="F29" s="6">
+        <v>100.19</v>
+      </c>
+      <c r="G29" s="6">
+        <v>83.65</v>
+      </c>
+      <c r="H29" s="6">
+        <v>78.66</v>
+      </c>
+      <c r="I29" s="8">
+        <v>81.155</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9">
+      <c r="A30" s="4">
+        <v>26</v>
+      </c>
+      <c r="B30" s="4">
+        <v>1854</v>
+      </c>
+      <c r="C30" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D30" s="6">
+        <v>84.79</v>
+      </c>
+      <c r="E30" s="6">
+        <v>84.89</v>
+      </c>
+      <c r="F30" s="6">
+        <v>114.68</v>
+      </c>
+      <c r="G30" s="6">
+        <v>102.46</v>
+      </c>
+      <c r="H30" s="6">
+        <v>97.02</v>
+      </c>
+      <c r="I30" s="8">
+        <v>84.84</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9">
+      <c r="A31" s="4">
+        <v>27</v>
+      </c>
+      <c r="B31" s="4">
+        <v>2645</v>
+      </c>
+      <c r="C31" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D31" s="6">
+        <v>102.45</v>
+      </c>
+      <c r="E31" s="6">
+        <v>75.29</v>
+      </c>
+      <c r="F31" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H31" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I31" s="8">
+        <v>88.87</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9">
+      <c r="A32" s="4">
         <v>28</v>
       </c>
-      <c r="R5" s="10">
-[...19 lines deleted...]
-      <c r="A6" s="6" t="s">
+      <c r="B32" s="4">
+        <v>4000</v>
+      </c>
+      <c r="C32" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D32" s="6">
+        <v>86.84</v>
+      </c>
+      <c r="E32" s="6">
+        <v>96.82</v>
+      </c>
+      <c r="F32" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H32" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I32" s="8">
+        <v>91.83</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9">
+      <c r="A33" s="4">
         <v>29</v>
       </c>
-      <c r="B6" s="6" t="s">
+      <c r="B33" s="4">
+        <v>1741</v>
+      </c>
+      <c r="C33" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D33" s="6">
+        <v>118.15</v>
+      </c>
+      <c r="E33" s="6">
+        <v>95.34</v>
+      </c>
+      <c r="F33" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H33" s="6">
+        <v>119.86</v>
+      </c>
+      <c r="I33" s="8">
+        <v>106.745</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9">
+      <c r="A34" s="4">
         <v>30</v>
       </c>
-      <c r="C6" s="6" t="s">
+      <c r="B34" s="4">
+        <v>2142</v>
+      </c>
+      <c r="C34" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D34" s="6">
+        <v>141.71</v>
+      </c>
+      <c r="E34" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F34" s="6">
+        <v>109.75</v>
+      </c>
+      <c r="G34" s="6">
+        <v>116.1</v>
+      </c>
+      <c r="H34" s="6">
+        <v>116.63</v>
+      </c>
+      <c r="I34" s="8">
+        <v>112.925</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9">
+      <c r="A35" s="4">
         <v>31</v>
       </c>
-      <c r="D6" s="6">
-[...61 lines deleted...]
-      <c r="A7" s="7" t="s">
+      <c r="B35" s="4">
+        <v>2548</v>
+      </c>
+      <c r="C35" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D35" s="6">
+        <v>157.62</v>
+      </c>
+      <c r="E35" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F35" s="6">
+        <v>119.4</v>
+      </c>
+      <c r="G35" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H35" s="6">
+        <v>111.52</v>
+      </c>
+      <c r="I35" s="8">
+        <v>115.46</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9">
+      <c r="A36" s="4">
         <v>32</v>
       </c>
-      <c r="B7" s="7" t="s">
+      <c r="B36" s="4">
+        <v>2513</v>
+      </c>
+      <c r="C36" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D36" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F36" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" s="6">
+        <v>121.93</v>
+      </c>
+      <c r="H36" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I36" s="8">
+        <v>121.93</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9">
+      <c r="A37" s="4">
         <v>33</v>
       </c>
-      <c r="C7" s="7" t="s">
+      <c r="B37" s="4">
+        <v>3949</v>
+      </c>
+      <c r="C37" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D37" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F37" s="6">
+        <v>124.44</v>
+      </c>
+      <c r="G37" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H37" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I37" s="8">
+        <v>124.44</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9">
+      <c r="A38" s="4">
         <v>34</v>
       </c>
-      <c r="D7" s="7">
-[...64 lines deleted...]
-      <c r="B8" s="8" t="s">
+      <c r="B38" s="4">
+        <v>4041</v>
+      </c>
+      <c r="C38" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D38" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F38" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" s="6">
+        <v>125.89</v>
+      </c>
+      <c r="H38" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I38" s="8">
+        <v>125.89</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9">
+      <c r="A39" s="4">
         <v>35</v>
       </c>
-      <c r="C8" s="8" t="s">
+      <c r="B39" s="4">
+        <v>2135</v>
+      </c>
+      <c r="C39" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="D39" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F39" s="6">
+        <v>131.38</v>
+      </c>
+      <c r="G39" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H39" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I39" s="8">
+        <v>131.38</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9">
+      <c r="A40" s="4">
         <v>36</v>
       </c>
-      <c r="D8" s="8">
-[...64 lines deleted...]
-      <c r="B9" s="8" t="s">
+      <c r="B40" s="4">
+        <v>1858</v>
+      </c>
+      <c r="C40" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="D40" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" s="6">
+        <v>63.53</v>
+      </c>
+      <c r="F40" s="6">
+        <v>76.55</v>
+      </c>
+      <c r="G40" s="6">
+        <v>77.16</v>
+      </c>
+      <c r="H40" s="6">
+        <v>76.26</v>
+      </c>
+      <c r="I40" s="8">
+        <v>139.79</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9">
+      <c r="A41" s="4">
         <v>37</v>
       </c>
-      <c r="C9" s="8" t="s">
+      <c r="B41" s="4">
+        <v>4168</v>
+      </c>
+      <c r="C41" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="D41" s="6">
+        <v>147.9</v>
+      </c>
+      <c r="E41" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F41" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G41" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H41" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I41" s="8">
+        <v>147.9</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9">
+      <c r="A42" s="4">
         <v>38</v>
       </c>
-      <c r="D9" s="8">
-[...64 lines deleted...]
-      <c r="B10" s="8" t="s">
+      <c r="B42" s="4">
+        <v>2402</v>
+      </c>
+      <c r="C42" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="D42" s="6">
+        <v>148.38</v>
+      </c>
+      <c r="E42" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F42" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H42" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I42" s="8">
+        <v>148.38</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9">
+      <c r="A43" s="4">
         <v>39</v>
       </c>
-      <c r="C10" s="8" t="s">
-[...67 lines deleted...]
-      <c r="B11" s="8" t="s">
+      <c r="B43" s="4">
+        <v>3954</v>
+      </c>
+      <c r="C43" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="D43" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F43" s="6">
+        <v>87.01</v>
+      </c>
+      <c r="G43" s="6">
+        <v>73.53</v>
+      </c>
+      <c r="H43" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I43" s="8">
+        <v>160.54</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9">
+      <c r="A44" s="4">
         <v>40</v>
       </c>
-      <c r="C11" s="8" t="s">
+      <c r="B44" s="4">
+        <v>3942</v>
+      </c>
+      <c r="C44" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="D44" s="6">
+        <v>172.43</v>
+      </c>
+      <c r="E44" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F44" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G44" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H44" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I44" s="8">
+        <v>172.43</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9">
+      <c r="A45" s="4">
         <v>41</v>
       </c>
-      <c r="D11" s="8">
-[...64 lines deleted...]
-      <c r="B12" s="8" t="s">
+      <c r="B45" s="4">
+        <v>3941</v>
+      </c>
+      <c r="C45" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="D45" s="6">
+        <v>111.87</v>
+      </c>
+      <c r="E45" s="6">
+        <v>79.57</v>
+      </c>
+      <c r="F45" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G45" s="6">
+        <v>125.67</v>
+      </c>
+      <c r="H45" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I45" s="8">
+        <v>191.44</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9">
+      <c r="A46" s="4">
         <v>42</v>
       </c>
-      <c r="C12" s="8" t="s">
-[...706 lines deleted...]
-      <c r="B22" s="8" t="s">
+      <c r="B46" s="4">
+        <v>2741</v>
+      </c>
+      <c r="C46" s="4" t="s">
         <v>53</v>
       </c>
-      <c r="C22" s="8" t="s">
-[...1014 lines deleted...]
-      <c r="J36" s="13">
+      <c r="D46" s="6">
         <v>140.83</v>
       </c>
-      <c r="K36" s="13">
+      <c r="E46" s="6">
         <v>104.2</v>
       </c>
-      <c r="L36" s="13">
-[...5 lines deleted...]
-      <c r="N36" s="13">
+      <c r="F46" s="6">
         <v>119.3</v>
       </c>
-      <c r="O36" s="14" t="s">
-[...5 lines deleted...]
-      <c r="Q36" s="13">
+      <c r="G46" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H46" s="6">
         <v>116.31</v>
       </c>
-      <c r="R36" s="13">
-[...735 lines deleted...]
-        <v>92</v>
+      <c r="I46" s="8">
+        <v>220.51</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:V1"/>
-[...2 lines deleted...]
-    <mergeCell ref="A50:W50"/>
+    <mergeCell ref="A1:I1"/>
+    <mergeCell ref="A2:I2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T76"/>
+  <dimension ref="A1:H72"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A76" sqref="A76"/>
+      <selection activeCell="A4" sqref="A4:H72"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
-[...17 lines deleted...]
-    <col min="19" max="19" width="15" customWidth="true" style="0"/>
+    <col min="1" max="1" width="6" customWidth="true" style="0"/>
+    <col min="2" max="2" width="14" customWidth="true" style="0"/>
+    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="14" customWidth="true" style="0"/>
+    <col min="5" max="5" width="14" customWidth="true" style="0"/>
+    <col min="6" max="6" width="14" customWidth="true" style="0"/>
+    <col min="7" max="7" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:20">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:20" customHeight="1" ht="150">
-      <c r="A4" s="4" t="s">
+    <row r="4" spans="1:8" customHeight="1" ht="150">
+      <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="4" t="s">
+      <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="4" t="s">
+      <c r="C4" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="4" t="s">
+      <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="E4" s="9" t="s">
+      <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="F4" s="9" t="s">
+      <c r="F4" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="G4" s="9" t="s">
+      <c r="G4" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="H4" s="3" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5" s="4">
+        <v>1</v>
+      </c>
+      <c r="B5" s="4">
+        <v>1919</v>
+      </c>
+      <c r="C5" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="D5" s="6">
+        <v>242.52</v>
+      </c>
+      <c r="E5" s="6">
+        <v>212.09</v>
+      </c>
+      <c r="F5" s="6">
+        <v>179.19</v>
+      </c>
+      <c r="G5" s="6">
+        <v>176.56</v>
+      </c>
+      <c r="H5" s="8">
+        <v>177.875</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" s="4">
+        <v>2</v>
+      </c>
+      <c r="B6" s="4">
+        <v>2666</v>
+      </c>
+      <c r="C6" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="D6" s="6">
+        <v>215.66</v>
+      </c>
+      <c r="E6" s="6">
+        <v>209.99</v>
+      </c>
+      <c r="F6" s="6">
+        <v>191.81</v>
+      </c>
+      <c r="G6" s="6">
+        <v>198.72</v>
+      </c>
+      <c r="H6" s="8">
+        <v>183.81</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" s="4">
+        <v>3</v>
+      </c>
+      <c r="B7" s="4">
+        <v>3120</v>
+      </c>
+      <c r="C7" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="D7" s="6">
+        <v>186.47</v>
+      </c>
+      <c r="E7" s="6">
+        <v>191.28</v>
+      </c>
+      <c r="F7" s="6">
+        <v>220.3</v>
+      </c>
+      <c r="G7" s="6">
+        <v>219.58</v>
+      </c>
+      <c r="H7" s="8">
+        <v>188.875</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" s="4">
+        <v>4</v>
+      </c>
+      <c r="B8" s="4">
+        <v>3130</v>
+      </c>
+      <c r="C8" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="D8" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" s="6">
+        <v>193.98</v>
+      </c>
+      <c r="G8" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H8" s="8">
+        <v>193.98</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" s="4">
+        <v>5</v>
+      </c>
+      <c r="B9" s="4">
+        <v>4026</v>
+      </c>
+      <c r="C9" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="D9" s="6">
+        <v>200.68</v>
+      </c>
+      <c r="E9" s="6">
+        <v>229.5</v>
+      </c>
+      <c r="F9" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" s="6">
+        <v>206.98</v>
+      </c>
+      <c r="H9" s="8">
+        <v>194.19</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" s="4">
+        <v>6</v>
+      </c>
+      <c r="B10" s="4">
+        <v>4096</v>
+      </c>
+      <c r="C10" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="D10" s="6">
+        <v>244.27</v>
+      </c>
+      <c r="E10" s="6">
+        <v>282.5</v>
+      </c>
+      <c r="F10" s="6">
+        <v>210.51</v>
+      </c>
+      <c r="G10" s="6">
+        <v>216.76</v>
+      </c>
+      <c r="H10" s="8">
+        <v>200.46</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" s="4">
+        <v>7</v>
+      </c>
+      <c r="B11" s="4">
+        <v>4013</v>
+      </c>
+      <c r="C11" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="D11" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" s="6">
+        <v>205.43</v>
+      </c>
+      <c r="F11" s="6">
+        <v>215.52</v>
+      </c>
+      <c r="G11" s="6">
+        <v>200.25</v>
+      </c>
+      <c r="H11" s="8">
+        <v>202.84</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" s="4">
+        <v>8</v>
+      </c>
+      <c r="B12" s="4">
+        <v>4048</v>
+      </c>
+      <c r="C12" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="D12" s="6">
+        <v>256.13</v>
+      </c>
+      <c r="E12" s="6">
+        <v>206.09</v>
+      </c>
+      <c r="F12" s="6">
+        <v>237.49</v>
+      </c>
+      <c r="G12" s="6">
+        <v>221.98</v>
+      </c>
+      <c r="H12" s="8">
+        <v>214.035</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" s="4">
         <v>9</v>
       </c>
-      <c r="H4" s="9" t="s">
+      <c r="B13" s="4">
+        <v>2663</v>
+      </c>
+      <c r="C13" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="D13" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" s="6">
+        <v>201.21</v>
+      </c>
+      <c r="F13" s="6">
+        <v>268.16</v>
+      </c>
+      <c r="G13" s="6">
+        <v>227.62</v>
+      </c>
+      <c r="H13" s="8">
+        <v>214.415</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" s="4">
         <v>10</v>
       </c>
-      <c r="I4" s="9" t="s">
+      <c r="B14" s="4">
+        <v>2506</v>
+      </c>
+      <c r="C14" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="D14" s="6">
+        <v>231.43</v>
+      </c>
+      <c r="E14" s="6">
+        <v>207.21</v>
+      </c>
+      <c r="F14" s="6">
+        <v>230.75</v>
+      </c>
+      <c r="G14" s="6">
+        <v>228.28</v>
+      </c>
+      <c r="H14" s="8">
+        <v>217.745</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" s="4">
         <v>11</v>
       </c>
-      <c r="J4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="K4" s="9" t="s">
+      <c r="B15" s="4">
+        <v>4051</v>
+      </c>
+      <c r="C15" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="D15" s="6">
+        <v>212.36</v>
+      </c>
+      <c r="E15" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" s="6">
+        <v>242.71</v>
+      </c>
+      <c r="G15" s="6">
+        <v>240.45</v>
+      </c>
+      <c r="H15" s="8">
+        <v>226.405</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" s="4">
+        <v>12</v>
+      </c>
+      <c r="B16" s="4">
+        <v>4025</v>
+      </c>
+      <c r="C16" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="D16" s="6">
+        <v>232.0</v>
+      </c>
+      <c r="E16" s="6">
+        <v>232.91</v>
+      </c>
+      <c r="F16" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H16" s="8">
+        <v>232.455</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" s="4">
         <v>13</v>
       </c>
-      <c r="L4" s="9" t="s">
+      <c r="B17" s="4">
+        <v>4049</v>
+      </c>
+      <c r="C17" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="D17" s="6">
+        <v>239.99</v>
+      </c>
+      <c r="E17" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" s="6">
+        <v>234.01</v>
+      </c>
+      <c r="G17" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H17" s="8">
+        <v>237.0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" s="4">
         <v>14</v>
       </c>
-      <c r="M4" s="9" t="s">
+      <c r="B18" s="4">
+        <v>2796</v>
+      </c>
+      <c r="C18" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="D18" s="6">
+        <v>254.0</v>
+      </c>
+      <c r="E18" s="6">
+        <v>236.33</v>
+      </c>
+      <c r="F18" s="6">
+        <v>245.1</v>
+      </c>
+      <c r="G18" s="6">
+        <v>238.06</v>
+      </c>
+      <c r="H18" s="8">
+        <v>237.195</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" s="4">
         <v>15</v>
       </c>
-      <c r="N4" s="9" t="s">
+      <c r="B19" s="4">
+        <v>4040</v>
+      </c>
+      <c r="C19" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="D19" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F19" s="6">
+        <v>281.87</v>
+      </c>
+      <c r="G19" s="6">
+        <v>275.21</v>
+      </c>
+      <c r="H19" s="8">
+        <v>238.9</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" s="4">
         <v>16</v>
       </c>
-      <c r="O4" s="9" t="s">
+      <c r="B20" s="4">
+        <v>4042</v>
+      </c>
+      <c r="C20" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="D20" s="6">
+        <v>262.18</v>
+      </c>
+      <c r="E20" s="6">
+        <v>224.94</v>
+      </c>
+      <c r="F20" s="6">
+        <v>284.91</v>
+      </c>
+      <c r="G20" s="6">
+        <v>286.08</v>
+      </c>
+      <c r="H20" s="8">
+        <v>243.56</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" s="4">
+        <v>17</v>
+      </c>
+      <c r="B21" s="4">
+        <v>4038</v>
+      </c>
+      <c r="C21" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="D21" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" s="6">
+        <v>253.4</v>
+      </c>
+      <c r="F21" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H21" s="8">
+        <v>253.4</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" s="4">
+        <v>18</v>
+      </c>
+      <c r="B22" s="4">
+        <v>2787</v>
+      </c>
+      <c r="C22" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="D22" s="6">
+        <v>278.12</v>
+      </c>
+      <c r="E22" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" s="6">
+        <v>293.39</v>
+      </c>
+      <c r="G22" s="6">
+        <v>234.58</v>
+      </c>
+      <c r="H22" s="8">
+        <v>256.35</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" s="4">
         <v>19</v>
       </c>
-      <c r="P4" s="9" t="s">
+      <c r="B23" s="4">
+        <v>1770</v>
+      </c>
+      <c r="C23" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="D23" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" s="6">
+        <v>258.12</v>
+      </c>
+      <c r="F23" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H23" s="8">
+        <v>258.12</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" s="4">
         <v>20</v>
       </c>
-      <c r="Q4" s="9" t="s">
+      <c r="B24" s="4">
+        <v>4043</v>
+      </c>
+      <c r="C24" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="D24" s="6">
+        <v>325.42</v>
+      </c>
+      <c r="E24" s="6">
+        <v>245.27</v>
+      </c>
+      <c r="F24" s="6">
+        <v>316.02</v>
+      </c>
+      <c r="G24" s="6">
+        <v>285.86</v>
+      </c>
+      <c r="H24" s="8">
+        <v>265.565</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" s="4">
+        <v>21</v>
+      </c>
+      <c r="B25" s="4">
+        <v>2191</v>
+      </c>
+      <c r="C25" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="D25" s="6">
+        <v>275.8</v>
+      </c>
+      <c r="E25" s="6">
+        <v>256.66</v>
+      </c>
+      <c r="F25" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H25" s="8">
+        <v>266.23</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" s="4">
+        <v>22</v>
+      </c>
+      <c r="B26" s="4">
+        <v>4131</v>
+      </c>
+      <c r="C26" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="D26" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" s="6">
+        <v>268.19</v>
+      </c>
+      <c r="F26" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H26" s="8">
+        <v>268.19</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" s="4">
         <v>23</v>
       </c>
-      <c r="R4" s="9" t="s">
-[...5 lines deleted...]
-      <c r="T4" s="18" t="s">
+      <c r="B27" s="4">
+        <v>1816</v>
+      </c>
+      <c r="C27" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="D27" s="6">
+        <v>261.19</v>
+      </c>
+      <c r="E27" s="6">
+        <v>314.87</v>
+      </c>
+      <c r="F27" s="6">
+        <v>351.69</v>
+      </c>
+      <c r="G27" s="6">
+        <v>284.12</v>
+      </c>
+      <c r="H27" s="8">
+        <v>272.655</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" s="4">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="5" t="s">
+      <c r="B28" s="4">
+        <v>4028</v>
+      </c>
+      <c r="C28" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="D28" s="6">
+        <v>275.8</v>
+      </c>
+      <c r="E28" s="6">
+        <v>275.68</v>
+      </c>
+      <c r="F28" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H28" s="8">
+        <v>275.74</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" s="4">
         <v>25</v>
       </c>
-      <c r="B5" s="5" t="s">
+      <c r="B29" s="4">
+        <v>3885</v>
+      </c>
+      <c r="C29" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="D29" s="6">
+        <v>340.98</v>
+      </c>
+      <c r="E29" s="6">
+        <v>288.04</v>
+      </c>
+      <c r="F29" s="6">
+        <v>330.38</v>
+      </c>
+      <c r="G29" s="6">
+        <v>304.98</v>
+      </c>
+      <c r="H29" s="8">
+        <v>281.11</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" s="4">
+        <v>26</v>
+      </c>
+      <c r="B30" s="4">
+        <v>4027</v>
+      </c>
+      <c r="C30" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="D30" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" s="6">
+        <v>278.61</v>
+      </c>
+      <c r="F30" s="6">
+        <v>353.65</v>
+      </c>
+      <c r="G30" s="6">
+        <v>314.11</v>
+      </c>
+      <c r="H30" s="8">
+        <v>285.36</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" s="4">
+        <v>27</v>
+      </c>
+      <c r="B31" s="4">
+        <v>4112</v>
+      </c>
+      <c r="C31" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="D31" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" s="6">
+        <v>297.13</v>
+      </c>
+      <c r="F31" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H31" s="8">
+        <v>297.13</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" s="4">
+        <v>28</v>
+      </c>
+      <c r="B32" s="4">
+        <v>4018</v>
+      </c>
+      <c r="C32" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="D32" s="6">
+        <v>301.29</v>
+      </c>
+      <c r="E32" s="6">
+        <v>301.05</v>
+      </c>
+      <c r="F32" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H32" s="8">
+        <v>301.17</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" s="4">
+        <v>29</v>
+      </c>
+      <c r="B33" s="4">
+        <v>4055</v>
+      </c>
+      <c r="C33" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="D33" s="6">
+        <v>372.5</v>
+      </c>
+      <c r="E33" s="6">
+        <v>284.3</v>
+      </c>
+      <c r="F33" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H33" s="8">
+        <v>311.75</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" s="4">
+        <v>30</v>
+      </c>
+      <c r="B34" s="4">
+        <v>4114</v>
+      </c>
+      <c r="C34" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="D34" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" s="6">
+        <v>311.77</v>
+      </c>
+      <c r="F34" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H34" s="8">
+        <v>311.77</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" s="4">
+        <v>31</v>
+      </c>
+      <c r="B35" s="4">
+        <v>4085</v>
+      </c>
+      <c r="C35" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="D35" s="6">
+        <v>346.62</v>
+      </c>
+      <c r="E35" s="6">
+        <v>301.52</v>
+      </c>
+      <c r="F35" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H35" s="8">
+        <v>324.07</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" s="4">
+        <v>32</v>
+      </c>
+      <c r="B36" s="4">
+        <v>4020</v>
+      </c>
+      <c r="C36" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="D36" s="6">
+        <v>341.56</v>
+      </c>
+      <c r="E36" s="6">
+        <v>308.04</v>
+      </c>
+      <c r="F36" s="6">
+        <v>355.17</v>
+      </c>
+      <c r="G36" s="6">
+        <v>341.71</v>
+      </c>
+      <c r="H36" s="8">
+        <v>324.8</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" s="4">
+        <v>33</v>
+      </c>
+      <c r="B37" s="4">
+        <v>4102</v>
+      </c>
+      <c r="C37" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="D37" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F37" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" s="6">
+        <v>330.84</v>
+      </c>
+      <c r="H37" s="8">
+        <v>330.84</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" s="4">
+        <v>34</v>
+      </c>
+      <c r="B38" s="4">
+        <v>2358</v>
+      </c>
+      <c r="C38" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="D38" s="6">
+        <v>408.12</v>
+      </c>
+      <c r="E38" s="6">
+        <v>368.85</v>
+      </c>
+      <c r="F38" s="6">
+        <v>363.88</v>
+      </c>
+      <c r="G38" s="6">
+        <v>329.1</v>
+      </c>
+      <c r="H38" s="8">
+        <v>346.49</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" s="4">
+        <v>35</v>
+      </c>
+      <c r="B39" s="4">
+        <v>3187</v>
+      </c>
+      <c r="C39" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="D39" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" s="6">
+        <v>348.68</v>
+      </c>
+      <c r="F39" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G39" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H39" s="8">
+        <v>348.68</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" s="4">
+        <v>36</v>
+      </c>
+      <c r="B40" s="4">
+        <v>4175</v>
+      </c>
+      <c r="C40" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="D40" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F40" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G40" s="6">
+        <v>400.81</v>
+      </c>
+      <c r="H40" s="8">
+        <v>400.81</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" s="4">
+        <v>37</v>
+      </c>
+      <c r="B41" s="4">
+        <v>4046</v>
+      </c>
+      <c r="C41" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="D41" s="6">
+        <v>211.38</v>
+      </c>
+      <c r="E41" s="6">
+        <v>207.71</v>
+      </c>
+      <c r="F41" s="6">
+        <v>200.94</v>
+      </c>
+      <c r="G41" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H41" s="8">
+        <v>408.65</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" s="4">
+        <v>38</v>
+      </c>
+      <c r="B42" s="4">
+        <v>2466</v>
+      </c>
+      <c r="C42" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="D42" s="6">
+        <v>207.87</v>
+      </c>
+      <c r="E42" s="6">
+        <v>221.05</v>
+      </c>
+      <c r="F42" s="6">
+        <v>256.63</v>
+      </c>
+      <c r="G42" s="6">
+        <v>229.15</v>
+      </c>
+      <c r="H42" s="8">
+        <v>428.92</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" s="4">
+        <v>39</v>
+      </c>
+      <c r="B43" s="4">
+        <v>4103</v>
+      </c>
+      <c r="C43" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="D43" s="6">
+        <v>249.91</v>
+      </c>
+      <c r="E43" s="6">
+        <v>248.19</v>
+      </c>
+      <c r="F43" s="6">
+        <v>255.76</v>
+      </c>
+      <c r="G43" s="6">
+        <v>224.15</v>
+      </c>
+      <c r="H43" s="8">
+        <v>472.34</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" s="4">
+        <v>40</v>
+      </c>
+      <c r="B44" s="4">
+        <v>2667</v>
+      </c>
+      <c r="C44" s="4" t="s">
         <v>94</v>
       </c>
-      <c r="C5" s="5" t="s">
-[...58 lines deleted...]
-      <c r="B6" s="6" t="s">
+      <c r="D44" s="6">
+        <v>240.58</v>
+      </c>
+      <c r="E44" s="6">
+        <v>269.33</v>
+      </c>
+      <c r="F44" s="6">
+        <v>263.38</v>
+      </c>
+      <c r="G44" s="6">
+        <v>232.19</v>
+      </c>
+      <c r="H44" s="8">
+        <v>472.77</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" s="4">
+        <v>41</v>
+      </c>
+      <c r="B45" s="4">
+        <v>2573</v>
+      </c>
+      <c r="C45" s="4" t="s">
         <v>95</v>
       </c>
-      <c r="C6" s="6" t="s">
-[...58 lines deleted...]
-      <c r="B7" s="7" t="s">
+      <c r="D45" s="6">
+        <v>253.61</v>
+      </c>
+      <c r="E45" s="6">
+        <v>239.41</v>
+      </c>
+      <c r="F45" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G45" s="6">
+        <v>234.8</v>
+      </c>
+      <c r="H45" s="8">
+        <v>474.21</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" s="4">
+        <v>42</v>
+      </c>
+      <c r="B46" s="4">
+        <v>1762</v>
+      </c>
+      <c r="C46" s="4" t="s">
         <v>96</v>
       </c>
-      <c r="C7" s="7" t="s">
+      <c r="D46" s="6">
+        <v>234.53</v>
+      </c>
+      <c r="E46" s="6">
+        <v>246.09</v>
+      </c>
+      <c r="F46" s="6">
+        <v>278.39</v>
+      </c>
+      <c r="G46" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H46" s="8">
+        <v>480.62</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" s="4">
+        <v>43</v>
+      </c>
+      <c r="B47" s="4">
+        <v>4154</v>
+      </c>
+      <c r="C47" s="4" t="s">
         <v>97</v>
       </c>
-      <c r="D7" s="7">
-[...55 lines deleted...]
-      <c r="B8" s="8" t="s">
+      <c r="D47" s="6">
+        <v>264.7</v>
+      </c>
+      <c r="E47" s="6">
+        <v>300.23</v>
+      </c>
+      <c r="F47" s="6">
+        <v>258.81</v>
+      </c>
+      <c r="G47" s="6">
+        <v>252.61</v>
+      </c>
+      <c r="H47" s="8">
+        <v>511.42</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" s="4">
+        <v>44</v>
+      </c>
+      <c r="B48" s="4">
+        <v>2091</v>
+      </c>
+      <c r="C48" s="4" t="s">
         <v>98</v>
       </c>
-      <c r="C8" s="8" t="s">
-[...58 lines deleted...]
-      <c r="B9" s="8" t="s">
+      <c r="D48" s="6">
+        <v>265.48</v>
+      </c>
+      <c r="E48" s="6">
+        <v>255.68</v>
+      </c>
+      <c r="F48" s="6">
+        <v>293.39</v>
+      </c>
+      <c r="G48" s="6">
+        <v>276.08</v>
+      </c>
+      <c r="H48" s="8">
+        <v>521.16</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" s="4">
+        <v>45</v>
+      </c>
+      <c r="B49" s="4">
+        <v>1981</v>
+      </c>
+      <c r="C49" s="4" t="s">
         <v>99</v>
       </c>
-      <c r="C9" s="8" t="s">
-[...58 lines deleted...]
-      <c r="B10" s="8" t="s">
+      <c r="D49" s="6">
+        <v>284.36</v>
+      </c>
+      <c r="E49" s="6">
+        <v>240.4</v>
+      </c>
+      <c r="F49" s="6">
+        <v>306.23</v>
+      </c>
+      <c r="G49" s="6">
+        <v>300.64</v>
+      </c>
+      <c r="H49" s="8">
+        <v>524.76</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" s="4">
+        <v>46</v>
+      </c>
+      <c r="B50" s="4">
+        <v>4117</v>
+      </c>
+      <c r="C50" s="4" t="s">
         <v>100</v>
       </c>
-      <c r="C10" s="8" t="s">
-[...58 lines deleted...]
-      <c r="B11" s="8" t="s">
+      <c r="D50" s="6">
+        <v>264.31</v>
+      </c>
+      <c r="E50" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F50" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" s="6">
+        <v>270.43</v>
+      </c>
+      <c r="H50" s="8">
+        <v>534.74</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" s="4">
+        <v>47</v>
+      </c>
+      <c r="B51" s="4">
+        <v>4107</v>
+      </c>
+      <c r="C51" s="4" t="s">
         <v>101</v>
       </c>
-      <c r="C11" s="8" t="s">
-[...58 lines deleted...]
-      <c r="B12" s="8" t="s">
+      <c r="D51" s="6">
+        <v>287.67</v>
+      </c>
+      <c r="E51" s="6">
+        <v>300.72</v>
+      </c>
+      <c r="F51" s="6">
+        <v>292.31</v>
+      </c>
+      <c r="G51" s="6">
+        <v>249.14</v>
+      </c>
+      <c r="H51" s="8">
+        <v>536.81</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" s="4">
+        <v>48</v>
+      </c>
+      <c r="B52" s="4">
+        <v>1962</v>
+      </c>
+      <c r="C52" s="4" t="s">
         <v>102</v>
       </c>
-      <c r="C12" s="8" t="s">
+      <c r="D52" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E52" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F52" s="6">
+        <v>279.69</v>
+      </c>
+      <c r="G52" s="6">
+        <v>268.91</v>
+      </c>
+      <c r="H52" s="8">
+        <v>548.6</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" s="4">
+        <v>49</v>
+      </c>
+      <c r="B53" s="4">
+        <v>4155</v>
+      </c>
+      <c r="C53" s="4" t="s">
+        <v>103</v>
+      </c>
+      <c r="D53" s="6">
+        <v>270.93</v>
+      </c>
+      <c r="E53" s="6">
+        <v>285.11</v>
+      </c>
+      <c r="F53" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G53" s="6">
+        <v>286.08</v>
+      </c>
+      <c r="H53" s="8">
+        <v>556.04</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" s="4">
+        <v>50</v>
+      </c>
+      <c r="B54" s="4">
+        <v>4053</v>
+      </c>
+      <c r="C54" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="D54" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" s="6">
+        <v>276.66</v>
+      </c>
+      <c r="F54" s="6">
+        <v>311.45</v>
+      </c>
+      <c r="G54" s="6">
+        <v>292.6</v>
+      </c>
+      <c r="H54" s="8">
+        <v>569.26</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" s="4">
+        <v>51</v>
+      </c>
+      <c r="B55" s="4">
+        <v>4145</v>
+      </c>
+      <c r="C55" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="D55" s="6">
+        <v>286.88</v>
+      </c>
+      <c r="E55" s="6">
+        <v>290.95</v>
+      </c>
+      <c r="F55" s="6">
+        <v>316.67</v>
+      </c>
+      <c r="G55" s="6">
+        <v>303.68</v>
+      </c>
+      <c r="H55" s="8">
+        <v>577.83</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" s="4">
+        <v>52</v>
+      </c>
+      <c r="B56" s="4">
+        <v>4111</v>
+      </c>
+      <c r="C56" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="D56" s="6">
+        <v>299.54</v>
+      </c>
+      <c r="E56" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F56" s="6">
+        <v>331.03</v>
+      </c>
+      <c r="G56" s="6">
+        <v>280.43</v>
+      </c>
+      <c r="H56" s="8">
+        <v>579.97</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" s="4">
+        <v>53</v>
+      </c>
+      <c r="B57" s="4">
+        <v>4136</v>
+      </c>
+      <c r="C57" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="D57" s="6">
+        <v>326.19</v>
+      </c>
+      <c r="E57" s="6">
+        <v>287.22</v>
+      </c>
+      <c r="F57" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G57" s="6">
+        <v>295.64</v>
+      </c>
+      <c r="H57" s="8">
+        <v>582.86</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" s="4">
+        <v>54</v>
+      </c>
+      <c r="B58" s="4">
+        <v>1665</v>
+      </c>
+      <c r="C58" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="D58" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" s="6">
+        <v>287.55</v>
+      </c>
+      <c r="F58" s="6">
+        <v>298.62</v>
+      </c>
+      <c r="G58" s="6">
+        <v>298.9</v>
+      </c>
+      <c r="H58" s="8">
+        <v>586.17</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" s="4">
+        <v>55</v>
+      </c>
+      <c r="B59" s="4">
+        <v>4153</v>
+      </c>
+      <c r="C59" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="D59" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F59" s="6">
+        <v>307.53</v>
+      </c>
+      <c r="G59" s="6">
+        <v>278.91</v>
+      </c>
+      <c r="H59" s="8">
+        <v>586.44</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" s="4">
         <v>56</v>
       </c>
-      <c r="D12" s="8">
-[...144 lines deleted...]
-      <c r="K14" s="13">
+      <c r="B60" s="4">
+        <v>4115</v>
+      </c>
+      <c r="C60" s="4" t="s">
+        <v>110</v>
+      </c>
+      <c r="D60" s="6">
+        <v>343.12</v>
+      </c>
+      <c r="E60" s="6">
+        <v>307.55</v>
+      </c>
+      <c r="F60" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G60" s="6">
+        <v>319.76</v>
+      </c>
+      <c r="H60" s="8">
+        <v>627.31</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" s="4">
+        <v>57</v>
+      </c>
+      <c r="B61" s="4">
+        <v>2452</v>
+      </c>
+      <c r="C61" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="D61" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E61" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F61" s="6">
+        <v>320.37</v>
+      </c>
+      <c r="G61" s="6">
+        <v>309.76</v>
+      </c>
+      <c r="H61" s="8">
+        <v>630.13</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" s="4">
+        <v>58</v>
+      </c>
+      <c r="B62" s="4">
+        <v>3136</v>
+      </c>
+      <c r="C62" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="D62" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E62" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F62" s="6">
+        <v>329.51</v>
+      </c>
+      <c r="G62" s="6">
+        <v>313.02</v>
+      </c>
+      <c r="H62" s="8">
+        <v>642.53</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" s="4">
+        <v>59</v>
+      </c>
+      <c r="B63" s="4">
+        <v>4147</v>
+      </c>
+      <c r="C63" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="D63" s="6">
+        <v>351.87</v>
+      </c>
+      <c r="E63" s="6">
+        <v>328.85</v>
+      </c>
+      <c r="F63" s="6">
+        <v>346.04</v>
+      </c>
+      <c r="G63" s="6">
+        <v>321.93</v>
+      </c>
+      <c r="H63" s="8">
+        <v>650.78</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" s="4">
+        <v>60</v>
+      </c>
+      <c r="B64" s="4">
+        <v>4158</v>
+      </c>
+      <c r="C64" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="D64" s="6">
+        <v>366.67</v>
+      </c>
+      <c r="E64" s="6">
+        <v>284.62</v>
+      </c>
+      <c r="F64" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G64" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H64" s="8">
+        <v>651.29</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" s="4">
+        <v>61</v>
+      </c>
+      <c r="B65" s="4">
+        <v>4137</v>
+      </c>
+      <c r="C65" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="D65" s="6">
+        <v>333.0</v>
+      </c>
+      <c r="E65" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F65" s="6">
+        <v>331.9</v>
+      </c>
+      <c r="G65" s="6">
+        <v>331.71</v>
+      </c>
+      <c r="H65" s="8">
+        <v>663.61</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" s="4">
+        <v>62</v>
+      </c>
+      <c r="B66" s="4">
+        <v>4126</v>
+      </c>
+      <c r="C66" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="D66" s="6">
+        <v>385.74</v>
+      </c>
+      <c r="E66" s="6">
+        <v>309.0</v>
+      </c>
+      <c r="F66" s="6">
+        <v>358.22</v>
+      </c>
+      <c r="G66" s="6">
+        <v>370.17</v>
+      </c>
+      <c r="H66" s="8">
+        <v>667.22</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" s="4">
+        <v>63</v>
+      </c>
+      <c r="B67" s="4">
+        <v>2141</v>
+      </c>
+      <c r="C67" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="D67" s="6">
+        <v>369.0</v>
+      </c>
+      <c r="E67" s="6">
+        <v>327.7</v>
+      </c>
+      <c r="F67" s="6">
+        <v>388.89</v>
+      </c>
+      <c r="G67" s="6">
+        <v>354.09</v>
+      </c>
+      <c r="H67" s="8">
+        <v>681.79</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" s="4">
+        <v>64</v>
+      </c>
+      <c r="B68" s="4">
+        <v>3981</v>
+      </c>
+      <c r="C68" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="D68" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E68" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F68" s="6">
+        <v>364.75</v>
+      </c>
+      <c r="G68" s="6">
+        <v>328.89</v>
+      </c>
+      <c r="H68" s="8">
+        <v>693.64</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" s="4">
+        <v>65</v>
+      </c>
+      <c r="B69" s="4">
+        <v>1659</v>
+      </c>
+      <c r="C69" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="D69" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E69" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F69" s="6">
+        <v>372.36</v>
+      </c>
+      <c r="G69" s="6">
+        <v>340.18</v>
+      </c>
+      <c r="H69" s="8">
+        <v>712.54</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" s="4">
+        <v>66</v>
+      </c>
+      <c r="B70" s="4">
+        <v>3945</v>
+      </c>
+      <c r="C70" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="D70" s="6">
+        <v>411.81</v>
+      </c>
+      <c r="E70" s="6">
         <v>339.75</v>
       </c>
-      <c r="L14" s="13">
-[...34 lines deleted...]
-      <c r="C15" s="8" t="s">
+      <c r="F70" s="6">
+        <v>425.0</v>
+      </c>
+      <c r="G70" s="6">
+        <v>382.56</v>
+      </c>
+      <c r="H70" s="8">
+        <v>722.31</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" s="4">
         <v>67</v>
       </c>
-      <c r="D15" s="8">
-[...675 lines deleted...]
-      <c r="B26" s="8" t="s">
+      <c r="B71" s="4">
+        <v>4169</v>
+      </c>
+      <c r="C71" s="4" t="s">
         <v>121</v>
       </c>
-      <c r="C26" s="8" t="s">
-[...58 lines deleted...]
-      <c r="B27" s="8" t="s">
+      <c r="D71" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E71" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F71" s="6">
+        <v>380.63</v>
+      </c>
+      <c r="G71" s="6">
+        <v>360.18</v>
+      </c>
+      <c r="H71" s="8">
+        <v>740.81</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" s="4">
+        <v>68</v>
+      </c>
+      <c r="B72" s="4">
+        <v>4069</v>
+      </c>
+      <c r="C72" s="4" t="s">
         <v>122</v>
       </c>
-      <c r="C27" s="8" t="s">
-[...2683 lines deleted...]
-      <c r="I70" s="13">
+      <c r="D72" s="6">
         <v>432.43</v>
       </c>
-      <c r="J70" s="13">
+      <c r="E72" s="6">
         <v>329.99</v>
       </c>
-      <c r="K70" s="14" t="s">
-[...161 lines deleted...]
-        <v>92</v>
+      <c r="F72" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G72" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H72" s="8">
+        <v>762.42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:S1"/>
-[...2 lines deleted...]
-    <mergeCell ref="A76:T76"/>
+    <mergeCell ref="A1:H1"/>
+    <mergeCell ref="A2:H2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W50"/>
+  <dimension ref="A1:I46"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A50" sqref="A50"/>
+      <selection activeCell="A4" sqref="A4:I46"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
-[...20 lines deleted...]
-    <col min="22" max="22" width="15" customWidth="true" style="0"/>
+    <col min="1" max="1" width="6" customWidth="true" style="0"/>
+    <col min="2" max="2" width="14" customWidth="true" style="0"/>
+    <col min="3" max="3" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="14" customWidth="true" style="0"/>
+    <col min="5" max="5" width="14" customWidth="true" style="0"/>
+    <col min="6" max="6" width="14" customWidth="true" style="0"/>
+    <col min="7" max="7" width="14" customWidth="true" style="0"/>
+    <col min="8" max="8" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23">
+    <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
-        <v>178</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:23">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:23" customHeight="1" ht="150">
-      <c r="A4" s="4" t="s">
+    <row r="4" spans="1:9" customHeight="1" ht="150">
+      <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="4" t="s">
+      <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="4" t="s">
+      <c r="C4" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="4" t="s">
+      <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="E4" s="9" t="s">
+      <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="F4" s="9" t="s">
+      <c r="F4" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="G4" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="G4" s="9" t="s">
+      <c r="H4" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="I4" s="3" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9">
+      <c r="A5" s="4">
+        <v>1</v>
+      </c>
+      <c r="B5" s="4">
+        <v>1740</v>
+      </c>
+      <c r="C5" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="D5" s="6">
+        <v>74.75</v>
+      </c>
+      <c r="E5" s="6">
+        <v>79.68</v>
+      </c>
+      <c r="F5" s="6">
+        <v>47.07</v>
+      </c>
+      <c r="G5" s="6">
+        <v>53.7</v>
+      </c>
+      <c r="H5" s="6">
+        <v>51.54</v>
+      </c>
+      <c r="I5" s="8">
+        <v>13.43</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9">
+      <c r="A6" s="4">
+        <v>2</v>
+      </c>
+      <c r="B6" s="4">
+        <v>1744</v>
+      </c>
+      <c r="C6" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="D6" s="6">
+        <v>48.78</v>
+      </c>
+      <c r="E6" s="6">
+        <v>65.29</v>
+      </c>
+      <c r="F6" s="6">
+        <v>59.01</v>
+      </c>
+      <c r="G6" s="6">
+        <v>48.41</v>
+      </c>
+      <c r="H6" s="6">
+        <v>59.48</v>
+      </c>
+      <c r="I6" s="8">
+        <v>48.595</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9">
+      <c r="A7" s="4">
+        <v>3</v>
+      </c>
+      <c r="B7" s="4">
+        <v>1894</v>
+      </c>
+      <c r="C7" s="4" t="s">
+        <v>126</v>
+      </c>
+      <c r="D7" s="6">
+        <v>124.28</v>
+      </c>
+      <c r="E7" s="6">
+        <v>124.5</v>
+      </c>
+      <c r="F7" s="6">
+        <v>89.12</v>
+      </c>
+      <c r="G7" s="6">
+        <v>97.43</v>
+      </c>
+      <c r="H7" s="6">
+        <v>104.79</v>
+      </c>
+      <c r="I7" s="8">
+        <v>73.18</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9">
+      <c r="A8" s="4">
+        <v>4</v>
+      </c>
+      <c r="B8" s="4">
+        <v>2217</v>
+      </c>
+      <c r="C8" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="D8" s="6">
+        <v>75.32</v>
+      </c>
+      <c r="E8" s="6">
+        <v>97.56</v>
+      </c>
+      <c r="F8" s="6">
+        <v>86.16</v>
+      </c>
+      <c r="G8" s="6">
+        <v>92.57</v>
+      </c>
+      <c r="H8" s="6">
+        <v>71.13</v>
+      </c>
+      <c r="I8" s="8">
+        <v>73.225</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9">
+      <c r="A9" s="4">
+        <v>5</v>
+      </c>
+      <c r="B9" s="4">
+        <v>1777</v>
+      </c>
+      <c r="C9" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="D9" s="6">
+        <v>105.81</v>
+      </c>
+      <c r="E9" s="6">
+        <v>90.29</v>
+      </c>
+      <c r="F9" s="6">
+        <v>115.38</v>
+      </c>
+      <c r="G9" s="6">
+        <v>107.9</v>
+      </c>
+      <c r="H9" s="6">
+        <v>83.89</v>
+      </c>
+      <c r="I9" s="8">
+        <v>87.09</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9">
+      <c r="A10" s="4">
+        <v>6</v>
+      </c>
+      <c r="B10" s="4">
+        <v>2510</v>
+      </c>
+      <c r="C10" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="D10" s="6">
+        <v>118.7</v>
+      </c>
+      <c r="E10" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" s="6">
+        <v>119.13</v>
+      </c>
+      <c r="G10" s="6">
+        <v>127.33</v>
+      </c>
+      <c r="H10" s="6">
+        <v>90.52</v>
+      </c>
+      <c r="I10" s="8">
+        <v>87.84</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9">
+      <c r="A11" s="4">
         <v>7</v>
       </c>
-      <c r="H4" s="9" t="s">
+      <c r="B11" s="4">
+        <v>2335</v>
+      </c>
+      <c r="C11" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="D11" s="6">
+        <v>88.31</v>
+      </c>
+      <c r="E11" s="6">
+        <v>92.78</v>
+      </c>
+      <c r="F11" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" s="6">
+        <v>119.35</v>
+      </c>
+      <c r="H11" s="6">
+        <v>94.54</v>
+      </c>
+      <c r="I11" s="8">
+        <v>90.545</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9">
+      <c r="A12" s="4">
+        <v>8</v>
+      </c>
+      <c r="B12" s="4">
+        <v>1828</v>
+      </c>
+      <c r="C12" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="D12" s="6">
+        <v>112.54</v>
+      </c>
+      <c r="E12" s="6">
+        <v>110.67</v>
+      </c>
+      <c r="F12" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H12" s="6">
+        <v>83.29</v>
+      </c>
+      <c r="I12" s="8">
+        <v>96.98</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9">
+      <c r="A13" s="4">
         <v>9</v>
       </c>
-      <c r="I4" s="9" t="s">
+      <c r="B13" s="4">
+        <v>3957</v>
+      </c>
+      <c r="C13" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="D13" s="6">
+        <v>102.26</v>
+      </c>
+      <c r="E13" s="6">
+        <v>101.34</v>
+      </c>
+      <c r="F13" s="6">
+        <v>109.26</v>
+      </c>
+      <c r="G13" s="6">
+        <v>99.26</v>
+      </c>
+      <c r="H13" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I13" s="8">
+        <v>100.3</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9">
+      <c r="A14" s="4">
         <v>10</v>
       </c>
-      <c r="J4" s="9" t="s">
+      <c r="B14" s="4">
+        <v>1815</v>
+      </c>
+      <c r="C14" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="D14" s="6">
+        <v>131.19</v>
+      </c>
+      <c r="E14" s="6">
+        <v>112.79</v>
+      </c>
+      <c r="F14" s="6">
+        <v>128.0</v>
+      </c>
+      <c r="G14" s="6">
+        <v>103.15</v>
+      </c>
+      <c r="H14" s="6">
+        <v>97.66</v>
+      </c>
+      <c r="I14" s="8">
+        <v>100.405</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9">
+      <c r="A15" s="4">
         <v>11</v>
       </c>
-      <c r="K4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="L4" s="9" t="s">
+      <c r="B15" s="4">
+        <v>1824</v>
+      </c>
+      <c r="C15" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="D15" s="6">
+        <v>139.28</v>
+      </c>
+      <c r="E15" s="6">
+        <v>116.65</v>
+      </c>
+      <c r="F15" s="6">
+        <v>127.32</v>
+      </c>
+      <c r="G15" s="6">
+        <v>121.72</v>
+      </c>
+      <c r="H15" s="6">
+        <v>118.55</v>
+      </c>
+      <c r="I15" s="8">
+        <v>101.54</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9">
+      <c r="A16" s="4">
+        <v>12</v>
+      </c>
+      <c r="B16" s="4">
+        <v>2568</v>
+      </c>
+      <c r="C16" s="4" t="s">
+        <v>135</v>
+      </c>
+      <c r="D16" s="6">
+        <v>167.55</v>
+      </c>
+      <c r="E16" s="6">
+        <v>126.81</v>
+      </c>
+      <c r="F16" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" s="6">
+        <v>115.89</v>
+      </c>
+      <c r="H16" s="6">
+        <v>89.12</v>
+      </c>
+      <c r="I16" s="8">
+        <v>102.505</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9">
+      <c r="A17" s="4">
         <v>13</v>
       </c>
-      <c r="M4" s="9" t="s">
+      <c r="B17" s="4">
+        <v>3878</v>
+      </c>
+      <c r="C17" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="D17" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" s="6">
+        <v>140.84</v>
+      </c>
+      <c r="G17" s="6">
+        <v>138.67</v>
+      </c>
+      <c r="H17" s="6">
+        <v>101.47</v>
+      </c>
+      <c r="I17" s="8">
+        <v>102.87</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9">
+      <c r="A18" s="4">
         <v>14</v>
       </c>
-      <c r="N4" s="9" t="s">
+      <c r="B18" s="4">
+        <v>2139</v>
+      </c>
+      <c r="C18" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="D18" s="6">
+        <v>123.59</v>
+      </c>
+      <c r="E18" s="6">
+        <v>124.68</v>
+      </c>
+      <c r="F18" s="6">
+        <v>107.77</v>
+      </c>
+      <c r="G18" s="6">
+        <v>106.6</v>
+      </c>
+      <c r="H18" s="6">
+        <v>117.65</v>
+      </c>
+      <c r="I18" s="8">
+        <v>107.185</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9">
+      <c r="A19" s="4">
         <v>15</v>
       </c>
-      <c r="O4" s="9" t="s">
+      <c r="B19" s="4">
+        <v>3933</v>
+      </c>
+      <c r="C19" s="4" t="s">
+        <v>138</v>
+      </c>
+      <c r="D19" s="6">
+        <v>155.81</v>
+      </c>
+      <c r="E19" s="6">
+        <v>123.95</v>
+      </c>
+      <c r="F19" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" s="6">
+        <v>172.47</v>
+      </c>
+      <c r="H19" s="6">
+        <v>90.62</v>
+      </c>
+      <c r="I19" s="8">
+        <v>107.285</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9">
+      <c r="A20" s="4">
         <v>16</v>
       </c>
-      <c r="P4" s="9" t="s">
+      <c r="B20" s="4">
+        <v>3113</v>
+      </c>
+      <c r="C20" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="D20" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F20" s="6">
+        <v>125.25</v>
+      </c>
+      <c r="G20" s="6">
+        <v>115.46</v>
+      </c>
+      <c r="H20" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I20" s="8">
+        <v>120.355</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9">
+      <c r="A21" s="4">
         <v>17</v>
       </c>
-      <c r="Q4" s="9" t="s">
+      <c r="B21" s="4">
+        <v>3950</v>
+      </c>
+      <c r="C21" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="D21" s="6">
+        <v>160.15</v>
+      </c>
+      <c r="E21" s="6">
+        <v>138.62</v>
+      </c>
+      <c r="F21" s="6">
+        <v>109.35</v>
+      </c>
+      <c r="G21" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H21" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I21" s="8">
+        <v>123.985</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9">
+      <c r="A22" s="4">
         <v>18</v>
       </c>
-      <c r="R4" s="9" t="s">
+      <c r="B22" s="4">
+        <v>3774</v>
+      </c>
+      <c r="C22" s="4" t="s">
+        <v>141</v>
+      </c>
+      <c r="D22" s="6">
+        <v>150.05</v>
+      </c>
+      <c r="E22" s="6">
+        <v>135.75</v>
+      </c>
+      <c r="F22" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" s="6">
+        <v>197.41</v>
+      </c>
+      <c r="H22" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I22" s="8">
+        <v>127.29</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9">
+      <c r="A23" s="4">
         <v>19</v>
       </c>
-      <c r="S4" s="9" t="s">
+      <c r="B23" s="4">
+        <v>1661</v>
+      </c>
+      <c r="C23" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="D23" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F23" s="6">
+        <v>149.33</v>
+      </c>
+      <c r="G23" s="6">
+        <v>147.52</v>
+      </c>
+      <c r="H23" s="6">
+        <v>116.55</v>
+      </c>
+      <c r="I23" s="8">
+        <v>132.035</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9">
+      <c r="A24" s="4">
         <v>20</v>
       </c>
-      <c r="T4" s="9" t="s">
+      <c r="B24" s="4">
+        <v>2210</v>
+      </c>
+      <c r="C24" s="4" t="s">
+        <v>143</v>
+      </c>
+      <c r="D24" s="6">
+        <v>167.93</v>
+      </c>
+      <c r="E24" s="6">
+        <v>162.03</v>
+      </c>
+      <c r="F24" s="6">
+        <v>145.48</v>
+      </c>
+      <c r="G24" s="6">
+        <v>141.37</v>
+      </c>
+      <c r="H24" s="6">
+        <v>154.32</v>
+      </c>
+      <c r="I24" s="8">
+        <v>143.425</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9">
+      <c r="A25" s="4">
+        <v>21</v>
+      </c>
+      <c r="B25" s="4">
+        <v>2712</v>
+      </c>
+      <c r="C25" s="4" t="s">
+        <v>144</v>
+      </c>
+      <c r="D25" s="6">
+        <v>198.31</v>
+      </c>
+      <c r="E25" s="6">
+        <v>160.56</v>
+      </c>
+      <c r="F25" s="6">
+        <v>155.55</v>
+      </c>
+      <c r="G25" s="6">
+        <v>173.33</v>
+      </c>
+      <c r="H25" s="6">
+        <v>139.45</v>
+      </c>
+      <c r="I25" s="8">
+        <v>147.5</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9">
+      <c r="A26" s="4">
+        <v>22</v>
+      </c>
+      <c r="B26" s="4">
+        <v>3927</v>
+      </c>
+      <c r="C26" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="D26" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F26" s="6">
+        <v>154.36</v>
+      </c>
+      <c r="G26" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H26" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I26" s="8">
+        <v>154.36</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9">
+      <c r="A27" s="4">
         <v>23</v>
       </c>
-      <c r="U4" s="9" t="s">
-[...5 lines deleted...]
-      <c r="W4" s="18" t="s">
+      <c r="B27" s="4">
+        <v>3371</v>
+      </c>
+      <c r="C27" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="D27" s="6">
+        <v>160.62</v>
+      </c>
+      <c r="E27" s="6">
+        <v>150.24</v>
+      </c>
+      <c r="F27" s="6">
+        <v>161.96</v>
+      </c>
+      <c r="G27" s="6">
+        <v>175.92</v>
+      </c>
+      <c r="H27" s="6">
+        <v>172.41</v>
+      </c>
+      <c r="I27" s="8">
+        <v>155.43</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9">
+      <c r="A28" s="4">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="5" t="s">
+      <c r="B28" s="4">
+        <v>3947</v>
+      </c>
+      <c r="C28" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="D28" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" s="6">
+        <v>158.9</v>
+      </c>
+      <c r="F28" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H28" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I28" s="8">
+        <v>158.9</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9">
+      <c r="A29" s="4">
         <v>25</v>
       </c>
-      <c r="B5" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C5" s="5" t="s">
+      <c r="B29" s="4">
+        <v>2536</v>
+      </c>
+      <c r="C29" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="D29" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F29" s="6">
+        <v>153.28</v>
+      </c>
+      <c r="G29" s="6">
+        <v>166.53</v>
+      </c>
+      <c r="H29" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I29" s="8">
+        <v>159.905</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9">
+      <c r="A30" s="4">
+        <v>26</v>
+      </c>
+      <c r="B30" s="4">
+        <v>3134</v>
+      </c>
+      <c r="C30" s="4" t="s">
+        <v>149</v>
+      </c>
+      <c r="D30" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F30" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" s="6">
+        <v>161.45</v>
+      </c>
+      <c r="H30" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I30" s="8">
+        <v>161.45</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9">
+      <c r="A31" s="4">
+        <v>27</v>
+      </c>
+      <c r="B31" s="4">
+        <v>1771</v>
+      </c>
+      <c r="C31" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="D31" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" s="6">
+        <v>164.9</v>
+      </c>
+      <c r="F31" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H31" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I31" s="8">
+        <v>164.9</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9">
+      <c r="A32" s="4">
+        <v>28</v>
+      </c>
+      <c r="B32" s="4">
+        <v>3979</v>
+      </c>
+      <c r="C32" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="D32" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" s="6">
+        <v>167.1</v>
+      </c>
+      <c r="G32" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H32" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I32" s="8">
+        <v>167.1</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9">
+      <c r="A33" s="4">
+        <v>29</v>
+      </c>
+      <c r="B33" s="4">
+        <v>1817</v>
+      </c>
+      <c r="C33" s="4" t="s">
+        <v>152</v>
+      </c>
+      <c r="D33" s="6">
+        <v>174.56</v>
+      </c>
+      <c r="E33" s="6">
+        <v>163.97</v>
+      </c>
+      <c r="F33" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" s="6">
+        <v>184.56</v>
+      </c>
+      <c r="H33" s="6">
+        <v>188.48</v>
+      </c>
+      <c r="I33" s="8">
+        <v>169.265</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9">
+      <c r="A34" s="4">
+        <v>30</v>
+      </c>
+      <c r="B34" s="4">
+        <v>3951</v>
+      </c>
+      <c r="C34" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="D34" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F34" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" s="6">
+        <v>171.93</v>
+      </c>
+      <c r="H34" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I34" s="8">
+        <v>171.93</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9">
+      <c r="A35" s="4">
         <v>31</v>
       </c>
-      <c r="D5" s="5">
-[...132 lines deleted...]
-      <c r="A7" s="7" t="s">
+      <c r="B35" s="4">
+        <v>1882</v>
+      </c>
+      <c r="C35" s="4" t="s">
+        <v>154</v>
+      </c>
+      <c r="D35" s="6">
+        <v>191.5</v>
+      </c>
+      <c r="E35" s="6">
+        <v>164.53</v>
+      </c>
+      <c r="F35" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H35" s="6">
+        <v>182.76</v>
+      </c>
+      <c r="I35" s="8">
+        <v>173.645</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9">
+      <c r="A36" s="4">
         <v>32</v>
       </c>
-      <c r="B7" s="7" t="s">
-[...2 lines deleted...]
-      <c r="C7" s="7" t="s">
+      <c r="B36" s="4">
+        <v>4179</v>
+      </c>
+      <c r="C36" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="D36" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F36" s="6">
+        <v>176.67</v>
+      </c>
+      <c r="G36" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H36" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I36" s="8">
+        <v>176.67</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9">
+      <c r="A37" s="4">
+        <v>33</v>
+      </c>
+      <c r="B37" s="4">
+        <v>3883</v>
+      </c>
+      <c r="C37" s="4" t="s">
+        <v>156</v>
+      </c>
+      <c r="D37" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" s="6">
+        <v>184.0</v>
+      </c>
+      <c r="F37" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H37" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I37" s="8">
+        <v>184.0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9">
+      <c r="A38" s="4">
+        <v>34</v>
+      </c>
+      <c r="B38" s="4">
+        <v>1767</v>
+      </c>
+      <c r="C38" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="D38" s="6">
+        <v>192.27</v>
+      </c>
+      <c r="E38" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F38" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H38" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I38" s="8">
+        <v>192.27</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9">
+      <c r="A39" s="4">
+        <v>35</v>
+      </c>
+      <c r="B39" s="4">
+        <v>1923</v>
+      </c>
+      <c r="C39" s="4" t="s">
+        <v>158</v>
+      </c>
+      <c r="D39" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F39" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G39" s="6">
+        <v>194.38</v>
+      </c>
+      <c r="H39" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I39" s="8">
+        <v>194.38</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9">
+      <c r="A40" s="4">
+        <v>36</v>
+      </c>
+      <c r="B40" s="4">
+        <v>4123</v>
+      </c>
+      <c r="C40" s="4" t="s">
+        <v>159</v>
+      </c>
+      <c r="D40" s="6">
+        <v>215.15</v>
+      </c>
+      <c r="E40" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F40" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G40" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H40" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I40" s="8">
+        <v>215.15</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9">
+      <c r="A41" s="4">
+        <v>37</v>
+      </c>
+      <c r="B41" s="4">
+        <v>3143</v>
+      </c>
+      <c r="C41" s="4" t="s">
+        <v>160</v>
+      </c>
+      <c r="D41" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" s="6">
+        <v>112.96</v>
+      </c>
+      <c r="F41" s="6">
+        <v>122.48</v>
+      </c>
+      <c r="G41" s="6">
+        <v>121.72</v>
+      </c>
+      <c r="H41" s="6">
+        <v>115.94</v>
+      </c>
+      <c r="I41" s="8">
+        <v>228.9</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9">
+      <c r="A42" s="4">
+        <v>38</v>
+      </c>
+      <c r="B42" s="4">
+        <v>4182</v>
+      </c>
+      <c r="C42" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="D42" s="6">
+        <v>165.62</v>
+      </c>
+      <c r="E42" s="6">
+        <v>163.33</v>
+      </c>
+      <c r="F42" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" s="6">
+        <v>161.88</v>
+      </c>
+      <c r="H42" s="6">
+        <v>105.59</v>
+      </c>
+      <c r="I42" s="8">
+        <v>267.47</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9">
+      <c r="A43" s="4">
+        <v>39</v>
+      </c>
+      <c r="B43" s="4">
+        <v>4143</v>
+      </c>
+      <c r="C43" s="4" t="s">
+        <v>162</v>
+      </c>
+      <c r="D43" s="6">
+        <v>139.18</v>
+      </c>
+      <c r="E43" s="6">
+        <v>140.91</v>
+      </c>
+      <c r="F43" s="6">
+        <v>141.73</v>
+      </c>
+      <c r="G43" s="6">
+        <v>135.65</v>
+      </c>
+      <c r="H43" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I43" s="8">
+        <v>274.83</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9">
+      <c r="A44" s="4">
+        <v>40</v>
+      </c>
+      <c r="B44" s="4">
+        <v>4144</v>
+      </c>
+      <c r="C44" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="D44" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F44" s="6">
+        <v>157.23</v>
+      </c>
+      <c r="G44" s="6">
+        <v>136.84</v>
+      </c>
+      <c r="H44" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I44" s="8">
+        <v>294.07</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9">
+      <c r="A45" s="4">
         <v>41</v>
       </c>
-      <c r="D7" s="7">
-[...1650 lines deleted...]
-      <c r="J30" s="13">
+      <c r="B45" s="4">
+        <v>2388</v>
+      </c>
+      <c r="C45" s="4" t="s">
+        <v>164</v>
+      </c>
+      <c r="D45" s="6">
         <v>156.68</v>
       </c>
-      <c r="K30" s="13">
+      <c r="E45" s="6">
         <v>155.59</v>
       </c>
-      <c r="L30" s="13">
-[...14 lines deleted...]
-      <c r="Q30" s="13">
+      <c r="F45" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G45" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H45" s="6">
         <v>147.49</v>
       </c>
-      <c r="R30" s="14" t="s">
-[...188 lines deleted...]
-      <c r="J33" s="13">
+      <c r="I45" s="8">
+        <v>303.08</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9">
+      <c r="A46" s="4">
+        <v>42</v>
+      </c>
+      <c r="B46" s="4">
+        <v>4142</v>
+      </c>
+      <c r="C46" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="D46" s="6">
         <v>166.78</v>
       </c>
-      <c r="K33" s="13">
+      <c r="E46" s="6">
         <v>157.06</v>
       </c>
-      <c r="L33" s="13">
-[...966 lines deleted...]
-        <v>92</v>
+      <c r="F46" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G46" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H46" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="I46" s="8">
+        <v>323.84</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:V1"/>
-[...2 lines deleted...]
-    <mergeCell ref="A50:W50"/>
+    <mergeCell ref="A1:I1"/>
+    <mergeCell ref="A2:I2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T61"/>
+  <dimension ref="A1:H57"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A61" sqref="A61"/>
+      <selection activeCell="A4" sqref="A4:H57"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
-[...17 lines deleted...]
-    <col min="19" max="19" width="15" customWidth="true" style="0"/>
+    <col min="1" max="1" width="6" customWidth="true" style="0"/>
+    <col min="2" max="2" width="14" customWidth="true" style="0"/>
+    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="14" customWidth="true" style="0"/>
+    <col min="5" max="5" width="14" customWidth="true" style="0"/>
+    <col min="6" max="6" width="14" customWidth="true" style="0"/>
+    <col min="7" max="7" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:20">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:20" customHeight="1" ht="150">
-      <c r="A4" s="4" t="s">
+    <row r="4" spans="1:8" customHeight="1" ht="150">
+      <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="4" t="s">
+      <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="4" t="s">
+      <c r="C4" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="4" t="s">
+      <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="E4" s="9" t="s">
+      <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="F4" s="9" t="s">
+      <c r="F4" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="G4" s="9" t="s">
+      <c r="G4" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="H4" s="3" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5" s="4">
+        <v>1</v>
+      </c>
+      <c r="B5" s="4">
+        <v>4045</v>
+      </c>
+      <c r="C5" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="D5" s="6">
+        <v>175.3</v>
+      </c>
+      <c r="E5" s="6">
+        <v>162.46</v>
+      </c>
+      <c r="F5" s="6">
+        <v>159.12</v>
+      </c>
+      <c r="G5" s="6">
+        <v>180.86</v>
+      </c>
+      <c r="H5" s="8">
+        <v>147.33</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" s="4">
+        <v>2</v>
+      </c>
+      <c r="B6" s="4">
+        <v>3115</v>
+      </c>
+      <c r="C6" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="D6" s="6">
+        <v>149.03</v>
+      </c>
+      <c r="E6" s="6">
+        <v>149.0</v>
+      </c>
+      <c r="F6" s="6">
+        <v>147.49</v>
+      </c>
+      <c r="G6" s="6">
+        <v>152.87</v>
+      </c>
+      <c r="H6" s="8">
+        <v>148.245</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" s="4">
+        <v>3</v>
+      </c>
+      <c r="B7" s="4">
+        <v>1757</v>
+      </c>
+      <c r="C7" s="4" t="s">
+        <v>169</v>
+      </c>
+      <c r="D7" s="6">
+        <v>157.27</v>
+      </c>
+      <c r="E7" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" s="6">
+        <v>154.89</v>
+      </c>
+      <c r="G7" s="6">
+        <v>143.89</v>
+      </c>
+      <c r="H7" s="8">
+        <v>149.39</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" s="4">
+        <v>4</v>
+      </c>
+      <c r="B8" s="4">
+        <v>4044</v>
+      </c>
+      <c r="C8" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="D8" s="6">
+        <v>246.03</v>
+      </c>
+      <c r="E8" s="6">
+        <v>190.18</v>
+      </c>
+      <c r="F8" s="6">
+        <v>165.25</v>
+      </c>
+      <c r="G8" s="6">
+        <v>208.22</v>
+      </c>
+      <c r="H8" s="8">
+        <v>154.52</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" s="4">
+        <v>5</v>
+      </c>
+      <c r="B9" s="4">
+        <v>4033</v>
+      </c>
+      <c r="C9" s="4" t="s">
+        <v>171</v>
+      </c>
+      <c r="D9" s="6">
+        <v>204.43</v>
+      </c>
+      <c r="E9" s="6">
+        <v>158.03</v>
+      </c>
+      <c r="F9" s="6">
+        <v>184.9</v>
+      </c>
+      <c r="G9" s="6">
+        <v>153.29</v>
+      </c>
+      <c r="H9" s="8">
+        <v>155.66</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" s="4">
+        <v>6</v>
+      </c>
+      <c r="B10" s="4">
+        <v>1775</v>
+      </c>
+      <c r="C10" s="4" t="s">
+        <v>172</v>
+      </c>
+      <c r="D10" s="6">
+        <v>188.13</v>
+      </c>
+      <c r="E10" s="6">
+        <v>167.55</v>
+      </c>
+      <c r="F10" s="6">
+        <v>172.43</v>
+      </c>
+      <c r="G10" s="6">
+        <v>173.38</v>
+      </c>
+      <c r="H10" s="8">
+        <v>157.06</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" s="4">
+        <v>7</v>
+      </c>
+      <c r="B11" s="4">
+        <v>2944</v>
+      </c>
+      <c r="C11" s="4" t="s">
+        <v>173</v>
+      </c>
+      <c r="D11" s="6">
+        <v>232.24</v>
+      </c>
+      <c r="E11" s="6">
+        <v>178.21</v>
+      </c>
+      <c r="F11" s="6">
+        <v>179.41</v>
+      </c>
+      <c r="G11" s="6">
+        <v>194.76</v>
+      </c>
+      <c r="H11" s="8">
+        <v>161.15</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" s="4">
+        <v>8</v>
+      </c>
+      <c r="B12" s="4">
+        <v>1898</v>
+      </c>
+      <c r="C12" s="4" t="s">
+        <v>174</v>
+      </c>
+      <c r="D12" s="6">
+        <v>238.37</v>
+      </c>
+      <c r="E12" s="6">
+        <v>178.87</v>
+      </c>
+      <c r="F12" s="6">
+        <v>153.83</v>
+      </c>
+      <c r="G12" s="6">
+        <v>277.04</v>
+      </c>
+      <c r="H12" s="8">
+        <v>166.35</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" s="4">
         <v>9</v>
       </c>
-      <c r="H4" s="9" t="s">
+      <c r="B13" s="4">
+        <v>4058</v>
+      </c>
+      <c r="C13" s="4" t="s">
+        <v>175</v>
+      </c>
+      <c r="D13" s="6">
+        <v>190.43</v>
+      </c>
+      <c r="E13" s="6">
+        <v>170.16</v>
+      </c>
+      <c r="F13" s="6">
+        <v>265.22</v>
+      </c>
+      <c r="G13" s="6">
+        <v>191.98</v>
+      </c>
+      <c r="H13" s="8">
+        <v>180.295</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" s="4">
         <v>10</v>
       </c>
-      <c r="I4" s="9" t="s">
+      <c r="B14" s="4">
+        <v>3359</v>
+      </c>
+      <c r="C14" s="4" t="s">
+        <v>176</v>
+      </c>
+      <c r="D14" s="6">
+        <v>220.53</v>
+      </c>
+      <c r="E14" s="6">
+        <v>196.91</v>
+      </c>
+      <c r="F14" s="6">
+        <v>186.38</v>
+      </c>
+      <c r="G14" s="6">
+        <v>194.33</v>
+      </c>
+      <c r="H14" s="8">
+        <v>190.355</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" s="4">
         <v>11</v>
       </c>
-      <c r="J4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="K4" s="9" t="s">
+      <c r="B15" s="4">
+        <v>3360</v>
+      </c>
+      <c r="C15" s="4" t="s">
+        <v>177</v>
+      </c>
+      <c r="D15" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" s="6">
+        <v>193.15</v>
+      </c>
+      <c r="G15" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H15" s="8">
+        <v>193.15</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" s="4">
+        <v>12</v>
+      </c>
+      <c r="B16" s="4">
+        <v>2658</v>
+      </c>
+      <c r="C16" s="4" t="s">
+        <v>178</v>
+      </c>
+      <c r="D16" s="6">
+        <v>330.97</v>
+      </c>
+      <c r="E16" s="6">
+        <v>227.59</v>
+      </c>
+      <c r="F16" s="6">
+        <v>302.0</v>
+      </c>
+      <c r="G16" s="6">
+        <v>283.45</v>
+      </c>
+      <c r="H16" s="8">
+        <v>198.81</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" s="4">
         <v>13</v>
       </c>
-      <c r="L4" s="9" t="s">
+      <c r="B17" s="4">
+        <v>2357</v>
+      </c>
+      <c r="C17" s="4" t="s">
+        <v>179</v>
+      </c>
+      <c r="D17" s="6">
+        <v>295.88</v>
+      </c>
+      <c r="E17" s="6">
+        <v>233.18</v>
+      </c>
+      <c r="F17" s="6">
+        <v>228.87</v>
+      </c>
+      <c r="G17" s="6">
+        <v>243.7</v>
+      </c>
+      <c r="H17" s="8">
+        <v>203.96</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" s="4">
         <v>14</v>
       </c>
-      <c r="M4" s="9" t="s">
+      <c r="B18" s="4">
+        <v>4094</v>
+      </c>
+      <c r="C18" s="4" t="s">
+        <v>180</v>
+      </c>
+      <c r="D18" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F18" s="6">
+        <v>245.36</v>
+      </c>
+      <c r="G18" s="6">
+        <v>243.48</v>
+      </c>
+      <c r="H18" s="8">
+        <v>217.34</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" s="4">
         <v>15</v>
       </c>
-      <c r="N4" s="9" t="s">
+      <c r="B19" s="4">
+        <v>2651</v>
+      </c>
+      <c r="C19" s="4" t="s">
+        <v>181</v>
+      </c>
+      <c r="D19" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" s="6">
+        <v>224.47</v>
+      </c>
+      <c r="F19" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H19" s="8">
+        <v>224.47</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" s="4">
         <v>16</v>
       </c>
-      <c r="O4" s="9" t="s">
+      <c r="B20" s="4">
+        <v>1695</v>
+      </c>
+      <c r="C20" s="4" t="s">
+        <v>182</v>
+      </c>
+      <c r="D20" s="6">
+        <v>232.03</v>
+      </c>
+      <c r="E20" s="6">
+        <v>259.43</v>
+      </c>
+      <c r="F20" s="6">
+        <v>230.14</v>
+      </c>
+      <c r="G20" s="6">
+        <v>221.68</v>
+      </c>
+      <c r="H20" s="8">
+        <v>225.91</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" s="4">
+        <v>17</v>
+      </c>
+      <c r="B21" s="4">
+        <v>4030</v>
+      </c>
+      <c r="C21" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="D21" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F21" s="6">
+        <v>224.64</v>
+      </c>
+      <c r="G21" s="6">
+        <v>230.45</v>
+      </c>
+      <c r="H21" s="8">
+        <v>227.545</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" s="4">
+        <v>18</v>
+      </c>
+      <c r="B22" s="4">
+        <v>1753</v>
+      </c>
+      <c r="C22" s="4" t="s">
+        <v>184</v>
+      </c>
+      <c r="D22" s="6">
+        <v>251.78</v>
+      </c>
+      <c r="E22" s="6">
+        <v>221.86</v>
+      </c>
+      <c r="F22" s="6">
+        <v>235.0</v>
+      </c>
+      <c r="G22" s="6">
+        <v>251.82</v>
+      </c>
+      <c r="H22" s="8">
+        <v>228.43</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" s="4">
         <v>19</v>
       </c>
-      <c r="P4" s="9" t="s">
+      <c r="B23" s="4">
+        <v>4014</v>
+      </c>
+      <c r="C23" s="4" t="s">
+        <v>185</v>
+      </c>
+      <c r="D23" s="6">
+        <v>262.13</v>
+      </c>
+      <c r="E23" s="6">
+        <v>203.96</v>
+      </c>
+      <c r="F23" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H23" s="8">
+        <v>233.045</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" s="4">
         <v>20</v>
       </c>
-      <c r="Q4" s="9" t="s">
+      <c r="B24" s="4">
+        <v>4015</v>
+      </c>
+      <c r="C24" s="4" t="s">
+        <v>186</v>
+      </c>
+      <c r="D24" s="6">
+        <v>246.41</v>
+      </c>
+      <c r="E24" s="6">
+        <v>225.46</v>
+      </c>
+      <c r="F24" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H24" s="8">
+        <v>235.935</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" s="4">
+        <v>21</v>
+      </c>
+      <c r="B25" s="4">
+        <v>4059</v>
+      </c>
+      <c r="C25" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="D25" s="6">
+        <v>307.57</v>
+      </c>
+      <c r="E25" s="6">
+        <v>232.52</v>
+      </c>
+      <c r="F25" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H25" s="8">
+        <v>248.24</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" s="4">
+        <v>22</v>
+      </c>
+      <c r="B26" s="4">
+        <v>1789</v>
+      </c>
+      <c r="C26" s="4" t="s">
+        <v>188</v>
+      </c>
+      <c r="D26" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F26" s="6">
+        <v>242.18</v>
+      </c>
+      <c r="G26" s="6">
+        <v>259.3</v>
+      </c>
+      <c r="H26" s="8">
+        <v>250.74</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" s="4">
         <v>23</v>
       </c>
-      <c r="R4" s="9" t="s">
-[...5 lines deleted...]
-      <c r="T4" s="18" t="s">
+      <c r="B27" s="4">
+        <v>2172</v>
+      </c>
+      <c r="C27" s="4" t="s">
+        <v>189</v>
+      </c>
+      <c r="D27" s="6">
+        <v>375.63</v>
+      </c>
+      <c r="E27" s="6">
+        <v>273.05</v>
+      </c>
+      <c r="F27" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H27" s="8">
+        <v>252.18</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" s="4">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="5" t="s">
+      <c r="B28" s="4">
+        <v>1787</v>
+      </c>
+      <c r="C28" s="4" t="s">
+        <v>190</v>
+      </c>
+      <c r="D28" s="6">
+        <v>284.56</v>
+      </c>
+      <c r="E28" s="6">
+        <v>239.58</v>
+      </c>
+      <c r="F28" s="6">
+        <v>314.26</v>
+      </c>
+      <c r="G28" s="6">
+        <v>326.62</v>
+      </c>
+      <c r="H28" s="8">
+        <v>262.07</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" s="4">
         <v>25</v>
       </c>
-      <c r="B5" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C5" s="5" t="s">
+      <c r="B29" s="4">
+        <v>4056</v>
+      </c>
+      <c r="C29" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="D29" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F29" s="6">
+        <v>265.65</v>
+      </c>
+      <c r="G29" s="6">
+        <v>290.5</v>
+      </c>
+      <c r="H29" s="8">
+        <v>278.075</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" s="4">
+        <v>26</v>
+      </c>
+      <c r="B30" s="4">
+        <v>1667</v>
+      </c>
+      <c r="C30" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="D30" s="6">
+        <v>332.88</v>
+      </c>
+      <c r="E30" s="6">
+        <v>278.79</v>
+      </c>
+      <c r="F30" s="6">
+        <v>306.44</v>
+      </c>
+      <c r="G30" s="6">
+        <v>318.07</v>
+      </c>
+      <c r="H30" s="8">
+        <v>279.11</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" s="4">
+        <v>27</v>
+      </c>
+      <c r="B31" s="4">
+        <v>3121</v>
+      </c>
+      <c r="C31" s="4" t="s">
+        <v>193</v>
+      </c>
+      <c r="D31" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" s="6">
+        <v>269.03</v>
+      </c>
+      <c r="G31" s="6">
+        <v>292.85</v>
+      </c>
+      <c r="H31" s="8">
+        <v>280.94</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" s="4">
+        <v>28</v>
+      </c>
+      <c r="B32" s="4">
+        <v>1805</v>
+      </c>
+      <c r="C32" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="D32" s="6">
+        <v>192.74</v>
+      </c>
+      <c r="E32" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" s="6">
+        <v>163.77</v>
+      </c>
+      <c r="G32" s="6">
+        <v>143.89</v>
+      </c>
+      <c r="H32" s="8">
+        <v>307.66</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" s="4">
+        <v>29</v>
+      </c>
+      <c r="B33" s="4">
+        <v>1974</v>
+      </c>
+      <c r="C33" s="4" t="s">
+        <v>195</v>
+      </c>
+      <c r="D33" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" s="6">
+        <v>154.91</v>
+      </c>
+      <c r="F33" s="6">
+        <v>173.28</v>
+      </c>
+      <c r="G33" s="6">
+        <v>180.44</v>
+      </c>
+      <c r="H33" s="8">
+        <v>328.19</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" s="4">
+        <v>30</v>
+      </c>
+      <c r="B34" s="4">
+        <v>3391</v>
+      </c>
+      <c r="C34" s="4" t="s">
+        <v>196</v>
+      </c>
+      <c r="D34" s="6">
+        <v>217.46</v>
+      </c>
+      <c r="E34" s="6">
+        <v>178.37</v>
+      </c>
+      <c r="F34" s="6">
+        <v>163.77</v>
+      </c>
+      <c r="G34" s="6">
+        <v>170.39</v>
+      </c>
+      <c r="H34" s="8">
+        <v>334.16</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" s="4">
+        <v>31</v>
+      </c>
+      <c r="B35" s="4">
+        <v>4019</v>
+      </c>
+      <c r="C35" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="D35" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F35" s="6">
+        <v>327.37</v>
+      </c>
+      <c r="G35" s="6">
+        <v>343.51</v>
+      </c>
+      <c r="H35" s="8">
+        <v>335.44</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" s="4">
+        <v>32</v>
+      </c>
+      <c r="B36" s="4">
+        <v>3586</v>
+      </c>
+      <c r="C36" s="4" t="s">
+        <v>198</v>
+      </c>
+      <c r="D36" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F36" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" s="6">
+        <v>342.01</v>
+      </c>
+      <c r="H36" s="8">
+        <v>342.01</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" s="4">
+        <v>33</v>
+      </c>
+      <c r="B37" s="4">
+        <v>1760</v>
+      </c>
+      <c r="C37" s="4" t="s">
+        <v>199</v>
+      </c>
+      <c r="D37" s="6">
+        <v>190.25</v>
+      </c>
+      <c r="E37" s="6">
+        <v>181.0</v>
+      </c>
+      <c r="F37" s="6">
+        <v>188.28</v>
+      </c>
+      <c r="G37" s="6">
+        <v>203.3</v>
+      </c>
+      <c r="H37" s="8">
+        <v>369.28</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" s="4">
+        <v>34</v>
+      </c>
+      <c r="B38" s="4">
+        <v>2547</v>
+      </c>
+      <c r="C38" s="4" t="s">
+        <v>200</v>
+      </c>
+      <c r="D38" s="6">
+        <v>259.26</v>
+      </c>
+      <c r="E38" s="6">
+        <v>219.06</v>
+      </c>
+      <c r="F38" s="6">
+        <v>174.97</v>
+      </c>
+      <c r="G38" s="6">
+        <v>194.76</v>
+      </c>
+      <c r="H38" s="8">
+        <v>369.73</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" s="4">
+        <v>35</v>
+      </c>
+      <c r="B39" s="4">
+        <v>4016</v>
+      </c>
+      <c r="C39" s="4" t="s">
+        <v>201</v>
+      </c>
+      <c r="D39" s="6">
+        <v>211.34</v>
+      </c>
+      <c r="E39" s="6">
+        <v>217.43</v>
+      </c>
+      <c r="F39" s="6">
+        <v>182.79</v>
+      </c>
+      <c r="G39" s="6">
+        <v>193.26</v>
+      </c>
+      <c r="H39" s="8">
+        <v>376.05</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" s="4">
+        <v>36</v>
+      </c>
+      <c r="B40" s="4">
+        <v>1689</v>
+      </c>
+      <c r="C40" s="4" t="s">
+        <v>202</v>
+      </c>
+      <c r="D40" s="6">
+        <v>238.37</v>
+      </c>
+      <c r="E40" s="6">
+        <v>199.05</v>
+      </c>
+      <c r="F40" s="6">
+        <v>209.0</v>
+      </c>
+      <c r="G40" s="6">
+        <v>216.56</v>
+      </c>
+      <c r="H40" s="8">
+        <v>408.05</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" s="4">
+        <v>37</v>
+      </c>
+      <c r="B41" s="4">
+        <v>3389</v>
+      </c>
+      <c r="C41" s="4" t="s">
+        <v>203</v>
+      </c>
+      <c r="D41" s="6">
+        <v>282.66</v>
+      </c>
+      <c r="E41" s="6">
+        <v>272.23</v>
+      </c>
+      <c r="F41" s="6">
+        <v>213.86</v>
+      </c>
+      <c r="G41" s="6">
+        <v>248.4</v>
+      </c>
+      <c r="H41" s="8">
+        <v>462.26</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" s="4">
+        <v>38</v>
+      </c>
+      <c r="B42" s="4">
+        <v>2220</v>
+      </c>
+      <c r="C42" s="4" t="s">
+        <v>204</v>
+      </c>
+      <c r="D42" s="6">
+        <v>240.86</v>
+      </c>
+      <c r="E42" s="6">
+        <v>225.78</v>
+      </c>
+      <c r="F42" s="6">
+        <v>277.27</v>
+      </c>
+      <c r="G42" s="6">
+        <v>253.1</v>
+      </c>
+      <c r="H42" s="8">
+        <v>466.64</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" s="4">
+        <v>39</v>
+      </c>
+      <c r="B43" s="4">
+        <v>1742</v>
+      </c>
+      <c r="C43" s="4" t="s">
+        <v>205</v>
+      </c>
+      <c r="D43" s="6">
+        <v>257.16</v>
+      </c>
+      <c r="E43" s="6">
+        <v>216.61</v>
+      </c>
+      <c r="F43" s="6">
+        <v>286.15</v>
+      </c>
+      <c r="G43" s="6">
+        <v>311.02</v>
+      </c>
+      <c r="H43" s="8">
+        <v>473.77</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" s="4">
+        <v>40</v>
+      </c>
+      <c r="B44" s="4">
+        <v>4113</v>
+      </c>
+      <c r="C44" s="4" t="s">
+        <v>206</v>
+      </c>
+      <c r="D44" s="6">
+        <v>282.26</v>
+      </c>
+      <c r="E44" s="6">
+        <v>224.31</v>
+      </c>
+      <c r="F44" s="6">
+        <v>257.39</v>
+      </c>
+      <c r="G44" s="6">
+        <v>265.07</v>
+      </c>
+      <c r="H44" s="8">
+        <v>481.7</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" s="4">
         <v>41</v>
       </c>
-      <c r="D5" s="5">
-[...368 lines deleted...]
-      <c r="C11" s="8" t="s">
+      <c r="B45" s="4">
+        <v>2147</v>
+      </c>
+      <c r="C45" s="4" t="s">
+        <v>207</v>
+      </c>
+      <c r="D45" s="6">
+        <v>296.83</v>
+      </c>
+      <c r="E45" s="6">
+        <v>285.68</v>
+      </c>
+      <c r="F45" s="6">
+        <v>235.84</v>
+      </c>
+      <c r="G45" s="6">
+        <v>271.91</v>
+      </c>
+      <c r="H45" s="8">
+        <v>507.75</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" s="4">
+        <v>42</v>
+      </c>
+      <c r="B46" s="4">
+        <v>2325</v>
+      </c>
+      <c r="C46" s="4" t="s">
+        <v>208</v>
+      </c>
+      <c r="D46" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" s="6">
+        <v>246.96</v>
+      </c>
+      <c r="F46" s="6">
+        <v>269.03</v>
+      </c>
+      <c r="G46" s="6">
+        <v>275.76</v>
+      </c>
+      <c r="H46" s="8">
+        <v>515.99</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" s="4">
+        <v>43</v>
+      </c>
+      <c r="B47" s="4">
+        <v>3099</v>
+      </c>
+      <c r="C47" s="4" t="s">
+        <v>209</v>
+      </c>
+      <c r="D47" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F47" s="6">
+        <v>259.73</v>
+      </c>
+      <c r="G47" s="6">
+        <v>261.22</v>
+      </c>
+      <c r="H47" s="8">
+        <v>520.95</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" s="4">
+        <v>44</v>
+      </c>
+      <c r="B48" s="4">
+        <v>4129</v>
+      </c>
+      <c r="C48" s="4" t="s">
+        <v>210</v>
+      </c>
+      <c r="D48" s="6">
+        <v>319.66</v>
+      </c>
+      <c r="E48" s="6">
+        <v>265.17</v>
+      </c>
+      <c r="F48" s="6">
+        <v>258.67</v>
+      </c>
+      <c r="G48" s="6">
+        <v>262.29</v>
+      </c>
+      <c r="H48" s="8">
+        <v>520.96</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" s="4">
+        <v>45</v>
+      </c>
+      <c r="B49" s="4">
+        <v>2238</v>
+      </c>
+      <c r="C49" s="4" t="s">
+        <v>211</v>
+      </c>
+      <c r="D49" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E49" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F49" s="6">
+        <v>277.27</v>
+      </c>
+      <c r="G49" s="6">
+        <v>253.96</v>
+      </c>
+      <c r="H49" s="8">
+        <v>531.23</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" s="4">
+        <v>46</v>
+      </c>
+      <c r="B50" s="4">
+        <v>4124</v>
+      </c>
+      <c r="C50" s="4" t="s">
+        <v>212</v>
+      </c>
+      <c r="D50" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E50" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F50" s="6">
+        <v>289.53</v>
+      </c>
+      <c r="G50" s="6">
+        <v>256.95</v>
+      </c>
+      <c r="H50" s="8">
+        <v>546.48</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" s="4">
+        <v>47</v>
+      </c>
+      <c r="B51" s="4">
+        <v>4130</v>
+      </c>
+      <c r="C51" s="4" t="s">
+        <v>213</v>
+      </c>
+      <c r="D51" s="6">
+        <v>357.24</v>
+      </c>
+      <c r="E51" s="6">
+        <v>251.21</v>
+      </c>
+      <c r="F51" s="6">
+        <v>323.35</v>
+      </c>
+      <c r="G51" s="6">
+        <v>308.88</v>
+      </c>
+      <c r="H51" s="8">
+        <v>560.09</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" s="4">
+        <v>48</v>
+      </c>
+      <c r="B52" s="4">
+        <v>4119</v>
+      </c>
+      <c r="C52" s="4" t="s">
+        <v>214</v>
+      </c>
+      <c r="D52" s="6">
+        <v>302.6</v>
+      </c>
+      <c r="E52" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F52" s="6">
+        <v>331.38</v>
+      </c>
+      <c r="G52" s="6">
+        <v>320.85</v>
+      </c>
+      <c r="H52" s="8">
+        <v>623.45</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" s="4">
+        <v>49</v>
+      </c>
+      <c r="B53" s="4">
+        <v>4089</v>
+      </c>
+      <c r="C53" s="4" t="s">
+        <v>215</v>
+      </c>
+      <c r="D53" s="6">
+        <v>322.92</v>
+      </c>
+      <c r="E53" s="6">
+        <v>303.73</v>
+      </c>
+      <c r="F53" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G53" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H53" s="8">
+        <v>626.65</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" s="4">
         <v>50</v>
       </c>
-      <c r="D11" s="8">
-[...1845 lines deleted...]
-      <c r="T40" s="22">
+      <c r="B54" s="4">
+        <v>4149</v>
+      </c>
+      <c r="C54" s="4" t="s">
+        <v>216</v>
+      </c>
+      <c r="D54" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F54" s="6">
+        <v>391.41</v>
+      </c>
+      <c r="G54" s="6">
         <v>262.07</v>
       </c>
-    </row>
-[...317 lines deleted...]
-      <c r="C46" s="8" t="s">
+      <c r="H54" s="8">
+        <v>653.48</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" s="4">
+        <v>51</v>
+      </c>
+      <c r="B55" s="4">
+        <v>4186</v>
+      </c>
+      <c r="C55" s="4" t="s">
+        <v>217</v>
+      </c>
+      <c r="D55" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F55" s="6">
+        <v>338.99</v>
+      </c>
+      <c r="G55" s="6">
+        <v>348.42</v>
+      </c>
+      <c r="H55" s="8">
+        <v>687.41</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" s="4">
+        <v>52</v>
+      </c>
+      <c r="B56" s="4">
+        <v>4120</v>
+      </c>
+      <c r="C56" s="4" t="s">
+        <v>218</v>
+      </c>
+      <c r="D56" s="6">
+        <v>446.95</v>
+      </c>
+      <c r="E56" s="6">
+        <v>378.21</v>
+      </c>
+      <c r="F56" s="6">
+        <v>431.36</v>
+      </c>
+      <c r="G56" s="6">
+        <v>419.8</v>
+      </c>
+      <c r="H56" s="8">
+        <v>798.01</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" s="4">
+        <v>53</v>
+      </c>
+      <c r="B57" s="4">
+        <v>4159</v>
+      </c>
+      <c r="C57" s="4" t="s">
         <v>219</v>
       </c>
-      <c r="D46" s="8">
-[...696 lines deleted...]
-      <c r="I57" s="13">
+      <c r="D57" s="6">
         <v>473.99</v>
       </c>
-      <c r="J57" s="13">
+      <c r="E57" s="6">
         <v>373.46</v>
       </c>
-      <c r="K57" s="14" t="s">
-[...37 lines deleted...]
-        <v>92</v>
+      <c r="F57" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G57" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="H57" s="8">
+        <v>847.45</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:S1"/>
-[...2 lines deleted...]
-    <mergeCell ref="A61:T61"/>
+    <mergeCell ref="A1:H1"/>
+    <mergeCell ref="A2:H2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
@@ -15458,31 +7041,31 @@
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>Mężczyźni - Junior młodszy</vt:lpstr>
       <vt:lpstr>Mężczyźni - Młodzik</vt:lpstr>
       <vt:lpstr>Kobiety - Junior młodszy</vt:lpstr>
       <vt:lpstr>Kobiety - Młodzik</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>System Rankingowy</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Polpunkty GS (Posezonowy) - Wydarzenia</dc:title>
-  <dc:description>Ranking zawodników z rozbiciem na wydarzenia i kategorie</dc:description>
+  <dc:description>Ranking zawodników z rozbiciem na wydarzenia</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category>Sport</cp:category>
 </cp:coreProperties>
 </file>