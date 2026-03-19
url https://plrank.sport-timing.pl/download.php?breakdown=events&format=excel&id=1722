--- v1 (2026-02-01)
+++ v2 (2026-03-19)
@@ -18,62 +18,59 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Mężczyźni - Junior młodszy" sheetId="1" r:id="rId4"/>
     <sheet name="Mężczyźni - Młodzik" sheetId="2" r:id="rId5"/>
     <sheet name="Kobiety - Junior młodszy" sheetId="3" r:id="rId6"/>
     <sheet name="Kobiety - Młodzik" sheetId="4" r:id="rId7"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="220">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="219">
   <si>
     <t>Polpunkty GS (Posezonowy) - Mężczyźni - Junior młodszy</t>
   </si>
   <si>
     <t>Sezon: 2024/2025 | Typ licencji: ZJAZDY</t>
   </si>
   <si>
     <t>Poz.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Licencja</t>
   </si>
   <si>
     <t>Zawodnik</t>
   </si>
   <si>
     <t>PolPunkty GS 1
 08.01.2025</t>
   </si>
   <si>
     <t>PolPunkty GS 2
 09.01.2025</t>
   </si>
   <si>
     <t>PolPunkty GS 3
 15.02.2025</t>
   </si>
   <si>
     <t>PolPunkty GS 4
 16.02.2025</t>
   </si>
   <si>
     <t>OOM Krynica GS
 09.03.2025</t>
   </si>
   <si>
@@ -1104,5922 +1101,5662 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I46"/>
+  <dimension ref="A1:H46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A4" sqref="A4:I46"/>
+      <selection activeCell="A4" sqref="A4:H46"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="true" style="0"/>
-    <col min="2" max="2" width="14" customWidth="true" style="0"/>
-    <col min="3" max="3" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
-    <col min="8" max="8" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9">
+    <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:9">
+    <row r="2" spans="1:8">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:9" customHeight="1" ht="150">
+    <row r="4" spans="1:8" customHeight="1" ht="150">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="H4" s="5" t="s">
+      <c r="H4" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="I4" s="3" t="s">
-[...3 lines deleted...]
-    <row r="5" spans="1:9">
+    </row>
+    <row r="5" spans="1:8">
       <c r="A5" s="4">
         <v>1</v>
       </c>
-      <c r="B5" s="4">
-[...3 lines deleted...]
-        <v>11</v>
+      <c r="B5" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="C5" s="6">
+        <v>15.59</v>
       </c>
       <c r="D5" s="6">
-        <v>15.59</v>
+        <v>19.8</v>
       </c>
       <c r="E5" s="6">
-        <v>19.8</v>
+        <v>26.35</v>
       </c>
       <c r="F5" s="6">
-        <v>26.35</v>
-[...1 lines deleted...]
-      <c r="G5" s="6">
         <v>20.51</v>
       </c>
-      <c r="H5" s="7" t="s">
-[...2 lines deleted...]
-      <c r="I5" s="8">
+      <c r="G5" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H5" s="8">
         <v>5.79</v>
       </c>
     </row>
-    <row r="6" spans="1:9">
+    <row r="6" spans="1:8">
       <c r="A6" s="4">
         <v>2</v>
       </c>
-      <c r="B6" s="4">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="B6" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C6" s="6">
+        <v>39.64</v>
       </c>
       <c r="D6" s="6">
-        <v>39.64</v>
-[...1 lines deleted...]
-      <c r="E6" s="6">
         <v>36.77</v>
       </c>
+      <c r="E6" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="F6" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G6" s="7" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="I6" s="8">
+        <v>11</v>
+      </c>
+      <c r="H6" s="8">
         <v>8.17</v>
       </c>
     </row>
-    <row r="7" spans="1:9">
+    <row r="7" spans="1:8">
       <c r="A7" s="4">
         <v>3</v>
       </c>
-      <c r="B7" s="4">
-[...3 lines deleted...]
-        <v>14</v>
+      <c r="B7" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="C7" s="6">
+        <v>41.02</v>
       </c>
       <c r="D7" s="6">
-        <v>41.02</v>
+        <v>42.46</v>
       </c>
       <c r="E7" s="6">
-        <v>42.46</v>
+        <v>25.24</v>
       </c>
       <c r="F7" s="6">
-        <v>25.24</v>
+        <v>32.39</v>
       </c>
       <c r="G7" s="6">
-        <v>32.39</v>
-[...1 lines deleted...]
-      <c r="H7" s="6">
         <v>29.54</v>
       </c>
-      <c r="I7" s="8">
+      <c r="H7" s="8">
         <v>18.37</v>
       </c>
     </row>
-    <row r="8" spans="1:9">
+    <row r="8" spans="1:8">
       <c r="A8" s="4">
         <v>4</v>
       </c>
-      <c r="B8" s="4">
-[...6 lines deleted...]
-        <v>12</v>
+      <c r="B8" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C8" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" s="6">
+        <v>25.21</v>
       </c>
       <c r="E8" s="6">
-        <v>25.21</v>
+        <v>28.76</v>
       </c>
       <c r="F8" s="6">
-        <v>28.76</v>
+        <v>25.79</v>
       </c>
       <c r="G8" s="6">
-        <v>25.79</v>
-[...1 lines deleted...]
-      <c r="H8" s="6">
         <v>21.82</v>
       </c>
-      <c r="I8" s="8">
+      <c r="H8" s="8">
         <v>23.515</v>
       </c>
     </row>
-    <row r="9" spans="1:9">
+    <row r="9" spans="1:8">
       <c r="A9" s="4">
         <v>5</v>
       </c>
-      <c r="B9" s="4">
-[...3 lines deleted...]
-        <v>16</v>
+      <c r="B9" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="C9" s="6">
+        <v>32.96</v>
       </c>
       <c r="D9" s="6">
-        <v>32.96</v>
+        <v>28.66</v>
       </c>
       <c r="E9" s="6">
-        <v>28.66</v>
-[...1 lines deleted...]
-      <c r="F9" s="6">
         <v>28.76</v>
       </c>
+      <c r="F9" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="G9" s="7" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="I9" s="8">
+        <v>11</v>
+      </c>
+      <c r="H9" s="8">
         <v>28.71</v>
       </c>
     </row>
-    <row r="10" spans="1:9">
+    <row r="10" spans="1:8">
       <c r="A10" s="4">
         <v>6</v>
       </c>
-      <c r="B10" s="4">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="B10" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="C10" s="6">
+        <v>52.39</v>
       </c>
       <c r="D10" s="6">
-        <v>52.39</v>
+        <v>38.17</v>
       </c>
       <c r="E10" s="6">
-        <v>38.17</v>
+        <v>36.0</v>
       </c>
       <c r="F10" s="6">
-        <v>36.0</v>
+        <v>39.21</v>
       </c>
       <c r="G10" s="6">
-        <v>39.21</v>
-[...1 lines deleted...]
-      <c r="H10" s="6">
         <v>23.8</v>
       </c>
-      <c r="I10" s="8">
+      <c r="H10" s="8">
         <v>29.9</v>
       </c>
     </row>
-    <row r="11" spans="1:9">
+    <row r="11" spans="1:8">
       <c r="A11" s="4">
         <v>7</v>
       </c>
-      <c r="B11" s="4">
-[...6 lines deleted...]
-        <v>12</v>
+      <c r="B11" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C11" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D11" s="6">
+        <v>70.15</v>
       </c>
       <c r="E11" s="6">
-        <v>70.15</v>
+        <v>57.94</v>
       </c>
       <c r="F11" s="6">
-        <v>57.94</v>
+        <v>32.83</v>
       </c>
       <c r="G11" s="6">
-        <v>32.83</v>
-[...1 lines deleted...]
-      <c r="H11" s="6">
         <v>30.27</v>
       </c>
-      <c r="I11" s="8">
+      <c r="H11" s="8">
         <v>31.55</v>
       </c>
     </row>
-    <row r="12" spans="1:9">
+    <row r="12" spans="1:8">
       <c r="A12" s="4">
         <v>8</v>
       </c>
-      <c r="B12" s="4">
-[...3 lines deleted...]
-        <v>19</v>
+      <c r="B12" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="C12" s="6">
+        <v>49.75</v>
       </c>
       <c r="D12" s="6">
-        <v>49.75</v>
-[...1 lines deleted...]
-      <c r="E12" s="6">
         <v>35.0</v>
       </c>
-      <c r="F12" s="7" t="s">
-        <v>12</v>
+      <c r="E12" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F12" s="6">
+        <v>56.15</v>
       </c>
       <c r="G12" s="6">
-        <v>56.15</v>
-[...1 lines deleted...]
-      <c r="H12" s="6">
         <v>39.65</v>
       </c>
-      <c r="I12" s="8">
+      <c r="H12" s="8">
         <v>37.325</v>
       </c>
     </row>
-    <row r="13" spans="1:9">
+    <row r="13" spans="1:8">
       <c r="A13" s="4">
         <v>9</v>
       </c>
-      <c r="B13" s="4">
-[...3 lines deleted...]
-        <v>20</v>
+      <c r="B13" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C13" s="6">
+        <v>51.03</v>
       </c>
       <c r="D13" s="6">
-        <v>51.03</v>
-[...1 lines deleted...]
-      <c r="E13" s="6">
         <v>51.68</v>
       </c>
-      <c r="F13" s="7" t="s">
-        <v>12</v>
+      <c r="E13" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F13" s="6">
+        <v>80.35</v>
       </c>
       <c r="G13" s="6">
-        <v>80.35</v>
-[...1 lines deleted...]
-      <c r="H13" s="6">
         <v>29.85</v>
       </c>
-      <c r="I13" s="8">
+      <c r="H13" s="8">
         <v>40.44</v>
       </c>
     </row>
-    <row r="14" spans="1:9">
+    <row r="14" spans="1:8">
       <c r="A14" s="4">
         <v>10</v>
       </c>
-      <c r="B14" s="4">
-[...2 lines deleted...]
-      <c r="C14" s="4" t="s">
+      <c r="B14" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C14" s="6">
+        <v>41.89</v>
+      </c>
+      <c r="D14" s="6">
+        <v>46.56</v>
+      </c>
+      <c r="E14" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F14" s="6">
+        <v>46.8</v>
+      </c>
+      <c r="G14" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H14" s="8">
+        <v>44.225</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" s="4">
+        <v>11</v>
+      </c>
+      <c r="B15" s="4" t="s">
         <v>21</v>
       </c>
-      <c r="D14" s="6">
-[...26 lines deleted...]
-        <v>22</v>
+      <c r="C15" s="6">
+        <v>53.67</v>
       </c>
       <c r="D15" s="6">
-        <v>53.67</v>
+        <v>57.1</v>
       </c>
       <c r="E15" s="6">
-        <v>57.1</v>
-[...1 lines deleted...]
-      <c r="F15" s="6">
         <v>54.72</v>
       </c>
-      <c r="G15" s="7" t="s">
-[...2 lines deleted...]
-      <c r="H15" s="6">
+      <c r="F15" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" s="6">
         <v>35.8</v>
       </c>
-      <c r="I15" s="8">
+      <c r="H15" s="8">
         <v>44.735</v>
       </c>
     </row>
-    <row r="16" spans="1:9">
+    <row r="16" spans="1:8">
       <c r="A16" s="4">
         <v>12</v>
       </c>
-      <c r="B16" s="4">
-[...3 lines deleted...]
-        <v>23</v>
+      <c r="B16" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C16" s="6">
+        <v>78.51</v>
       </c>
       <c r="D16" s="6">
-        <v>78.51</v>
+        <v>49.27</v>
       </c>
       <c r="E16" s="6">
-        <v>49.27</v>
+        <v>82.08</v>
       </c>
       <c r="F16" s="6">
-        <v>82.08</v>
+        <v>50.54</v>
       </c>
       <c r="G16" s="6">
-        <v>50.54</v>
-[...1 lines deleted...]
-      <c r="H16" s="6">
         <v>45.91</v>
       </c>
-      <c r="I16" s="8">
+      <c r="H16" s="8">
         <v>47.59</v>
       </c>
     </row>
-    <row r="17" spans="1:9">
+    <row r="17" spans="1:8">
       <c r="A17" s="4">
         <v>13</v>
       </c>
-      <c r="B17" s="4">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="B17" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C17" s="6">
+        <v>59.85</v>
       </c>
       <c r="D17" s="6">
-        <v>59.85</v>
-[...1 lines deleted...]
-      <c r="E17" s="6">
         <v>49.92</v>
       </c>
+      <c r="E17" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="F17" s="7" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="H17" s="6">
+        <v>11</v>
+      </c>
+      <c r="G17" s="6">
         <v>45.81</v>
       </c>
-      <c r="I17" s="8">
+      <c r="H17" s="8">
         <v>47.865</v>
       </c>
     </row>
-    <row r="18" spans="1:9">
+    <row r="18" spans="1:8">
       <c r="A18" s="4">
         <v>14</v>
       </c>
-      <c r="B18" s="4">
-[...5 lines deleted...]
-      <c r="D18" s="6">
+      <c r="B18" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C18" s="6">
         <v>59.27</v>
       </c>
+      <c r="D18" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="E18" s="7" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="F18" s="6">
+        <v>51.64</v>
       </c>
       <c r="G18" s="6">
-        <v>51.64</v>
-[...1 lines deleted...]
-      <c r="H18" s="6">
         <v>51.44</v>
       </c>
-      <c r="I18" s="8">
+      <c r="H18" s="8">
         <v>51.54</v>
       </c>
     </row>
-    <row r="19" spans="1:9">
+    <row r="19" spans="1:8">
       <c r="A19" s="4">
         <v>15</v>
       </c>
-      <c r="B19" s="4">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="B19" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C19" s="6">
+        <v>66.93</v>
       </c>
       <c r="D19" s="6">
-        <v>66.93</v>
+        <v>47.5</v>
       </c>
       <c r="E19" s="6">
-        <v>47.5</v>
+        <v>72.62</v>
       </c>
       <c r="F19" s="6">
-        <v>72.62</v>
+        <v>78.26</v>
       </c>
       <c r="G19" s="6">
-        <v>78.26</v>
-[...1 lines deleted...]
-      <c r="H19" s="6">
         <v>79.18</v>
       </c>
-      <c r="I19" s="8">
+      <c r="H19" s="8">
         <v>57.215</v>
       </c>
     </row>
-    <row r="20" spans="1:9">
+    <row r="20" spans="1:8">
       <c r="A20" s="4">
         <v>16</v>
       </c>
-      <c r="B20" s="4">
-[...3 lines deleted...]
-        <v>27</v>
+      <c r="B20" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="C20" s="6">
+        <v>74.68</v>
       </c>
       <c r="D20" s="6">
-        <v>74.68</v>
-[...1 lines deleted...]
-      <c r="E20" s="6">
         <v>66.23</v>
       </c>
-      <c r="F20" s="7" t="s">
-        <v>12</v>
+      <c r="E20" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F20" s="6">
+        <v>78.59</v>
       </c>
       <c r="G20" s="6">
-        <v>78.59</v>
-[...1 lines deleted...]
-      <c r="H20" s="6">
         <v>59.47</v>
       </c>
-      <c r="I20" s="8">
+      <c r="H20" s="8">
         <v>62.85</v>
       </c>
     </row>
-    <row r="21" spans="1:9">
+    <row r="21" spans="1:8">
       <c r="A21" s="4">
         <v>17</v>
       </c>
-      <c r="B21" s="4">
-[...3 lines deleted...]
-        <v>28</v>
+      <c r="B21" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="C21" s="6">
+        <v>67.31</v>
       </c>
       <c r="D21" s="6">
-        <v>67.31</v>
-[...1 lines deleted...]
-      <c r="E21" s="6">
         <v>69.59</v>
       </c>
-      <c r="F21" s="7" t="s">
-        <v>12</v>
+      <c r="E21" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F21" s="6">
+        <v>73.75</v>
       </c>
       <c r="G21" s="6">
-        <v>73.75</v>
-[...1 lines deleted...]
-      <c r="H21" s="6">
         <v>60.93</v>
       </c>
-      <c r="I21" s="8">
+      <c r="H21" s="8">
         <v>63.42</v>
       </c>
     </row>
-    <row r="22" spans="1:9">
+    <row r="22" spans="1:8">
       <c r="A22" s="4">
         <v>18</v>
       </c>
-      <c r="B22" s="4">
-[...6 lines deleted...]
-        <v>12</v>
+      <c r="B22" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="C22" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D22" s="6">
+        <v>63.53</v>
       </c>
       <c r="E22" s="6">
-        <v>63.53</v>
+        <v>68.9</v>
       </c>
       <c r="F22" s="6">
-        <v>68.9</v>
+        <v>69.9</v>
       </c>
       <c r="G22" s="6">
-        <v>69.9</v>
-[...1 lines deleted...]
-      <c r="H22" s="6">
         <v>79.08</v>
       </c>
-      <c r="I22" s="8">
+      <c r="H22" s="8">
         <v>66.215</v>
       </c>
     </row>
-    <row r="23" spans="1:9">
+    <row r="23" spans="1:8">
       <c r="A23" s="4">
         <v>19</v>
       </c>
-      <c r="B23" s="4">
-[...3 lines deleted...]
-        <v>30</v>
+      <c r="B23" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="C23" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="D23" s="7" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E23" s="6">
+        <v>96.67</v>
       </c>
       <c r="F23" s="6">
-        <v>96.67</v>
+        <v>79.25</v>
       </c>
       <c r="G23" s="6">
-        <v>79.25</v>
-[...1 lines deleted...]
-      <c r="H23" s="6">
         <v>61.04</v>
       </c>
-      <c r="I23" s="8">
+      <c r="H23" s="8">
         <v>70.145</v>
       </c>
     </row>
-    <row r="24" spans="1:9">
+    <row r="24" spans="1:8">
       <c r="A24" s="4">
         <v>20</v>
       </c>
-      <c r="B24" s="4">
-[...3 lines deleted...]
-        <v>31</v>
+      <c r="B24" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="C24" s="6">
+        <v>120.9</v>
       </c>
       <c r="D24" s="6">
-        <v>120.9</v>
+        <v>101.12</v>
       </c>
       <c r="E24" s="6">
-        <v>101.12</v>
+        <v>76.55</v>
       </c>
       <c r="F24" s="6">
-        <v>76.55</v>
+        <v>74.52</v>
       </c>
       <c r="G24" s="6">
-        <v>74.52</v>
-[...1 lines deleted...]
-      <c r="H24" s="6">
         <v>70.94</v>
       </c>
-      <c r="I24" s="8">
+      <c r="H24" s="8">
         <v>72.73</v>
       </c>
     </row>
-    <row r="25" spans="1:9">
+    <row r="25" spans="1:8">
       <c r="A25" s="4">
         <v>21</v>
       </c>
-      <c r="B25" s="4">
-[...3 lines deleted...]
-        <v>32</v>
+      <c r="B25" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="C25" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="D25" s="7" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E25" s="6">
+        <v>87.21</v>
       </c>
       <c r="F25" s="6">
-        <v>87.21</v>
-[...1 lines deleted...]
-      <c r="G25" s="6">
         <v>59.45</v>
       </c>
-      <c r="H25" s="7" t="s">
-[...2 lines deleted...]
-      <c r="I25" s="8">
+      <c r="G25" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H25" s="8">
         <v>73.33</v>
       </c>
     </row>
-    <row r="26" spans="1:9">
+    <row r="26" spans="1:8">
       <c r="A26" s="4">
         <v>22</v>
       </c>
-      <c r="B26" s="4">
-[...5 lines deleted...]
-      <c r="D26" s="6">
+      <c r="B26" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C26" s="6">
         <v>71.64</v>
       </c>
-      <c r="E26" s="7" t="s">
-        <v>12</v>
+      <c r="D26" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" s="6">
+        <v>95.36</v>
       </c>
       <c r="F26" s="6">
-        <v>95.36</v>
+        <v>79.58</v>
       </c>
       <c r="G26" s="6">
-        <v>79.58</v>
-[...1 lines deleted...]
-      <c r="H26" s="6">
         <v>107.34</v>
       </c>
-      <c r="I26" s="8">
+      <c r="H26" s="8">
         <v>75.61</v>
       </c>
     </row>
-    <row r="27" spans="1:9">
+    <row r="27" spans="1:8">
       <c r="A27" s="4">
         <v>23</v>
       </c>
-      <c r="B27" s="4">
-[...8 lines deleted...]
-      <c r="E27" s="6">
+      <c r="B27" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="C27" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D27" s="6">
         <v>75.65</v>
       </c>
+      <c r="E27" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="F27" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G27" s="7" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="I27" s="8">
+        <v>11</v>
+      </c>
+      <c r="H27" s="8">
         <v>75.65</v>
       </c>
     </row>
-    <row r="28" spans="1:9">
+    <row r="28" spans="1:8">
       <c r="A28" s="4">
         <v>24</v>
       </c>
-      <c r="B28" s="4">
-[...3 lines deleted...]
-        <v>35</v>
+      <c r="B28" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="C28" s="6">
+        <v>84.5</v>
       </c>
       <c r="D28" s="6">
-        <v>84.5</v>
-[...1 lines deleted...]
-      <c r="E28" s="6">
         <v>67.17</v>
       </c>
+      <c r="E28" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="F28" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G28" s="7" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="I28" s="8">
+        <v>11</v>
+      </c>
+      <c r="H28" s="8">
         <v>75.835</v>
       </c>
     </row>
-    <row r="29" spans="1:9">
+    <row r="29" spans="1:8">
       <c r="A29" s="4">
         <v>25</v>
       </c>
-      <c r="B29" s="4">
-[...3 lines deleted...]
-        <v>36</v>
+      <c r="B29" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C29" s="6">
+        <v>119.04</v>
       </c>
       <c r="D29" s="6">
-        <v>119.04</v>
+        <v>103.26</v>
       </c>
       <c r="E29" s="6">
-        <v>103.26</v>
+        <v>100.19</v>
       </c>
       <c r="F29" s="6">
-        <v>100.19</v>
+        <v>83.65</v>
       </c>
       <c r="G29" s="6">
-        <v>83.65</v>
-[...1 lines deleted...]
-      <c r="H29" s="6">
         <v>78.66</v>
       </c>
-      <c r="I29" s="8">
+      <c r="H29" s="8">
         <v>81.155</v>
       </c>
     </row>
-    <row r="30" spans="1:9">
+    <row r="30" spans="1:8">
       <c r="A30" s="4">
         <v>26</v>
       </c>
-      <c r="B30" s="4">
-[...3 lines deleted...]
-        <v>37</v>
+      <c r="B30" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C30" s="6">
+        <v>84.79</v>
       </c>
       <c r="D30" s="6">
-        <v>84.79</v>
+        <v>84.89</v>
       </c>
       <c r="E30" s="6">
-        <v>84.89</v>
+        <v>114.68</v>
       </c>
       <c r="F30" s="6">
-        <v>114.68</v>
+        <v>102.46</v>
       </c>
       <c r="G30" s="6">
-        <v>102.46</v>
-[...1 lines deleted...]
-      <c r="H30" s="6">
         <v>97.02</v>
       </c>
-      <c r="I30" s="8">
+      <c r="H30" s="8">
         <v>84.84</v>
       </c>
     </row>
-    <row r="31" spans="1:9">
+    <row r="31" spans="1:8">
       <c r="A31" s="4">
         <v>27</v>
       </c>
-      <c r="B31" s="4">
-[...3 lines deleted...]
-        <v>38</v>
+      <c r="B31" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C31" s="6">
+        <v>102.45</v>
       </c>
       <c r="D31" s="6">
-        <v>102.45</v>
-[...1 lines deleted...]
-      <c r="E31" s="6">
         <v>75.29</v>
       </c>
+      <c r="E31" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="F31" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G31" s="7" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="I31" s="8">
+        <v>11</v>
+      </c>
+      <c r="H31" s="8">
         <v>88.87</v>
       </c>
     </row>
-    <row r="32" spans="1:9">
+    <row r="32" spans="1:8">
       <c r="A32" s="4">
         <v>28</v>
       </c>
-      <c r="B32" s="4">
-[...3 lines deleted...]
-        <v>39</v>
+      <c r="B32" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C32" s="6">
+        <v>86.84</v>
       </c>
       <c r="D32" s="6">
-        <v>86.84</v>
-[...1 lines deleted...]
-      <c r="E32" s="6">
         <v>96.82</v>
       </c>
+      <c r="E32" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="F32" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G32" s="7" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="I32" s="8">
+        <v>11</v>
+      </c>
+      <c r="H32" s="8">
         <v>91.83</v>
       </c>
     </row>
-    <row r="33" spans="1:9">
+    <row r="33" spans="1:8">
       <c r="A33" s="4">
         <v>29</v>
       </c>
-      <c r="B33" s="4">
-[...3 lines deleted...]
-        <v>40</v>
+      <c r="B33" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C33" s="6">
+        <v>118.15</v>
       </c>
       <c r="D33" s="6">
-        <v>118.15</v>
-[...1 lines deleted...]
-      <c r="E33" s="6">
         <v>95.34</v>
       </c>
+      <c r="E33" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="F33" s="7" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="H33" s="6">
+        <v>11</v>
+      </c>
+      <c r="G33" s="6">
         <v>119.86</v>
       </c>
-      <c r="I33" s="8">
+      <c r="H33" s="8">
         <v>106.745</v>
       </c>
     </row>
-    <row r="34" spans="1:9">
+    <row r="34" spans="1:8">
       <c r="A34" s="4">
         <v>30</v>
       </c>
-      <c r="B34" s="4">
-[...5 lines deleted...]
-      <c r="D34" s="6">
+      <c r="B34" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C34" s="6">
         <v>141.71</v>
       </c>
-      <c r="E34" s="7" t="s">
-        <v>12</v>
+      <c r="D34" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" s="6">
+        <v>109.75</v>
       </c>
       <c r="F34" s="6">
-        <v>109.75</v>
+        <v>116.1</v>
       </c>
       <c r="G34" s="6">
-        <v>116.1</v>
-[...1 lines deleted...]
-      <c r="H34" s="6">
         <v>116.63</v>
       </c>
-      <c r="I34" s="8">
+      <c r="H34" s="8">
         <v>112.925</v>
       </c>
     </row>
-    <row r="35" spans="1:9">
+    <row r="35" spans="1:8">
       <c r="A35" s="4">
         <v>31</v>
       </c>
-      <c r="B35" s="4">
-[...5 lines deleted...]
-      <c r="D35" s="6">
+      <c r="B35" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C35" s="6">
         <v>157.62</v>
       </c>
-      <c r="E35" s="7" t="s">
-[...2 lines deleted...]
-      <c r="F35" s="6">
+      <c r="D35" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" s="6">
         <v>119.4</v>
       </c>
-      <c r="G35" s="7" t="s">
-[...2 lines deleted...]
-      <c r="H35" s="6">
+      <c r="F35" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G35" s="6">
         <v>111.52</v>
       </c>
-      <c r="I35" s="8">
+      <c r="H35" s="8">
         <v>115.46</v>
       </c>
     </row>
-    <row r="36" spans="1:9">
+    <row r="36" spans="1:8">
       <c r="A36" s="4">
         <v>32</v>
       </c>
-      <c r="B36" s="4">
-[...3 lines deleted...]
-        <v>43</v>
+      <c r="B36" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C36" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="D36" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E36" s="7" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="G36" s="6">
+        <v>11</v>
+      </c>
+      <c r="F36" s="6">
         <v>121.93</v>
       </c>
-      <c r="H36" s="7" t="s">
-[...2 lines deleted...]
-      <c r="I36" s="8">
+      <c r="G36" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H36" s="8">
         <v>121.93</v>
       </c>
     </row>
-    <row r="37" spans="1:9">
+    <row r="37" spans="1:8">
       <c r="A37" s="4">
         <v>33</v>
       </c>
-      <c r="B37" s="4">
-[...3 lines deleted...]
-        <v>44</v>
+      <c r="B37" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C37" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="D37" s="7" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="F37" s="6">
+        <v>11</v>
+      </c>
+      <c r="E37" s="6">
         <v>124.44</v>
       </c>
+      <c r="F37" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="G37" s="7" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="I37" s="8">
+        <v>11</v>
+      </c>
+      <c r="H37" s="8">
         <v>124.44</v>
       </c>
     </row>
-    <row r="38" spans="1:9">
+    <row r="38" spans="1:8">
       <c r="A38" s="4">
         <v>34</v>
       </c>
-      <c r="B38" s="4">
-[...3 lines deleted...]
-        <v>45</v>
+      <c r="B38" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C38" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="D38" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E38" s="7" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="G38" s="6">
+        <v>11</v>
+      </c>
+      <c r="F38" s="6">
         <v>125.89</v>
       </c>
-      <c r="H38" s="7" t="s">
-[...2 lines deleted...]
-      <c r="I38" s="8">
+      <c r="G38" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H38" s="8">
         <v>125.89</v>
       </c>
     </row>
-    <row r="39" spans="1:9">
+    <row r="39" spans="1:8">
       <c r="A39" s="4">
         <v>35</v>
       </c>
-      <c r="B39" s="4">
-[...3 lines deleted...]
-        <v>46</v>
+      <c r="B39" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C39" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="D39" s="7" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="F39" s="6">
+        <v>11</v>
+      </c>
+      <c r="E39" s="6">
         <v>131.38</v>
       </c>
+      <c r="F39" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="G39" s="7" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="I39" s="8">
+        <v>11</v>
+      </c>
+      <c r="H39" s="8">
         <v>131.38</v>
       </c>
     </row>
-    <row r="40" spans="1:9">
+    <row r="40" spans="1:8">
       <c r="A40" s="4">
         <v>36</v>
       </c>
-      <c r="B40" s="4">
-[...6 lines deleted...]
-        <v>12</v>
+      <c r="B40" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="C40" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D40" s="6">
+        <v>63.53</v>
       </c>
       <c r="E40" s="6">
-        <v>63.53</v>
+        <v>76.55</v>
       </c>
       <c r="F40" s="6">
-        <v>76.55</v>
+        <v>77.16</v>
       </c>
       <c r="G40" s="6">
-        <v>77.16</v>
-[...1 lines deleted...]
-      <c r="H40" s="6">
         <v>76.26</v>
       </c>
-      <c r="I40" s="8">
+      <c r="H40" s="8">
         <v>139.79</v>
       </c>
     </row>
-    <row r="41" spans="1:9">
+    <row r="41" spans="1:8">
       <c r="A41" s="4">
         <v>37</v>
       </c>
-      <c r="B41" s="4">
-[...5 lines deleted...]
-      <c r="D41" s="6">
+      <c r="B41" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="C41" s="6">
         <v>147.9</v>
       </c>
+      <c r="D41" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="E41" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F41" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G41" s="7" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="I41" s="8">
+        <v>11</v>
+      </c>
+      <c r="H41" s="8">
         <v>147.9</v>
       </c>
     </row>
-    <row r="42" spans="1:9">
+    <row r="42" spans="1:8">
       <c r="A42" s="4">
         <v>38</v>
       </c>
-      <c r="B42" s="4">
-[...5 lines deleted...]
-      <c r="D42" s="6">
+      <c r="B42" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="C42" s="6">
         <v>148.38</v>
       </c>
+      <c r="D42" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="E42" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F42" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G42" s="7" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="I42" s="8">
+        <v>11</v>
+      </c>
+      <c r="H42" s="8">
         <v>148.38</v>
       </c>
     </row>
-    <row r="43" spans="1:9">
+    <row r="43" spans="1:8">
       <c r="A43" s="4">
         <v>39</v>
       </c>
-      <c r="B43" s="4">
-[...3 lines deleted...]
-        <v>50</v>
+      <c r="B43" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="C43" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="D43" s="7" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E43" s="6">
+        <v>87.01</v>
       </c>
       <c r="F43" s="6">
-        <v>87.01</v>
-[...1 lines deleted...]
-      <c r="G43" s="6">
         <v>73.53</v>
       </c>
-      <c r="H43" s="7" t="s">
-[...2 lines deleted...]
-      <c r="I43" s="8">
+      <c r="G43" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H43" s="8">
         <v>160.54</v>
       </c>
     </row>
-    <row r="44" spans="1:9">
+    <row r="44" spans="1:8">
       <c r="A44" s="4">
         <v>40</v>
       </c>
-      <c r="B44" s="4">
-[...5 lines deleted...]
-      <c r="D44" s="6">
+      <c r="B44" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="C44" s="6">
         <v>172.43</v>
       </c>
+      <c r="D44" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="E44" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F44" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G44" s="7" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="I44" s="8">
+        <v>11</v>
+      </c>
+      <c r="H44" s="8">
         <v>172.43</v>
       </c>
     </row>
-    <row r="45" spans="1:9">
+    <row r="45" spans="1:8">
       <c r="A45" s="4">
         <v>41</v>
       </c>
-      <c r="B45" s="4">
-[...3 lines deleted...]
-        <v>52</v>
+      <c r="B45" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="C45" s="6">
+        <v>111.87</v>
       </c>
       <c r="D45" s="6">
-        <v>111.87</v>
-[...1 lines deleted...]
-      <c r="E45" s="6">
         <v>79.57</v>
       </c>
-      <c r="F45" s="7" t="s">
-[...2 lines deleted...]
-      <c r="G45" s="6">
+      <c r="E45" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F45" s="6">
         <v>125.67</v>
       </c>
-      <c r="H45" s="7" t="s">
-[...2 lines deleted...]
-      <c r="I45" s="8">
+      <c r="G45" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H45" s="8">
         <v>191.44</v>
       </c>
     </row>
-    <row r="46" spans="1:9">
+    <row r="46" spans="1:8">
       <c r="A46" s="4">
         <v>42</v>
       </c>
-      <c r="B46" s="4">
-[...3 lines deleted...]
-        <v>53</v>
+      <c r="B46" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="C46" s="6">
+        <v>140.83</v>
       </c>
       <c r="D46" s="6">
-        <v>140.83</v>
+        <v>104.2</v>
       </c>
       <c r="E46" s="6">
-        <v>104.2</v>
-[...1 lines deleted...]
-      <c r="F46" s="6">
         <v>119.3</v>
       </c>
-      <c r="G46" s="7" t="s">
-[...2 lines deleted...]
-      <c r="H46" s="6">
+      <c r="F46" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G46" s="6">
         <v>116.31</v>
       </c>
-      <c r="I46" s="8">
+      <c r="H46" s="8">
         <v>220.51</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:I1"/>
-    <mergeCell ref="A2:I2"/>
+    <mergeCell ref="A1:H1"/>
+    <mergeCell ref="A2:H2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:H72"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A4" sqref="A4:H72"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="true" style="0"/>
-    <col min="2" max="2" width="14" customWidth="true" style="0"/>
-    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="150">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="5" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="3" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="4">
         <v>1</v>
       </c>
-      <c r="B5" s="4">
-[...3 lines deleted...]
-        <v>55</v>
+      <c r="B5" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="C5" s="6">
+        <v>242.52</v>
       </c>
       <c r="D5" s="6">
-        <v>242.52</v>
+        <v>212.09</v>
       </c>
       <c r="E5" s="6">
-        <v>212.09</v>
+        <v>179.19</v>
       </c>
       <c r="F5" s="6">
-        <v>179.19</v>
-[...1 lines deleted...]
-      <c r="G5" s="6">
         <v>176.56</v>
+      </c>
+      <c r="G5" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H5" s="8">
         <v>177.875</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="4">
         <v>2</v>
       </c>
-      <c r="B6" s="4">
-[...3 lines deleted...]
-        <v>56</v>
+      <c r="B6" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" s="6">
+        <v>215.66</v>
       </c>
       <c r="D6" s="6">
-        <v>215.66</v>
+        <v>209.99</v>
       </c>
       <c r="E6" s="6">
-        <v>209.99</v>
+        <v>191.81</v>
       </c>
       <c r="F6" s="6">
-        <v>191.81</v>
-[...1 lines deleted...]
-      <c r="G6" s="6">
         <v>198.72</v>
+      </c>
+      <c r="G6" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H6" s="8">
         <v>183.81</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="4">
         <v>3</v>
       </c>
-      <c r="B7" s="4">
-[...3 lines deleted...]
-        <v>57</v>
+      <c r="B7" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" s="6">
+        <v>186.47</v>
       </c>
       <c r="D7" s="6">
-        <v>186.47</v>
+        <v>191.28</v>
       </c>
       <c r="E7" s="6">
-        <v>191.28</v>
+        <v>220.3</v>
       </c>
       <c r="F7" s="6">
-        <v>220.3</v>
-[...1 lines deleted...]
-      <c r="G7" s="6">
         <v>219.58</v>
+      </c>
+      <c r="G7" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H7" s="8">
         <v>188.875</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="4">
         <v>4</v>
       </c>
-      <c r="B8" s="4">
-[...3 lines deleted...]
-        <v>58</v>
+      <c r="B8" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="C8" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="D8" s="7" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="F8" s="6">
+        <v>11</v>
+      </c>
+      <c r="E8" s="6">
         <v>193.98</v>
       </c>
+      <c r="F8" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="G8" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H8" s="8">
         <v>193.98</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="4">
         <v>5</v>
       </c>
-      <c r="B9" s="4">
-[...3 lines deleted...]
-        <v>59</v>
+      <c r="B9" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="C9" s="6">
+        <v>200.68</v>
       </c>
       <c r="D9" s="6">
-        <v>200.68</v>
-[...1 lines deleted...]
-      <c r="E9" s="6">
         <v>229.5</v>
       </c>
-      <c r="F9" s="7" t="s">
-[...2 lines deleted...]
-      <c r="G9" s="6">
+      <c r="E9" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F9" s="6">
         <v>206.98</v>
+      </c>
+      <c r="G9" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H9" s="8">
         <v>194.19</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="4">
         <v>6</v>
       </c>
-      <c r="B10" s="4">
-[...3 lines deleted...]
-        <v>60</v>
+      <c r="B10" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="C10" s="6">
+        <v>244.27</v>
       </c>
       <c r="D10" s="6">
-        <v>244.27</v>
+        <v>282.5</v>
       </c>
       <c r="E10" s="6">
-        <v>282.5</v>
+        <v>210.51</v>
       </c>
       <c r="F10" s="6">
-        <v>210.51</v>
-[...1 lines deleted...]
-      <c r="G10" s="6">
         <v>216.76</v>
+      </c>
+      <c r="G10" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H10" s="8">
         <v>200.46</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="4">
         <v>7</v>
       </c>
-      <c r="B11" s="4">
-[...6 lines deleted...]
-        <v>12</v>
+      <c r="B11" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="C11" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D11" s="6">
+        <v>205.43</v>
       </c>
       <c r="E11" s="6">
-        <v>205.43</v>
+        <v>215.52</v>
       </c>
       <c r="F11" s="6">
-        <v>215.52</v>
-[...1 lines deleted...]
-      <c r="G11" s="6">
         <v>200.25</v>
+      </c>
+      <c r="G11" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H11" s="8">
         <v>202.84</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="4">
         <v>8</v>
       </c>
-      <c r="B12" s="4">
-[...3 lines deleted...]
-        <v>62</v>
+      <c r="B12" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="C12" s="6">
+        <v>256.13</v>
       </c>
       <c r="D12" s="6">
-        <v>256.13</v>
+        <v>206.09</v>
       </c>
       <c r="E12" s="6">
-        <v>206.09</v>
+        <v>237.49</v>
       </c>
       <c r="F12" s="6">
-        <v>237.49</v>
-[...1 lines deleted...]
-      <c r="G12" s="6">
         <v>221.98</v>
+      </c>
+      <c r="G12" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H12" s="8">
         <v>214.035</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="4">
         <v>9</v>
       </c>
-      <c r="B13" s="4">
-[...6 lines deleted...]
-        <v>12</v>
+      <c r="B13" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="C13" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D13" s="6">
+        <v>201.21</v>
       </c>
       <c r="E13" s="6">
-        <v>201.21</v>
+        <v>268.16</v>
       </c>
       <c r="F13" s="6">
-        <v>268.16</v>
-[...1 lines deleted...]
-      <c r="G13" s="6">
         <v>227.62</v>
+      </c>
+      <c r="G13" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H13" s="8">
         <v>214.415</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="4">
         <v>10</v>
       </c>
-      <c r="B14" s="4">
-[...3 lines deleted...]
-        <v>64</v>
+      <c r="B14" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C14" s="6">
+        <v>231.43</v>
       </c>
       <c r="D14" s="6">
-        <v>231.43</v>
+        <v>207.21</v>
       </c>
       <c r="E14" s="6">
-        <v>207.21</v>
+        <v>230.75</v>
       </c>
       <c r="F14" s="6">
-        <v>230.75</v>
-[...1 lines deleted...]
-      <c r="G14" s="6">
         <v>228.28</v>
+      </c>
+      <c r="G14" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H14" s="8">
         <v>217.745</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="4">
         <v>11</v>
       </c>
-      <c r="B15" s="4">
-[...5 lines deleted...]
-      <c r="D15" s="6">
+      <c r="B15" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="C15" s="6">
         <v>212.36</v>
       </c>
-      <c r="E15" s="7" t="s">
-        <v>12</v>
+      <c r="D15" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" s="6">
+        <v>242.71</v>
       </c>
       <c r="F15" s="6">
-        <v>242.71</v>
-[...1 lines deleted...]
-      <c r="G15" s="6">
         <v>240.45</v>
+      </c>
+      <c r="G15" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H15" s="8">
         <v>226.405</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="4">
         <v>12</v>
       </c>
-      <c r="B16" s="4">
-[...3 lines deleted...]
-        <v>66</v>
+      <c r="B16" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="C16" s="6">
+        <v>232.0</v>
       </c>
       <c r="D16" s="6">
-        <v>232.0</v>
-[...1 lines deleted...]
-      <c r="E16" s="6">
         <v>232.91</v>
       </c>
+      <c r="E16" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="F16" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G16" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H16" s="8">
         <v>232.455</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="4">
         <v>13</v>
       </c>
-      <c r="B17" s="4">
-[...5 lines deleted...]
-      <c r="D17" s="6">
+      <c r="B17" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C17" s="6">
         <v>239.99</v>
       </c>
-      <c r="E17" s="7" t="s">
-[...2 lines deleted...]
-      <c r="F17" s="6">
+      <c r="D17" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" s="6">
         <v>234.01</v>
       </c>
+      <c r="F17" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="G17" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H17" s="8">
         <v>237.0</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="4">
         <v>14</v>
       </c>
-      <c r="B18" s="4">
-[...3 lines deleted...]
-        <v>68</v>
+      <c r="B18" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="C18" s="6">
+        <v>254.0</v>
       </c>
       <c r="D18" s="6">
-        <v>254.0</v>
+        <v>236.33</v>
       </c>
       <c r="E18" s="6">
-        <v>236.33</v>
+        <v>245.1</v>
       </c>
       <c r="F18" s="6">
-        <v>245.1</v>
-[...1 lines deleted...]
-      <c r="G18" s="6">
         <v>238.06</v>
+      </c>
+      <c r="G18" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H18" s="8">
         <v>237.195</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="4">
         <v>15</v>
       </c>
-      <c r="B19" s="4">
-[...3 lines deleted...]
-        <v>69</v>
+      <c r="B19" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="C19" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="D19" s="7" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E19" s="6">
+        <v>281.87</v>
       </c>
       <c r="F19" s="6">
-        <v>281.87</v>
-[...1 lines deleted...]
-      <c r="G19" s="6">
         <v>275.21</v>
+      </c>
+      <c r="G19" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H19" s="8">
         <v>238.9</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="4">
         <v>16</v>
       </c>
-      <c r="B20" s="4">
-[...3 lines deleted...]
-        <v>70</v>
+      <c r="B20" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="C20" s="6">
+        <v>262.18</v>
       </c>
       <c r="D20" s="6">
-        <v>262.18</v>
+        <v>224.94</v>
       </c>
       <c r="E20" s="6">
-        <v>224.94</v>
+        <v>284.91</v>
       </c>
       <c r="F20" s="6">
-        <v>284.91</v>
-[...1 lines deleted...]
-      <c r="G20" s="6">
         <v>286.08</v>
+      </c>
+      <c r="G20" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H20" s="8">
         <v>243.56</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="4">
         <v>17</v>
       </c>
-      <c r="B21" s="4">
-[...8 lines deleted...]
-      <c r="E21" s="6">
+      <c r="B21" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="C21" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D21" s="6">
         <v>253.4</v>
       </c>
+      <c r="E21" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="F21" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G21" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H21" s="8">
         <v>253.4</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="4">
         <v>18</v>
       </c>
-      <c r="B22" s="4">
-[...5 lines deleted...]
-      <c r="D22" s="6">
+      <c r="B22" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="C22" s="6">
         <v>278.12</v>
       </c>
-      <c r="E22" s="7" t="s">
-        <v>12</v>
+      <c r="D22" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" s="6">
+        <v>293.39</v>
       </c>
       <c r="F22" s="6">
-        <v>293.39</v>
-[...1 lines deleted...]
-      <c r="G22" s="6">
         <v>234.58</v>
+      </c>
+      <c r="G22" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H22" s="8">
         <v>256.35</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="4">
         <v>19</v>
       </c>
-      <c r="B23" s="4">
-[...8 lines deleted...]
-      <c r="E23" s="6">
+      <c r="B23" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="C23" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D23" s="6">
         <v>258.12</v>
       </c>
+      <c r="E23" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="F23" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G23" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H23" s="8">
         <v>258.12</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="4">
         <v>20</v>
       </c>
-      <c r="B24" s="4">
-[...3 lines deleted...]
-        <v>74</v>
+      <c r="B24" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="C24" s="6">
+        <v>325.42</v>
       </c>
       <c r="D24" s="6">
-        <v>325.42</v>
+        <v>245.27</v>
       </c>
       <c r="E24" s="6">
-        <v>245.27</v>
+        <v>316.02</v>
       </c>
       <c r="F24" s="6">
-        <v>316.02</v>
-[...1 lines deleted...]
-      <c r="G24" s="6">
         <v>285.86</v>
+      </c>
+      <c r="G24" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H24" s="8">
         <v>265.565</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="4">
         <v>21</v>
       </c>
-      <c r="B25" s="4">
-[...3 lines deleted...]
-        <v>75</v>
+      <c r="B25" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="C25" s="6">
+        <v>275.8</v>
       </c>
       <c r="D25" s="6">
-        <v>275.8</v>
-[...1 lines deleted...]
-      <c r="E25" s="6">
         <v>256.66</v>
       </c>
+      <c r="E25" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="F25" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G25" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H25" s="8">
         <v>266.23</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="4">
         <v>22</v>
       </c>
-      <c r="B26" s="4">
-[...8 lines deleted...]
-      <c r="E26" s="6">
+      <c r="B26" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C26" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D26" s="6">
         <v>268.19</v>
       </c>
+      <c r="E26" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="F26" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G26" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H26" s="8">
         <v>268.19</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="4">
         <v>23</v>
       </c>
-      <c r="B27" s="4">
-[...3 lines deleted...]
-        <v>77</v>
+      <c r="B27" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="C27" s="6">
+        <v>261.19</v>
       </c>
       <c r="D27" s="6">
-        <v>261.19</v>
+        <v>314.87</v>
       </c>
       <c r="E27" s="6">
-        <v>314.87</v>
+        <v>351.69</v>
       </c>
       <c r="F27" s="6">
-        <v>351.69</v>
-[...1 lines deleted...]
-      <c r="G27" s="6">
         <v>284.12</v>
+      </c>
+      <c r="G27" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H27" s="8">
         <v>272.655</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="4">
         <v>24</v>
       </c>
-      <c r="B28" s="4">
-[...3 lines deleted...]
-        <v>78</v>
+      <c r="B28" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C28" s="6">
+        <v>275.8</v>
       </c>
       <c r="D28" s="6">
-        <v>275.8</v>
-[...1 lines deleted...]
-      <c r="E28" s="6">
         <v>275.68</v>
       </c>
+      <c r="E28" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="F28" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G28" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H28" s="8">
         <v>275.74</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="4">
         <v>25</v>
       </c>
-      <c r="B29" s="4">
-[...3 lines deleted...]
-        <v>79</v>
+      <c r="B29" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="C29" s="6">
+        <v>340.98</v>
       </c>
       <c r="D29" s="6">
-        <v>340.98</v>
+        <v>288.04</v>
       </c>
       <c r="E29" s="6">
-        <v>288.04</v>
+        <v>330.38</v>
       </c>
       <c r="F29" s="6">
-        <v>330.38</v>
-[...1 lines deleted...]
-      <c r="G29" s="6">
         <v>304.98</v>
+      </c>
+      <c r="G29" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H29" s="8">
         <v>281.11</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="4">
         <v>26</v>
       </c>
-      <c r="B30" s="4">
-[...6 lines deleted...]
-        <v>12</v>
+      <c r="B30" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="C30" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D30" s="6">
+        <v>278.61</v>
       </c>
       <c r="E30" s="6">
-        <v>278.61</v>
+        <v>353.65</v>
       </c>
       <c r="F30" s="6">
-        <v>353.65</v>
-[...1 lines deleted...]
-      <c r="G30" s="6">
         <v>314.11</v>
+      </c>
+      <c r="G30" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H30" s="8">
         <v>285.36</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="4">
         <v>27</v>
       </c>
-      <c r="B31" s="4">
-[...8 lines deleted...]
-      <c r="E31" s="6">
+      <c r="B31" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="C31" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D31" s="6">
         <v>297.13</v>
       </c>
+      <c r="E31" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="F31" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G31" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H31" s="8">
         <v>297.13</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="4">
         <v>28</v>
       </c>
-      <c r="B32" s="4">
-[...3 lines deleted...]
-        <v>82</v>
+      <c r="B32" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="C32" s="6">
+        <v>301.29</v>
       </c>
       <c r="D32" s="6">
-        <v>301.29</v>
-[...1 lines deleted...]
-      <c r="E32" s="6">
         <v>301.05</v>
       </c>
+      <c r="E32" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="F32" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G32" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H32" s="8">
         <v>301.17</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="4">
         <v>29</v>
       </c>
-      <c r="B33" s="4">
-[...3 lines deleted...]
-        <v>83</v>
+      <c r="B33" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="C33" s="6">
+        <v>372.5</v>
       </c>
       <c r="D33" s="6">
-        <v>372.5</v>
-[...1 lines deleted...]
-      <c r="E33" s="6">
         <v>284.3</v>
       </c>
+      <c r="E33" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="F33" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G33" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H33" s="8">
         <v>311.75</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="4">
         <v>30</v>
       </c>
-      <c r="B34" s="4">
-[...8 lines deleted...]
-      <c r="E34" s="6">
+      <c r="B34" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="C34" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D34" s="6">
         <v>311.77</v>
       </c>
+      <c r="E34" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="F34" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G34" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H34" s="8">
         <v>311.77</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="4">
         <v>31</v>
       </c>
-      <c r="B35" s="4">
-[...3 lines deleted...]
-        <v>85</v>
+      <c r="B35" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="C35" s="6">
+        <v>346.62</v>
       </c>
       <c r="D35" s="6">
-        <v>346.62</v>
-[...1 lines deleted...]
-      <c r="E35" s="6">
         <v>301.52</v>
       </c>
+      <c r="E35" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="F35" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G35" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H35" s="8">
         <v>324.07</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="4">
         <v>32</v>
       </c>
-      <c r="B36" s="4">
-[...3 lines deleted...]
-        <v>86</v>
+      <c r="B36" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="C36" s="6">
+        <v>341.56</v>
       </c>
       <c r="D36" s="6">
-        <v>341.56</v>
+        <v>308.04</v>
       </c>
       <c r="E36" s="6">
-        <v>308.04</v>
+        <v>355.17</v>
       </c>
       <c r="F36" s="6">
-        <v>355.17</v>
-[...1 lines deleted...]
-      <c r="G36" s="6">
         <v>341.71</v>
+      </c>
+      <c r="G36" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H36" s="8">
         <v>324.8</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="4">
         <v>33</v>
       </c>
-      <c r="B37" s="4">
-[...3 lines deleted...]
-        <v>87</v>
+      <c r="B37" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="C37" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="D37" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E37" s="7" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="G37" s="6">
+        <v>11</v>
+      </c>
+      <c r="F37" s="6">
         <v>330.84</v>
+      </c>
+      <c r="G37" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H37" s="8">
         <v>330.84</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="4">
         <v>34</v>
       </c>
-      <c r="B38" s="4">
-[...3 lines deleted...]
-        <v>88</v>
+      <c r="B38" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="C38" s="6">
+        <v>408.12</v>
       </c>
       <c r="D38" s="6">
-        <v>408.12</v>
+        <v>368.85</v>
       </c>
       <c r="E38" s="6">
-        <v>368.85</v>
+        <v>363.88</v>
       </c>
       <c r="F38" s="6">
-        <v>363.88</v>
-[...1 lines deleted...]
-      <c r="G38" s="6">
         <v>329.1</v>
+      </c>
+      <c r="G38" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H38" s="8">
         <v>346.49</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="4">
         <v>35</v>
       </c>
-      <c r="B39" s="4">
-[...8 lines deleted...]
-      <c r="E39" s="6">
+      <c r="B39" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="C39" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D39" s="6">
         <v>348.68</v>
       </c>
+      <c r="E39" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="F39" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G39" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H39" s="8">
         <v>348.68</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="4">
         <v>36</v>
       </c>
-      <c r="B40" s="4">
-[...3 lines deleted...]
-        <v>90</v>
+      <c r="B40" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="C40" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="D40" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E40" s="7" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="G40" s="6">
+        <v>11</v>
+      </c>
+      <c r="F40" s="6">
         <v>400.81</v>
+      </c>
+      <c r="G40" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H40" s="8">
         <v>400.81</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="4">
         <v>37</v>
       </c>
-      <c r="B41" s="4">
-[...3 lines deleted...]
-        <v>91</v>
+      <c r="B41" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="C41" s="6">
+        <v>211.38</v>
       </c>
       <c r="D41" s="6">
-        <v>211.38</v>
+        <v>207.71</v>
       </c>
       <c r="E41" s="6">
-        <v>207.71</v>
-[...1 lines deleted...]
-      <c r="F41" s="6">
         <v>200.94</v>
       </c>
+      <c r="F41" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="G41" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H41" s="8">
         <v>408.65</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="4">
         <v>38</v>
       </c>
-      <c r="B42" s="4">
-[...3 lines deleted...]
-        <v>92</v>
+      <c r="B42" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="C42" s="6">
+        <v>207.87</v>
       </c>
       <c r="D42" s="6">
-        <v>207.87</v>
+        <v>221.05</v>
       </c>
       <c r="E42" s="6">
-        <v>221.05</v>
+        <v>256.63</v>
       </c>
       <c r="F42" s="6">
-        <v>256.63</v>
-[...1 lines deleted...]
-      <c r="G42" s="6">
         <v>229.15</v>
+      </c>
+      <c r="G42" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H42" s="8">
         <v>428.92</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="4">
         <v>39</v>
       </c>
-      <c r="B43" s="4">
-[...3 lines deleted...]
-        <v>93</v>
+      <c r="B43" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="C43" s="6">
+        <v>249.91</v>
       </c>
       <c r="D43" s="6">
-        <v>249.91</v>
+        <v>248.19</v>
       </c>
       <c r="E43" s="6">
-        <v>248.19</v>
+        <v>255.76</v>
       </c>
       <c r="F43" s="6">
-        <v>255.76</v>
-[...1 lines deleted...]
-      <c r="G43" s="6">
         <v>224.15</v>
+      </c>
+      <c r="G43" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H43" s="8">
         <v>472.34</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="4">
         <v>40</v>
       </c>
-      <c r="B44" s="4">
-[...3 lines deleted...]
-        <v>94</v>
+      <c r="B44" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="C44" s="6">
+        <v>240.58</v>
       </c>
       <c r="D44" s="6">
-        <v>240.58</v>
+        <v>269.33</v>
       </c>
       <c r="E44" s="6">
-        <v>269.33</v>
+        <v>263.38</v>
       </c>
       <c r="F44" s="6">
-        <v>263.38</v>
-[...1 lines deleted...]
-      <c r="G44" s="6">
         <v>232.19</v>
+      </c>
+      <c r="G44" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H44" s="8">
         <v>472.77</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="4">
         <v>41</v>
       </c>
-      <c r="B45" s="4">
-[...3 lines deleted...]
-        <v>95</v>
+      <c r="B45" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="C45" s="6">
+        <v>253.61</v>
       </c>
       <c r="D45" s="6">
-        <v>253.61</v>
-[...1 lines deleted...]
-      <c r="E45" s="6">
         <v>239.41</v>
       </c>
-      <c r="F45" s="7" t="s">
-[...2 lines deleted...]
-      <c r="G45" s="6">
+      <c r="E45" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F45" s="6">
         <v>234.8</v>
+      </c>
+      <c r="G45" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H45" s="8">
         <v>474.21</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="4">
         <v>42</v>
       </c>
-      <c r="B46" s="4">
-[...3 lines deleted...]
-        <v>96</v>
+      <c r="B46" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C46" s="6">
+        <v>234.53</v>
       </c>
       <c r="D46" s="6">
-        <v>234.53</v>
+        <v>246.09</v>
       </c>
       <c r="E46" s="6">
-        <v>246.09</v>
-[...1 lines deleted...]
-      <c r="F46" s="6">
         <v>278.39</v>
       </c>
+      <c r="F46" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="G46" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H46" s="8">
         <v>480.62</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="4">
         <v>43</v>
       </c>
-      <c r="B47" s="4">
-[...3 lines deleted...]
-        <v>97</v>
+      <c r="B47" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="C47" s="6">
+        <v>264.7</v>
       </c>
       <c r="D47" s="6">
-        <v>264.7</v>
+        <v>300.23</v>
       </c>
       <c r="E47" s="6">
-        <v>300.23</v>
+        <v>258.81</v>
       </c>
       <c r="F47" s="6">
-        <v>258.81</v>
-[...1 lines deleted...]
-      <c r="G47" s="6">
         <v>252.61</v>
+      </c>
+      <c r="G47" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H47" s="8">
         <v>511.42</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="4">
         <v>44</v>
       </c>
-      <c r="B48" s="4">
-[...3 lines deleted...]
-        <v>98</v>
+      <c r="B48" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="C48" s="6">
+        <v>265.48</v>
       </c>
       <c r="D48" s="6">
-        <v>265.48</v>
+        <v>255.68</v>
       </c>
       <c r="E48" s="6">
-        <v>255.68</v>
+        <v>293.39</v>
       </c>
       <c r="F48" s="6">
-        <v>293.39</v>
-[...1 lines deleted...]
-      <c r="G48" s="6">
         <v>276.08</v>
+      </c>
+      <c r="G48" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H48" s="8">
         <v>521.16</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="4">
         <v>45</v>
       </c>
-      <c r="B49" s="4">
-[...3 lines deleted...]
-        <v>99</v>
+      <c r="B49" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="C49" s="6">
+        <v>284.36</v>
       </c>
       <c r="D49" s="6">
-        <v>284.36</v>
+        <v>240.4</v>
       </c>
       <c r="E49" s="6">
-        <v>240.4</v>
+        <v>306.23</v>
       </c>
       <c r="F49" s="6">
-        <v>306.23</v>
-[...1 lines deleted...]
-      <c r="G49" s="6">
         <v>300.64</v>
+      </c>
+      <c r="G49" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H49" s="8">
         <v>524.76</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="4">
         <v>46</v>
       </c>
-      <c r="B50" s="4">
-[...5 lines deleted...]
-      <c r="D50" s="6">
+      <c r="B50" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="C50" s="6">
         <v>264.31</v>
       </c>
+      <c r="D50" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="E50" s="7" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="G50" s="6">
+        <v>11</v>
+      </c>
+      <c r="F50" s="6">
         <v>270.43</v>
+      </c>
+      <c r="G50" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H50" s="8">
         <v>534.74</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="4">
         <v>47</v>
       </c>
-      <c r="B51" s="4">
-[...3 lines deleted...]
-        <v>101</v>
+      <c r="B51" s="4" t="s">
+        <v>100</v>
+      </c>
+      <c r="C51" s="6">
+        <v>287.67</v>
       </c>
       <c r="D51" s="6">
-        <v>287.67</v>
+        <v>300.72</v>
       </c>
       <c r="E51" s="6">
-        <v>300.72</v>
+        <v>292.31</v>
       </c>
       <c r="F51" s="6">
-        <v>292.31</v>
-[...1 lines deleted...]
-      <c r="G51" s="6">
         <v>249.14</v>
+      </c>
+      <c r="G51" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H51" s="8">
         <v>536.81</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="4">
         <v>48</v>
       </c>
-      <c r="B52" s="4">
-[...3 lines deleted...]
-        <v>102</v>
+      <c r="B52" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="C52" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="D52" s="7" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E52" s="6">
+        <v>279.69</v>
       </c>
       <c r="F52" s="6">
-        <v>279.69</v>
-[...1 lines deleted...]
-      <c r="G52" s="6">
         <v>268.91</v>
+      </c>
+      <c r="G52" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H52" s="8">
         <v>548.6</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="4">
         <v>49</v>
       </c>
-      <c r="B53" s="4">
-[...3 lines deleted...]
-        <v>103</v>
+      <c r="B53" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="C53" s="6">
+        <v>270.93</v>
       </c>
       <c r="D53" s="6">
-        <v>270.93</v>
-[...1 lines deleted...]
-      <c r="E53" s="6">
         <v>285.11</v>
       </c>
-      <c r="F53" s="7" t="s">
-[...2 lines deleted...]
-      <c r="G53" s="6">
+      <c r="E53" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F53" s="6">
         <v>286.08</v>
+      </c>
+      <c r="G53" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H53" s="8">
         <v>556.04</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="4">
         <v>50</v>
       </c>
-      <c r="B54" s="4">
-[...6 lines deleted...]
-        <v>12</v>
+      <c r="B54" s="4" t="s">
+        <v>103</v>
+      </c>
+      <c r="C54" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D54" s="6">
+        <v>276.66</v>
       </c>
       <c r="E54" s="6">
-        <v>276.66</v>
+        <v>311.45</v>
       </c>
       <c r="F54" s="6">
-        <v>311.45</v>
-[...1 lines deleted...]
-      <c r="G54" s="6">
         <v>292.6</v>
+      </c>
+      <c r="G54" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H54" s="8">
         <v>569.26</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="4">
         <v>51</v>
       </c>
-      <c r="B55" s="4">
-[...3 lines deleted...]
-        <v>105</v>
+      <c r="B55" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="C55" s="6">
+        <v>286.88</v>
       </c>
       <c r="D55" s="6">
-        <v>286.88</v>
+        <v>290.95</v>
       </c>
       <c r="E55" s="6">
-        <v>290.95</v>
+        <v>316.67</v>
       </c>
       <c r="F55" s="6">
-        <v>316.67</v>
-[...1 lines deleted...]
-      <c r="G55" s="6">
         <v>303.68</v>
+      </c>
+      <c r="G55" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H55" s="8">
         <v>577.83</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="4">
         <v>52</v>
       </c>
-      <c r="B56" s="4">
-[...5 lines deleted...]
-      <c r="D56" s="6">
+      <c r="B56" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="C56" s="6">
         <v>299.54</v>
       </c>
-      <c r="E56" s="7" t="s">
-        <v>12</v>
+      <c r="D56" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E56" s="6">
+        <v>331.03</v>
       </c>
       <c r="F56" s="6">
-        <v>331.03</v>
-[...1 lines deleted...]
-      <c r="G56" s="6">
         <v>280.43</v>
+      </c>
+      <c r="G56" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H56" s="8">
         <v>579.97</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="4">
         <v>53</v>
       </c>
-      <c r="B57" s="4">
-[...3 lines deleted...]
-        <v>107</v>
+      <c r="B57" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="C57" s="6">
+        <v>326.19</v>
       </c>
       <c r="D57" s="6">
-        <v>326.19</v>
-[...1 lines deleted...]
-      <c r="E57" s="6">
         <v>287.22</v>
       </c>
-      <c r="F57" s="7" t="s">
-[...2 lines deleted...]
-      <c r="G57" s="6">
+      <c r="E57" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F57" s="6">
         <v>295.64</v>
+      </c>
+      <c r="G57" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H57" s="8">
         <v>582.86</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="4">
         <v>54</v>
       </c>
-      <c r="B58" s="4">
-[...6 lines deleted...]
-        <v>12</v>
+      <c r="B58" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="C58" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D58" s="6">
+        <v>287.55</v>
       </c>
       <c r="E58" s="6">
-        <v>287.55</v>
+        <v>298.62</v>
       </c>
       <c r="F58" s="6">
-        <v>298.62</v>
-[...1 lines deleted...]
-      <c r="G58" s="6">
         <v>298.9</v>
+      </c>
+      <c r="G58" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H58" s="8">
         <v>586.17</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="4">
         <v>55</v>
       </c>
-      <c r="B59" s="4">
-[...3 lines deleted...]
-        <v>109</v>
+      <c r="B59" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="C59" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="D59" s="7" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E59" s="6">
+        <v>307.53</v>
       </c>
       <c r="F59" s="6">
-        <v>307.53</v>
-[...1 lines deleted...]
-      <c r="G59" s="6">
         <v>278.91</v>
+      </c>
+      <c r="G59" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H59" s="8">
         <v>586.44</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="4">
         <v>56</v>
       </c>
-      <c r="B60" s="4">
-[...3 lines deleted...]
-        <v>110</v>
+      <c r="B60" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="C60" s="6">
+        <v>343.12</v>
       </c>
       <c r="D60" s="6">
-        <v>343.12</v>
-[...1 lines deleted...]
-      <c r="E60" s="6">
         <v>307.55</v>
       </c>
-      <c r="F60" s="7" t="s">
-[...2 lines deleted...]
-      <c r="G60" s="6">
+      <c r="E60" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F60" s="6">
         <v>319.76</v>
+      </c>
+      <c r="G60" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H60" s="8">
         <v>627.31</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="4">
         <v>57</v>
       </c>
-      <c r="B61" s="4">
-[...3 lines deleted...]
-        <v>111</v>
+      <c r="B61" s="4" t="s">
+        <v>110</v>
+      </c>
+      <c r="C61" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="D61" s="7" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E61" s="6">
+        <v>320.37</v>
       </c>
       <c r="F61" s="6">
-        <v>320.37</v>
-[...1 lines deleted...]
-      <c r="G61" s="6">
         <v>309.76</v>
+      </c>
+      <c r="G61" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H61" s="8">
         <v>630.13</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="4">
         <v>58</v>
       </c>
-      <c r="B62" s="4">
-[...3 lines deleted...]
-        <v>112</v>
+      <c r="B62" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="C62" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="D62" s="7" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E62" s="6">
+        <v>329.51</v>
       </c>
       <c r="F62" s="6">
-        <v>329.51</v>
-[...1 lines deleted...]
-      <c r="G62" s="6">
         <v>313.02</v>
+      </c>
+      <c r="G62" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H62" s="8">
         <v>642.53</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="4">
         <v>59</v>
       </c>
-      <c r="B63" s="4">
-[...3 lines deleted...]
-        <v>113</v>
+      <c r="B63" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="C63" s="6">
+        <v>351.87</v>
       </c>
       <c r="D63" s="6">
-        <v>351.87</v>
+        <v>328.85</v>
       </c>
       <c r="E63" s="6">
-        <v>328.85</v>
+        <v>346.04</v>
       </c>
       <c r="F63" s="6">
-        <v>346.04</v>
-[...1 lines deleted...]
-      <c r="G63" s="6">
         <v>321.93</v>
+      </c>
+      <c r="G63" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H63" s="8">
         <v>650.78</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="4">
         <v>60</v>
       </c>
-      <c r="B64" s="4">
-[...3 lines deleted...]
-        <v>114</v>
+      <c r="B64" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="C64" s="6">
+        <v>366.67</v>
       </c>
       <c r="D64" s="6">
-        <v>366.67</v>
-[...1 lines deleted...]
-      <c r="E64" s="6">
         <v>284.62</v>
       </c>
+      <c r="E64" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="F64" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G64" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H64" s="8">
         <v>651.29</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="4">
         <v>61</v>
       </c>
-      <c r="B65" s="4">
-[...5 lines deleted...]
-      <c r="D65" s="6">
+      <c r="B65" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="C65" s="6">
         <v>333.0</v>
       </c>
-      <c r="E65" s="7" t="s">
-        <v>12</v>
+      <c r="D65" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E65" s="6">
+        <v>331.9</v>
       </c>
       <c r="F65" s="6">
-        <v>331.9</v>
-[...1 lines deleted...]
-      <c r="G65" s="6">
         <v>331.71</v>
+      </c>
+      <c r="G65" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H65" s="8">
         <v>663.61</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="4">
         <v>62</v>
       </c>
-      <c r="B66" s="4">
-[...3 lines deleted...]
-        <v>116</v>
+      <c r="B66" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="C66" s="6">
+        <v>385.74</v>
       </c>
       <c r="D66" s="6">
-        <v>385.74</v>
+        <v>309.0</v>
       </c>
       <c r="E66" s="6">
-        <v>309.0</v>
+        <v>358.22</v>
       </c>
       <c r="F66" s="6">
-        <v>358.22</v>
-[...1 lines deleted...]
-      <c r="G66" s="6">
         <v>370.17</v>
+      </c>
+      <c r="G66" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H66" s="8">
         <v>667.22</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="4">
         <v>63</v>
       </c>
-      <c r="B67" s="4">
-[...3 lines deleted...]
-        <v>117</v>
+      <c r="B67" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="C67" s="6">
+        <v>369.0</v>
       </c>
       <c r="D67" s="6">
-        <v>369.0</v>
+        <v>327.7</v>
       </c>
       <c r="E67" s="6">
-        <v>327.7</v>
+        <v>388.89</v>
       </c>
       <c r="F67" s="6">
-        <v>388.89</v>
-[...1 lines deleted...]
-      <c r="G67" s="6">
         <v>354.09</v>
+      </c>
+      <c r="G67" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H67" s="8">
         <v>681.79</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="4">
         <v>64</v>
       </c>
-      <c r="B68" s="4">
-[...3 lines deleted...]
-        <v>118</v>
+      <c r="B68" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="C68" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="D68" s="7" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E68" s="6">
+        <v>364.75</v>
       </c>
       <c r="F68" s="6">
-        <v>364.75</v>
-[...1 lines deleted...]
-      <c r="G68" s="6">
         <v>328.89</v>
+      </c>
+      <c r="G68" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H68" s="8">
         <v>693.64</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="4">
         <v>65</v>
       </c>
-      <c r="B69" s="4">
-[...3 lines deleted...]
-        <v>119</v>
+      <c r="B69" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="C69" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="D69" s="7" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E69" s="6">
+        <v>372.36</v>
       </c>
       <c r="F69" s="6">
-        <v>372.36</v>
-[...1 lines deleted...]
-      <c r="G69" s="6">
         <v>340.18</v>
+      </c>
+      <c r="G69" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H69" s="8">
         <v>712.54</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="4">
         <v>66</v>
       </c>
-      <c r="B70" s="4">
-[...3 lines deleted...]
-        <v>120</v>
+      <c r="B70" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="C70" s="6">
+        <v>411.81</v>
       </c>
       <c r="D70" s="6">
-        <v>411.81</v>
+        <v>339.75</v>
       </c>
       <c r="E70" s="6">
-        <v>339.75</v>
+        <v>425.0</v>
       </c>
       <c r="F70" s="6">
-        <v>425.0</v>
-[...1 lines deleted...]
-      <c r="G70" s="6">
         <v>382.56</v>
+      </c>
+      <c r="G70" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H70" s="8">
         <v>722.31</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="4">
         <v>67</v>
       </c>
-      <c r="B71" s="4">
-[...3 lines deleted...]
-        <v>121</v>
+      <c r="B71" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="C71" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="D71" s="7" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E71" s="6">
+        <v>380.63</v>
       </c>
       <c r="F71" s="6">
-        <v>380.63</v>
-[...1 lines deleted...]
-      <c r="G71" s="6">
         <v>360.18</v>
+      </c>
+      <c r="G71" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H71" s="8">
         <v>740.81</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="4">
         <v>68</v>
       </c>
-      <c r="B72" s="4">
-[...3 lines deleted...]
-        <v>122</v>
+      <c r="B72" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="C72" s="6">
+        <v>432.43</v>
       </c>
       <c r="D72" s="6">
-        <v>432.43</v>
-[...1 lines deleted...]
-      <c r="E72" s="6">
         <v>329.99</v>
       </c>
+      <c r="E72" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="F72" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G72" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H72" s="8">
         <v>762.42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I46"/>
+  <dimension ref="A1:H46"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A4" sqref="A4:I46"/>
+      <selection activeCell="A4" sqref="A4:H46"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="true" style="0"/>
-    <col min="2" max="2" width="14" customWidth="true" style="0"/>
-    <col min="3" max="3" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
-    <col min="8" max="8" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9">
+    <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:9">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="2" spans="1:8">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:9" customHeight="1" ht="150">
+    <row r="4" spans="1:8" customHeight="1" ht="150">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="H4" s="5" t="s">
+      <c r="H4" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="I4" s="3" t="s">
-[...3 lines deleted...]
-    <row r="5" spans="1:9">
+    </row>
+    <row r="5" spans="1:8">
       <c r="A5" s="4">
         <v>1</v>
       </c>
-      <c r="B5" s="4">
-[...3 lines deleted...]
-        <v>124</v>
+      <c r="B5" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="C5" s="6">
+        <v>74.75</v>
       </c>
       <c r="D5" s="6">
-        <v>74.75</v>
+        <v>79.68</v>
       </c>
       <c r="E5" s="6">
-        <v>79.68</v>
+        <v>47.07</v>
       </c>
       <c r="F5" s="6">
-        <v>47.07</v>
+        <v>53.7</v>
       </c>
       <c r="G5" s="6">
-        <v>53.7</v>
-[...1 lines deleted...]
-      <c r="H5" s="6">
         <v>51.54</v>
       </c>
-      <c r="I5" s="8">
+      <c r="H5" s="8">
         <v>13.43</v>
       </c>
     </row>
-    <row r="6" spans="1:9">
+    <row r="6" spans="1:8">
       <c r="A6" s="4">
         <v>2</v>
       </c>
-      <c r="B6" s="4">
-[...3 lines deleted...]
-        <v>125</v>
+      <c r="B6" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="C6" s="6">
+        <v>48.78</v>
       </c>
       <c r="D6" s="6">
-        <v>48.78</v>
+        <v>65.29</v>
       </c>
       <c r="E6" s="6">
-        <v>65.29</v>
+        <v>59.01</v>
       </c>
       <c r="F6" s="6">
-        <v>59.01</v>
+        <v>48.41</v>
       </c>
       <c r="G6" s="6">
-        <v>48.41</v>
-[...1 lines deleted...]
-      <c r="H6" s="6">
         <v>59.48</v>
       </c>
-      <c r="I6" s="8">
+      <c r="H6" s="8">
         <v>48.595</v>
       </c>
     </row>
-    <row r="7" spans="1:9">
+    <row r="7" spans="1:8">
       <c r="A7" s="4">
         <v>3</v>
       </c>
-      <c r="B7" s="4">
-[...3 lines deleted...]
-        <v>126</v>
+      <c r="B7" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="C7" s="6">
+        <v>124.28</v>
       </c>
       <c r="D7" s="6">
-        <v>124.28</v>
+        <v>124.5</v>
       </c>
       <c r="E7" s="6">
-        <v>124.5</v>
+        <v>89.12</v>
       </c>
       <c r="F7" s="6">
-        <v>89.12</v>
+        <v>97.43</v>
       </c>
       <c r="G7" s="6">
-        <v>97.43</v>
-[...1 lines deleted...]
-      <c r="H7" s="6">
         <v>104.79</v>
       </c>
-      <c r="I7" s="8">
+      <c r="H7" s="8">
         <v>73.18</v>
       </c>
     </row>
-    <row r="8" spans="1:9">
+    <row r="8" spans="1:8">
       <c r="A8" s="4">
         <v>4</v>
       </c>
-      <c r="B8" s="4">
-[...3 lines deleted...]
-        <v>127</v>
+      <c r="B8" s="4" t="s">
+        <v>126</v>
+      </c>
+      <c r="C8" s="6">
+        <v>75.32</v>
       </c>
       <c r="D8" s="6">
-        <v>75.32</v>
+        <v>97.56</v>
       </c>
       <c r="E8" s="6">
-        <v>97.56</v>
+        <v>86.16</v>
       </c>
       <c r="F8" s="6">
-        <v>86.16</v>
+        <v>92.57</v>
       </c>
       <c r="G8" s="6">
-        <v>92.57</v>
-[...1 lines deleted...]
-      <c r="H8" s="6">
         <v>71.13</v>
       </c>
-      <c r="I8" s="8">
+      <c r="H8" s="8">
         <v>73.225</v>
       </c>
     </row>
-    <row r="9" spans="1:9">
+    <row r="9" spans="1:8">
       <c r="A9" s="4">
         <v>5</v>
       </c>
-      <c r="B9" s="4">
-[...3 lines deleted...]
-        <v>128</v>
+      <c r="B9" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="C9" s="6">
+        <v>105.81</v>
       </c>
       <c r="D9" s="6">
-        <v>105.81</v>
+        <v>90.29</v>
       </c>
       <c r="E9" s="6">
-        <v>90.29</v>
+        <v>115.38</v>
       </c>
       <c r="F9" s="6">
-        <v>115.38</v>
+        <v>107.9</v>
       </c>
       <c r="G9" s="6">
-        <v>107.9</v>
-[...1 lines deleted...]
-      <c r="H9" s="6">
         <v>83.89</v>
       </c>
-      <c r="I9" s="8">
+      <c r="H9" s="8">
         <v>87.09</v>
       </c>
     </row>
-    <row r="10" spans="1:9">
+    <row r="10" spans="1:8">
       <c r="A10" s="4">
         <v>6</v>
       </c>
-      <c r="B10" s="4">
-[...5 lines deleted...]
-      <c r="D10" s="6">
+      <c r="B10" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="C10" s="6">
         <v>118.7</v>
       </c>
-      <c r="E10" s="7" t="s">
-        <v>12</v>
+      <c r="D10" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" s="6">
+        <v>119.13</v>
       </c>
       <c r="F10" s="6">
-        <v>119.13</v>
+        <v>127.33</v>
       </c>
       <c r="G10" s="6">
-        <v>127.33</v>
-[...1 lines deleted...]
-      <c r="H10" s="6">
         <v>90.52</v>
       </c>
-      <c r="I10" s="8">
+      <c r="H10" s="8">
         <v>87.84</v>
       </c>
     </row>
-    <row r="11" spans="1:9">
+    <row r="11" spans="1:8">
       <c r="A11" s="4">
         <v>7</v>
       </c>
-      <c r="B11" s="4">
-[...3 lines deleted...]
-        <v>130</v>
+      <c r="B11" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="C11" s="6">
+        <v>88.31</v>
       </c>
       <c r="D11" s="6">
-        <v>88.31</v>
-[...1 lines deleted...]
-      <c r="E11" s="6">
         <v>92.78</v>
       </c>
-      <c r="F11" s="7" t="s">
-        <v>12</v>
+      <c r="E11" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F11" s="6">
+        <v>119.35</v>
       </c>
       <c r="G11" s="6">
-        <v>119.35</v>
-[...1 lines deleted...]
-      <c r="H11" s="6">
         <v>94.54</v>
       </c>
-      <c r="I11" s="8">
+      <c r="H11" s="8">
         <v>90.545</v>
       </c>
     </row>
-    <row r="12" spans="1:9">
+    <row r="12" spans="1:8">
       <c r="A12" s="4">
         <v>8</v>
       </c>
-      <c r="B12" s="4">
-[...3 lines deleted...]
-        <v>131</v>
+      <c r="B12" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="C12" s="6">
+        <v>112.54</v>
       </c>
       <c r="D12" s="6">
-        <v>112.54</v>
-[...1 lines deleted...]
-      <c r="E12" s="6">
         <v>110.67</v>
       </c>
+      <c r="E12" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="F12" s="7" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="H12" s="6">
+        <v>11</v>
+      </c>
+      <c r="G12" s="6">
         <v>83.29</v>
       </c>
-      <c r="I12" s="8">
+      <c r="H12" s="8">
         <v>96.98</v>
       </c>
     </row>
-    <row r="13" spans="1:9">
+    <row r="13" spans="1:8">
       <c r="A13" s="4">
         <v>9</v>
       </c>
-      <c r="B13" s="4">
-[...3 lines deleted...]
-        <v>132</v>
+      <c r="B13" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="C13" s="6">
+        <v>102.26</v>
       </c>
       <c r="D13" s="6">
-        <v>102.26</v>
+        <v>101.34</v>
       </c>
       <c r="E13" s="6">
-        <v>101.34</v>
+        <v>109.26</v>
       </c>
       <c r="F13" s="6">
-        <v>109.26</v>
-[...1 lines deleted...]
-      <c r="G13" s="6">
         <v>99.26</v>
       </c>
-      <c r="H13" s="7" t="s">
-[...2 lines deleted...]
-      <c r="I13" s="8">
+      <c r="G13" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H13" s="8">
         <v>100.3</v>
       </c>
     </row>
-    <row r="14" spans="1:9">
+    <row r="14" spans="1:8">
       <c r="A14" s="4">
         <v>10</v>
       </c>
-      <c r="B14" s="4">
-[...2 lines deleted...]
-      <c r="C14" s="4" t="s">
+      <c r="B14" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="C14" s="6">
+        <v>131.19</v>
+      </c>
+      <c r="D14" s="6">
+        <v>112.79</v>
+      </c>
+      <c r="E14" s="6">
+        <v>128.0</v>
+      </c>
+      <c r="F14" s="6">
+        <v>103.15</v>
+      </c>
+      <c r="G14" s="6">
+        <v>97.66</v>
+      </c>
+      <c r="H14" s="8">
+        <v>100.405</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" s="4">
+        <v>11</v>
+      </c>
+      <c r="B15" s="4" t="s">
         <v>133</v>
       </c>
-      <c r="D14" s="6">
-[...26 lines deleted...]
-        <v>134</v>
+      <c r="C15" s="6">
+        <v>139.28</v>
       </c>
       <c r="D15" s="6">
-        <v>139.28</v>
+        <v>116.65</v>
       </c>
       <c r="E15" s="6">
-        <v>116.65</v>
+        <v>127.32</v>
       </c>
       <c r="F15" s="6">
-        <v>127.32</v>
+        <v>121.72</v>
       </c>
       <c r="G15" s="6">
-        <v>121.72</v>
-[...1 lines deleted...]
-      <c r="H15" s="6">
         <v>118.55</v>
       </c>
-      <c r="I15" s="8">
+      <c r="H15" s="8">
         <v>101.54</v>
       </c>
     </row>
-    <row r="16" spans="1:9">
+    <row r="16" spans="1:8">
       <c r="A16" s="4">
         <v>12</v>
       </c>
-      <c r="B16" s="4">
-[...3 lines deleted...]
-        <v>135</v>
+      <c r="B16" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="C16" s="6">
+        <v>167.55</v>
       </c>
       <c r="D16" s="6">
-        <v>167.55</v>
-[...1 lines deleted...]
-      <c r="E16" s="6">
         <v>126.81</v>
       </c>
-      <c r="F16" s="7" t="s">
-        <v>12</v>
+      <c r="E16" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F16" s="6">
+        <v>115.89</v>
       </c>
       <c r="G16" s="6">
-        <v>115.89</v>
-[...1 lines deleted...]
-      <c r="H16" s="6">
         <v>89.12</v>
       </c>
-      <c r="I16" s="8">
+      <c r="H16" s="8">
         <v>102.505</v>
       </c>
     </row>
-    <row r="17" spans="1:9">
+    <row r="17" spans="1:8">
       <c r="A17" s="4">
         <v>13</v>
       </c>
-      <c r="B17" s="4">
-[...3 lines deleted...]
-        <v>136</v>
+      <c r="B17" s="4" t="s">
+        <v>135</v>
+      </c>
+      <c r="C17" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="D17" s="7" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E17" s="6">
+        <v>140.84</v>
       </c>
       <c r="F17" s="6">
-        <v>140.84</v>
+        <v>138.67</v>
       </c>
       <c r="G17" s="6">
-        <v>138.67</v>
-[...1 lines deleted...]
-      <c r="H17" s="6">
         <v>101.47</v>
       </c>
-      <c r="I17" s="8">
+      <c r="H17" s="8">
         <v>102.87</v>
       </c>
     </row>
-    <row r="18" spans="1:9">
+    <row r="18" spans="1:8">
       <c r="A18" s="4">
         <v>14</v>
       </c>
-      <c r="B18" s="4">
-[...3 lines deleted...]
-        <v>137</v>
+      <c r="B18" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="C18" s="6">
+        <v>123.59</v>
       </c>
       <c r="D18" s="6">
-        <v>123.59</v>
+        <v>124.68</v>
       </c>
       <c r="E18" s="6">
-        <v>124.68</v>
+        <v>107.77</v>
       </c>
       <c r="F18" s="6">
-        <v>107.77</v>
+        <v>106.6</v>
       </c>
       <c r="G18" s="6">
-        <v>106.6</v>
-[...1 lines deleted...]
-      <c r="H18" s="6">
         <v>117.65</v>
       </c>
-      <c r="I18" s="8">
+      <c r="H18" s="8">
         <v>107.185</v>
       </c>
     </row>
-    <row r="19" spans="1:9">
+    <row r="19" spans="1:8">
       <c r="A19" s="4">
         <v>15</v>
       </c>
-      <c r="B19" s="4">
-[...3 lines deleted...]
-        <v>138</v>
+      <c r="B19" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="C19" s="6">
+        <v>155.81</v>
       </c>
       <c r="D19" s="6">
-        <v>155.81</v>
-[...1 lines deleted...]
-      <c r="E19" s="6">
         <v>123.95</v>
       </c>
-      <c r="F19" s="7" t="s">
-        <v>12</v>
+      <c r="E19" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F19" s="6">
+        <v>172.47</v>
       </c>
       <c r="G19" s="6">
-        <v>172.47</v>
-[...1 lines deleted...]
-      <c r="H19" s="6">
         <v>90.62</v>
       </c>
-      <c r="I19" s="8">
+      <c r="H19" s="8">
         <v>107.285</v>
       </c>
     </row>
-    <row r="20" spans="1:9">
+    <row r="20" spans="1:8">
       <c r="A20" s="4">
         <v>16</v>
       </c>
-      <c r="B20" s="4">
-[...3 lines deleted...]
-        <v>139</v>
+      <c r="B20" s="4" t="s">
+        <v>138</v>
+      </c>
+      <c r="C20" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="D20" s="7" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E20" s="6">
+        <v>125.25</v>
       </c>
       <c r="F20" s="6">
-        <v>125.25</v>
-[...1 lines deleted...]
-      <c r="G20" s="6">
         <v>115.46</v>
       </c>
-      <c r="H20" s="7" t="s">
-[...2 lines deleted...]
-      <c r="I20" s="8">
+      <c r="G20" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H20" s="8">
         <v>120.355</v>
       </c>
     </row>
-    <row r="21" spans="1:9">
+    <row r="21" spans="1:8">
       <c r="A21" s="4">
         <v>17</v>
       </c>
-      <c r="B21" s="4">
-[...3 lines deleted...]
-        <v>140</v>
+      <c r="B21" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="C21" s="6">
+        <v>160.15</v>
       </c>
       <c r="D21" s="6">
-        <v>160.15</v>
+        <v>138.62</v>
       </c>
       <c r="E21" s="6">
-        <v>138.62</v>
-[...1 lines deleted...]
-      <c r="F21" s="6">
         <v>109.35</v>
       </c>
+      <c r="F21" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="G21" s="7" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="I21" s="8">
+        <v>11</v>
+      </c>
+      <c r="H21" s="8">
         <v>123.985</v>
       </c>
     </row>
-    <row r="22" spans="1:9">
+    <row r="22" spans="1:8">
       <c r="A22" s="4">
         <v>18</v>
       </c>
-      <c r="B22" s="4">
-[...3 lines deleted...]
-        <v>141</v>
+      <c r="B22" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="C22" s="6">
+        <v>150.05</v>
       </c>
       <c r="D22" s="6">
-        <v>150.05</v>
-[...1 lines deleted...]
-      <c r="E22" s="6">
         <v>135.75</v>
       </c>
-      <c r="F22" s="7" t="s">
-[...2 lines deleted...]
-      <c r="G22" s="6">
+      <c r="E22" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F22" s="6">
         <v>197.41</v>
       </c>
-      <c r="H22" s="7" t="s">
-[...2 lines deleted...]
-      <c r="I22" s="8">
+      <c r="G22" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H22" s="8">
         <v>127.29</v>
       </c>
     </row>
-    <row r="23" spans="1:9">
+    <row r="23" spans="1:8">
       <c r="A23" s="4">
         <v>19</v>
       </c>
-      <c r="B23" s="4">
-[...3 lines deleted...]
-        <v>142</v>
+      <c r="B23" s="4" t="s">
+        <v>141</v>
+      </c>
+      <c r="C23" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="D23" s="7" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E23" s="6">
+        <v>149.33</v>
       </c>
       <c r="F23" s="6">
-        <v>149.33</v>
+        <v>147.52</v>
       </c>
       <c r="G23" s="6">
-        <v>147.52</v>
-[...1 lines deleted...]
-      <c r="H23" s="6">
         <v>116.55</v>
       </c>
-      <c r="I23" s="8">
+      <c r="H23" s="8">
         <v>132.035</v>
       </c>
     </row>
-    <row r="24" spans="1:9">
+    <row r="24" spans="1:8">
       <c r="A24" s="4">
         <v>20</v>
       </c>
-      <c r="B24" s="4">
-[...3 lines deleted...]
-        <v>143</v>
+      <c r="B24" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="C24" s="6">
+        <v>167.93</v>
       </c>
       <c r="D24" s="6">
-        <v>167.93</v>
+        <v>162.03</v>
       </c>
       <c r="E24" s="6">
-        <v>162.03</v>
+        <v>145.48</v>
       </c>
       <c r="F24" s="6">
-        <v>145.48</v>
+        <v>141.37</v>
       </c>
       <c r="G24" s="6">
-        <v>141.37</v>
-[...1 lines deleted...]
-      <c r="H24" s="6">
         <v>154.32</v>
       </c>
-      <c r="I24" s="8">
+      <c r="H24" s="8">
         <v>143.425</v>
       </c>
     </row>
-    <row r="25" spans="1:9">
+    <row r="25" spans="1:8">
       <c r="A25" s="4">
         <v>21</v>
       </c>
-      <c r="B25" s="4">
-[...3 lines deleted...]
-        <v>144</v>
+      <c r="B25" s="4" t="s">
+        <v>143</v>
+      </c>
+      <c r="C25" s="6">
+        <v>198.31</v>
       </c>
       <c r="D25" s="6">
-        <v>198.31</v>
+        <v>160.56</v>
       </c>
       <c r="E25" s="6">
-        <v>160.56</v>
+        <v>155.55</v>
       </c>
       <c r="F25" s="6">
-        <v>155.55</v>
+        <v>173.33</v>
       </c>
       <c r="G25" s="6">
-        <v>173.33</v>
-[...1 lines deleted...]
-      <c r="H25" s="6">
         <v>139.45</v>
       </c>
-      <c r="I25" s="8">
+      <c r="H25" s="8">
         <v>147.5</v>
       </c>
     </row>
-    <row r="26" spans="1:9">
+    <row r="26" spans="1:8">
       <c r="A26" s="4">
         <v>22</v>
       </c>
-      <c r="B26" s="4">
-[...3 lines deleted...]
-        <v>145</v>
+      <c r="B26" s="4" t="s">
+        <v>144</v>
+      </c>
+      <c r="C26" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="D26" s="7" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="F26" s="6">
+        <v>11</v>
+      </c>
+      <c r="E26" s="6">
         <v>154.36</v>
       </c>
+      <c r="F26" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="G26" s="7" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="I26" s="8">
+        <v>11</v>
+      </c>
+      <c r="H26" s="8">
         <v>154.36</v>
       </c>
     </row>
-    <row r="27" spans="1:9">
+    <row r="27" spans="1:8">
       <c r="A27" s="4">
         <v>23</v>
       </c>
-      <c r="B27" s="4">
-[...3 lines deleted...]
-        <v>146</v>
+      <c r="B27" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="C27" s="6">
+        <v>160.62</v>
       </c>
       <c r="D27" s="6">
-        <v>160.62</v>
+        <v>150.24</v>
       </c>
       <c r="E27" s="6">
-        <v>150.24</v>
+        <v>161.96</v>
       </c>
       <c r="F27" s="6">
-        <v>161.96</v>
+        <v>175.92</v>
       </c>
       <c r="G27" s="6">
-        <v>175.92</v>
-[...1 lines deleted...]
-      <c r="H27" s="6">
         <v>172.41</v>
       </c>
-      <c r="I27" s="8">
+      <c r="H27" s="8">
         <v>155.43</v>
       </c>
     </row>
-    <row r="28" spans="1:9">
+    <row r="28" spans="1:8">
       <c r="A28" s="4">
         <v>24</v>
       </c>
-      <c r="B28" s="4">
-[...8 lines deleted...]
-      <c r="E28" s="6">
+      <c r="B28" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="C28" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D28" s="6">
         <v>158.9</v>
       </c>
+      <c r="E28" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="F28" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G28" s="7" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="I28" s="8">
+        <v>11</v>
+      </c>
+      <c r="H28" s="8">
         <v>158.9</v>
       </c>
     </row>
-    <row r="29" spans="1:9">
+    <row r="29" spans="1:8">
       <c r="A29" s="4">
         <v>25</v>
       </c>
-      <c r="B29" s="4">
-[...3 lines deleted...]
-        <v>148</v>
+      <c r="B29" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="C29" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="D29" s="7" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E29" s="6">
+        <v>153.28</v>
       </c>
       <c r="F29" s="6">
-        <v>153.28</v>
-[...1 lines deleted...]
-      <c r="G29" s="6">
         <v>166.53</v>
       </c>
-      <c r="H29" s="7" t="s">
-[...2 lines deleted...]
-      <c r="I29" s="8">
+      <c r="G29" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H29" s="8">
         <v>159.905</v>
       </c>
     </row>
-    <row r="30" spans="1:9">
+    <row r="30" spans="1:8">
       <c r="A30" s="4">
         <v>26</v>
       </c>
-      <c r="B30" s="4">
-[...3 lines deleted...]
-        <v>149</v>
+      <c r="B30" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="C30" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="D30" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E30" s="7" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="G30" s="6">
+        <v>11</v>
+      </c>
+      <c r="F30" s="6">
         <v>161.45</v>
       </c>
-      <c r="H30" s="7" t="s">
-[...2 lines deleted...]
-      <c r="I30" s="8">
+      <c r="G30" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H30" s="8">
         <v>161.45</v>
       </c>
     </row>
-    <row r="31" spans="1:9">
+    <row r="31" spans="1:8">
       <c r="A31" s="4">
         <v>27</v>
       </c>
-      <c r="B31" s="4">
-[...8 lines deleted...]
-      <c r="E31" s="6">
+      <c r="B31" s="4" t="s">
+        <v>149</v>
+      </c>
+      <c r="C31" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D31" s="6">
         <v>164.9</v>
       </c>
+      <c r="E31" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="F31" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G31" s="7" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="I31" s="8">
+        <v>11</v>
+      </c>
+      <c r="H31" s="8">
         <v>164.9</v>
       </c>
     </row>
-    <row r="32" spans="1:9">
+    <row r="32" spans="1:8">
       <c r="A32" s="4">
         <v>28</v>
       </c>
-      <c r="B32" s="4">
-[...3 lines deleted...]
-        <v>151</v>
+      <c r="B32" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="C32" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="D32" s="7" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="F32" s="6">
+        <v>11</v>
+      </c>
+      <c r="E32" s="6">
         <v>167.1</v>
       </c>
+      <c r="F32" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="G32" s="7" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="I32" s="8">
+        <v>11</v>
+      </c>
+      <c r="H32" s="8">
         <v>167.1</v>
       </c>
     </row>
-    <row r="33" spans="1:9">
+    <row r="33" spans="1:8">
       <c r="A33" s="4">
         <v>29</v>
       </c>
-      <c r="B33" s="4">
-[...3 lines deleted...]
-        <v>152</v>
+      <c r="B33" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="C33" s="6">
+        <v>174.56</v>
       </c>
       <c r="D33" s="6">
-        <v>174.56</v>
-[...1 lines deleted...]
-      <c r="E33" s="6">
         <v>163.97</v>
       </c>
-      <c r="F33" s="7" t="s">
-        <v>12</v>
+      <c r="E33" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F33" s="6">
+        <v>184.56</v>
       </c>
       <c r="G33" s="6">
-        <v>184.56</v>
-[...1 lines deleted...]
-      <c r="H33" s="6">
         <v>188.48</v>
       </c>
-      <c r="I33" s="8">
+      <c r="H33" s="8">
         <v>169.265</v>
       </c>
     </row>
-    <row r="34" spans="1:9">
+    <row r="34" spans="1:8">
       <c r="A34" s="4">
         <v>30</v>
       </c>
-      <c r="B34" s="4">
-[...3 lines deleted...]
-        <v>153</v>
+      <c r="B34" s="4" t="s">
+        <v>152</v>
+      </c>
+      <c r="C34" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="D34" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E34" s="7" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="G34" s="6">
+        <v>11</v>
+      </c>
+      <c r="F34" s="6">
         <v>171.93</v>
       </c>
-      <c r="H34" s="7" t="s">
-[...2 lines deleted...]
-      <c r="I34" s="8">
+      <c r="G34" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H34" s="8">
         <v>171.93</v>
       </c>
     </row>
-    <row r="35" spans="1:9">
+    <row r="35" spans="1:8">
       <c r="A35" s="4">
         <v>31</v>
       </c>
-      <c r="B35" s="4">
-[...3 lines deleted...]
-        <v>154</v>
+      <c r="B35" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="C35" s="6">
+        <v>191.5</v>
       </c>
       <c r="D35" s="6">
-        <v>191.5</v>
-[...1 lines deleted...]
-      <c r="E35" s="6">
         <v>164.53</v>
       </c>
+      <c r="E35" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="F35" s="7" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="H35" s="6">
+        <v>11</v>
+      </c>
+      <c r="G35" s="6">
         <v>182.76</v>
       </c>
-      <c r="I35" s="8">
+      <c r="H35" s="8">
         <v>173.645</v>
       </c>
     </row>
-    <row r="36" spans="1:9">
+    <row r="36" spans="1:8">
       <c r="A36" s="4">
         <v>32</v>
       </c>
-      <c r="B36" s="4">
-[...3 lines deleted...]
-        <v>155</v>
+      <c r="B36" s="4" t="s">
+        <v>154</v>
+      </c>
+      <c r="C36" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="D36" s="7" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="F36" s="6">
+        <v>11</v>
+      </c>
+      <c r="E36" s="6">
         <v>176.67</v>
       </c>
+      <c r="F36" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="G36" s="7" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="I36" s="8">
+        <v>11</v>
+      </c>
+      <c r="H36" s="8">
         <v>176.67</v>
       </c>
     </row>
-    <row r="37" spans="1:9">
+    <row r="37" spans="1:8">
       <c r="A37" s="4">
         <v>33</v>
       </c>
-      <c r="B37" s="4">
-[...8 lines deleted...]
-      <c r="E37" s="6">
+      <c r="B37" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="C37" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D37" s="6">
         <v>184.0</v>
       </c>
+      <c r="E37" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="F37" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G37" s="7" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="I37" s="8">
+        <v>11</v>
+      </c>
+      <c r="H37" s="8">
         <v>184.0</v>
       </c>
     </row>
-    <row r="38" spans="1:9">
+    <row r="38" spans="1:8">
       <c r="A38" s="4">
         <v>34</v>
       </c>
-      <c r="B38" s="4">
-[...5 lines deleted...]
-      <c r="D38" s="6">
+      <c r="B38" s="4" t="s">
+        <v>156</v>
+      </c>
+      <c r="C38" s="6">
         <v>192.27</v>
       </c>
+      <c r="D38" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="E38" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F38" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G38" s="7" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="I38" s="8">
+        <v>11</v>
+      </c>
+      <c r="H38" s="8">
         <v>192.27</v>
       </c>
     </row>
-    <row r="39" spans="1:9">
+    <row r="39" spans="1:8">
       <c r="A39" s="4">
         <v>35</v>
       </c>
-      <c r="B39" s="4">
-[...3 lines deleted...]
-        <v>158</v>
+      <c r="B39" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="C39" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="D39" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E39" s="7" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="G39" s="6">
+        <v>11</v>
+      </c>
+      <c r="F39" s="6">
         <v>194.38</v>
       </c>
-      <c r="H39" s="7" t="s">
-[...2 lines deleted...]
-      <c r="I39" s="8">
+      <c r="G39" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H39" s="8">
         <v>194.38</v>
       </c>
     </row>
-    <row r="40" spans="1:9">
+    <row r="40" spans="1:8">
       <c r="A40" s="4">
         <v>36</v>
       </c>
-      <c r="B40" s="4">
-[...5 lines deleted...]
-      <c r="D40" s="6">
+      <c r="B40" s="4" t="s">
+        <v>158</v>
+      </c>
+      <c r="C40" s="6">
         <v>215.15</v>
       </c>
+      <c r="D40" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="E40" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F40" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G40" s="7" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="I40" s="8">
+        <v>11</v>
+      </c>
+      <c r="H40" s="8">
         <v>215.15</v>
       </c>
     </row>
-    <row r="41" spans="1:9">
+    <row r="41" spans="1:8">
       <c r="A41" s="4">
         <v>37</v>
       </c>
-      <c r="B41" s="4">
-[...6 lines deleted...]
-        <v>12</v>
+      <c r="B41" s="4" t="s">
+        <v>159</v>
+      </c>
+      <c r="C41" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D41" s="6">
+        <v>112.96</v>
       </c>
       <c r="E41" s="6">
-        <v>112.96</v>
+        <v>122.48</v>
       </c>
       <c r="F41" s="6">
-        <v>122.48</v>
+        <v>121.72</v>
       </c>
       <c r="G41" s="6">
-        <v>121.72</v>
-[...1 lines deleted...]
-      <c r="H41" s="6">
         <v>115.94</v>
       </c>
-      <c r="I41" s="8">
+      <c r="H41" s="8">
         <v>228.9</v>
       </c>
     </row>
-    <row r="42" spans="1:9">
+    <row r="42" spans="1:8">
       <c r="A42" s="4">
         <v>38</v>
       </c>
-      <c r="B42" s="4">
-[...3 lines deleted...]
-        <v>161</v>
+      <c r="B42" s="4" t="s">
+        <v>160</v>
+      </c>
+      <c r="C42" s="6">
+        <v>165.62</v>
       </c>
       <c r="D42" s="6">
-        <v>165.62</v>
-[...1 lines deleted...]
-      <c r="E42" s="6">
         <v>163.33</v>
       </c>
-      <c r="F42" s="7" t="s">
-        <v>12</v>
+      <c r="E42" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F42" s="6">
+        <v>161.88</v>
       </c>
       <c r="G42" s="6">
-        <v>161.88</v>
-[...1 lines deleted...]
-      <c r="H42" s="6">
         <v>105.59</v>
       </c>
-      <c r="I42" s="8">
+      <c r="H42" s="8">
         <v>267.47</v>
       </c>
     </row>
-    <row r="43" spans="1:9">
+    <row r="43" spans="1:8">
       <c r="A43" s="4">
         <v>39</v>
       </c>
-      <c r="B43" s="4">
-[...3 lines deleted...]
-        <v>162</v>
+      <c r="B43" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="C43" s="6">
+        <v>139.18</v>
       </c>
       <c r="D43" s="6">
-        <v>139.18</v>
+        <v>140.91</v>
       </c>
       <c r="E43" s="6">
-        <v>140.91</v>
+        <v>141.73</v>
       </c>
       <c r="F43" s="6">
-        <v>141.73</v>
-[...1 lines deleted...]
-      <c r="G43" s="6">
         <v>135.65</v>
       </c>
-      <c r="H43" s="7" t="s">
-[...2 lines deleted...]
-      <c r="I43" s="8">
+      <c r="G43" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H43" s="8">
         <v>274.83</v>
       </c>
     </row>
-    <row r="44" spans="1:9">
+    <row r="44" spans="1:8">
       <c r="A44" s="4">
         <v>40</v>
       </c>
-      <c r="B44" s="4">
-[...3 lines deleted...]
-        <v>163</v>
+      <c r="B44" s="4" t="s">
+        <v>162</v>
+      </c>
+      <c r="C44" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="D44" s="7" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E44" s="6">
+        <v>157.23</v>
       </c>
       <c r="F44" s="6">
-        <v>157.23</v>
-[...1 lines deleted...]
-      <c r="G44" s="6">
         <v>136.84</v>
       </c>
-      <c r="H44" s="7" t="s">
-[...2 lines deleted...]
-      <c r="I44" s="8">
+      <c r="G44" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="H44" s="8">
         <v>294.07</v>
       </c>
     </row>
-    <row r="45" spans="1:9">
+    <row r="45" spans="1:8">
       <c r="A45" s="4">
         <v>41</v>
       </c>
-      <c r="B45" s="4">
-[...3 lines deleted...]
-        <v>164</v>
+      <c r="B45" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="C45" s="6">
+        <v>156.68</v>
       </c>
       <c r="D45" s="6">
-        <v>156.68</v>
-[...1 lines deleted...]
-      <c r="E45" s="6">
         <v>155.59</v>
       </c>
+      <c r="E45" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="F45" s="7" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="H45" s="6">
+        <v>11</v>
+      </c>
+      <c r="G45" s="6">
         <v>147.49</v>
       </c>
-      <c r="I45" s="8">
+      <c r="H45" s="8">
         <v>303.08</v>
       </c>
     </row>
-    <row r="46" spans="1:9">
+    <row r="46" spans="1:8">
       <c r="A46" s="4">
         <v>42</v>
       </c>
-      <c r="B46" s="4">
-[...3 lines deleted...]
-        <v>165</v>
+      <c r="B46" s="4" t="s">
+        <v>164</v>
+      </c>
+      <c r="C46" s="6">
+        <v>166.78</v>
       </c>
       <c r="D46" s="6">
-        <v>166.78</v>
-[...1 lines deleted...]
-      <c r="E46" s="6">
         <v>157.06</v>
       </c>
+      <c r="E46" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="F46" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G46" s="7" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="I46" s="8">
+        <v>11</v>
+      </c>
+      <c r="H46" s="8">
         <v>323.84</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:I1"/>
-    <mergeCell ref="A2:I2"/>
+    <mergeCell ref="A1:H1"/>
+    <mergeCell ref="A2:H2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:H57"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A4" sqref="A4:H57"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="true" style="0"/>
-    <col min="2" max="2" width="14" customWidth="true" style="0"/>
-    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="150">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="5" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="3" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="4">
         <v>1</v>
       </c>
-      <c r="B5" s="4">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="B5" s="4" t="s">
+        <v>166</v>
+      </c>
+      <c r="C5" s="6">
+        <v>175.3</v>
       </c>
       <c r="D5" s="6">
-        <v>175.3</v>
+        <v>162.46</v>
       </c>
       <c r="E5" s="6">
-        <v>162.46</v>
+        <v>159.12</v>
       </c>
       <c r="F5" s="6">
-        <v>159.12</v>
-[...1 lines deleted...]
-      <c r="G5" s="6">
         <v>180.86</v>
+      </c>
+      <c r="G5" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H5" s="8">
         <v>147.33</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="4">
         <v>2</v>
       </c>
-      <c r="B6" s="4">
-[...3 lines deleted...]
-        <v>168</v>
+      <c r="B6" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="C6" s="6">
+        <v>149.03</v>
       </c>
       <c r="D6" s="6">
-        <v>149.03</v>
+        <v>149.0</v>
       </c>
       <c r="E6" s="6">
-        <v>149.0</v>
+        <v>147.49</v>
       </c>
       <c r="F6" s="6">
-        <v>147.49</v>
-[...1 lines deleted...]
-      <c r="G6" s="6">
         <v>152.87</v>
+      </c>
+      <c r="G6" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H6" s="8">
         <v>148.245</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="4">
         <v>3</v>
       </c>
-      <c r="B7" s="4">
-[...5 lines deleted...]
-      <c r="D7" s="6">
+      <c r="B7" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C7" s="6">
         <v>157.27</v>
       </c>
-      <c r="E7" s="7" t="s">
-        <v>12</v>
+      <c r="D7" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" s="6">
+        <v>154.89</v>
       </c>
       <c r="F7" s="6">
-        <v>154.89</v>
-[...1 lines deleted...]
-      <c r="G7" s="6">
         <v>143.89</v>
+      </c>
+      <c r="G7" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H7" s="8">
         <v>149.39</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="4">
         <v>4</v>
       </c>
-      <c r="B8" s="4">
-[...3 lines deleted...]
-        <v>170</v>
+      <c r="B8" s="4" t="s">
+        <v>169</v>
+      </c>
+      <c r="C8" s="6">
+        <v>246.03</v>
       </c>
       <c r="D8" s="6">
-        <v>246.03</v>
+        <v>190.18</v>
       </c>
       <c r="E8" s="6">
-        <v>190.18</v>
+        <v>165.25</v>
       </c>
       <c r="F8" s="6">
-        <v>165.25</v>
-[...1 lines deleted...]
-      <c r="G8" s="6">
         <v>208.22</v>
+      </c>
+      <c r="G8" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H8" s="8">
         <v>154.52</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="4">
         <v>5</v>
       </c>
-      <c r="B9" s="4">
-[...3 lines deleted...]
-        <v>171</v>
+      <c r="B9" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="C9" s="6">
+        <v>204.43</v>
       </c>
       <c r="D9" s="6">
-        <v>204.43</v>
+        <v>158.03</v>
       </c>
       <c r="E9" s="6">
-        <v>158.03</v>
+        <v>184.9</v>
       </c>
       <c r="F9" s="6">
-        <v>184.9</v>
-[...1 lines deleted...]
-      <c r="G9" s="6">
         <v>153.29</v>
+      </c>
+      <c r="G9" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H9" s="8">
         <v>155.66</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="4">
         <v>6</v>
       </c>
-      <c r="B10" s="4">
-[...3 lines deleted...]
-        <v>172</v>
+      <c r="B10" s="4" t="s">
+        <v>171</v>
+      </c>
+      <c r="C10" s="6">
+        <v>188.13</v>
       </c>
       <c r="D10" s="6">
-        <v>188.13</v>
+        <v>167.55</v>
       </c>
       <c r="E10" s="6">
-        <v>167.55</v>
+        <v>172.43</v>
       </c>
       <c r="F10" s="6">
-        <v>172.43</v>
-[...1 lines deleted...]
-      <c r="G10" s="6">
         <v>173.38</v>
+      </c>
+      <c r="G10" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H10" s="8">
         <v>157.06</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="4">
         <v>7</v>
       </c>
-      <c r="B11" s="4">
-[...3 lines deleted...]
-        <v>173</v>
+      <c r="B11" s="4" t="s">
+        <v>172</v>
+      </c>
+      <c r="C11" s="6">
+        <v>232.24</v>
       </c>
       <c r="D11" s="6">
-        <v>232.24</v>
+        <v>178.21</v>
       </c>
       <c r="E11" s="6">
-        <v>178.21</v>
+        <v>179.41</v>
       </c>
       <c r="F11" s="6">
-        <v>179.41</v>
-[...1 lines deleted...]
-      <c r="G11" s="6">
         <v>194.76</v>
+      </c>
+      <c r="G11" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H11" s="8">
         <v>161.15</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="4">
         <v>8</v>
       </c>
-      <c r="B12" s="4">
-[...3 lines deleted...]
-        <v>174</v>
+      <c r="B12" s="4" t="s">
+        <v>173</v>
+      </c>
+      <c r="C12" s="6">
+        <v>238.37</v>
       </c>
       <c r="D12" s="6">
-        <v>238.37</v>
+        <v>178.87</v>
       </c>
       <c r="E12" s="6">
-        <v>178.87</v>
+        <v>153.83</v>
       </c>
       <c r="F12" s="6">
-        <v>153.83</v>
-[...1 lines deleted...]
-      <c r="G12" s="6">
         <v>277.04</v>
+      </c>
+      <c r="G12" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H12" s="8">
         <v>166.35</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="4">
         <v>9</v>
       </c>
-      <c r="B13" s="4">
-[...3 lines deleted...]
-        <v>175</v>
+      <c r="B13" s="4" t="s">
+        <v>174</v>
+      </c>
+      <c r="C13" s="6">
+        <v>190.43</v>
       </c>
       <c r="D13" s="6">
-        <v>190.43</v>
+        <v>170.16</v>
       </c>
       <c r="E13" s="6">
-        <v>170.16</v>
+        <v>265.22</v>
       </c>
       <c r="F13" s="6">
-        <v>265.22</v>
-[...1 lines deleted...]
-      <c r="G13" s="6">
         <v>191.98</v>
+      </c>
+      <c r="G13" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H13" s="8">
         <v>180.295</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="4">
         <v>10</v>
       </c>
-      <c r="B14" s="4">
-[...3 lines deleted...]
-        <v>176</v>
+      <c r="B14" s="4" t="s">
+        <v>175</v>
+      </c>
+      <c r="C14" s="6">
+        <v>220.53</v>
       </c>
       <c r="D14" s="6">
-        <v>220.53</v>
+        <v>196.91</v>
       </c>
       <c r="E14" s="6">
-        <v>196.91</v>
+        <v>186.38</v>
       </c>
       <c r="F14" s="6">
-        <v>186.38</v>
-[...1 lines deleted...]
-      <c r="G14" s="6">
         <v>194.33</v>
+      </c>
+      <c r="G14" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H14" s="8">
         <v>190.355</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="4">
         <v>11</v>
       </c>
-      <c r="B15" s="4">
-[...3 lines deleted...]
-        <v>177</v>
+      <c r="B15" s="4" t="s">
+        <v>176</v>
+      </c>
+      <c r="C15" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="D15" s="7" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="F15" s="6">
+        <v>11</v>
+      </c>
+      <c r="E15" s="6">
         <v>193.15</v>
       </c>
+      <c r="F15" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="G15" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H15" s="8">
         <v>193.15</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="4">
         <v>12</v>
       </c>
-      <c r="B16" s="4">
-[...3 lines deleted...]
-        <v>178</v>
+      <c r="B16" s="4" t="s">
+        <v>177</v>
+      </c>
+      <c r="C16" s="6">
+        <v>330.97</v>
       </c>
       <c r="D16" s="6">
-        <v>330.97</v>
+        <v>227.59</v>
       </c>
       <c r="E16" s="6">
-        <v>227.59</v>
+        <v>302.0</v>
       </c>
       <c r="F16" s="6">
-        <v>302.0</v>
-[...1 lines deleted...]
-      <c r="G16" s="6">
         <v>283.45</v>
+      </c>
+      <c r="G16" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H16" s="8">
         <v>198.81</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="4">
         <v>13</v>
       </c>
-      <c r="B17" s="4">
-[...3 lines deleted...]
-        <v>179</v>
+      <c r="B17" s="4" t="s">
+        <v>178</v>
+      </c>
+      <c r="C17" s="6">
+        <v>295.88</v>
       </c>
       <c r="D17" s="6">
-        <v>295.88</v>
+        <v>233.18</v>
       </c>
       <c r="E17" s="6">
-        <v>233.18</v>
+        <v>228.87</v>
       </c>
       <c r="F17" s="6">
-        <v>228.87</v>
-[...1 lines deleted...]
-      <c r="G17" s="6">
         <v>243.7</v>
+      </c>
+      <c r="G17" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H17" s="8">
         <v>203.96</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="4">
         <v>14</v>
       </c>
-      <c r="B18" s="4">
-[...3 lines deleted...]
-        <v>180</v>
+      <c r="B18" s="4" t="s">
+        <v>179</v>
+      </c>
+      <c r="C18" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="D18" s="7" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E18" s="6">
+        <v>245.36</v>
       </c>
       <c r="F18" s="6">
-        <v>245.36</v>
-[...1 lines deleted...]
-      <c r="G18" s="6">
         <v>243.48</v>
+      </c>
+      <c r="G18" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H18" s="8">
         <v>217.34</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="4">
         <v>15</v>
       </c>
-      <c r="B19" s="4">
-[...8 lines deleted...]
-      <c r="E19" s="6">
+      <c r="B19" s="4" t="s">
+        <v>180</v>
+      </c>
+      <c r="C19" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D19" s="6">
         <v>224.47</v>
       </c>
+      <c r="E19" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="F19" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G19" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H19" s="8">
         <v>224.47</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="4">
         <v>16</v>
       </c>
-      <c r="B20" s="4">
-[...3 lines deleted...]
-        <v>182</v>
+      <c r="B20" s="4" t="s">
+        <v>181</v>
+      </c>
+      <c r="C20" s="6">
+        <v>232.03</v>
       </c>
       <c r="D20" s="6">
-        <v>232.03</v>
+        <v>259.43</v>
       </c>
       <c r="E20" s="6">
-        <v>259.43</v>
+        <v>230.14</v>
       </c>
       <c r="F20" s="6">
-        <v>230.14</v>
-[...1 lines deleted...]
-      <c r="G20" s="6">
         <v>221.68</v>
+      </c>
+      <c r="G20" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H20" s="8">
         <v>225.91</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="4">
         <v>17</v>
       </c>
-      <c r="B21" s="4">
-[...3 lines deleted...]
-        <v>183</v>
+      <c r="B21" s="4" t="s">
+        <v>182</v>
+      </c>
+      <c r="C21" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="D21" s="7" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E21" s="6">
+        <v>224.64</v>
       </c>
       <c r="F21" s="6">
-        <v>224.64</v>
-[...1 lines deleted...]
-      <c r="G21" s="6">
         <v>230.45</v>
+      </c>
+      <c r="G21" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H21" s="8">
         <v>227.545</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="4">
         <v>18</v>
       </c>
-      <c r="B22" s="4">
-[...3 lines deleted...]
-        <v>184</v>
+      <c r="B22" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="C22" s="6">
+        <v>251.78</v>
       </c>
       <c r="D22" s="6">
-        <v>251.78</v>
+        <v>221.86</v>
       </c>
       <c r="E22" s="6">
-        <v>221.86</v>
+        <v>235.0</v>
       </c>
       <c r="F22" s="6">
-        <v>235.0</v>
-[...1 lines deleted...]
-      <c r="G22" s="6">
         <v>251.82</v>
+      </c>
+      <c r="G22" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H22" s="8">
         <v>228.43</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="4">
         <v>19</v>
       </c>
-      <c r="B23" s="4">
-[...3 lines deleted...]
-        <v>185</v>
+      <c r="B23" s="4" t="s">
+        <v>184</v>
+      </c>
+      <c r="C23" s="6">
+        <v>262.13</v>
       </c>
       <c r="D23" s="6">
-        <v>262.13</v>
-[...1 lines deleted...]
-      <c r="E23" s="6">
         <v>203.96</v>
       </c>
+      <c r="E23" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="F23" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G23" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H23" s="8">
         <v>233.045</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="4">
         <v>20</v>
       </c>
-      <c r="B24" s="4">
-[...3 lines deleted...]
-        <v>186</v>
+      <c r="B24" s="4" t="s">
+        <v>185</v>
+      </c>
+      <c r="C24" s="6">
+        <v>246.41</v>
       </c>
       <c r="D24" s="6">
-        <v>246.41</v>
-[...1 lines deleted...]
-      <c r="E24" s="6">
         <v>225.46</v>
       </c>
+      <c r="E24" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="F24" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G24" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H24" s="8">
         <v>235.935</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="4">
         <v>21</v>
       </c>
-      <c r="B25" s="4">
-[...3 lines deleted...]
-        <v>187</v>
+      <c r="B25" s="4" t="s">
+        <v>186</v>
+      </c>
+      <c r="C25" s="6">
+        <v>307.57</v>
       </c>
       <c r="D25" s="6">
-        <v>307.57</v>
-[...1 lines deleted...]
-      <c r="E25" s="6">
         <v>232.52</v>
       </c>
+      <c r="E25" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="F25" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G25" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H25" s="8">
         <v>248.24</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="4">
         <v>22</v>
       </c>
-      <c r="B26" s="4">
-[...3 lines deleted...]
-        <v>188</v>
+      <c r="B26" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="C26" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="D26" s="7" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E26" s="6">
+        <v>242.18</v>
       </c>
       <c r="F26" s="6">
-        <v>242.18</v>
-[...1 lines deleted...]
-      <c r="G26" s="6">
         <v>259.3</v>
+      </c>
+      <c r="G26" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H26" s="8">
         <v>250.74</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="4">
         <v>23</v>
       </c>
-      <c r="B27" s="4">
-[...3 lines deleted...]
-        <v>189</v>
+      <c r="B27" s="4" t="s">
+        <v>188</v>
+      </c>
+      <c r="C27" s="6">
+        <v>375.63</v>
       </c>
       <c r="D27" s="6">
-        <v>375.63</v>
-[...1 lines deleted...]
-      <c r="E27" s="6">
         <v>273.05</v>
       </c>
+      <c r="E27" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="F27" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G27" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H27" s="8">
         <v>252.18</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="4">
         <v>24</v>
       </c>
-      <c r="B28" s="4">
-[...3 lines deleted...]
-        <v>190</v>
+      <c r="B28" s="4" t="s">
+        <v>189</v>
+      </c>
+      <c r="C28" s="6">
+        <v>284.56</v>
       </c>
       <c r="D28" s="6">
-        <v>284.56</v>
+        <v>239.58</v>
       </c>
       <c r="E28" s="6">
-        <v>239.58</v>
+        <v>314.26</v>
       </c>
       <c r="F28" s="6">
-        <v>314.26</v>
-[...1 lines deleted...]
-      <c r="G28" s="6">
         <v>326.62</v>
+      </c>
+      <c r="G28" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H28" s="8">
         <v>262.07</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="4">
         <v>25</v>
       </c>
-      <c r="B29" s="4">
-[...3 lines deleted...]
-        <v>191</v>
+      <c r="B29" s="4" t="s">
+        <v>190</v>
+      </c>
+      <c r="C29" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="D29" s="7" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E29" s="6">
+        <v>265.65</v>
       </c>
       <c r="F29" s="6">
-        <v>265.65</v>
-[...1 lines deleted...]
-      <c r="G29" s="6">
         <v>290.5</v>
+      </c>
+      <c r="G29" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H29" s="8">
         <v>278.075</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="4">
         <v>26</v>
       </c>
-      <c r="B30" s="4">
-[...3 lines deleted...]
-        <v>192</v>
+      <c r="B30" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="C30" s="6">
+        <v>332.88</v>
       </c>
       <c r="D30" s="6">
-        <v>332.88</v>
+        <v>278.79</v>
       </c>
       <c r="E30" s="6">
-        <v>278.79</v>
+        <v>306.44</v>
       </c>
       <c r="F30" s="6">
-        <v>306.44</v>
-[...1 lines deleted...]
-      <c r="G30" s="6">
         <v>318.07</v>
+      </c>
+      <c r="G30" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H30" s="8">
         <v>279.11</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="4">
         <v>27</v>
       </c>
-      <c r="B31" s="4">
-[...3 lines deleted...]
-        <v>193</v>
+      <c r="B31" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="C31" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="D31" s="7" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E31" s="6">
+        <v>269.03</v>
       </c>
       <c r="F31" s="6">
-        <v>269.03</v>
-[...1 lines deleted...]
-      <c r="G31" s="6">
         <v>292.85</v>
+      </c>
+      <c r="G31" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H31" s="8">
         <v>280.94</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="4">
         <v>28</v>
       </c>
-      <c r="B32" s="4">
-[...5 lines deleted...]
-      <c r="D32" s="6">
+      <c r="B32" s="4" t="s">
+        <v>193</v>
+      </c>
+      <c r="C32" s="6">
         <v>192.74</v>
       </c>
-      <c r="E32" s="7" t="s">
-        <v>12</v>
+      <c r="D32" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" s="6">
+        <v>163.77</v>
       </c>
       <c r="F32" s="6">
-        <v>163.77</v>
-[...1 lines deleted...]
-      <c r="G32" s="6">
         <v>143.89</v>
+      </c>
+      <c r="G32" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H32" s="8">
         <v>307.66</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="4">
         <v>29</v>
       </c>
-      <c r="B33" s="4">
-[...6 lines deleted...]
-        <v>12</v>
+      <c r="B33" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="C33" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D33" s="6">
+        <v>154.91</v>
       </c>
       <c r="E33" s="6">
-        <v>154.91</v>
+        <v>173.28</v>
       </c>
       <c r="F33" s="6">
-        <v>173.28</v>
-[...1 lines deleted...]
-      <c r="G33" s="6">
         <v>180.44</v>
+      </c>
+      <c r="G33" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H33" s="8">
         <v>328.19</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="4">
         <v>30</v>
       </c>
-      <c r="B34" s="4">
-[...3 lines deleted...]
-        <v>196</v>
+      <c r="B34" s="4" t="s">
+        <v>195</v>
+      </c>
+      <c r="C34" s="6">
+        <v>217.46</v>
       </c>
       <c r="D34" s="6">
-        <v>217.46</v>
+        <v>178.37</v>
       </c>
       <c r="E34" s="6">
-        <v>178.37</v>
+        <v>163.77</v>
       </c>
       <c r="F34" s="6">
-        <v>163.77</v>
-[...1 lines deleted...]
-      <c r="G34" s="6">
         <v>170.39</v>
+      </c>
+      <c r="G34" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H34" s="8">
         <v>334.16</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="4">
         <v>31</v>
       </c>
-      <c r="B35" s="4">
-[...3 lines deleted...]
-        <v>197</v>
+      <c r="B35" s="4" t="s">
+        <v>196</v>
+      </c>
+      <c r="C35" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="D35" s="7" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E35" s="6">
+        <v>327.37</v>
       </c>
       <c r="F35" s="6">
-        <v>327.37</v>
-[...1 lines deleted...]
-      <c r="G35" s="6">
         <v>343.51</v>
+      </c>
+      <c r="G35" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H35" s="8">
         <v>335.44</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="4">
         <v>32</v>
       </c>
-      <c r="B36" s="4">
-[...3 lines deleted...]
-        <v>198</v>
+      <c r="B36" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="C36" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="D36" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E36" s="7" t="s">
-        <v>12</v>
-[...4 lines deleted...]
-      <c r="G36" s="6">
+        <v>11</v>
+      </c>
+      <c r="F36" s="6">
         <v>342.01</v>
+      </c>
+      <c r="G36" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H36" s="8">
         <v>342.01</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="4">
         <v>33</v>
       </c>
-      <c r="B37" s="4">
-[...3 lines deleted...]
-        <v>199</v>
+      <c r="B37" s="4" t="s">
+        <v>198</v>
+      </c>
+      <c r="C37" s="6">
+        <v>190.25</v>
       </c>
       <c r="D37" s="6">
-        <v>190.25</v>
+        <v>181.0</v>
       </c>
       <c r="E37" s="6">
-        <v>181.0</v>
+        <v>188.28</v>
       </c>
       <c r="F37" s="6">
-        <v>188.28</v>
-[...1 lines deleted...]
-      <c r="G37" s="6">
         <v>203.3</v>
+      </c>
+      <c r="G37" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H37" s="8">
         <v>369.28</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="4">
         <v>34</v>
       </c>
-      <c r="B38" s="4">
-[...3 lines deleted...]
-        <v>200</v>
+      <c r="B38" s="4" t="s">
+        <v>199</v>
+      </c>
+      <c r="C38" s="6">
+        <v>259.26</v>
       </c>
       <c r="D38" s="6">
-        <v>259.26</v>
+        <v>219.06</v>
       </c>
       <c r="E38" s="6">
-        <v>219.06</v>
+        <v>174.97</v>
       </c>
       <c r="F38" s="6">
-        <v>174.97</v>
-[...1 lines deleted...]
-      <c r="G38" s="6">
         <v>194.76</v>
+      </c>
+      <c r="G38" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H38" s="8">
         <v>369.73</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="4">
         <v>35</v>
       </c>
-      <c r="B39" s="4">
-[...3 lines deleted...]
-        <v>201</v>
+      <c r="B39" s="4" t="s">
+        <v>200</v>
+      </c>
+      <c r="C39" s="6">
+        <v>211.34</v>
       </c>
       <c r="D39" s="6">
-        <v>211.34</v>
+        <v>217.43</v>
       </c>
       <c r="E39" s="6">
-        <v>217.43</v>
+        <v>182.79</v>
       </c>
       <c r="F39" s="6">
-        <v>182.79</v>
-[...1 lines deleted...]
-      <c r="G39" s="6">
         <v>193.26</v>
+      </c>
+      <c r="G39" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H39" s="8">
         <v>376.05</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="4">
         <v>36</v>
       </c>
-      <c r="B40" s="4">
-[...3 lines deleted...]
-        <v>202</v>
+      <c r="B40" s="4" t="s">
+        <v>201</v>
+      </c>
+      <c r="C40" s="6">
+        <v>238.37</v>
       </c>
       <c r="D40" s="6">
-        <v>238.37</v>
+        <v>199.05</v>
       </c>
       <c r="E40" s="6">
-        <v>199.05</v>
+        <v>209.0</v>
       </c>
       <c r="F40" s="6">
-        <v>209.0</v>
-[...1 lines deleted...]
-      <c r="G40" s="6">
         <v>216.56</v>
+      </c>
+      <c r="G40" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H40" s="8">
         <v>408.05</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="4">
         <v>37</v>
       </c>
-      <c r="B41" s="4">
-[...3 lines deleted...]
-        <v>203</v>
+      <c r="B41" s="4" t="s">
+        <v>202</v>
+      </c>
+      <c r="C41" s="6">
+        <v>282.66</v>
       </c>
       <c r="D41" s="6">
-        <v>282.66</v>
+        <v>272.23</v>
       </c>
       <c r="E41" s="6">
-        <v>272.23</v>
+        <v>213.86</v>
       </c>
       <c r="F41" s="6">
-        <v>213.86</v>
-[...1 lines deleted...]
-      <c r="G41" s="6">
         <v>248.4</v>
+      </c>
+      <c r="G41" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H41" s="8">
         <v>462.26</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="4">
         <v>38</v>
       </c>
-      <c r="B42" s="4">
-[...3 lines deleted...]
-        <v>204</v>
+      <c r="B42" s="4" t="s">
+        <v>203</v>
+      </c>
+      <c r="C42" s="6">
+        <v>240.86</v>
       </c>
       <c r="D42" s="6">
-        <v>240.86</v>
+        <v>225.78</v>
       </c>
       <c r="E42" s="6">
-        <v>225.78</v>
+        <v>277.27</v>
       </c>
       <c r="F42" s="6">
-        <v>277.27</v>
-[...1 lines deleted...]
-      <c r="G42" s="6">
         <v>253.1</v>
+      </c>
+      <c r="G42" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H42" s="8">
         <v>466.64</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="4">
         <v>39</v>
       </c>
-      <c r="B43" s="4">
-[...3 lines deleted...]
-        <v>205</v>
+      <c r="B43" s="4" t="s">
+        <v>204</v>
+      </c>
+      <c r="C43" s="6">
+        <v>257.16</v>
       </c>
       <c r="D43" s="6">
-        <v>257.16</v>
+        <v>216.61</v>
       </c>
       <c r="E43" s="6">
-        <v>216.61</v>
+        <v>286.15</v>
       </c>
       <c r="F43" s="6">
-        <v>286.15</v>
-[...1 lines deleted...]
-      <c r="G43" s="6">
         <v>311.02</v>
+      </c>
+      <c r="G43" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H43" s="8">
         <v>473.77</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="4">
         <v>40</v>
       </c>
-      <c r="B44" s="4">
-[...3 lines deleted...]
-        <v>206</v>
+      <c r="B44" s="4" t="s">
+        <v>205</v>
+      </c>
+      <c r="C44" s="6">
+        <v>282.26</v>
       </c>
       <c r="D44" s="6">
-        <v>282.26</v>
+        <v>224.31</v>
       </c>
       <c r="E44" s="6">
-        <v>224.31</v>
+        <v>257.39</v>
       </c>
       <c r="F44" s="6">
-        <v>257.39</v>
-[...1 lines deleted...]
-      <c r="G44" s="6">
         <v>265.07</v>
+      </c>
+      <c r="G44" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H44" s="8">
         <v>481.7</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="4">
         <v>41</v>
       </c>
-      <c r="B45" s="4">
-[...3 lines deleted...]
-        <v>207</v>
+      <c r="B45" s="4" t="s">
+        <v>206</v>
+      </c>
+      <c r="C45" s="6">
+        <v>296.83</v>
       </c>
       <c r="D45" s="6">
-        <v>296.83</v>
+        <v>285.68</v>
       </c>
       <c r="E45" s="6">
-        <v>285.68</v>
+        <v>235.84</v>
       </c>
       <c r="F45" s="6">
-        <v>235.84</v>
-[...1 lines deleted...]
-      <c r="G45" s="6">
         <v>271.91</v>
+      </c>
+      <c r="G45" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H45" s="8">
         <v>507.75</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="4">
         <v>42</v>
       </c>
-      <c r="B46" s="4">
-[...6 lines deleted...]
-        <v>12</v>
+      <c r="B46" s="4" t="s">
+        <v>207</v>
+      </c>
+      <c r="C46" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D46" s="6">
+        <v>246.96</v>
       </c>
       <c r="E46" s="6">
-        <v>246.96</v>
+        <v>269.03</v>
       </c>
       <c r="F46" s="6">
-        <v>269.03</v>
-[...1 lines deleted...]
-      <c r="G46" s="6">
         <v>275.76</v>
+      </c>
+      <c r="G46" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H46" s="8">
         <v>515.99</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="4">
         <v>43</v>
       </c>
-      <c r="B47" s="4">
-[...3 lines deleted...]
-        <v>209</v>
+      <c r="B47" s="4" t="s">
+        <v>208</v>
+      </c>
+      <c r="C47" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="D47" s="7" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E47" s="6">
+        <v>259.73</v>
       </c>
       <c r="F47" s="6">
-        <v>259.73</v>
-[...1 lines deleted...]
-      <c r="G47" s="6">
         <v>261.22</v>
+      </c>
+      <c r="G47" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H47" s="8">
         <v>520.95</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="4">
         <v>44</v>
       </c>
-      <c r="B48" s="4">
-[...3 lines deleted...]
-        <v>210</v>
+      <c r="B48" s="4" t="s">
+        <v>209</v>
+      </c>
+      <c r="C48" s="6">
+        <v>319.66</v>
       </c>
       <c r="D48" s="6">
-        <v>319.66</v>
+        <v>265.17</v>
       </c>
       <c r="E48" s="6">
-        <v>265.17</v>
+        <v>258.67</v>
       </c>
       <c r="F48" s="6">
-        <v>258.67</v>
-[...1 lines deleted...]
-      <c r="G48" s="6">
         <v>262.29</v>
+      </c>
+      <c r="G48" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H48" s="8">
         <v>520.96</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="4">
         <v>45</v>
       </c>
-      <c r="B49" s="4">
-[...3 lines deleted...]
-        <v>211</v>
+      <c r="B49" s="4" t="s">
+        <v>210</v>
+      </c>
+      <c r="C49" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="D49" s="7" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E49" s="6">
+        <v>277.27</v>
       </c>
       <c r="F49" s="6">
-        <v>277.27</v>
-[...1 lines deleted...]
-      <c r="G49" s="6">
         <v>253.96</v>
+      </c>
+      <c r="G49" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H49" s="8">
         <v>531.23</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="4">
         <v>46</v>
       </c>
-      <c r="B50" s="4">
-[...3 lines deleted...]
-        <v>212</v>
+      <c r="B50" s="4" t="s">
+        <v>211</v>
+      </c>
+      <c r="C50" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="D50" s="7" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E50" s="6">
+        <v>289.53</v>
       </c>
       <c r="F50" s="6">
-        <v>289.53</v>
-[...1 lines deleted...]
-      <c r="G50" s="6">
         <v>256.95</v>
+      </c>
+      <c r="G50" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H50" s="8">
         <v>546.48</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="4">
         <v>47</v>
       </c>
-      <c r="B51" s="4">
-[...3 lines deleted...]
-        <v>213</v>
+      <c r="B51" s="4" t="s">
+        <v>212</v>
+      </c>
+      <c r="C51" s="6">
+        <v>357.24</v>
       </c>
       <c r="D51" s="6">
-        <v>357.24</v>
+        <v>251.21</v>
       </c>
       <c r="E51" s="6">
-        <v>251.21</v>
+        <v>323.35</v>
       </c>
       <c r="F51" s="6">
-        <v>323.35</v>
-[...1 lines deleted...]
-      <c r="G51" s="6">
         <v>308.88</v>
+      </c>
+      <c r="G51" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H51" s="8">
         <v>560.09</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="4">
         <v>48</v>
       </c>
-      <c r="B52" s="4">
-[...5 lines deleted...]
-      <c r="D52" s="6">
+      <c r="B52" s="4" t="s">
+        <v>213</v>
+      </c>
+      <c r="C52" s="6">
         <v>302.6</v>
       </c>
-      <c r="E52" s="7" t="s">
-        <v>12</v>
+      <c r="D52" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E52" s="6">
+        <v>331.38</v>
       </c>
       <c r="F52" s="6">
-        <v>331.38</v>
-[...1 lines deleted...]
-      <c r="G52" s="6">
         <v>320.85</v>
+      </c>
+      <c r="G52" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H52" s="8">
         <v>623.45</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="4">
         <v>49</v>
       </c>
-      <c r="B53" s="4">
-[...3 lines deleted...]
-        <v>215</v>
+      <c r="B53" s="4" t="s">
+        <v>214</v>
+      </c>
+      <c r="C53" s="6">
+        <v>322.92</v>
       </c>
       <c r="D53" s="6">
-        <v>322.92</v>
-[...1 lines deleted...]
-      <c r="E53" s="6">
         <v>303.73</v>
       </c>
+      <c r="E53" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="F53" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G53" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H53" s="8">
         <v>626.65</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="4">
         <v>50</v>
       </c>
-      <c r="B54" s="4">
-[...3 lines deleted...]
-        <v>216</v>
+      <c r="B54" s="4" t="s">
+        <v>215</v>
+      </c>
+      <c r="C54" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="D54" s="7" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E54" s="6">
+        <v>391.41</v>
       </c>
       <c r="F54" s="6">
-        <v>391.41</v>
-[...1 lines deleted...]
-      <c r="G54" s="6">
         <v>262.07</v>
+      </c>
+      <c r="G54" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H54" s="8">
         <v>653.48</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="4">
         <v>51</v>
       </c>
-      <c r="B55" s="4">
-[...3 lines deleted...]
-        <v>217</v>
+      <c r="B55" s="4" t="s">
+        <v>216</v>
+      </c>
+      <c r="C55" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="D55" s="7" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>11</v>
+      </c>
+      <c r="E55" s="6">
+        <v>338.99</v>
       </c>
       <c r="F55" s="6">
-        <v>338.99</v>
-[...1 lines deleted...]
-      <c r="G55" s="6">
         <v>348.42</v>
+      </c>
+      <c r="G55" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H55" s="8">
         <v>687.41</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="4">
         <v>52</v>
       </c>
-      <c r="B56" s="4">
-[...3 lines deleted...]
-        <v>218</v>
+      <c r="B56" s="4" t="s">
+        <v>217</v>
+      </c>
+      <c r="C56" s="6">
+        <v>446.95</v>
       </c>
       <c r="D56" s="6">
-        <v>446.95</v>
+        <v>378.21</v>
       </c>
       <c r="E56" s="6">
-        <v>378.21</v>
+        <v>431.36</v>
       </c>
       <c r="F56" s="6">
-        <v>431.36</v>
-[...1 lines deleted...]
-      <c r="G56" s="6">
         <v>419.8</v>
+      </c>
+      <c r="G56" s="7" t="s">
+        <v>11</v>
       </c>
       <c r="H56" s="8">
         <v>798.01</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="4">
         <v>53</v>
       </c>
-      <c r="B57" s="4">
-[...3 lines deleted...]
-        <v>219</v>
+      <c r="B57" s="4" t="s">
+        <v>218</v>
+      </c>
+      <c r="C57" s="6">
+        <v>473.99</v>
       </c>
       <c r="D57" s="6">
-        <v>473.99</v>
-[...1 lines deleted...]
-      <c r="E57" s="6">
         <v>373.46</v>
       </c>
+      <c r="E57" s="7" t="s">
+        <v>11</v>
+      </c>
       <c r="F57" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G57" s="7" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="H57" s="8">
         <v>847.45</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 