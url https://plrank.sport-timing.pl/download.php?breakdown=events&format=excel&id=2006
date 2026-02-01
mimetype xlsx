--- v0 (2025-10-30)
+++ v1 (2026-02-01)
@@ -18,927 +18,837 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Mężczyźni - Junior młodszy" sheetId="1" r:id="rId4"/>
     <sheet name="Mężczyźni - Młodzik" sheetId="2" r:id="rId5"/>
     <sheet name="Kobiety - Junior młodszy" sheetId="3" r:id="rId6"/>
     <sheet name="Kobiety - Młodzik" sheetId="4" r:id="rId7"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="233">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="228">
   <si>
     <t>Polpunkty SL - Mężczyźni - Junior młodszy</t>
   </si>
   <si>
     <t>Sezon: 2025/2026 | Typ licencji: ZJAZDY</t>
   </si>
   <si>
-    <t>Pozycja</t>
+    <t>Poz.</t>
+  </si>
+  <si>
+    <t>Licencja</t>
   </si>
   <si>
     <t>Zawodnik</t>
   </si>
   <si>
-    <t>Klub</t>
-[...59 lines deleted...]
-    <t>🥇 1</t>
+    <t>Punkty bazowe SL
+30.10.2025</t>
+  </si>
+  <si>
+    <t>MPP I SL
+20.12.2025</t>
+  </si>
+  <si>
+    <t>MPP I SL
+21.12.2025</t>
+  </si>
+  <si>
+    <t>Punkty</t>
   </si>
   <si>
     <t>Kosma Szafrański</t>
   </si>
   <si>
-    <t>KS SKIVEGAS STANEK RACE ACADEMY Sp. Z o.o</t>
-[...4 lines deleted...]
-  <si>
     <t>Jakub Muniak</t>
   </si>
   <si>
-    <t>KS SportUp</t>
-[...1 lines deleted...]
-  <si>
     <t>-</t>
   </si>
   <si>
-    <t>🥉 3</t>
-[...1 lines deleted...]
-  <si>
     <t>Wojciech Przybyła</t>
   </si>
   <si>
-    <t>PILCH SKI ACADEMY</t>
+    <t>Stanisław Ćwikła</t>
   </si>
   <si>
     <t>Jan Czajkowski</t>
   </si>
   <si>
-    <t>KS BESKIDY</t>
-[...2 lines deleted...]
-    <t>Stanisław Ćwikła</t>
+    <t>Piotr Bobeł</t>
   </si>
   <si>
     <t>Tymon Bobrzyński</t>
   </si>
   <si>
+    <t>Konrad Stojanik</t>
+  </si>
+  <si>
     <t>Paweł Król</t>
   </si>
   <si>
-    <t>Klub Sportowy Mikołajek</t>
+    <t>Kamil Frycz</t>
   </si>
   <si>
     <t>Jakub Bojdys</t>
   </si>
   <si>
-    <t>KLUB SPORTOWY AS</t>
-[...2 lines deleted...]
-    <t>Konrad Stojanik</t>
+    <t>Bartłomiej Więckowski</t>
   </si>
   <si>
     <t>Nikodem Ryczko</t>
   </si>
   <si>
-    <t>FUNDACJA YOUNG GUNS</t>
-[...2 lines deleted...]
-    <t>Kamil Frycz</t>
+    <t>Mikołaj Michałowicz</t>
+  </si>
+  <si>
+    <t>Antoni Kałuża</t>
+  </si>
+  <si>
+    <t>Tomasz Rojek</t>
+  </si>
+  <si>
+    <t>Stanisław Górnikowski</t>
+  </si>
+  <si>
+    <t>Szymon Ptaszkiewicz</t>
+  </si>
+  <si>
+    <t>Leon Łodziński</t>
   </si>
   <si>
     <t>Ignacy Kozłowski</t>
   </si>
   <si>
-    <t>Antoni Kałuża</t>
-[...2 lines deleted...]
-    <t>Tomasz Rojek</t>
+    <t>Jan Poborski</t>
+  </si>
+  <si>
+    <t>Filip Ciślak</t>
+  </si>
+  <si>
+    <t>Antoni Czerwiński-molski</t>
   </si>
   <si>
     <t>Bartłomiej Surdy</t>
   </si>
   <si>
-    <t>Antoni Czerwiński-molski</t>
-[...2 lines deleted...]
-    <t>RACE STREFA</t>
+    <t>Feliks Miłosz</t>
   </si>
   <si>
     <t>Karol Kwiatkowski</t>
   </si>
   <si>
-    <t>UKS 28 KIELCE</t>
+    <t>Jan Jędrol</t>
+  </si>
+  <si>
+    <t>Stanisław Moszczyński</t>
   </si>
   <si>
     <t>Feliks Olesiński</t>
   </si>
   <si>
+    <t>Jan Szmaja</t>
+  </si>
+  <si>
     <t>Maciej Tabakowski</t>
   </si>
   <si>
-    <t>KS YETI</t>
-[...7 lines deleted...]
-  <si>
     <t>Jerzy Domicz</t>
   </si>
   <si>
-    <t>Filip Ciślak</t>
-[...5 lines deleted...]
-    <t>Jan Szmaja</t>
+    <t>Wojciech Donocik</t>
+  </si>
+  <si>
+    <t>Leon Marciniak</t>
   </si>
   <si>
     <t>Antoni Gacek</t>
   </si>
   <si>
-    <t>Sosen Ski Team Racing Departme</t>
-[...5 lines deleted...]
-    <t>BS Sport</t>
+    <t>Stanisław Kuklewicz</t>
   </si>
   <si>
     <t>Iwo Olszewski</t>
   </si>
   <si>
     <t>Artemi Chornous</t>
   </si>
   <si>
-    <t>ADVENTURE SKI TEAM</t>
-[...8 lines deleted...]
-    <t>Feliks Miłosz</t>
+    <t>Jan Janicki</t>
+  </si>
+  <si>
+    <t>Ruben Cirut</t>
+  </si>
+  <si>
+    <t>Tymon Kozłowski</t>
+  </si>
+  <si>
+    <t>Leonardo Brusco</t>
   </si>
   <si>
     <t>Konstanty Trusewicz</t>
   </si>
   <si>
-    <t>KS "ŚNIEŻKA" KARPACZ</t>
-[...10 lines deleted...]
-  <si>
     <t>Paweł Chowaniec</t>
   </si>
   <si>
-    <t>Rusiński Ski-Max</t>
-[...1 lines deleted...]
-  <si>
     <t>Bartłomiej Czernek</t>
   </si>
   <si>
     <t>Maciej Nowaczyk</t>
   </si>
   <si>
-    <t>KS Wielkopolska Szkoła Narciar</t>
-[...7 lines deleted...]
-  <si>
     <t>Bartłomiej Żółtak</t>
   </si>
   <si>
     <t>Nikodem Trusewicz</t>
   </si>
   <si>
     <t>Franciszek Nowak</t>
   </si>
   <si>
     <t>Michał Kuźma</t>
   </si>
   <si>
-    <t>Tymon Kozłowski</t>
-[...4 lines deleted...]
-  <si>
     <t>Michał Ilewicz</t>
   </si>
   <si>
-    <t>Warszawski Klub Narciarski</t>
-[...4 lines deleted...]
-  <si>
     <t>Benjamin Barabaś-latif</t>
   </si>
   <si>
-    <t>Leonardo Brusco</t>
-[...1 lines deleted...]
-  <si>
     <t>Rudolf Pełda</t>
   </si>
   <si>
     <t>Jan Kowalczyk</t>
   </si>
   <si>
     <t>Michał Radoszewski-zakościelny</t>
   </si>
   <si>
-    <t>KN GONDOLA KRYNICA</t>
-[...1 lines deleted...]
-  <si>
     <t>Tymon Bogusławski</t>
   </si>
   <si>
     <t>Stanisław Mars</t>
   </si>
   <si>
     <t>Bruno Szafrański-mądry</t>
   </si>
   <si>
     <t>Borys Klauza</t>
   </si>
   <si>
     <t>Jan Kalina</t>
   </si>
   <si>
     <t>Dominik Czuchraj</t>
   </si>
   <si>
-    <t>FROGS SKI&amp;SUN ŚWIERADÓW ZDRÓJ</t>
-[...1 lines deleted...]
-  <si>
     <t>Stanisław Rosa</t>
   </si>
   <si>
     <t>Tytus Dzięciołowski</t>
   </si>
   <si>
     <t>Borys Szafrański-mądry</t>
   </si>
   <si>
     <t>Michał Stec</t>
   </si>
   <si>
-    <t>KS GRODECKI SKI TEAM</t>
-[...1 lines deleted...]
-  <si>
     <t>Ihor Zarutskyy</t>
   </si>
   <si>
     <t>Edward Kink</t>
   </si>
   <si>
-    <t>NKS RASC</t>
-[...1 lines deleted...]
-  <si>
     <t>Szymon Rembek</t>
   </si>
   <si>
-    <t>pl_Rank - System Rankingowy</t>
-[...4 lines deleted...]
-  <si>
     <t>Polpunkty SL - Mężczyźni - Młodzik</t>
   </si>
   <si>
     <t>Filip Soprych</t>
   </si>
   <si>
     <t>Kacper Zagórski</t>
   </si>
   <si>
-    <t>FUNDACJA SPORTU BEZ GRANIC MALCZEWSKI ACADEMY</t>
-[...1 lines deleted...]
-  <si>
     <t>Michał Szewczyk</t>
   </si>
   <si>
-    <t>KKN SIEPRAW-SKI</t>
+    <t>Mikołaj Szmaja</t>
+  </si>
+  <si>
+    <t>Jakub Przybyła</t>
+  </si>
+  <si>
+    <t>Antoni Lenkiewicz</t>
   </si>
   <si>
     <t>Mateusz Kilarski</t>
   </si>
   <si>
+    <t>Alexander Rajpold</t>
+  </si>
+  <si>
     <t>Andrzej Jędrol</t>
   </si>
   <si>
+    <t>Iwo Gazda</t>
+  </si>
+  <si>
     <t>Jakub Tarnawski</t>
   </si>
   <si>
-    <t>KS FRAJDA ZAKOPANE</t>
+    <t>Jan Stoch</t>
+  </si>
+  <si>
+    <t>Radosław Węglarz</t>
+  </si>
+  <si>
+    <t>Mateusz Ziora</t>
+  </si>
+  <si>
+    <t>Leon Uchański</t>
   </si>
   <si>
     <t>Iwo Palusiński</t>
   </si>
   <si>
-    <t>Iwo Gazda</t>
+    <t>Jan Bitner</t>
+  </si>
+  <si>
+    <t>Jakub Gałaszek</t>
   </si>
   <si>
     <t>Rafał Łukaszewski</t>
   </si>
   <si>
-    <t>Jakub Gałaszek</t>
+    <t>Leon Leonowicz</t>
+  </si>
+  <si>
+    <t>Józef Olesiński</t>
+  </si>
+  <si>
+    <t>Piotr Bruno Łubkowski</t>
   </si>
   <si>
     <t>Gustaw Leśniewski</t>
   </si>
   <si>
     <t>Jędrzej Nieścieronek</t>
   </si>
   <si>
+    <t>Paweł Zwierzyński</t>
+  </si>
+  <si>
+    <t>Patryk Szukalski</t>
+  </si>
+  <si>
+    <t>Antoni Stawiarski</t>
+  </si>
+  <si>
+    <t>Dominik Kowalczyk</t>
+  </si>
+  <si>
+    <t>Tymoteusz Gajdek</t>
+  </si>
+  <si>
+    <t>Jan Herman-wojtyna</t>
+  </si>
+  <si>
+    <t>Kacper Iwanicki</t>
+  </si>
+  <si>
     <t>Dominik Prochownik</t>
   </si>
   <si>
-    <t>ŻYWIECKI KLUB NARCIARSKI</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">UKN "LAWORTA" </t>
+    <t>Wojciech Małek</t>
   </si>
   <si>
     <t>Witold Stokłosa</t>
   </si>
   <si>
+    <t>Jan Ciszewicz</t>
+  </si>
+  <si>
+    <t>Szymon Kajka</t>
+  </si>
+  <si>
     <t>Tymoteusz Śpiewak</t>
   </si>
   <si>
-    <t>Leon Leonowicz</t>
+    <t>Szymon Piaścik</t>
+  </si>
+  <si>
+    <t>Andrzej Ostrowski</t>
+  </si>
+  <si>
+    <t>Antoni Broś</t>
+  </si>
+  <si>
+    <t>Tadeusz Czajka</t>
   </si>
   <si>
     <t>Olivier Skiba</t>
   </si>
   <si>
     <t>Iwo Hawrylik</t>
   </si>
   <si>
     <t>Mikołaj Juraszek</t>
   </si>
   <si>
+    <t>Jan Kniaziowski</t>
+  </si>
+  <si>
     <t>Polpunkty SL - Kobiety - Junior młodszy</t>
   </si>
   <si>
+    <t>Natasza Kamińska</t>
+  </si>
+  <si>
     <t>Marta Ziętek</t>
   </si>
   <si>
-    <t>STOWARZYSZENIE OCHMAN SKI RACE TEAM</t>
-[...1 lines deleted...]
-  <si>
     <t>Julia Gałuszka</t>
   </si>
   <si>
     <t>Izabela Kasperkiewicz</t>
   </si>
   <si>
     <t>Mika Oczkoś</t>
   </si>
   <si>
     <t>Victoria Procenko</t>
   </si>
   <si>
     <t>Kateryna Tsytsaniuk</t>
   </si>
   <si>
+    <t>Amelia Masiak</t>
+  </si>
+  <si>
     <t>Milena Mitka</t>
   </si>
   <si>
     <t>Jagoda Nieścieronek</t>
   </si>
   <si>
+    <t>Zuzanna Ryskala</t>
+  </si>
+  <si>
     <t>Iga Kaczmarek</t>
   </si>
   <si>
-    <t>STOWARZYSZENIE SKI TEAM KACZMA</t>
+    <t>Hanna Tramś</t>
   </si>
   <si>
     <t>Ksenia Jasińska</t>
   </si>
   <si>
-    <t>BRG Bębenek Racing Group</t>
+    <t>Jagoda Wojciechowska</t>
+  </si>
+  <si>
+    <t>Hanna Pierlak</t>
+  </si>
+  <si>
+    <t>Zuzanna Maria Leśniak</t>
+  </si>
+  <si>
+    <t>Katarzyna Krupa</t>
   </si>
   <si>
     <t>Magda Różańska</t>
   </si>
   <si>
     <t>Maja Wójciak</t>
   </si>
   <si>
-    <t>KS Tatra SkiAcademy</t>
-[...1 lines deleted...]
-  <si>
     <t>Amelia Targosz</t>
   </si>
   <si>
-    <t>Jagoda Wojciechowska</t>
-[...5 lines deleted...]
-    <t>AMS MAGICSPORTS-RYSKALSKI</t>
+    <t>Olga Kanclerz</t>
+  </si>
+  <si>
+    <t>Alicja Telec</t>
+  </si>
+  <si>
+    <t>Aleksandra Kalisz</t>
   </si>
   <si>
     <t>Hanna Schabowska</t>
   </si>
   <si>
+    <t>Kathrin Leskova</t>
+  </si>
+  <si>
     <t>Milena Rytlewska</t>
   </si>
   <si>
+    <t>Zofia Wasilewska</t>
+  </si>
+  <si>
     <t>Paulina Zajączkowska</t>
   </si>
   <si>
-    <t>Stowarzyszenie Rekreacyjno-Sportowe "Czantoria" Ustroń</t>
-[...1 lines deleted...]
-  <si>
     <t>Odeta Nelke</t>
   </si>
   <si>
-    <t>Olga Kanclerz</t>
-[...1 lines deleted...]
-  <si>
     <t>Zlata Bezrodna</t>
   </si>
   <si>
-    <t>Zuzanna Maria Leśniak</t>
-[...1 lines deleted...]
-  <si>
     <t>Ewa Maria Łubkowska</t>
   </si>
   <si>
     <t>Martyna Golba</t>
   </si>
   <si>
-    <t>UKS BRENNA GÓRKI</t>
-[...2 lines deleted...]
-    <t>Zofia Wasilewska</t>
+    <t>Lena Gazda</t>
+  </si>
+  <si>
+    <t>Hanna Łamacz</t>
   </si>
   <si>
     <t>Nadia Wyrwas</t>
   </si>
   <si>
-    <t>Klub Sportowy LIVE</t>
-[...5 lines deleted...]
-    <t>KRAKOWSKIE STOWARZYSZENIE NARCIARSKIE</t>
+    <t>Hanna Łodzińska</t>
+  </si>
+  <si>
+    <t>Ewa Bielak</t>
+  </si>
+  <si>
+    <t>Melania Uchańska</t>
+  </si>
+  <si>
+    <t>Aleksandra Karsznia</t>
   </si>
   <si>
     <t>Hanna Palusińska</t>
   </si>
   <si>
-    <t>Ewa Bielak</t>
-[...4 lines deleted...]
-  <si>
     <t>Alicja Piłat</t>
   </si>
   <si>
-    <t>Lena Gazda</t>
-[...8 lines deleted...]
-    <t>WTS DeSki</t>
+    <t>Pola Stanisławska</t>
+  </si>
+  <si>
+    <t>Natalia Łaciak</t>
   </si>
   <si>
     <t>Alicja Pieczyńska</t>
   </si>
   <si>
-    <t>Alicja Telec</t>
-[...2 lines deleted...]
-    <t>Natalia Łaciak</t>
+    <t>Maya Ryś</t>
   </si>
   <si>
     <t>Maria Zhuk</t>
   </si>
   <si>
-    <t>TEAM MB Szczyrk</t>
-[...4 lines deleted...]
-  <si>
     <t>Zofia Kasperska</t>
   </si>
   <si>
-    <t>Hanna Pierlak</t>
+    <t>Maja Pociask</t>
   </si>
   <si>
     <t>Justyna Trząska</t>
   </si>
   <si>
     <t>Oliwia Sosenko</t>
   </si>
   <si>
     <t>Hanna Chrobak</t>
   </si>
   <si>
     <t>Helena Stolarska-laszczak</t>
   </si>
   <si>
-    <t>MKN ZRYW</t>
-[...1 lines deleted...]
-  <si>
     <t>Martyna Jabłońska</t>
   </si>
   <si>
-    <t>KN WROCŁAW</t>
-[...4 lines deleted...]
-  <si>
     <t>Natalia Gąsienica Wawrytko</t>
   </si>
   <si>
-    <t>KS SNPTT-1907</t>
-[...1 lines deleted...]
-  <si>
     <t>Lena Janik</t>
   </si>
   <si>
     <t>Nikola Aftanas</t>
   </si>
   <si>
     <t>Marika Klimczak</t>
   </si>
   <si>
     <t>Wiktoria Paluszek</t>
   </si>
   <si>
     <t>Antonina Mirowska</t>
   </si>
   <si>
     <t>Lena Dudek</t>
   </si>
   <si>
     <t>Zofia Wyród</t>
   </si>
   <si>
     <t>Maja Wajda</t>
   </si>
   <si>
-    <t>MITANSKI ZAKOPANE</t>
-[...1 lines deleted...]
-  <si>
     <t>Polpunkty SL - Kobiety - Młodzik</t>
   </si>
   <si>
     <t>Aleksandra Kasperkiewicz</t>
   </si>
   <si>
     <t>Natalia Nowaczyk</t>
   </si>
   <si>
     <t>Marianna Babiak</t>
   </si>
   <si>
     <t>Franciszka Olesińska</t>
   </si>
   <si>
+    <t>Julia Zając</t>
+  </si>
+  <si>
+    <t>Lidia Gzyl</t>
+  </si>
+  <si>
     <t>Martyna Nowaczyk</t>
   </si>
   <si>
-    <t>Julia Zając</t>
-[...1 lines deleted...]
-  <si>
     <t>Barbara Stępień</t>
   </si>
   <si>
+    <t>Julia Borys</t>
+  </si>
+  <si>
+    <t>Natasza Jakubiec</t>
+  </si>
+  <si>
     <t>Sonia Łoboda</t>
   </si>
   <si>
     <t>Natalia Januszko</t>
   </si>
   <si>
     <t>Łucja Copija</t>
   </si>
   <si>
     <t>Milena Gronuś</t>
   </si>
   <si>
+    <t>Maria Kenig</t>
+  </si>
+  <si>
     <t>Krystyna Skóbel</t>
   </si>
   <si>
+    <t>Julia Kolasa</t>
+  </si>
+  <si>
     <t>Maja Król</t>
   </si>
   <si>
-    <t>Lidia Gzyl</t>
+    <t>Zofia Katarzyna Leśniak</t>
+  </si>
+  <si>
+    <t>Zuzanna Kuśnierz</t>
+  </si>
+  <si>
+    <t>Dominika Sowa</t>
+  </si>
+  <si>
+    <t>Urszula Kozysa</t>
+  </si>
+  <si>
+    <t>Hanna Pysz</t>
+  </si>
+  <si>
+    <t>Olivia Nowacka</t>
   </si>
   <si>
     <t>Michalina Szal</t>
   </si>
   <si>
-    <t>WKS POZNAŃ SKI</t>
+    <t>Zofia Chorabik</t>
+  </si>
+  <si>
+    <t>Karolina Turek</t>
+  </si>
+  <si>
+    <t>Martyna Buczel</t>
+  </si>
+  <si>
+    <t>Lena Burczyńska</t>
+  </si>
+  <si>
+    <t>Jagoda Marzec</t>
+  </si>
+  <si>
+    <t>Anna Kosicka</t>
+  </si>
+  <si>
+    <t>Emilia Koncewicz</t>
+  </si>
+  <si>
+    <t>Zofia Kasprzak</t>
+  </si>
+  <si>
+    <t>Nadia Kochanowicz</t>
+  </si>
+  <si>
+    <t>Julia Parylak</t>
+  </si>
+  <si>
+    <t>Zofia Powiecka</t>
+  </si>
+  <si>
+    <t>Maria Owczarz</t>
+  </si>
+  <si>
+    <t>Aleksandra Mokrzańska</t>
+  </si>
+  <si>
+    <t>Julia Cmokowicz</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
-  <fonts count="5">
+  <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
-    <font>
-[...7 lines deleted...]
-    </font>
   </fonts>
-  <fills count="8">
+  <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
-    </fill>
-[...34 lines deleted...]
-      </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="24">
+  <cellXfs count="9">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-[...3 lines deleted...]
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="5" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0"/>
+    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
-    <xf xfId="0" fontId="3" numFmtId="0" fillId="6" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="45" wrapText="false" shrinkToFit="false"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="1" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="4" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    </xf>
     <xf xfId="0" fontId="3" numFmtId="2" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
-[...2 lines deleted...]
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="3" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1216,10769 +1126,5270 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:V73"/>
+  <dimension ref="A1:G72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A73" sqref="A73"/>
+      <selection activeCell="A4" sqref="A4:G72"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
-[...19 lines deleted...]
-    <col min="21" max="21" width="15" customWidth="true" style="0"/>
+    <col min="1" max="1" width="6" customWidth="true" style="0"/>
+    <col min="2" max="2" width="14" customWidth="true" style="0"/>
+    <col min="3" max="3" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="14" customWidth="true" style="0"/>
+    <col min="5" max="5" width="14" customWidth="true" style="0"/>
+    <col min="6" max="6" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:22">
+    <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:22">
+    <row r="2" spans="1:7">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:22" customHeight="1" ht="150">
-      <c r="A4" s="4" t="s">
+    <row r="4" spans="1:7" customHeight="1" ht="150">
+      <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="4" t="s">
+      <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="4" t="s">
+      <c r="C4" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="4" t="s">
+      <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="E4" s="9" t="s">
+      <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="F4" s="9" t="s">
+      <c r="F4" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="G4" s="9" t="s">
+      <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="H4" s="9" t="s">
+    </row>
+    <row r="5" spans="1:7">
+      <c r="A5" s="4">
+        <v>1</v>
+      </c>
+      <c r="B5" s="4">
+        <v>1988</v>
+      </c>
+      <c r="C5" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="I4" s="9" t="s">
+      <c r="D5" s="6">
+        <v>4.4</v>
+      </c>
+      <c r="E5" s="6">
+        <v>11.13</v>
+      </c>
+      <c r="F5" s="6">
+        <v>28.06</v>
+      </c>
+      <c r="G5" s="8">
+        <v>4.4</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7">
+      <c r="A6" s="4">
+        <v>2</v>
+      </c>
+      <c r="B6" s="4">
+        <v>1675</v>
+      </c>
+      <c r="C6" s="4" t="s">
         <v>10</v>
       </c>
-      <c r="J4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="K4" s="9" t="s">
+      <c r="D6" s="6">
+        <v>7.73</v>
+      </c>
+      <c r="E6" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F6" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" s="8">
+        <v>7.73</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7">
+      <c r="A7" s="4">
+        <v>3</v>
+      </c>
+      <c r="B7" s="4">
+        <v>1732</v>
+      </c>
+      <c r="C7" s="4" t="s">
         <v>12</v>
       </c>
-      <c r="L4" s="9" t="s">
+      <c r="D7" s="6">
+        <v>16.19</v>
+      </c>
+      <c r="E7" s="6">
+        <v>54.27</v>
+      </c>
+      <c r="F7" s="6">
+        <v>36.62</v>
+      </c>
+      <c r="G7" s="8">
+        <v>16.19</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7">
+      <c r="A8" s="4">
+        <v>4</v>
+      </c>
+      <c r="B8" s="4">
+        <v>2762</v>
+      </c>
+      <c r="C8" s="4" t="s">
         <v>13</v>
       </c>
-      <c r="M4" s="9" t="s">
+      <c r="D8" s="6">
+        <v>26.45</v>
+      </c>
+      <c r="E8" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F8" s="6">
+        <v>12.82</v>
+      </c>
+      <c r="G8" s="8">
+        <v>19.635</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7">
+      <c r="A9" s="4">
+        <v>5</v>
+      </c>
+      <c r="B9" s="4">
+        <v>1851</v>
+      </c>
+      <c r="C9" s="4" t="s">
         <v>14</v>
       </c>
-      <c r="N4" s="9" t="s">
+      <c r="D9" s="6">
+        <v>23.79</v>
+      </c>
+      <c r="E9" s="6">
+        <v>29.15</v>
+      </c>
+      <c r="F9" s="6">
+        <v>41.44</v>
+      </c>
+      <c r="G9" s="8">
+        <v>23.79</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7">
+      <c r="A10" s="4">
+        <v>6</v>
+      </c>
+      <c r="B10" s="4">
+        <v>1919</v>
+      </c>
+      <c r="C10" s="4" t="s">
         <v>15</v>
       </c>
-      <c r="O4" s="9" t="s">
+      <c r="D10" s="6">
+        <v>114.65</v>
+      </c>
+      <c r="E10" s="6">
+        <v>29.44</v>
+      </c>
+      <c r="F10" s="6">
+        <v>35.64</v>
+      </c>
+      <c r="G10" s="8">
+        <v>32.54</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7">
+      <c r="A11" s="4">
+        <v>7</v>
+      </c>
+      <c r="B11" s="4">
+        <v>2079</v>
+      </c>
+      <c r="C11" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="P4" s="9" t="s">
+      <c r="D11" s="6">
+        <v>50.94</v>
+      </c>
+      <c r="E11" s="6">
+        <v>37.21</v>
+      </c>
+      <c r="F11" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" s="8">
+        <v>44.075</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7">
+      <c r="A12" s="4">
+        <v>8</v>
+      </c>
+      <c r="B12" s="4">
+        <v>2137</v>
+      </c>
+      <c r="C12" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="Q4" s="9" t="s">
+      <c r="D12" s="6">
+        <v>64.69</v>
+      </c>
+      <c r="E12" s="6">
+        <v>51.21</v>
+      </c>
+      <c r="F12" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" s="8">
+        <v>57.95</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7">
+      <c r="A13" s="4">
+        <v>9</v>
+      </c>
+      <c r="B13" s="4">
+        <v>3098</v>
+      </c>
+      <c r="C13" s="4" t="s">
         <v>18</v>
       </c>
-      <c r="R4" s="9" t="s">
+      <c r="D13" s="6">
+        <v>58.38</v>
+      </c>
+      <c r="E13" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F13" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" s="8">
+        <v>58.38</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7">
+      <c r="A14" s="4">
+        <v>10</v>
+      </c>
+      <c r="B14" s="4">
+        <v>1911</v>
+      </c>
+      <c r="C14" s="4" t="s">
         <v>19</v>
       </c>
-      <c r="S4" s="9" t="s">
+      <c r="D14" s="6">
+        <v>78.53</v>
+      </c>
+      <c r="E14" s="6">
+        <v>40.08</v>
+      </c>
+      <c r="F14" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" s="8">
+        <v>59.305</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7">
+      <c r="A15" s="4">
+        <v>11</v>
+      </c>
+      <c r="B15" s="4">
+        <v>2741</v>
+      </c>
+      <c r="C15" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="T4" s="9" t="s">
+      <c r="D15" s="6">
+        <v>61.68</v>
+      </c>
+      <c r="E15" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F15" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" s="8">
+        <v>61.68</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7">
+      <c r="A16" s="4">
+        <v>12</v>
+      </c>
+      <c r="B16" s="4">
+        <v>2796</v>
+      </c>
+      <c r="C16" s="4" t="s">
         <v>21</v>
       </c>
-      <c r="U4" s="9" t="s">
+      <c r="D16" s="6">
+        <v>141.69</v>
+      </c>
+      <c r="E16" s="6">
+        <v>63.48</v>
+      </c>
+      <c r="F16" s="6">
+        <v>63.72</v>
+      </c>
+      <c r="G16" s="8">
+        <v>63.6</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7">
+      <c r="A17" s="4">
+        <v>13</v>
+      </c>
+      <c r="B17" s="4">
+        <v>4011</v>
+      </c>
+      <c r="C17" s="4" t="s">
         <v>22</v>
       </c>
-      <c r="V4" s="17" t="s">
+      <c r="D17" s="6">
+        <v>65.27</v>
+      </c>
+      <c r="E17" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F17" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" s="8">
+        <v>65.27</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7">
+      <c r="A18" s="4">
+        <v>14</v>
+      </c>
+      <c r="B18" s="4">
+        <v>3954</v>
+      </c>
+      <c r="C18" s="4" t="s">
         <v>23</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="5" t="s">
+      <c r="D18" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" s="6">
+        <v>73.45</v>
+      </c>
+      <c r="F18" s="6">
+        <v>59.89</v>
+      </c>
+      <c r="G18" s="8">
+        <v>66.67</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7">
+      <c r="A19" s="4">
+        <v>15</v>
+      </c>
+      <c r="B19" s="4">
+        <v>2173</v>
+      </c>
+      <c r="C19" s="4" t="s">
         <v>24</v>
       </c>
-      <c r="B5" s="5" t="s">
+      <c r="D19" s="6">
+        <v>84.53</v>
+      </c>
+      <c r="E19" s="6">
+        <v>54.85</v>
+      </c>
+      <c r="F19" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" s="8">
+        <v>69.69</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7">
+      <c r="A20" s="4">
+        <v>16</v>
+      </c>
+      <c r="B20" s="4">
+        <v>1989</v>
+      </c>
+      <c r="C20" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="C5" s="5" t="s">
+      <c r="D20" s="6">
+        <v>88.07</v>
+      </c>
+      <c r="E20" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F20" s="6">
+        <v>54.45</v>
+      </c>
+      <c r="G20" s="8">
+        <v>71.26</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7">
+      <c r="A21" s="4">
+        <v>17</v>
+      </c>
+      <c r="B21" s="4">
+        <v>4038</v>
+      </c>
+      <c r="C21" s="4" t="s">
         <v>26</v>
       </c>
-      <c r="D5" s="5">
-[...11 lines deleted...]
-      <c r="H5" s="10">
+      <c r="D21" s="6">
+        <v>176.71</v>
+      </c>
+      <c r="E21" s="6">
+        <v>56.67</v>
+      </c>
+      <c r="F21" s="6">
+        <v>94.21</v>
+      </c>
+      <c r="G21" s="8">
+        <v>75.44</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7">
+      <c r="A22" s="4">
+        <v>18</v>
+      </c>
+      <c r="B22" s="4">
+        <v>2549</v>
+      </c>
+      <c r="C22" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="D22" s="6">
+        <v>113.17</v>
+      </c>
+      <c r="E22" s="6">
+        <v>74.79</v>
+      </c>
+      <c r="F22" s="6">
+        <v>77.45</v>
+      </c>
+      <c r="G22" s="8">
+        <v>76.12</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7">
+      <c r="A23" s="4">
+        <v>19</v>
+      </c>
+      <c r="B23" s="4">
+        <v>1870</v>
+      </c>
+      <c r="C23" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D23" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" s="6">
         <v>82.37</v>
       </c>
-      <c r="I5" s="10">
-[...43 lines deleted...]
-      <c r="A6" s="6" t="s">
+      <c r="F23" s="6">
+        <v>74.24</v>
+      </c>
+      <c r="G23" s="8">
+        <v>78.305</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7">
+      <c r="A24" s="4">
+        <v>20</v>
+      </c>
+      <c r="B24" s="4">
+        <v>1741</v>
+      </c>
+      <c r="C24" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="D24" s="6">
+        <v>78.7</v>
+      </c>
+      <c r="E24" s="6">
+        <v>80.64</v>
+      </c>
+      <c r="F24" s="6">
+        <v>80.48</v>
+      </c>
+      <c r="G24" s="8">
+        <v>78.7</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7">
+      <c r="A25" s="4">
+        <v>21</v>
+      </c>
+      <c r="B25" s="4">
+        <v>4026</v>
+      </c>
+      <c r="C25" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="D25" s="6">
+        <v>130.59</v>
+      </c>
+      <c r="E25" s="6">
+        <v>77.28</v>
+      </c>
+      <c r="F25" s="6">
+        <v>81.47</v>
+      </c>
+      <c r="G25" s="8">
+        <v>79.375</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7">
+      <c r="A26" s="4">
+        <v>22</v>
+      </c>
+      <c r="B26" s="4">
+        <v>3120</v>
+      </c>
+      <c r="C26" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D26" s="6">
+        <v>129.98</v>
+      </c>
+      <c r="E26" s="6">
+        <v>54.08</v>
+      </c>
+      <c r="F26" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" s="8">
+        <v>92.03</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7">
+      <c r="A27" s="4">
+        <v>23</v>
+      </c>
+      <c r="B27" s="4">
+        <v>4168</v>
+      </c>
+      <c r="C27" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D27" s="6">
+        <v>108.23</v>
+      </c>
+      <c r="E27" s="6">
+        <v>79.49</v>
+      </c>
+      <c r="F27" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" s="8">
+        <v>93.86</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7">
+      <c r="A28" s="4">
+        <v>24</v>
+      </c>
+      <c r="B28" s="4">
+        <v>2142</v>
+      </c>
+      <c r="C28" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="D28" s="6">
+        <v>108.07</v>
+      </c>
+      <c r="E28" s="6">
+        <v>81.12</v>
+      </c>
+      <c r="F28" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" s="8">
+        <v>94.595</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7">
+      <c r="A29" s="4">
+        <v>25</v>
+      </c>
+      <c r="B29" s="4">
+        <v>4046</v>
+      </c>
+      <c r="C29" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="D29" s="6">
+        <v>154.87</v>
+      </c>
+      <c r="E29" s="6">
+        <v>43.73</v>
+      </c>
+      <c r="F29" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" s="8">
+        <v>99.3</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7">
+      <c r="A30" s="4">
+        <v>26</v>
+      </c>
+      <c r="B30" s="4">
+        <v>4000</v>
+      </c>
+      <c r="C30" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="D30" s="6">
+        <v>109.1</v>
+      </c>
+      <c r="E30" s="6">
+        <v>90.71</v>
+      </c>
+      <c r="F30" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G30" s="8">
+        <v>99.905</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7">
+      <c r="A31" s="4">
         <v>27</v>
       </c>
-      <c r="B6" s="6" t="s">
+      <c r="B31" s="4">
+        <v>2666</v>
+      </c>
+      <c r="C31" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="D31" s="6">
+        <v>149.26</v>
+      </c>
+      <c r="E31" s="6">
+        <v>53.89</v>
+      </c>
+      <c r="F31" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G31" s="8">
+        <v>101.575</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7">
+      <c r="A32" s="4">
         <v>28</v>
       </c>
-      <c r="C6" s="6" t="s">
+      <c r="B32" s="4">
+        <v>2663</v>
+      </c>
+      <c r="C32" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D32" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" s="6">
+        <v>84.67</v>
+      </c>
+      <c r="F32" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G32" s="8">
+        <v>103.2974</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7">
+      <c r="A33" s="4">
         <v>29</v>
       </c>
-      <c r="D6" s="6">
-[...11 lines deleted...]
-      <c r="H6" s="15" t="s">
+      <c r="B33" s="4">
+        <v>2548</v>
+      </c>
+      <c r="C33" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D33" s="6">
+        <v>110.85</v>
+      </c>
+      <c r="E33" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F33" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G33" s="8">
+        <v>110.85</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7">
+      <c r="A34" s="4">
         <v>30</v>
       </c>
-      <c r="I6" s="15" t="s">
-[...43 lines deleted...]
-      <c r="A7" s="7" t="s">
+      <c r="B34" s="4">
+        <v>4013</v>
+      </c>
+      <c r="C34" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D34" s="6">
+        <v>137.62</v>
+      </c>
+      <c r="E34" s="6">
+        <v>85.53</v>
+      </c>
+      <c r="F34" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G34" s="8">
+        <v>111.575</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7">
+      <c r="A35" s="4">
         <v>31</v>
       </c>
-      <c r="B7" s="7" t="s">
+      <c r="B35" s="4">
+        <v>2402</v>
+      </c>
+      <c r="C35" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D35" s="6">
+        <v>112.43</v>
+      </c>
+      <c r="E35" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F35" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G35" s="8">
+        <v>112.43</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7">
+      <c r="A36" s="4">
         <v>32</v>
       </c>
-      <c r="C7" s="7" t="s">
+      <c r="B36" s="4">
+        <v>1718</v>
+      </c>
+      <c r="C36" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D36" s="6">
+        <v>128.63</v>
+      </c>
+      <c r="E36" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F36" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G36" s="8">
+        <v>128.63</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7">
+      <c r="A37" s="4">
         <v>33</v>
       </c>
-      <c r="D7" s="7">
-[...61 lines deleted...]
-      <c r="B8" s="8" t="s">
+      <c r="B37" s="4">
+        <v>3495</v>
+      </c>
+      <c r="C37" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D37" s="6">
+        <v>178.2</v>
+      </c>
+      <c r="E37" s="6">
+        <v>88.02</v>
+      </c>
+      <c r="F37" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G37" s="8">
+        <v>133.11</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7">
+      <c r="A38" s="4">
         <v>34</v>
       </c>
-      <c r="C8" s="8" t="s">
+      <c r="B38" s="4">
+        <v>4137</v>
+      </c>
+      <c r="C38" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D38" s="6">
+        <v>190.99</v>
+      </c>
+      <c r="E38" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F38" s="6">
+        <v>83.52</v>
+      </c>
+      <c r="G38" s="8">
+        <v>137.255</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7">
+      <c r="A39" s="4">
         <v>35</v>
       </c>
-      <c r="D8" s="8">
-[...61 lines deleted...]
-      <c r="B9" s="8" t="s">
+      <c r="B39" s="4">
+        <v>3999</v>
+      </c>
+      <c r="C39" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D39" s="6">
+        <v>141.35</v>
+      </c>
+      <c r="E39" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F39" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G39" s="8">
+        <v>141.35</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7">
+      <c r="A40" s="4">
         <v>36</v>
       </c>
-      <c r="C9" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B10" s="8" t="s">
+      <c r="B40" s="4">
+        <v>4025</v>
+      </c>
+      <c r="C40" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D40" s="6">
+        <v>196.01</v>
+      </c>
+      <c r="E40" s="6">
+        <v>88.02</v>
+      </c>
+      <c r="F40" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G40" s="8">
+        <v>142.015</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7">
+      <c r="A41" s="4">
         <v>37</v>
       </c>
-      <c r="C10" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B11" s="8" t="s">
+      <c r="B41" s="4">
+        <v>2027</v>
+      </c>
+      <c r="C41" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="D41" s="6">
+        <v>143.26</v>
+      </c>
+      <c r="E41" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F41" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G41" s="8">
+        <v>143.26</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7">
+      <c r="A42" s="4">
         <v>38</v>
       </c>
-      <c r="C11" s="8" t="s">
+      <c r="B42" s="4">
+        <v>3944</v>
+      </c>
+      <c r="C42" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="D42" s="6">
+        <v>147.22</v>
+      </c>
+      <c r="E42" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F42" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G42" s="8">
+        <v>147.22</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7">
+      <c r="A43" s="4">
         <v>39</v>
       </c>
-      <c r="D11" s="8">
-[...61 lines deleted...]
-      <c r="B12" s="8" t="s">
+      <c r="B43" s="4">
+        <v>2787</v>
+      </c>
+      <c r="C43" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="D43" s="6">
+        <v>223.54</v>
+      </c>
+      <c r="E43" s="6">
+        <v>79.58</v>
+      </c>
+      <c r="F43" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G43" s="8">
+        <v>151.56</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7">
+      <c r="A44" s="4">
         <v>40</v>
       </c>
-      <c r="C12" s="8" t="s">
+      <c r="B44" s="4">
+        <v>4048</v>
+      </c>
+      <c r="C44" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="D44" s="6">
+        <v>227.24</v>
+      </c>
+      <c r="E44" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F44" s="6">
+        <v>85.39</v>
+      </c>
+      <c r="G44" s="8">
+        <v>156.315</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7">
+      <c r="A45" s="4">
         <v>41</v>
       </c>
-      <c r="D12" s="8">
-[...61 lines deleted...]
-      <c r="B13" s="8" t="s">
+      <c r="B45" s="4">
+        <v>4114</v>
+      </c>
+      <c r="C45" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="D45" s="6">
+        <v>209.05</v>
+      </c>
+      <c r="E45" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F45" s="6">
+        <v>107.23</v>
+      </c>
+      <c r="G45" s="8">
+        <v>158.14</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7">
+      <c r="A46" s="4">
         <v>42</v>
       </c>
-      <c r="C13" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B14" s="8" t="s">
+      <c r="B46" s="4">
+        <v>2506</v>
+      </c>
+      <c r="C46" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="D46" s="6">
+        <v>233.87</v>
+      </c>
+      <c r="E46" s="6">
+        <v>83.52</v>
+      </c>
+      <c r="F46" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G46" s="8">
+        <v>158.695</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7">
+      <c r="A47" s="4">
         <v>43</v>
       </c>
-      <c r="C14" s="8" t="s">
+      <c r="B47" s="4">
+        <v>3462</v>
+      </c>
+      <c r="C47" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="D47" s="6">
+        <v>172.3</v>
+      </c>
+      <c r="E47" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F47" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G47" s="8">
+        <v>172.3</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7">
+      <c r="A48" s="4">
         <v>44</v>
       </c>
-      <c r="D14" s="8">
-[...61 lines deleted...]
-      <c r="B15" s="8" t="s">
+      <c r="B48" s="4">
+        <v>1971</v>
+      </c>
+      <c r="C48" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="D48" s="6">
+        <v>180.5</v>
+      </c>
+      <c r="E48" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F48" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G48" s="8">
+        <v>180.5</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7">
+      <c r="A49" s="4">
         <v>45</v>
       </c>
-      <c r="C15" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B16" s="8" t="s">
+      <c r="B49" s="4">
+        <v>3206</v>
+      </c>
+      <c r="C49" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="D49" s="6">
+        <v>184.08</v>
+      </c>
+      <c r="E49" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F49" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G49" s="8">
+        <v>184.08</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7">
+      <c r="A50" s="4">
         <v>46</v>
       </c>
-      <c r="C16" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B17" s="8" t="s">
+      <c r="B50" s="4">
+        <v>4041</v>
+      </c>
+      <c r="C50" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="D50" s="6">
+        <v>189.34</v>
+      </c>
+      <c r="E50" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F50" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G50" s="8">
+        <v>189.34</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7">
+      <c r="A51" s="4">
         <v>47</v>
       </c>
-      <c r="C17" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B18" s="8" t="s">
+      <c r="B51" s="4">
+        <v>3885</v>
+      </c>
+      <c r="C51" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="D51" s="6">
+        <v>196.85</v>
+      </c>
+      <c r="E51" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F51" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G51" s="8">
+        <v>196.85</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7">
+      <c r="A52" s="4">
         <v>48</v>
       </c>
-      <c r="C18" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B19" s="8" t="s">
+      <c r="B52" s="4">
+        <v>3461</v>
+      </c>
+      <c r="C52" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="D52" s="6">
+        <v>199.94</v>
+      </c>
+      <c r="E52" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F52" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G52" s="8">
+        <v>199.94</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7">
+      <c r="A53" s="4">
         <v>49</v>
       </c>
-      <c r="C19" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B20" s="8" t="s">
+      <c r="B53" s="4">
+        <v>4029</v>
+      </c>
+      <c r="C53" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="D53" s="6">
+        <v>204.11</v>
+      </c>
+      <c r="E53" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F53" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G53" s="8">
+        <v>204.11</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7">
+      <c r="A54" s="4">
         <v>50</v>
       </c>
-      <c r="C20" s="8" t="s">
+      <c r="B54" s="4">
+        <v>4023</v>
+      </c>
+      <c r="C54" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="D54" s="6">
+        <v>206.56</v>
+      </c>
+      <c r="E54" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F54" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G54" s="8">
+        <v>206.56</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7">
+      <c r="A55" s="4">
         <v>51</v>
       </c>
-      <c r="D20" s="8">
-[...61 lines deleted...]
-      <c r="B21" s="8" t="s">
+      <c r="B55" s="4">
+        <v>4053</v>
+      </c>
+      <c r="C55" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="D55" s="6">
+        <v>226.33</v>
+      </c>
+      <c r="E55" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F55" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G55" s="8">
+        <v>226.33</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7">
+      <c r="A56" s="4">
         <v>52</v>
       </c>
-      <c r="C21" s="8" t="s">
+      <c r="B56" s="4">
+        <v>4096</v>
+      </c>
+      <c r="C56" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="D56" s="6">
+        <v>229.85</v>
+      </c>
+      <c r="E56" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F56" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G56" s="8">
+        <v>229.85</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7">
+      <c r="A57" s="4">
         <v>53</v>
       </c>
-      <c r="D21" s="8">
-[...61 lines deleted...]
-      <c r="B22" s="8" t="s">
+      <c r="B57" s="4">
+        <v>4040</v>
+      </c>
+      <c r="C57" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="D57" s="6">
+        <v>233.88</v>
+      </c>
+      <c r="E57" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F57" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G57" s="8">
+        <v>233.88</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7">
+      <c r="A58" s="4">
         <v>54</v>
       </c>
-      <c r="C22" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B23" s="8" t="s">
+      <c r="B58" s="4">
+        <v>1962</v>
+      </c>
+      <c r="C58" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="D58" s="6">
+        <v>235.99</v>
+      </c>
+      <c r="E58" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F58" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G58" s="8">
+        <v>235.99</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7">
+      <c r="A59" s="4">
         <v>55</v>
       </c>
-      <c r="C23" s="8" t="s">
+      <c r="B59" s="4">
+        <v>2611</v>
+      </c>
+      <c r="C59" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="D59" s="6">
+        <v>239.1</v>
+      </c>
+      <c r="E59" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F59" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G59" s="8">
+        <v>239.1</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7">
+      <c r="A60" s="4">
         <v>56</v>
       </c>
-      <c r="D23" s="8">
-[...61 lines deleted...]
-      <c r="B24" s="8" t="s">
+      <c r="B60" s="4">
+        <v>4055</v>
+      </c>
+      <c r="C60" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="D60" s="6">
+        <v>240.85</v>
+      </c>
+      <c r="E60" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F60" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G60" s="8">
+        <v>240.85</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7">
+      <c r="A61" s="4">
         <v>57</v>
       </c>
-      <c r="C24" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B25" s="8" t="s">
+      <c r="B61" s="4">
+        <v>4115</v>
+      </c>
+      <c r="C61" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="D61" s="6">
+        <v>253.98</v>
+      </c>
+      <c r="E61" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F61" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G61" s="8">
+        <v>253.98</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7">
+      <c r="A62" s="4">
         <v>58</v>
       </c>
-      <c r="C25" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B26" s="8" t="s">
+      <c r="B62" s="4">
+        <v>4043</v>
+      </c>
+      <c r="C62" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="D62" s="6">
+        <v>258.45</v>
+      </c>
+      <c r="E62" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F62" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G62" s="8">
+        <v>258.45</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7">
+      <c r="A63" s="4">
         <v>59</v>
       </c>
-      <c r="C26" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B27" s="8" t="s">
+      <c r="B63" s="4">
+        <v>4136</v>
+      </c>
+      <c r="C63" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="D63" s="6">
+        <v>263.31</v>
+      </c>
+      <c r="E63" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F63" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G63" s="8">
+        <v>263.31</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7">
+      <c r="A64" s="4">
         <v>60</v>
       </c>
-      <c r="C27" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B28" s="8" t="s">
+      <c r="B64" s="4">
+        <v>4022</v>
+      </c>
+      <c r="C64" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="D64" s="6">
+        <v>268.88</v>
+      </c>
+      <c r="E64" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F64" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G64" s="8">
+        <v>268.88</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7">
+      <c r="A65" s="4">
         <v>61</v>
       </c>
-      <c r="C28" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B29" s="8" t="s">
+      <c r="B65" s="4">
+        <v>4020</v>
+      </c>
+      <c r="C65" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="D65" s="6">
+        <v>282.07</v>
+      </c>
+      <c r="E65" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F65" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G65" s="8">
+        <v>282.07</v>
+      </c>
+    </row>
+    <row r="66" spans="1:7">
+      <c r="A66" s="4">
         <v>62</v>
       </c>
-      <c r="C29" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B30" s="8" t="s">
+      <c r="B66" s="4">
+        <v>4146</v>
+      </c>
+      <c r="C66" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="D66" s="6">
+        <v>288.21</v>
+      </c>
+      <c r="E66" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F66" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G66" s="8">
+        <v>288.21</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7">
+      <c r="A67" s="4">
         <v>63</v>
       </c>
-      <c r="C30" s="8" t="s">
+      <c r="B67" s="4">
+        <v>4175</v>
+      </c>
+      <c r="C67" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="D67" s="6">
+        <v>288.21</v>
+      </c>
+      <c r="E67" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F67" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G67" s="8">
+        <v>288.21</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7">
+      <c r="A68" s="4">
         <v>64</v>
       </c>
-      <c r="D30" s="8">
-[...61 lines deleted...]
-      <c r="B31" s="8" t="s">
+      <c r="B68" s="4">
+        <v>4042</v>
+      </c>
+      <c r="C68" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="D68" s="6">
+        <v>290.34</v>
+      </c>
+      <c r="E68" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F68" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G68" s="8">
+        <v>290.34</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7">
+      <c r="A69" s="4">
         <v>65</v>
       </c>
-      <c r="C31" s="8" t="s">
+      <c r="B69" s="4">
+        <v>2358</v>
+      </c>
+      <c r="C69" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="D69" s="6">
+        <v>295.13</v>
+      </c>
+      <c r="E69" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F69" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G69" s="8">
+        <v>295.13</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7">
+      <c r="A70" s="4">
         <v>66</v>
       </c>
-      <c r="D31" s="8">
-[...61 lines deleted...]
-      <c r="B32" s="8" t="s">
+      <c r="B70" s="4">
+        <v>3945</v>
+      </c>
+      <c r="C70" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="D70" s="6">
+        <v>305.88</v>
+      </c>
+      <c r="E70" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F70" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G70" s="8">
+        <v>305.88</v>
+      </c>
+    </row>
+    <row r="71" spans="1:7">
+      <c r="A71" s="4">
         <v>67</v>
       </c>
-      <c r="C32" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B33" s="8" t="s">
+      <c r="B71" s="4">
+        <v>4076</v>
+      </c>
+      <c r="C71" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="D71" s="6">
+        <v>333.3</v>
+      </c>
+      <c r="E71" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F71" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G71" s="8">
+        <v>333.3</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7">
+      <c r="A72" s="4">
         <v>68</v>
       </c>
-      <c r="C33" s="8" t="s">
-[...336 lines deleted...]
-      <c r="B38" s="8" t="s">
+      <c r="B72" s="4">
+        <v>4085</v>
+      </c>
+      <c r="C72" s="4" t="s">
         <v>77</v>
       </c>
-      <c r="C38" s="8" t="s">
-[...2158 lines deleted...]
-      <c r="T69" s="13">
+      <c r="D72" s="6">
         <v>365.95</v>
       </c>
-      <c r="U69" s="14" t="s">
-[...2 lines deleted...]
-      <c r="V69" s="21">
+      <c r="E72" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F72" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G72" s="8">
         <v>365.95</v>
-      </c>
-[...8 lines deleted...]
-        <v>117</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:U1"/>
-[...2 lines deleted...]
-    <mergeCell ref="A73:V73"/>
+    <mergeCell ref="A1:G1"/>
+    <mergeCell ref="A2:G2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R28"/>
+  <dimension ref="A1:G49"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A28" sqref="A28"/>
+      <selection activeCell="A4" sqref="A4:G49"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
-[...15 lines deleted...]
-    <col min="17" max="17" width="15" customWidth="true" style="0"/>
+    <col min="1" max="1" width="6" customWidth="true" style="0"/>
+    <col min="2" max="2" width="14" customWidth="true" style="0"/>
+    <col min="3" max="3" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="14" customWidth="true" style="0"/>
+    <col min="5" max="5" width="14" customWidth="true" style="0"/>
+    <col min="6" max="6" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18">
+    <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:18">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="2" spans="1:7">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:18" customHeight="1" ht="150">
-      <c r="A4" s="4" t="s">
+    <row r="4" spans="1:7" customHeight="1" ht="150">
+      <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="4" t="s">
+      <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="4" t="s">
+      <c r="C4" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="4" t="s">
+      <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="E4" s="9" t="s">
+      <c r="E4" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="F4" s="9" t="s">
+    </row>
+    <row r="5" spans="1:7">
+      <c r="A5" s="4">
+        <v>1</v>
+      </c>
+      <c r="B5" s="4">
+        <v>4103</v>
+      </c>
+      <c r="C5" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="D5" s="6">
+        <v>135.63</v>
+      </c>
+      <c r="E5" s="6">
+        <v>128.89</v>
+      </c>
+      <c r="F5" s="6">
+        <v>137.95</v>
+      </c>
+      <c r="G5" s="8">
+        <v>132.26</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7">
+      <c r="A6" s="4">
+        <v>2</v>
+      </c>
+      <c r="B6" s="4">
+        <v>1762</v>
+      </c>
+      <c r="C6" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="D6" s="6">
+        <v>169.07</v>
+      </c>
+      <c r="E6" s="6">
+        <v>159.98</v>
+      </c>
+      <c r="F6" s="6">
+        <v>167.91</v>
+      </c>
+      <c r="G6" s="8">
+        <v>163.945</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7">
+      <c r="A7" s="4">
+        <v>3</v>
+      </c>
+      <c r="B7" s="4">
+        <v>1665</v>
+      </c>
+      <c r="C7" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="D7" s="6">
+        <v>179.57</v>
+      </c>
+      <c r="E7" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F7" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" s="8">
+        <v>179.57</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7">
+      <c r="A8" s="4">
+        <v>4</v>
+      </c>
+      <c r="B8" s="4">
+        <v>4274</v>
+      </c>
+      <c r="C8" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="D8" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F8" s="6">
+        <v>152.39</v>
+      </c>
+      <c r="G8" s="8">
+        <v>180.39</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7">
+      <c r="A9" s="4">
+        <v>5</v>
+      </c>
+      <c r="B9" s="4">
+        <v>2373</v>
+      </c>
+      <c r="C9" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="D9" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F9" s="6">
+        <v>158.9</v>
+      </c>
+      <c r="G9" s="8">
+        <v>186.9</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7">
+      <c r="A10" s="4">
+        <v>6</v>
+      </c>
+      <c r="B10" s="4">
+        <v>4275</v>
+      </c>
+      <c r="C10" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="D10" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" s="6">
+        <v>195.2</v>
+      </c>
+      <c r="F10" s="6">
+        <v>180.77</v>
+      </c>
+      <c r="G10" s="8">
+        <v>187.985</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7">
+      <c r="A11" s="4">
+        <v>7</v>
+      </c>
+      <c r="B11" s="4">
+        <v>1981</v>
+      </c>
+      <c r="C11" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="D11" s="6">
+        <v>197.13</v>
+      </c>
+      <c r="E11" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F11" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" s="8">
+        <v>197.13</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7">
+      <c r="A12" s="4">
+        <v>8</v>
+      </c>
+      <c r="B12" s="4">
+        <v>1727</v>
+      </c>
+      <c r="C12" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="D12" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" s="6">
+        <v>198.45</v>
+      </c>
+      <c r="F12" s="6">
+        <v>198.71</v>
+      </c>
+      <c r="G12" s="8">
+        <v>198.58</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7">
+      <c r="A13" s="4">
         <v>9</v>
       </c>
-      <c r="G4" s="9" t="s">
+      <c r="B13" s="4">
+        <v>2667</v>
+      </c>
+      <c r="C13" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="D13" s="6">
+        <v>218.98</v>
+      </c>
+      <c r="E13" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F13" s="6">
+        <v>192.62</v>
+      </c>
+      <c r="G13" s="8">
+        <v>205.8</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7">
+      <c r="A14" s="4">
         <v>10</v>
       </c>
-      <c r="H4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="I4" s="9" t="s">
+      <c r="B14" s="4">
+        <v>4153</v>
+      </c>
+      <c r="C14" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="D14" s="6">
+        <v>241.86</v>
+      </c>
+      <c r="E14" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F14" s="6">
+        <v>178.26</v>
+      </c>
+      <c r="G14" s="8">
+        <v>210.06</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7">
+      <c r="A15" s="4">
+        <v>11</v>
+      </c>
+      <c r="B15" s="4">
+        <v>4117</v>
+      </c>
+      <c r="C15" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="D15" s="6">
+        <v>232.9</v>
+      </c>
+      <c r="E15" s="6">
+        <v>189.32</v>
+      </c>
+      <c r="F15" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" s="8">
+        <v>211.11</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7">
+      <c r="A16" s="4">
         <v>12</v>
       </c>
-      <c r="J4" s="9" t="s">
+      <c r="B16" s="4">
+        <v>4303</v>
+      </c>
+      <c r="C16" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="D16" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" s="6">
+        <v>188.35</v>
+      </c>
+      <c r="F16" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" s="8">
+        <v>216.35</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7">
+      <c r="A17" s="4">
         <v>13</v>
       </c>
-      <c r="K4" s="9" t="s">
+      <c r="B17" s="4">
+        <v>2371</v>
+      </c>
+      <c r="C17" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="D17" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F17" s="6">
+        <v>193.37</v>
+      </c>
+      <c r="G17" s="8">
+        <v>221.37</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7">
+      <c r="A18" s="4">
         <v>14</v>
       </c>
-      <c r="L4" s="9" t="s">
+      <c r="B18" s="4">
+        <v>2584</v>
+      </c>
+      <c r="C18" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="D18" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" s="6">
+        <v>199.33</v>
+      </c>
+      <c r="F18" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" s="8">
+        <v>227.33</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7">
+      <c r="A19" s="4">
         <v>15</v>
       </c>
-      <c r="M4" s="9" t="s">
+      <c r="B19" s="4">
+        <v>4233</v>
+      </c>
+      <c r="C19" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="D19" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" s="6">
+        <v>226.12</v>
+      </c>
+      <c r="F19" s="6">
+        <v>235.27</v>
+      </c>
+      <c r="G19" s="8">
+        <v>230.695</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7">
+      <c r="A20" s="4">
+        <v>16</v>
+      </c>
+      <c r="B20" s="4">
+        <v>1770</v>
+      </c>
+      <c r="C20" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="D20" s="6">
+        <v>235.95</v>
+      </c>
+      <c r="E20" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F20" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" s="8">
+        <v>235.95</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7">
+      <c r="A21" s="4">
+        <v>17</v>
+      </c>
+      <c r="B21" s="4">
+        <v>4259</v>
+      </c>
+      <c r="C21" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="D21" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" s="6">
+        <v>210.75</v>
+      </c>
+      <c r="F21" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" s="8">
+        <v>238.75</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7">
+      <c r="A22" s="4">
         <v>18</v>
       </c>
-      <c r="N4" s="9" t="s">
+      <c r="B22" s="4">
+        <v>4111</v>
+      </c>
+      <c r="C22" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="D22" s="6">
+        <v>258.17</v>
+      </c>
+      <c r="E22" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F22" s="6">
+        <v>227.92</v>
+      </c>
+      <c r="G22" s="8">
+        <v>243.045</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7">
+      <c r="A23" s="4">
         <v>19</v>
       </c>
-      <c r="O4" s="9" t="s">
+      <c r="B23" s="4">
+        <v>4107</v>
+      </c>
+      <c r="C23" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="D23" s="6">
+        <v>247.69</v>
+      </c>
+      <c r="E23" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F23" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" s="8">
+        <v>247.69</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7">
+      <c r="A24" s="4">
         <v>20</v>
       </c>
-      <c r="P4" s="9" t="s">
+      <c r="B24" s="4">
+        <v>2091</v>
+      </c>
+      <c r="C24" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="D24" s="6">
+        <v>327.32</v>
+      </c>
+      <c r="E24" s="6">
+        <v>257.83</v>
+      </c>
+      <c r="F24" s="6">
+        <v>238.44</v>
+      </c>
+      <c r="G24" s="8">
+        <v>248.135</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7">
+      <c r="A25" s="4">
         <v>21</v>
       </c>
-      <c r="Q4" s="9" t="s">
+      <c r="B25" s="4">
+        <v>2552</v>
+      </c>
+      <c r="C25" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="D25" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F25" s="6">
+        <v>224.75</v>
+      </c>
+      <c r="G25" s="8">
+        <v>252.75</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7">
+      <c r="A26" s="4">
         <v>22</v>
       </c>
-      <c r="R4" s="17" t="s">
+      <c r="B26" s="4">
+        <v>2945</v>
+      </c>
+      <c r="C26" s="4" t="s">
+        <v>100</v>
+      </c>
+      <c r="D26" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" s="6">
+        <v>271.97</v>
+      </c>
+      <c r="F26" s="6">
+        <v>255.88</v>
+      </c>
+      <c r="G26" s="8">
+        <v>263.925</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7">
+      <c r="A27" s="4">
         <v>23</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="5" t="s">
+      <c r="B27" s="4">
+        <v>4126</v>
+      </c>
+      <c r="C27" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="D27" s="6">
+        <v>268.1</v>
+      </c>
+      <c r="E27" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F27" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" s="8">
+        <v>268.1</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7">
+      <c r="A28" s="4">
         <v>24</v>
       </c>
-      <c r="B5" s="5" t="s">
+      <c r="B28" s="4">
+        <v>1659</v>
+      </c>
+      <c r="C28" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="D28" s="6">
+        <v>268.2</v>
+      </c>
+      <c r="E28" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F28" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" s="8">
+        <v>268.2</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7">
+      <c r="A29" s="4">
+        <v>25</v>
+      </c>
+      <c r="B29" s="4">
+        <v>4236</v>
+      </c>
+      <c r="C29" s="4" t="s">
+        <v>103</v>
+      </c>
+      <c r="D29" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" s="6">
+        <v>259.41</v>
+      </c>
+      <c r="F29" s="6">
+        <v>278.58</v>
+      </c>
+      <c r="G29" s="8">
+        <v>268.995</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7">
+      <c r="A30" s="4">
+        <v>26</v>
+      </c>
+      <c r="B30" s="4">
+        <v>4208</v>
+      </c>
+      <c r="C30" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="D30" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" s="6">
+        <v>242.46</v>
+      </c>
+      <c r="F30" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G30" s="8">
+        <v>270.46</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7">
+      <c r="A31" s="4">
+        <v>27</v>
+      </c>
+      <c r="B31" s="4">
+        <v>4300</v>
+      </c>
+      <c r="C31" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="D31" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" s="6">
+        <v>280.75</v>
+      </c>
+      <c r="F31" s="6">
+        <v>267.06</v>
+      </c>
+      <c r="G31" s="8">
+        <v>273.905</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7">
+      <c r="A32" s="4">
+        <v>28</v>
+      </c>
+      <c r="B32" s="4">
+        <v>4244</v>
+      </c>
+      <c r="C32" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="D32" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F32" s="6">
+        <v>248.45</v>
+      </c>
+      <c r="G32" s="8">
+        <v>276.45</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7">
+      <c r="A33" s="4">
+        <v>29</v>
+      </c>
+      <c r="B33" s="4">
+        <v>4102</v>
+      </c>
+      <c r="C33" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="D33" s="6">
+        <v>304.91</v>
+      </c>
+      <c r="E33" s="6">
+        <v>290.85</v>
+      </c>
+      <c r="F33" s="6">
+        <v>266.56</v>
+      </c>
+      <c r="G33" s="8">
+        <v>278.705</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7">
+      <c r="A34" s="4">
+        <v>30</v>
+      </c>
+      <c r="B34" s="4">
+        <v>1720</v>
+      </c>
+      <c r="C34" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="D34" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" s="6">
+        <v>282.07</v>
+      </c>
+      <c r="F34" s="6">
+        <v>280.34</v>
+      </c>
+      <c r="G34" s="8">
+        <v>281.205</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7">
+      <c r="A35" s="4">
+        <v>31</v>
+      </c>
+      <c r="B35" s="4">
+        <v>3988</v>
+      </c>
+      <c r="C35" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="D35" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" s="6">
+        <v>292.34</v>
+      </c>
+      <c r="F35" s="6">
+        <v>270.9</v>
+      </c>
+      <c r="G35" s="8">
+        <v>281.62</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7">
+      <c r="A36" s="4">
+        <v>32</v>
+      </c>
+      <c r="B36" s="4">
+        <v>3136</v>
+      </c>
+      <c r="C36" s="4" t="s">
+        <v>110</v>
+      </c>
+      <c r="D36" s="6">
+        <v>283.87</v>
+      </c>
+      <c r="E36" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F36" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G36" s="8">
+        <v>283.87</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7">
+      <c r="A37" s="4">
+        <v>33</v>
+      </c>
+      <c r="B37" s="4">
+        <v>4237</v>
+      </c>
+      <c r="C37" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="D37" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" s="6">
+        <v>295.77</v>
+      </c>
+      <c r="F37" s="6">
+        <v>290.18</v>
+      </c>
+      <c r="G37" s="8">
+        <v>292.975</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7">
+      <c r="A38" s="4">
+        <v>34</v>
+      </c>
+      <c r="B38" s="4">
+        <v>4125</v>
+      </c>
+      <c r="C38" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="D38" s="6">
+        <v>309.23</v>
+      </c>
+      <c r="E38" s="6">
+        <v>280.75</v>
+      </c>
+      <c r="F38" s="6">
+        <v>305.46</v>
+      </c>
+      <c r="G38" s="8">
+        <v>293.105</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7">
+      <c r="A39" s="4">
+        <v>35</v>
+      </c>
+      <c r="B39" s="4">
+        <v>3985</v>
+      </c>
+      <c r="C39" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="D39" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F39" s="6">
+        <v>269.99</v>
+      </c>
+      <c r="G39" s="8">
+        <v>297.99</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7">
+      <c r="A40" s="4">
+        <v>36</v>
+      </c>
+      <c r="B40" s="4">
+        <v>4238</v>
+      </c>
+      <c r="C40" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="D40" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E40" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F40" s="6">
+        <v>270.57</v>
+      </c>
+      <c r="G40" s="8">
+        <v>298.57</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7">
+      <c r="A41" s="4">
+        <v>37</v>
+      </c>
+      <c r="B41" s="4">
+        <v>2141</v>
+      </c>
+      <c r="C41" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="D41" s="6">
+        <v>316.97</v>
+      </c>
+      <c r="E41" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F41" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G41" s="8">
+        <v>316.97</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7">
+      <c r="A42" s="4">
+        <v>38</v>
+      </c>
+      <c r="B42" s="4">
+        <v>4198</v>
+      </c>
+      <c r="C42" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="D42" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E42" s="6">
+        <v>293.66</v>
+      </c>
+      <c r="F42" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G42" s="8">
+        <v>321.66</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7">
+      <c r="A43" s="4">
+        <v>39</v>
+      </c>
+      <c r="B43" s="4">
+        <v>4210</v>
+      </c>
+      <c r="C43" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="D43" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E43" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F43" s="6">
+        <v>309.88</v>
+      </c>
+      <c r="G43" s="8">
+        <v>337.88</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7">
+      <c r="A44" s="4">
+        <v>40</v>
+      </c>
+      <c r="B44" s="4">
+        <v>2168</v>
+      </c>
+      <c r="C44" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="D44" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E44" s="6">
+        <v>313.95</v>
+      </c>
+      <c r="F44" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G44" s="8">
+        <v>341.95</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7">
+      <c r="A45" s="4">
+        <v>41</v>
+      </c>
+      <c r="B45" s="4">
+        <v>4271</v>
+      </c>
+      <c r="C45" s="4" t="s">
         <v>119</v>
       </c>
-      <c r="C5" s="5" t="s">
-[...52 lines deleted...]
-      <c r="B6" s="6" t="s">
+      <c r="D45" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E45" s="6">
+        <v>332.13</v>
+      </c>
+      <c r="F45" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G45" s="8">
+        <v>360.13</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7">
+      <c r="A46" s="4">
+        <v>42</v>
+      </c>
+      <c r="B46" s="4">
+        <v>4150</v>
+      </c>
+      <c r="C46" s="4" t="s">
         <v>120</v>
       </c>
-      <c r="C6" s="6" t="s">
+      <c r="D46" s="6">
+        <v>383.26</v>
+      </c>
+      <c r="E46" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F46" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G46" s="8">
+        <v>383.26</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7">
+      <c r="A47" s="4">
+        <v>43</v>
+      </c>
+      <c r="B47" s="4">
+        <v>4169</v>
+      </c>
+      <c r="C47" s="4" t="s">
         <v>121</v>
       </c>
-      <c r="D6" s="6">
-[...49 lines deleted...]
-      <c r="B7" s="7" t="s">
+      <c r="D47" s="6">
+        <v>385.2</v>
+      </c>
+      <c r="E47" s="6">
+        <v>385.71</v>
+      </c>
+      <c r="F47" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G47" s="8">
+        <v>385.2</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7">
+      <c r="A48" s="4">
+        <v>44</v>
+      </c>
+      <c r="B48" s="4">
+        <v>4118</v>
+      </c>
+      <c r="C48" s="4" t="s">
         <v>122</v>
       </c>
-      <c r="C7" s="7" t="s">
+      <c r="D48" s="6">
+        <v>423.14</v>
+      </c>
+      <c r="E48" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F48" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G48" s="8">
+        <v>423.14</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7">
+      <c r="A49" s="4">
+        <v>45</v>
+      </c>
+      <c r="B49" s="4">
+        <v>4285</v>
+      </c>
+      <c r="C49" s="4" t="s">
         <v>123</v>
       </c>
-      <c r="D7" s="7">
-[...1004 lines deleted...]
-        <v>117</v>
+      <c r="D49" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E49" s="6">
+        <v>430.85</v>
+      </c>
+      <c r="F49" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G49" s="8">
+        <v>458.85</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:Q1"/>
-[...2 lines deleted...]
-    <mergeCell ref="A28:R28"/>
+    <mergeCell ref="A1:G1"/>
+    <mergeCell ref="A2:G2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:V64"/>
+  <dimension ref="A1:G67"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A64" sqref="A64"/>
+      <selection activeCell="A4" sqref="A4:G67"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
-[...19 lines deleted...]
-    <col min="21" max="21" width="15" customWidth="true" style="0"/>
+    <col min="1" max="1" width="6" customWidth="true" style="0"/>
+    <col min="2" max="2" width="14" customWidth="true" style="0"/>
+    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="14" customWidth="true" style="0"/>
+    <col min="5" max="5" width="14" customWidth="true" style="0"/>
+    <col min="6" max="6" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:22">
+    <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:22">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="2" spans="1:7">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:22" customHeight="1" ht="150">
-      <c r="A4" s="4" t="s">
+    <row r="4" spans="1:7" customHeight="1" ht="150">
+      <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="4" t="s">
+      <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="4" t="s">
+      <c r="C4" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="4" t="s">
+      <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="E4" s="9" t="s">
+      <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="F4" s="9" t="s">
+      <c r="F4" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="G4" s="9" t="s">
+      <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="H4" s="9" t="s">
+    </row>
+    <row r="5" spans="1:7">
+      <c r="A5" s="4">
+        <v>1</v>
+      </c>
+      <c r="B5" s="4">
+        <v>1744</v>
+      </c>
+      <c r="C5" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="D5" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" s="6">
+        <v>12.0</v>
+      </c>
+      <c r="F5" s="6">
+        <v>33.06</v>
+      </c>
+      <c r="G5" s="8">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7">
+      <c r="A6" s="4">
+        <v>2</v>
+      </c>
+      <c r="B6" s="4">
+        <v>1828</v>
+      </c>
+      <c r="C6" s="4" t="s">
+        <v>126</v>
+      </c>
+      <c r="D6" s="6">
+        <v>21.71</v>
+      </c>
+      <c r="E6" s="6">
+        <v>56.65</v>
+      </c>
+      <c r="F6" s="6">
+        <v>91.03</v>
+      </c>
+      <c r="G6" s="8">
+        <v>21.71</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7">
+      <c r="A7" s="4">
+        <v>3</v>
+      </c>
+      <c r="B7" s="4">
+        <v>2568</v>
+      </c>
+      <c r="C7" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="D7" s="6">
+        <v>30.83</v>
+      </c>
+      <c r="E7" s="6">
+        <v>28.26</v>
+      </c>
+      <c r="F7" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" s="8">
+        <v>29.545</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7">
+      <c r="A8" s="4">
+        <v>4</v>
+      </c>
+      <c r="B8" s="4">
+        <v>1815</v>
+      </c>
+      <c r="C8" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="D8" s="6">
+        <v>31.61</v>
+      </c>
+      <c r="E8" s="6">
+        <v>46.36</v>
+      </c>
+      <c r="F8" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" s="8">
+        <v>31.61</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7">
+      <c r="A9" s="4">
+        <v>5</v>
+      </c>
+      <c r="B9" s="4">
+        <v>2335</v>
+      </c>
+      <c r="C9" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="D9" s="6">
+        <v>38.72</v>
+      </c>
+      <c r="E9" s="6">
+        <v>42.5</v>
+      </c>
+      <c r="F9" s="6">
+        <v>57.29</v>
+      </c>
+      <c r="G9" s="8">
+        <v>38.72</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7">
+      <c r="A10" s="4">
+        <v>6</v>
+      </c>
+      <c r="B10" s="4">
+        <v>2217</v>
+      </c>
+      <c r="C10" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="D10" s="6">
+        <v>39.69</v>
+      </c>
+      <c r="E10" s="6">
+        <v>68.41</v>
+      </c>
+      <c r="F10" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" s="8">
+        <v>39.69</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7">
+      <c r="A11" s="4">
+        <v>7</v>
+      </c>
+      <c r="B11" s="4">
+        <v>3950</v>
+      </c>
+      <c r="C11" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="D11" s="6">
+        <v>41.14</v>
+      </c>
+      <c r="E11" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F11" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" s="8">
+        <v>41.14</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7">
+      <c r="A12" s="4">
+        <v>8</v>
+      </c>
+      <c r="B12" s="4">
+        <v>3951</v>
+      </c>
+      <c r="C12" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="D12" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" s="6">
+        <v>47.46</v>
+      </c>
+      <c r="F12" s="6">
+        <v>69.1</v>
+      </c>
+      <c r="G12" s="8">
+        <v>58.28</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7">
+      <c r="A13" s="4">
         <v>9</v>
       </c>
-      <c r="I4" s="9" t="s">
+      <c r="B13" s="4">
+        <v>3113</v>
+      </c>
+      <c r="C13" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="D13" s="6">
+        <v>58.72</v>
+      </c>
+      <c r="E13" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F13" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" s="8">
+        <v>58.72</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7">
+      <c r="A14" s="4">
         <v>10</v>
       </c>
-      <c r="J4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="K4" s="9" t="s">
+      <c r="B14" s="4">
+        <v>1661</v>
+      </c>
+      <c r="C14" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="D14" s="6">
+        <v>64.38</v>
+      </c>
+      <c r="E14" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F14" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" s="8">
+        <v>64.38</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7">
+      <c r="A15" s="4">
+        <v>11</v>
+      </c>
+      <c r="B15" s="4">
+        <v>1757</v>
+      </c>
+      <c r="C15" s="4" t="s">
+        <v>135</v>
+      </c>
+      <c r="D15" s="6">
+        <v>86.93</v>
+      </c>
+      <c r="E15" s="6">
+        <v>53.71</v>
+      </c>
+      <c r="F15" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" s="8">
+        <v>70.32</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7">
+      <c r="A16" s="4">
         <v>12</v>
       </c>
-      <c r="L4" s="9" t="s">
+      <c r="B16" s="4">
+        <v>3386</v>
+      </c>
+      <c r="C16" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="D16" s="6">
+        <v>70.48</v>
+      </c>
+      <c r="E16" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F16" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" s="8">
+        <v>70.48</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7">
+      <c r="A17" s="4">
         <v>13</v>
       </c>
-      <c r="M4" s="9" t="s">
+      <c r="B17" s="4">
+        <v>1689</v>
+      </c>
+      <c r="C17" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="D17" s="6">
+        <v>114.63</v>
+      </c>
+      <c r="E17" s="6">
+        <v>63.17</v>
+      </c>
+      <c r="F17" s="6">
+        <v>85.08</v>
+      </c>
+      <c r="G17" s="8">
+        <v>74.125</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7">
+      <c r="A18" s="4">
         <v>14</v>
       </c>
-      <c r="N4" s="9" t="s">
+      <c r="B18" s="4">
+        <v>1898</v>
+      </c>
+      <c r="C18" s="4" t="s">
+        <v>138</v>
+      </c>
+      <c r="D18" s="6">
+        <v>75.41</v>
+      </c>
+      <c r="E18" s="6">
+        <v>81.91</v>
+      </c>
+      <c r="F18" s="6">
+        <v>112.88</v>
+      </c>
+      <c r="G18" s="8">
+        <v>75.41</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7">
+      <c r="A19" s="4">
         <v>15</v>
       </c>
-      <c r="O4" s="9" t="s">
+      <c r="B19" s="4">
+        <v>3957</v>
+      </c>
+      <c r="C19" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="D19" s="6">
+        <v>85.87</v>
+      </c>
+      <c r="E19" s="6">
+        <v>65.19</v>
+      </c>
+      <c r="F19" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" s="8">
+        <v>75.53</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7">
+      <c r="A20" s="4">
         <v>16</v>
       </c>
-      <c r="P4" s="9" t="s">
+      <c r="B20" s="4">
+        <v>3115</v>
+      </c>
+      <c r="C20" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="D20" s="6">
+        <v>163.56</v>
+      </c>
+      <c r="E20" s="6">
+        <v>71.25</v>
+      </c>
+      <c r="F20" s="6">
+        <v>80.49</v>
+      </c>
+      <c r="G20" s="8">
+        <v>75.87</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7">
+      <c r="A21" s="4">
         <v>17</v>
       </c>
-      <c r="Q4" s="9" t="s">
+      <c r="B21" s="4">
+        <v>1775</v>
+      </c>
+      <c r="C21" s="4" t="s">
+        <v>141</v>
+      </c>
+      <c r="D21" s="6">
+        <v>96.48</v>
+      </c>
+      <c r="E21" s="6">
+        <v>72.63</v>
+      </c>
+      <c r="F21" s="6">
+        <v>80.15</v>
+      </c>
+      <c r="G21" s="8">
+        <v>76.39</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7">
+      <c r="A22" s="4">
         <v>18</v>
       </c>
-      <c r="R4" s="9" t="s">
+      <c r="B22" s="4">
+        <v>2357</v>
+      </c>
+      <c r="C22" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="D22" s="6">
+        <v>134.48</v>
+      </c>
+      <c r="E22" s="6">
+        <v>67.67</v>
+      </c>
+      <c r="F22" s="6">
+        <v>86.27</v>
+      </c>
+      <c r="G22" s="8">
+        <v>76.97</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7">
+      <c r="A23" s="4">
         <v>19</v>
       </c>
-      <c r="S4" s="9" t="s">
+      <c r="B23" s="4">
+        <v>2210</v>
+      </c>
+      <c r="C23" s="4" t="s">
+        <v>143</v>
+      </c>
+      <c r="D23" s="6">
+        <v>78.18</v>
+      </c>
+      <c r="E23" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F23" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" s="8">
+        <v>78.18</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7">
+      <c r="A24" s="4">
+        <v>20</v>
+      </c>
+      <c r="B24" s="4">
+        <v>1817</v>
+      </c>
+      <c r="C24" s="4" t="s">
+        <v>144</v>
+      </c>
+      <c r="D24" s="6">
+        <v>78.42</v>
+      </c>
+      <c r="E24" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F24" s="6">
+        <v>115.26</v>
+      </c>
+      <c r="G24" s="8">
+        <v>78.42</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7">
+      <c r="A25" s="4">
+        <v>21</v>
+      </c>
+      <c r="B25" s="4">
+        <v>2578</v>
+      </c>
+      <c r="C25" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="D25" s="6">
+        <v>85.77</v>
+      </c>
+      <c r="E25" s="6">
+        <v>73.92</v>
+      </c>
+      <c r="F25" s="6">
+        <v>96.39</v>
+      </c>
+      <c r="G25" s="8">
+        <v>79.845</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7">
+      <c r="A26" s="4">
         <v>22</v>
       </c>
-      <c r="T4" s="9" t="s">
-[...5 lines deleted...]
-      <c r="V4" s="17" t="s">
+      <c r="B26" s="4">
+        <v>1882</v>
+      </c>
+      <c r="C26" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="D26" s="6">
+        <v>96.08</v>
+      </c>
+      <c r="E26" s="6">
+        <v>65.47</v>
+      </c>
+      <c r="F26" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" s="8">
+        <v>80.775</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7">
+      <c r="A27" s="4">
         <v>23</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="5" t="s">
+      <c r="B27" s="4">
+        <v>1695</v>
+      </c>
+      <c r="C27" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="D27" s="6">
+        <v>144.79</v>
+      </c>
+      <c r="E27" s="6">
+        <v>74.38</v>
+      </c>
+      <c r="F27" s="6">
+        <v>90.52</v>
+      </c>
+      <c r="G27" s="8">
+        <v>82.45</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7">
+      <c r="A28" s="4">
         <v>24</v>
       </c>
-      <c r="B5" s="5" t="s">
-[...32 lines deleted...]
-      <c r="M5" s="23" t="s">
+      <c r="B28" s="4">
+        <v>4045</v>
+      </c>
+      <c r="C28" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="D28" s="6">
+        <v>121.69</v>
+      </c>
+      <c r="E28" s="6">
+        <v>77.04</v>
+      </c>
+      <c r="F28" s="6">
+        <v>92.31</v>
+      </c>
+      <c r="G28" s="8">
+        <v>84.675</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7">
+      <c r="A29" s="4">
+        <v>25</v>
+      </c>
+      <c r="B29" s="4">
+        <v>1923</v>
+      </c>
+      <c r="C29" s="4" t="s">
+        <v>149</v>
+      </c>
+      <c r="D29" s="6">
+        <v>87.44</v>
+      </c>
+      <c r="E29" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F29" s="6">
+        <v>124.95</v>
+      </c>
+      <c r="G29" s="8">
+        <v>87.44</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7">
+      <c r="A30" s="4">
+        <v>26</v>
+      </c>
+      <c r="B30" s="4">
+        <v>4291</v>
+      </c>
+      <c r="C30" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="D30" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" s="6">
+        <v>91.65</v>
+      </c>
+      <c r="F30" s="6">
+        <v>88.48</v>
+      </c>
+      <c r="G30" s="8">
+        <v>90.065</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7">
+      <c r="A31" s="4">
+        <v>27</v>
+      </c>
+      <c r="B31" s="4">
+        <v>3938</v>
+      </c>
+      <c r="C31" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="D31" s="6">
+        <v>91.95</v>
+      </c>
+      <c r="E31" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F31" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G31" s="8">
+        <v>91.95</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7">
+      <c r="A32" s="4">
+        <v>28</v>
+      </c>
+      <c r="B32" s="4">
+        <v>2139</v>
+      </c>
+      <c r="C32" s="4" t="s">
+        <v>152</v>
+      </c>
+      <c r="D32" s="6">
+        <v>103.47</v>
+      </c>
+      <c r="E32" s="6">
+        <v>80.53</v>
+      </c>
+      <c r="F32" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G32" s="8">
+        <v>92.0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7">
+      <c r="A33" s="4">
+        <v>29</v>
+      </c>
+      <c r="B33" s="4">
+        <v>4142</v>
+      </c>
+      <c r="C33" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="D33" s="6">
+        <v>92.04</v>
+      </c>
+      <c r="E33" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F33" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G33" s="8">
+        <v>92.04</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7">
+      <c r="A34" s="4">
         <v>30</v>
       </c>
-      <c r="N5" s="23" t="s">
-[...34 lines deleted...]
-      <c r="C6" s="6" t="s">
+      <c r="B34" s="4">
+        <v>4033</v>
+      </c>
+      <c r="C34" s="4" t="s">
+        <v>154</v>
+      </c>
+      <c r="D34" s="6">
+        <v>94.76</v>
+      </c>
+      <c r="E34" s="6">
+        <v>100.83</v>
+      </c>
+      <c r="F34" s="6">
+        <v>119.42</v>
+      </c>
+      <c r="G34" s="8">
+        <v>94.76</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7">
+      <c r="A35" s="4">
+        <v>31</v>
+      </c>
+      <c r="B35" s="4">
+        <v>3933</v>
+      </c>
+      <c r="C35" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="D35" s="6">
+        <v>96.38</v>
+      </c>
+      <c r="E35" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F35" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G35" s="8">
+        <v>96.38</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7">
+      <c r="A36" s="4">
+        <v>32</v>
+      </c>
+      <c r="B36" s="4">
+        <v>2944</v>
+      </c>
+      <c r="C36" s="4" t="s">
+        <v>156</v>
+      </c>
+      <c r="D36" s="6">
+        <v>98.88</v>
+      </c>
+      <c r="E36" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F36" s="6">
+        <v>103.19</v>
+      </c>
+      <c r="G36" s="8">
+        <v>98.88</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7">
+      <c r="A37" s="4">
+        <v>33</v>
+      </c>
+      <c r="B37" s="4">
+        <v>2712</v>
+      </c>
+      <c r="C37" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="D37" s="6">
+        <v>99.68</v>
+      </c>
+      <c r="E37" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F37" s="6">
+        <v>145.09</v>
+      </c>
+      <c r="G37" s="8">
+        <v>99.68</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7">
+      <c r="A38" s="4">
+        <v>34</v>
+      </c>
+      <c r="B38" s="4">
+        <v>4044</v>
+      </c>
+      <c r="C38" s="4" t="s">
+        <v>158</v>
+      </c>
+      <c r="D38" s="6">
+        <v>133.86</v>
+      </c>
+      <c r="E38" s="6">
+        <v>66.84</v>
+      </c>
+      <c r="F38" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G38" s="8">
+        <v>100.35</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7">
+      <c r="A39" s="4">
         <v>35</v>
       </c>
-      <c r="D6" s="6">
-[...673 lines deleted...]
-      <c r="B16" s="8" t="s">
+      <c r="B39" s="4">
+        <v>4143</v>
+      </c>
+      <c r="C39" s="4" t="s">
         <v>159</v>
       </c>
-      <c r="C16" s="8" t="s">
+      <c r="D39" s="6">
+        <v>196.44</v>
+      </c>
+      <c r="E39" s="6">
+        <v>98.17</v>
+      </c>
+      <c r="F39" s="6">
+        <v>109.65</v>
+      </c>
+      <c r="G39" s="8">
+        <v>103.91</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7">
+      <c r="A40" s="4">
+        <v>36</v>
+      </c>
+      <c r="B40" s="4">
+        <v>3371</v>
+      </c>
+      <c r="C40" s="4" t="s">
         <v>160</v>
       </c>
-      <c r="D16" s="8">
-[...61 lines deleted...]
-      <c r="B17" s="8" t="s">
+      <c r="D40" s="6">
+        <v>104.91</v>
+      </c>
+      <c r="E40" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F40" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G40" s="8">
+        <v>104.91</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7">
+      <c r="A41" s="4">
+        <v>37</v>
+      </c>
+      <c r="B41" s="4">
+        <v>4182</v>
+      </c>
+      <c r="C41" s="4" t="s">
         <v>161</v>
       </c>
-      <c r="C17" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B18" s="8" t="s">
+      <c r="D41" s="6">
+        <v>135.68</v>
+      </c>
+      <c r="E41" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F41" s="6">
+        <v>81.6</v>
+      </c>
+      <c r="G41" s="8">
+        <v>108.64</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7">
+      <c r="A42" s="4">
+        <v>38</v>
+      </c>
+      <c r="B42" s="4">
+        <v>4014</v>
+      </c>
+      <c r="C42" s="4" t="s">
         <v>162</v>
       </c>
-      <c r="C18" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B19" s="8" t="s">
+      <c r="D42" s="6">
+        <v>121.23</v>
+      </c>
+      <c r="E42" s="6">
+        <v>97.53</v>
+      </c>
+      <c r="F42" s="6">
+        <v>124.44</v>
+      </c>
+      <c r="G42" s="8">
+        <v>109.38</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7">
+      <c r="A43" s="4">
+        <v>39</v>
+      </c>
+      <c r="B43" s="4">
+        <v>4015</v>
+      </c>
+      <c r="C43" s="4" t="s">
         <v>163</v>
       </c>
-      <c r="C19" s="8" t="s">
+      <c r="D43" s="6">
+        <v>152.73</v>
+      </c>
+      <c r="E43" s="6">
+        <v>96.24</v>
+      </c>
+      <c r="F43" s="6">
+        <v>124.52</v>
+      </c>
+      <c r="G43" s="8">
+        <v>110.38</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7">
+      <c r="A44" s="4">
+        <v>40</v>
+      </c>
+      <c r="B44" s="4">
+        <v>2226</v>
+      </c>
+      <c r="C44" s="4" t="s">
         <v>164</v>
       </c>
-      <c r="D19" s="8">
-[...61 lines deleted...]
-      <c r="B20" s="8" t="s">
+      <c r="D44" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E44" s="6">
+        <v>97.53</v>
+      </c>
+      <c r="F44" s="6">
+        <v>124.01</v>
+      </c>
+      <c r="G44" s="8">
+        <v>110.77</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7">
+      <c r="A45" s="4">
+        <v>41</v>
+      </c>
+      <c r="B45" s="4">
+        <v>1771</v>
+      </c>
+      <c r="C45" s="4" t="s">
         <v>165</v>
       </c>
-      <c r="C20" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B21" s="8" t="s">
+      <c r="D45" s="6">
+        <v>114.87</v>
+      </c>
+      <c r="E45" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F45" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G45" s="8">
+        <v>114.87</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7">
+      <c r="A46" s="4">
+        <v>42</v>
+      </c>
+      <c r="B46" s="4">
+        <v>2220</v>
+      </c>
+      <c r="C46" s="4" t="s">
         <v>166</v>
       </c>
-      <c r="C21" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B22" s="8" t="s">
+      <c r="D46" s="6">
+        <v>130.79</v>
+      </c>
+      <c r="E46" s="6">
+        <v>101.94</v>
+      </c>
+      <c r="F46" s="6">
+        <v>144.07</v>
+      </c>
+      <c r="G46" s="8">
+        <v>116.365</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7">
+      <c r="A47" s="4">
+        <v>43</v>
+      </c>
+      <c r="B47" s="4">
+        <v>3919</v>
+      </c>
+      <c r="C47" s="4" t="s">
         <v>167</v>
       </c>
-      <c r="C22" s="8" t="s">
+      <c r="D47" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E47" s="6">
+        <v>101.02</v>
+      </c>
+      <c r="F47" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G47" s="8">
+        <v>123.2444</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7">
+      <c r="A48" s="4">
+        <v>44</v>
+      </c>
+      <c r="B48" s="4">
+        <v>3359</v>
+      </c>
+      <c r="C48" s="4" t="s">
         <v>168</v>
       </c>
-      <c r="D22" s="8">
-[...61 lines deleted...]
-      <c r="B23" s="8" t="s">
+      <c r="D48" s="6">
+        <v>146.95</v>
+      </c>
+      <c r="E48" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F48" s="6">
+        <v>103.36</v>
+      </c>
+      <c r="G48" s="8">
+        <v>125.155</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7">
+      <c r="A49" s="4">
+        <v>45</v>
+      </c>
+      <c r="B49" s="4">
+        <v>4030</v>
+      </c>
+      <c r="C49" s="4" t="s">
         <v>169</v>
       </c>
-      <c r="C23" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B24" s="8" t="s">
+      <c r="D49" s="6">
+        <v>136.15</v>
+      </c>
+      <c r="E49" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F49" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G49" s="8">
+        <v>136.15</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7">
+      <c r="A50" s="4">
+        <v>46</v>
+      </c>
+      <c r="B50" s="4">
+        <v>2325</v>
+      </c>
+      <c r="C50" s="4" t="s">
         <v>170</v>
       </c>
-      <c r="C24" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B25" s="8" t="s">
+      <c r="D50" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E50" s="6">
+        <v>117.19</v>
+      </c>
+      <c r="F50" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G50" s="8">
+        <v>142.9718</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7">
+      <c r="A51" s="4">
+        <v>47</v>
+      </c>
+      <c r="B51" s="4">
+        <v>3948</v>
+      </c>
+      <c r="C51" s="4" t="s">
         <v>171</v>
       </c>
-      <c r="C25" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B26" s="8" t="s">
+      <c r="D51" s="6">
+        <v>149.12</v>
+      </c>
+      <c r="E51" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F51" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G51" s="8">
+        <v>149.12</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7">
+      <c r="A52" s="4">
+        <v>48</v>
+      </c>
+      <c r="B52" s="4">
+        <v>4162</v>
+      </c>
+      <c r="C52" s="4" t="s">
         <v>172</v>
       </c>
-      <c r="C26" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B27" s="8" t="s">
+      <c r="D52" s="6">
+        <v>158.29</v>
+      </c>
+      <c r="E52" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F52" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G52" s="8">
+        <v>158.29</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7">
+      <c r="A53" s="4">
+        <v>49</v>
+      </c>
+      <c r="B53" s="4">
+        <v>4088</v>
+      </c>
+      <c r="C53" s="4" t="s">
         <v>173</v>
       </c>
-      <c r="C27" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B28" s="8" t="s">
+      <c r="D53" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E53" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F53" s="6">
+        <v>132.43</v>
+      </c>
+      <c r="G53" s="8">
+        <v>160.43</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7">
+      <c r="A54" s="4">
+        <v>50</v>
+      </c>
+      <c r="B54" s="4">
+        <v>4108</v>
+      </c>
+      <c r="C54" s="4" t="s">
         <v>174</v>
       </c>
-      <c r="C28" s="8" t="s">
+      <c r="D54" s="6">
+        <v>168.72</v>
+      </c>
+      <c r="E54" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F54" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G54" s="8">
+        <v>168.72</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7">
+      <c r="A55" s="4">
+        <v>51</v>
+      </c>
+      <c r="B55" s="4">
+        <v>4094</v>
+      </c>
+      <c r="C55" s="4" t="s">
         <v>175</v>
       </c>
-      <c r="D28" s="8">
-[...61 lines deleted...]
-      <c r="B29" s="8" t="s">
+      <c r="D55" s="6">
+        <v>169.82</v>
+      </c>
+      <c r="E55" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F55" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G55" s="8">
+        <v>169.82</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7">
+      <c r="A56" s="4">
+        <v>52</v>
+      </c>
+      <c r="B56" s="4">
+        <v>1789</v>
+      </c>
+      <c r="C56" s="4" t="s">
         <v>176</v>
       </c>
-      <c r="C29" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B30" s="8" t="s">
+      <c r="D56" s="6">
+        <v>176.46</v>
+      </c>
+      <c r="E56" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F56" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G56" s="8">
+        <v>176.46</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7">
+      <c r="A57" s="4">
+        <v>53</v>
+      </c>
+      <c r="B57" s="4">
+        <v>2172</v>
+      </c>
+      <c r="C57" s="4" t="s">
         <v>177</v>
       </c>
-      <c r="C30" s="8" t="s">
+      <c r="D57" s="6">
+        <v>190.08</v>
+      </c>
+      <c r="E57" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F57" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G57" s="8">
+        <v>190.08</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7">
+      <c r="A58" s="4">
+        <v>54</v>
+      </c>
+      <c r="B58" s="4">
+        <v>3590</v>
+      </c>
+      <c r="C58" s="4" t="s">
         <v>178</v>
       </c>
-      <c r="D30" s="8">
-[...61 lines deleted...]
-      <c r="B31" s="8" t="s">
+      <c r="D58" s="6">
+        <v>190.65</v>
+      </c>
+      <c r="E58" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F58" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G58" s="8">
+        <v>190.65</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7">
+      <c r="A59" s="4">
+        <v>55</v>
+      </c>
+      <c r="B59" s="4">
+        <v>1787</v>
+      </c>
+      <c r="C59" s="4" t="s">
         <v>179</v>
       </c>
-      <c r="C31" s="8" t="s">
+      <c r="D59" s="6">
+        <v>200.35</v>
+      </c>
+      <c r="E59" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F59" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G59" s="8">
+        <v>200.35</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7">
+      <c r="A60" s="4">
+        <v>56</v>
+      </c>
+      <c r="B60" s="4">
+        <v>3117</v>
+      </c>
+      <c r="C60" s="4" t="s">
         <v>180</v>
       </c>
-      <c r="D31" s="8">
-[...61 lines deleted...]
-      <c r="B32" s="8" t="s">
+      <c r="D60" s="6">
+        <v>200.8</v>
+      </c>
+      <c r="E60" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F60" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G60" s="8">
+        <v>200.8</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7">
+      <c r="A61" s="4">
+        <v>57</v>
+      </c>
+      <c r="B61" s="4">
+        <v>4074</v>
+      </c>
+      <c r="C61" s="4" t="s">
         <v>181</v>
       </c>
-      <c r="C32" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B33" s="8" t="s">
+      <c r="D61" s="6">
+        <v>207.2</v>
+      </c>
+      <c r="E61" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F61" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G61" s="8">
+        <v>207.2</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7">
+      <c r="A62" s="4">
+        <v>58</v>
+      </c>
+      <c r="B62" s="4">
+        <v>4106</v>
+      </c>
+      <c r="C62" s="4" t="s">
         <v>182</v>
       </c>
-      <c r="C33" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B34" s="8" t="s">
+      <c r="D62" s="6">
+        <v>211.06</v>
+      </c>
+      <c r="E62" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F62" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G62" s="8">
+        <v>211.06</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7">
+      <c r="A63" s="4">
+        <v>59</v>
+      </c>
+      <c r="B63" s="4">
+        <v>1753</v>
+      </c>
+      <c r="C63" s="4" t="s">
         <v>183</v>
       </c>
-      <c r="C34" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B35" s="8" t="s">
+      <c r="D63" s="6">
+        <v>212.27</v>
+      </c>
+      <c r="E63" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F63" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G63" s="8">
+        <v>212.27</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7">
+      <c r="A64" s="4">
+        <v>60</v>
+      </c>
+      <c r="B64" s="4">
+        <v>4056</v>
+      </c>
+      <c r="C64" s="4" t="s">
         <v>184</v>
       </c>
-      <c r="C35" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B36" s="8" t="s">
+      <c r="D64" s="6">
+        <v>215.37</v>
+      </c>
+      <c r="E64" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F64" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G64" s="8">
+        <v>215.37</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7">
+      <c r="A65" s="4">
+        <v>61</v>
+      </c>
+      <c r="B65" s="4">
+        <v>3131</v>
+      </c>
+      <c r="C65" s="4" t="s">
         <v>185</v>
       </c>
-      <c r="C36" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B37" s="8" t="s">
+      <c r="D65" s="6">
+        <v>236.33</v>
+      </c>
+      <c r="E65" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F65" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G65" s="8">
+        <v>236.33</v>
+      </c>
+    </row>
+    <row r="66" spans="1:7">
+      <c r="A66" s="4">
+        <v>62</v>
+      </c>
+      <c r="B66" s="4">
+        <v>3121</v>
+      </c>
+      <c r="C66" s="4" t="s">
         <v>186</v>
       </c>
-      <c r="C37" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B38" s="8" t="s">
+      <c r="D66" s="6">
+        <v>239.95</v>
+      </c>
+      <c r="E66" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F66" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G66" s="8">
+        <v>239.95</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7">
+      <c r="A67" s="4">
+        <v>63</v>
+      </c>
+      <c r="B67" s="4">
+        <v>2658</v>
+      </c>
+      <c r="C67" s="4" t="s">
         <v>187</v>
       </c>
-      <c r="C38" s="8" t="s">
-[...1546 lines deleted...]
-      <c r="T60" s="13">
+      <c r="D67" s="6">
         <v>276.64</v>
       </c>
-      <c r="U60" s="13">
-[...2 lines deleted...]
-      <c r="V60" s="21">
+      <c r="E67" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F67" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G67" s="8">
         <v>276.64</v>
-      </c>
-[...8 lines deleted...]
-        <v>117</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:U1"/>
-[...2 lines deleted...]
-    <mergeCell ref="A64:V64"/>
+    <mergeCell ref="A1:G1"/>
+    <mergeCell ref="A2:G2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R23"/>
+  <dimension ref="A1:G43"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A23" sqref="A23"/>
+      <selection activeCell="A4" sqref="A4:G43"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
-[...15 lines deleted...]
-    <col min="17" max="17" width="15" customWidth="true" style="0"/>
+    <col min="1" max="1" width="6" customWidth="true" style="0"/>
+    <col min="2" max="2" width="14" customWidth="true" style="0"/>
+    <col min="3" max="3" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="14" customWidth="true" style="0"/>
+    <col min="5" max="5" width="14" customWidth="true" style="0"/>
+    <col min="6" max="6" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18">
+    <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
-        <v>216</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:18">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="2" spans="1:7">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:18" customHeight="1" ht="150">
-      <c r="A4" s="4" t="s">
+    <row r="4" spans="1:7" customHeight="1" ht="150">
+      <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="4" t="s">
+      <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="4" t="s">
+      <c r="C4" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="4" t="s">
+      <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="E4" s="9" t="s">
+      <c r="E4" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="F4" s="9" t="s">
+    </row>
+    <row r="5" spans="1:7">
+      <c r="A5" s="4">
+        <v>1</v>
+      </c>
+      <c r="B5" s="4">
+        <v>1805</v>
+      </c>
+      <c r="C5" s="4" t="s">
+        <v>189</v>
+      </c>
+      <c r="D5" s="6">
+        <v>102.75</v>
+      </c>
+      <c r="E5" s="6">
+        <v>134.93</v>
+      </c>
+      <c r="F5" s="6">
+        <v>127.5</v>
+      </c>
+      <c r="G5" s="8">
+        <v>102.75</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7">
+      <c r="A6" s="4">
+        <v>2</v>
+      </c>
+      <c r="B6" s="4">
+        <v>3391</v>
+      </c>
+      <c r="C6" s="4" t="s">
+        <v>190</v>
+      </c>
+      <c r="D6" s="6">
+        <v>118.7</v>
+      </c>
+      <c r="E6" s="6">
+        <v>116.69</v>
+      </c>
+      <c r="F6" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" s="8">
+        <v>117.695</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7">
+      <c r="A7" s="4">
+        <v>3</v>
+      </c>
+      <c r="B7" s="4">
+        <v>1760</v>
+      </c>
+      <c r="C7" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="D7" s="6">
+        <v>139.58</v>
+      </c>
+      <c r="E7" s="6">
+        <v>148.97</v>
+      </c>
+      <c r="F7" s="6">
+        <v>160.16</v>
+      </c>
+      <c r="G7" s="8">
+        <v>139.58</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7">
+      <c r="A8" s="4">
+        <v>4</v>
+      </c>
+      <c r="B8" s="4">
+        <v>2547</v>
+      </c>
+      <c r="C8" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="D8" s="6">
+        <v>144.01</v>
+      </c>
+      <c r="E8" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F8" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" s="8">
+        <v>144.01</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7">
+      <c r="A9" s="4">
+        <v>5</v>
+      </c>
+      <c r="B9" s="4">
+        <v>4016</v>
+      </c>
+      <c r="C9" s="4" t="s">
+        <v>193</v>
+      </c>
+      <c r="D9" s="6">
+        <v>162.5</v>
+      </c>
+      <c r="E9" s="6">
+        <v>163.27</v>
+      </c>
+      <c r="F9" s="6">
+        <v>145.93</v>
+      </c>
+      <c r="G9" s="8">
+        <v>154.215</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7">
+      <c r="A10" s="4">
+        <v>6</v>
+      </c>
+      <c r="B10" s="4">
+        <v>4113</v>
+      </c>
+      <c r="C10" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="D10" s="6">
+        <v>222.54</v>
+      </c>
+      <c r="E10" s="6">
+        <v>155.56</v>
+      </c>
+      <c r="F10" s="6">
+        <v>155.71</v>
+      </c>
+      <c r="G10" s="8">
+        <v>155.635</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7">
+      <c r="A11" s="4">
+        <v>7</v>
+      </c>
+      <c r="B11" s="4">
+        <v>3389</v>
+      </c>
+      <c r="C11" s="4" t="s">
+        <v>195</v>
+      </c>
+      <c r="D11" s="6">
+        <v>158.97</v>
+      </c>
+      <c r="E11" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F11" s="6">
+        <v>172.08</v>
+      </c>
+      <c r="G11" s="8">
+        <v>158.97</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7">
+      <c r="A12" s="4">
+        <v>8</v>
+      </c>
+      <c r="B12" s="4">
+        <v>4129</v>
+      </c>
+      <c r="C12" s="4" t="s">
+        <v>196</v>
+      </c>
+      <c r="D12" s="6">
+        <v>180.02</v>
+      </c>
+      <c r="E12" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F12" s="6">
+        <v>168.1</v>
+      </c>
+      <c r="G12" s="8">
+        <v>174.06</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7">
+      <c r="A13" s="4">
         <v>9</v>
       </c>
-      <c r="G4" s="9" t="s">
+      <c r="B13" s="4">
+        <v>1974</v>
+      </c>
+      <c r="C13" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="D13" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" s="6">
+        <v>189.04</v>
+      </c>
+      <c r="F13" s="6">
+        <v>164.29</v>
+      </c>
+      <c r="G13" s="8">
+        <v>176.665</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7">
+      <c r="A14" s="4">
         <v>10</v>
       </c>
-      <c r="H4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="I4" s="9" t="s">
+      <c r="B14" s="4">
+        <v>2374</v>
+      </c>
+      <c r="C14" s="4" t="s">
+        <v>198</v>
+      </c>
+      <c r="D14" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" s="6">
+        <v>153.68</v>
+      </c>
+      <c r="F14" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" s="8">
+        <v>181.68</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7">
+      <c r="A15" s="4">
+        <v>11</v>
+      </c>
+      <c r="B15" s="4">
+        <v>3107</v>
+      </c>
+      <c r="C15" s="4" t="s">
+        <v>199</v>
+      </c>
+      <c r="D15" s="6">
+        <v>185.76</v>
+      </c>
+      <c r="E15" s="6">
+        <v>223.72</v>
+      </c>
+      <c r="F15" s="6">
+        <v>208.31</v>
+      </c>
+      <c r="G15" s="8">
+        <v>185.76</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7">
+      <c r="A16" s="4">
         <v>12</v>
       </c>
-      <c r="J4" s="9" t="s">
+      <c r="B16" s="4">
+        <v>4124</v>
+      </c>
+      <c r="C16" s="4" t="s">
+        <v>200</v>
+      </c>
+      <c r="D16" s="6">
+        <v>190.42</v>
+      </c>
+      <c r="E16" s="6">
+        <v>256.0</v>
+      </c>
+      <c r="F16" s="6">
+        <v>226.66</v>
+      </c>
+      <c r="G16" s="8">
+        <v>190.42</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7">
+      <c r="A17" s="4">
         <v>13</v>
       </c>
-      <c r="K4" s="9" t="s">
+      <c r="B17" s="4">
+        <v>2147</v>
+      </c>
+      <c r="C17" s="4" t="s">
+        <v>201</v>
+      </c>
+      <c r="D17" s="6">
+        <v>193.16</v>
+      </c>
+      <c r="E17" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F17" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" s="8">
+        <v>193.16</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7">
+      <c r="A18" s="4">
         <v>14</v>
       </c>
-      <c r="L4" s="9" t="s">
+      <c r="B18" s="4">
+        <v>2238</v>
+      </c>
+      <c r="C18" s="4" t="s">
+        <v>202</v>
+      </c>
+      <c r="D18" s="6">
+        <v>209.03</v>
+      </c>
+      <c r="E18" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F18" s="6">
+        <v>177.88</v>
+      </c>
+      <c r="G18" s="8">
+        <v>193.455</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7">
+      <c r="A19" s="4">
         <v>15</v>
       </c>
-      <c r="M4" s="9" t="s">
+      <c r="B19" s="4">
+        <v>2020</v>
+      </c>
+      <c r="C19" s="4" t="s">
+        <v>203</v>
+      </c>
+      <c r="D19" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" s="6">
+        <v>199.49</v>
+      </c>
+      <c r="F19" s="6">
+        <v>192.34</v>
+      </c>
+      <c r="G19" s="8">
+        <v>195.915</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7">
+      <c r="A20" s="4">
+        <v>16</v>
+      </c>
+      <c r="B20" s="4">
+        <v>1742</v>
+      </c>
+      <c r="C20" s="4" t="s">
+        <v>204</v>
+      </c>
+      <c r="D20" s="6">
+        <v>213.87</v>
+      </c>
+      <c r="E20" s="6">
+        <v>228.86</v>
+      </c>
+      <c r="F20" s="6">
+        <v>182.88</v>
+      </c>
+      <c r="G20" s="8">
+        <v>198.375</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7">
+      <c r="A21" s="4">
+        <v>17</v>
+      </c>
+      <c r="B21" s="4">
+        <v>1810</v>
+      </c>
+      <c r="C21" s="4" t="s">
+        <v>205</v>
+      </c>
+      <c r="D21" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F21" s="6">
+        <v>182.48</v>
+      </c>
+      <c r="G21" s="8">
+        <v>210.48</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7">
+      <c r="A22" s="4">
         <v>18</v>
       </c>
-      <c r="N4" s="9" t="s">
+      <c r="B22" s="4">
+        <v>3099</v>
+      </c>
+      <c r="C22" s="4" t="s">
+        <v>206</v>
+      </c>
+      <c r="D22" s="6">
+        <v>215.07</v>
+      </c>
+      <c r="E22" s="6">
+        <v>224.75</v>
+      </c>
+      <c r="F22" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" s="8">
+        <v>215.07</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7">
+      <c r="A23" s="4">
         <v>19</v>
       </c>
-      <c r="O4" s="9" t="s">
+      <c r="B23" s="4">
+        <v>1776</v>
+      </c>
+      <c r="C23" s="4" t="s">
+        <v>207</v>
+      </c>
+      <c r="D23" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F23" s="6">
+        <v>192.34</v>
+      </c>
+      <c r="G23" s="8">
+        <v>220.34</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7">
+      <c r="A24" s="4">
         <v>20</v>
       </c>
-      <c r="P4" s="9" t="s">
+      <c r="B24" s="4">
+        <v>4225</v>
+      </c>
+      <c r="C24" s="4" t="s">
+        <v>208</v>
+      </c>
+      <c r="D24" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" s="6">
+        <v>219.01</v>
+      </c>
+      <c r="F24" s="6">
+        <v>226.9</v>
+      </c>
+      <c r="G24" s="8">
+        <v>222.955</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7">
+      <c r="A25" s="4">
         <v>21</v>
       </c>
-      <c r="Q4" s="9" t="s">
+      <c r="B25" s="4">
+        <v>2117</v>
+      </c>
+      <c r="C25" s="4" t="s">
+        <v>209</v>
+      </c>
+      <c r="D25" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" s="6">
+        <v>238.79</v>
+      </c>
+      <c r="F25" s="6">
+        <v>219.43</v>
+      </c>
+      <c r="G25" s="8">
+        <v>229.11</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7">
+      <c r="A26" s="4">
         <v>22</v>
       </c>
-      <c r="R4" s="17" t="s">
+      <c r="B26" s="4">
+        <v>1884</v>
+      </c>
+      <c r="C26" s="4" t="s">
+        <v>210</v>
+      </c>
+      <c r="D26" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" s="6">
+        <v>278.43</v>
+      </c>
+      <c r="F26" s="6">
+        <v>219.43</v>
+      </c>
+      <c r="G26" s="8">
+        <v>248.93</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7">
+      <c r="A27" s="4">
         <v>23</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="5" t="s">
+      <c r="B27" s="4">
+        <v>4219</v>
+      </c>
+      <c r="C27" s="4" t="s">
+        <v>211</v>
+      </c>
+      <c r="D27" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F27" s="6">
+        <v>227.06</v>
+      </c>
+      <c r="G27" s="8">
+        <v>255.06</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7">
+      <c r="A28" s="4">
         <v>24</v>
       </c>
-      <c r="B5" s="5" t="s">
+      <c r="B28" s="4">
+        <v>4263</v>
+      </c>
+      <c r="C28" s="4" t="s">
+        <v>212</v>
+      </c>
+      <c r="D28" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F28" s="6">
+        <v>229.84</v>
+      </c>
+      <c r="G28" s="8">
+        <v>257.84</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7">
+      <c r="A29" s="4">
+        <v>25</v>
+      </c>
+      <c r="B29" s="4">
+        <v>4130</v>
+      </c>
+      <c r="C29" s="4" t="s">
+        <v>213</v>
+      </c>
+      <c r="D29" s="6">
+        <v>260.48</v>
+      </c>
+      <c r="E29" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F29" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" s="8">
+        <v>260.48</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7">
+      <c r="A30" s="4">
+        <v>26</v>
+      </c>
+      <c r="B30" s="4">
+        <v>4172</v>
+      </c>
+      <c r="C30" s="4" t="s">
+        <v>214</v>
+      </c>
+      <c r="D30" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F30" s="6">
+        <v>234.69</v>
+      </c>
+      <c r="G30" s="8">
+        <v>262.69</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7">
+      <c r="A31" s="4">
+        <v>27</v>
+      </c>
+      <c r="B31" s="4">
+        <v>4212</v>
+      </c>
+      <c r="C31" s="4" t="s">
+        <v>215</v>
+      </c>
+      <c r="D31" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" s="6">
+        <v>279.2</v>
+      </c>
+      <c r="F31" s="6">
+        <v>258.05</v>
+      </c>
+      <c r="G31" s="8">
+        <v>268.625</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7">
+      <c r="A32" s="4">
+        <v>28</v>
+      </c>
+      <c r="B32" s="4">
+        <v>4286</v>
+      </c>
+      <c r="C32" s="4" t="s">
+        <v>216</v>
+      </c>
+      <c r="D32" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" s="6">
+        <v>296.76</v>
+      </c>
+      <c r="F32" s="6">
+        <v>265.52</v>
+      </c>
+      <c r="G32" s="8">
+        <v>281.14</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7">
+      <c r="A33" s="4">
+        <v>29</v>
+      </c>
+      <c r="B33" s="4">
+        <v>4258</v>
+      </c>
+      <c r="C33" s="4" t="s">
         <v>217</v>
       </c>
-      <c r="C5" s="5" t="s">
-[...5 lines deleted...]
-      <c r="E5" s="23" t="s">
+      <c r="D33" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F33" s="6">
+        <v>256.38</v>
+      </c>
+      <c r="G33" s="8">
+        <v>284.38</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7">
+      <c r="A34" s="4">
         <v>30</v>
       </c>
-      <c r="F5" s="23" t="s">
-[...43 lines deleted...]
-      <c r="B6" s="6" t="s">
+      <c r="B34" s="4">
+        <v>4256</v>
+      </c>
+      <c r="C34" s="4" t="s">
         <v>218</v>
       </c>
-      <c r="C6" s="6" t="s">
-[...49 lines deleted...]
-      <c r="A7" s="7" t="s">
+      <c r="D34" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" s="6">
+        <v>260.2</v>
+      </c>
+      <c r="F34" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G34" s="8">
+        <v>288.2</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7">
+      <c r="A35" s="4">
         <v>31</v>
       </c>
-      <c r="B7" s="7" t="s">
+      <c r="B35" s="4">
+        <v>4288</v>
+      </c>
+      <c r="C35" s="4" t="s">
         <v>219</v>
       </c>
-      <c r="C7" s="7" t="s">
+      <c r="D35" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F35" s="6">
+        <v>263.37</v>
+      </c>
+      <c r="G35" s="8">
+        <v>291.37</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7">
+      <c r="A36" s="4">
+        <v>32</v>
+      </c>
+      <c r="B36" s="4">
+        <v>4217</v>
+      </c>
+      <c r="C36" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="D36" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F36" s="6">
+        <v>265.83</v>
+      </c>
+      <c r="G36" s="8">
+        <v>293.83</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7">
+      <c r="A37" s="4">
+        <v>33</v>
+      </c>
+      <c r="B37" s="4">
+        <v>3331</v>
+      </c>
+      <c r="C37" s="4" t="s">
+        <v>221</v>
+      </c>
+      <c r="D37" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F37" s="6">
+        <v>266.95</v>
+      </c>
+      <c r="G37" s="8">
+        <v>294.95</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7">
+      <c r="A38" s="4">
+        <v>34</v>
+      </c>
+      <c r="B38" s="4">
+        <v>4171</v>
+      </c>
+      <c r="C38" s="4" t="s">
+        <v>222</v>
+      </c>
+      <c r="D38" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E38" s="6">
+        <v>281.35</v>
+      </c>
+      <c r="F38" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G38" s="8">
+        <v>309.35</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7">
+      <c r="A39" s="4">
+        <v>35</v>
+      </c>
+      <c r="B39" s="4">
+        <v>4089</v>
+      </c>
+      <c r="C39" s="4" t="s">
+        <v>223</v>
+      </c>
+      <c r="D39" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F39" s="6">
+        <v>289.03</v>
+      </c>
+      <c r="G39" s="8">
+        <v>317.03</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7">
+      <c r="A40" s="4">
+        <v>36</v>
+      </c>
+      <c r="B40" s="4">
+        <v>4183</v>
+      </c>
+      <c r="C40" s="4" t="s">
+        <v>224</v>
+      </c>
+      <c r="D40" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E40" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F40" s="6">
+        <v>302.94</v>
+      </c>
+      <c r="G40" s="8">
+        <v>330.94</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7">
+      <c r="A41" s="4">
+        <v>37</v>
+      </c>
+      <c r="B41" s="4">
+        <v>4252</v>
+      </c>
+      <c r="C41" s="4" t="s">
+        <v>225</v>
+      </c>
+      <c r="D41" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E41" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F41" s="6">
+        <v>320.9</v>
+      </c>
+      <c r="G41" s="8">
+        <v>348.9</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7">
+      <c r="A42" s="4">
+        <v>38</v>
+      </c>
+      <c r="B42" s="4">
+        <v>4262</v>
+      </c>
+      <c r="C42" s="4" t="s">
+        <v>226</v>
+      </c>
+      <c r="D42" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E42" s="6">
+        <v>379.13</v>
+      </c>
+      <c r="F42" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G42" s="8">
+        <v>407.13</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7">
+      <c r="A43" s="4">
         <v>39</v>
       </c>
-      <c r="D7" s="7">
-[...441 lines deleted...]
-      <c r="B15" s="8" t="s">
+      <c r="B43" s="4">
+        <v>4213</v>
+      </c>
+      <c r="C43" s="4" t="s">
         <v>227</v>
       </c>
-      <c r="C15" s="8" t="s">
-[...279 lines deleted...]
-        <v>117</v>
+      <c r="D43" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E43" s="6">
+        <v>432.13</v>
+      </c>
+      <c r="F43" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G43" s="8">
+        <v>460.13</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:Q1"/>
-[...2 lines deleted...]
-    <mergeCell ref="A23:R23"/>
+    <mergeCell ref="A1:G1"/>
+    <mergeCell ref="A2:G2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
@@ -11991,31 +6402,31 @@
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>Mężczyźni - Junior młodszy</vt:lpstr>
       <vt:lpstr>Mężczyźni - Młodzik</vt:lpstr>
       <vt:lpstr>Kobiety - Junior młodszy</vt:lpstr>
       <vt:lpstr>Kobiety - Młodzik</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>System Rankingowy</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Polpunkty SL - Wydarzenia</dc:title>
-  <dc:description>Ranking zawodników z rozbiciem na wydarzenia i kategorie</dc:description>
+  <dc:description>Ranking zawodników z rozbiciem na wydarzenia</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category>Sport</cp:category>
 </cp:coreProperties>
 </file>