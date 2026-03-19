--- v1 (2026-02-01)
+++ v2 (2026-03-19)
@@ -18,734 +18,842 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Mężczyźni - Junior młodszy" sheetId="1" r:id="rId4"/>
     <sheet name="Mężczyźni - Młodzik" sheetId="2" r:id="rId5"/>
     <sheet name="Kobiety - Junior młodszy" sheetId="3" r:id="rId6"/>
     <sheet name="Kobiety - Młodzik" sheetId="4" r:id="rId7"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="228">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="263">
   <si>
     <t>Polpunkty SL - Mężczyźni - Junior młodszy</t>
   </si>
   <si>
     <t>Sezon: 2025/2026 | Typ licencji: ZJAZDY</t>
   </si>
   <si>
     <t>Poz.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Licencja</t>
   </si>
   <si>
     <t>Zawodnik</t>
   </si>
   <si>
     <t>Punkty bazowe SL
 30.10.2025</t>
   </si>
   <si>
     <t>MPP I SL
 20.12.2025</t>
   </si>
   <si>
     <t>MPP I SL
 21.12.2025</t>
   </si>
   <si>
+    <t>MPP IV SL
+09.02.2026</t>
+  </si>
+  <si>
+    <t>MPP IV SLII
+10.02.2026</t>
+  </si>
+  <si>
+    <t>OOM SL
+13.03.2026</t>
+  </si>
+  <si>
     <t>Punkty</t>
   </si>
   <si>
     <t>Kosma Szafrański</t>
   </si>
   <si>
     <t>Jakub Muniak</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
+    <t>Stanisław Ćwikła</t>
+  </si>
+  <si>
     <t>Wojciech Przybyła</t>
   </si>
   <si>
-    <t>Stanisław Ćwikła</t>
-[...1 lines deleted...]
-  <si>
     <t>Jan Czajkowski</t>
   </si>
   <si>
     <t>Piotr Bobeł</t>
   </si>
   <si>
+    <t>Jan Jędrol</t>
+  </si>
+  <si>
+    <t>Kamil Frycz</t>
+  </si>
+  <si>
     <t>Tymon Bobrzyński</t>
   </si>
   <si>
+    <t>Tomasz Rojek</t>
+  </si>
+  <si>
     <t>Konrad Stojanik</t>
   </si>
   <si>
+    <t>Feliks Miłosz</t>
+  </si>
+  <si>
     <t>Paweł Król</t>
   </si>
   <si>
-    <t>Kamil Frycz</t>
+    <t>Bartłomiej Więckowski</t>
   </si>
   <si>
     <t>Jakub Bojdys</t>
   </si>
   <si>
-    <t>Bartłomiej Więckowski</t>
+    <t>Leonardo Brusco</t>
   </si>
   <si>
     <t>Nikodem Ryczko</t>
   </si>
   <si>
     <t>Mikołaj Michałowicz</t>
   </si>
   <si>
+    <t>Jan Szmaja</t>
+  </si>
+  <si>
     <t>Antoni Kałuża</t>
   </si>
   <si>
-    <t>Tomasz Rojek</t>
+    <t>Ignacy Kozłowski</t>
   </si>
   <si>
     <t>Stanisław Górnikowski</t>
   </si>
   <si>
     <t>Szymon Ptaszkiewicz</t>
   </si>
   <si>
     <t>Leon Łodziński</t>
   </si>
   <si>
-    <t>Ignacy Kozłowski</t>
-[...1 lines deleted...]
-  <si>
     <t>Jan Poborski</t>
   </si>
   <si>
+    <t>Antoni Czerwiński-molski</t>
+  </si>
+  <si>
+    <t>Bartłomiej Surdy</t>
+  </si>
+  <si>
+    <t>Ruben Cirut</t>
+  </si>
+  <si>
+    <t>Karol Kwiatkowski</t>
+  </si>
+  <si>
+    <t>Leon Marciniak</t>
+  </si>
+  <si>
     <t>Filip Ciślak</t>
   </si>
   <si>
-    <t>Antoni Czerwiński-molski</t>
-[...13 lines deleted...]
-  <si>
     <t>Stanisław Moszczyński</t>
   </si>
   <si>
+    <t>Stanisław Mars</t>
+  </si>
+  <si>
+    <t>Artur Jacyno</t>
+  </si>
+  <si>
     <t>Feliks Olesiński</t>
   </si>
   <si>
-    <t>Jan Szmaja</t>
+    <t>Stanisław Kuklewicz</t>
   </si>
   <si>
     <t>Maciej Tabakowski</t>
   </si>
   <si>
+    <t>Bartłomiej Żółtak</t>
+  </si>
+  <si>
     <t>Jerzy Domicz</t>
   </si>
   <si>
     <t>Wojciech Donocik</t>
   </si>
   <si>
-    <t>Leon Marciniak</t>
+    <t>Tymon Kozłowski</t>
   </si>
   <si>
     <t>Antoni Gacek</t>
   </si>
   <si>
-    <t>Stanisław Kuklewicz</t>
-[...1 lines deleted...]
-  <si>
     <t>Iwo Olszewski</t>
   </si>
   <si>
+    <t>Mateusz Przybysz</t>
+  </si>
+  <si>
     <t>Artemi Chornous</t>
   </si>
   <si>
     <t>Jan Janicki</t>
   </si>
   <si>
-    <t>Ruben Cirut</t>
-[...7 lines deleted...]
-  <si>
     <t>Konstanty Trusewicz</t>
   </si>
   <si>
     <t>Paweł Chowaniec</t>
   </si>
   <si>
     <t>Bartłomiej Czernek</t>
   </si>
   <si>
     <t>Maciej Nowaczyk</t>
   </si>
   <si>
-    <t>Bartłomiej Żółtak</t>
-[...1 lines deleted...]
-  <si>
     <t>Nikodem Trusewicz</t>
   </si>
   <si>
     <t>Franciszek Nowak</t>
   </si>
   <si>
     <t>Michał Kuźma</t>
   </si>
   <si>
+    <t>Igor Klimkowski</t>
+  </si>
+  <si>
+    <t>Sebastian Kowalczyk</t>
+  </si>
+  <si>
+    <t>Jan Kryński</t>
+  </si>
+  <si>
+    <t>Jan Kalina</t>
+  </si>
+  <si>
     <t>Michał Ilewicz</t>
   </si>
   <si>
+    <t>Michał Stec</t>
+  </si>
+  <si>
     <t>Benjamin Barabaś-latif</t>
   </si>
   <si>
     <t>Rudolf Pełda</t>
   </si>
   <si>
     <t>Jan Kowalczyk</t>
   </si>
   <si>
+    <t>Cezary Szelenbaum</t>
+  </si>
+  <si>
     <t>Michał Radoszewski-zakościelny</t>
   </si>
   <si>
     <t>Tymon Bogusławski</t>
   </si>
   <si>
-    <t>Stanisław Mars</t>
+    <t>Kacper Kristof</t>
   </si>
   <si>
     <t>Bruno Szafrański-mądry</t>
   </si>
   <si>
+    <t>Mikołaj Bondar</t>
+  </si>
+  <si>
     <t>Borys Klauza</t>
   </si>
   <si>
-    <t>Jan Kalina</t>
+    <t>Edward Kink</t>
   </si>
   <si>
     <t>Dominik Czuchraj</t>
   </si>
   <si>
     <t>Stanisław Rosa</t>
   </si>
   <si>
     <t>Tytus Dzięciołowski</t>
   </si>
   <si>
     <t>Borys Szafrański-mądry</t>
   </si>
   <si>
-    <t>Michał Stec</t>
-[...1 lines deleted...]
-  <si>
     <t>Ihor Zarutskyy</t>
   </si>
   <si>
-    <t>Edward Kink</t>
-[...1 lines deleted...]
-  <si>
     <t>Szymon Rembek</t>
   </si>
   <si>
     <t>Polpunkty SL - Mężczyźni - Młodzik</t>
   </si>
   <si>
     <t>Filip Soprych</t>
   </si>
   <si>
+    <t>Jakub Przybyła</t>
+  </si>
+  <si>
+    <t>Mikołaj Szmaja</t>
+  </si>
+  <si>
     <t>Kacper Zagórski</t>
   </si>
   <si>
+    <t>Jan Stoch</t>
+  </si>
+  <si>
     <t>Michał Szewczyk</t>
   </si>
   <si>
-    <t>Mikołaj Szmaja</t>
-[...2 lines deleted...]
-    <t>Jakub Przybyła</t>
+    <t>Iwo Gazda</t>
   </si>
   <si>
     <t>Antoni Lenkiewicz</t>
   </si>
   <si>
     <t>Mateusz Kilarski</t>
   </si>
   <si>
     <t>Alexander Rajpold</t>
   </si>
   <si>
     <t>Andrzej Jędrol</t>
   </si>
   <si>
-    <t>Iwo Gazda</t>
+    <t>Józef Olesiński</t>
   </si>
   <si>
     <t>Jakub Tarnawski</t>
   </si>
   <si>
-    <t>Jan Stoch</t>
+    <t>Jan Weiss</t>
+  </si>
+  <si>
+    <t>Leon Uchański</t>
+  </si>
+  <si>
+    <t>Gustaw Leśniewski</t>
+  </si>
+  <si>
+    <t>Jakub Gałaszek</t>
+  </si>
+  <si>
+    <t>Jan Bitner</t>
+  </si>
+  <si>
+    <t>Dominik Kowalczyk</t>
   </si>
   <si>
     <t>Radosław Węglarz</t>
   </si>
   <si>
     <t>Mateusz Ziora</t>
   </si>
   <si>
-    <t>Leon Uchański</t>
+    <t>Jan Ciszewicz</t>
+  </si>
+  <si>
+    <t>Patryk Szukalski</t>
   </si>
   <si>
     <t>Iwo Palusiński</t>
   </si>
   <si>
-    <t>Jan Bitner</t>
-[...2 lines deleted...]
-    <t>Jakub Gałaszek</t>
+    <t>Jakub Gospodarczyk</t>
+  </si>
+  <si>
+    <t>Leon Jankowski</t>
   </si>
   <si>
     <t>Rafał Łukaszewski</t>
   </si>
   <si>
     <t>Leon Leonowicz</t>
   </si>
   <si>
-    <t>Józef Olesiński</t>
+    <t>Tymoteusz Śpiewak</t>
+  </si>
+  <si>
+    <t>Paweł Zwierzyński</t>
+  </si>
+  <si>
+    <t>Jan Herman-wojtyna</t>
   </si>
   <si>
     <t>Piotr Bruno Łubkowski</t>
   </si>
   <si>
-    <t>Gustaw Leśniewski</t>
+    <t>Witold Stokłosa</t>
   </si>
   <si>
     <t>Jędrzej Nieścieronek</t>
   </si>
   <si>
-    <t>Paweł Zwierzyński</t>
-[...4 lines deleted...]
-  <si>
     <t>Antoni Stawiarski</t>
   </si>
   <si>
-    <t>Dominik Kowalczyk</t>
+    <t>Ignacy Sypień</t>
   </si>
   <si>
     <t>Tymoteusz Gajdek</t>
   </si>
   <si>
-    <t>Jan Herman-wojtyna</t>
-[...1 lines deleted...]
-  <si>
     <t>Kacper Iwanicki</t>
   </si>
   <si>
     <t>Dominik Prochownik</t>
   </si>
   <si>
+    <t>Kacper Kacprzak</t>
+  </si>
+  <si>
+    <t>Adam Kuklewicz</t>
+  </si>
+  <si>
     <t>Wojciech Małek</t>
   </si>
   <si>
-    <t>Witold Stokłosa</t>
-[...2 lines deleted...]
-    <t>Jan Ciszewicz</t>
+    <t>Jan Mirowski</t>
   </si>
   <si>
     <t>Szymon Kajka</t>
   </si>
   <si>
-    <t>Tymoteusz Śpiewak</t>
+    <t>Klemens Kaźmierczak</t>
+  </si>
+  <si>
+    <t>Andrzej Ostrowski</t>
   </si>
   <si>
     <t>Szymon Piaścik</t>
   </si>
   <si>
-    <t>Andrzej Ostrowski</t>
+    <t>Michał Skutil</t>
+  </si>
+  <si>
+    <t>Wojciech Rukszto</t>
+  </si>
+  <si>
+    <t>Jakub Sobczak</t>
+  </si>
+  <si>
+    <t>Klemens Długopolski</t>
   </si>
   <si>
     <t>Antoni Broś</t>
   </si>
   <si>
     <t>Tadeusz Czajka</t>
   </si>
   <si>
     <t>Olivier Skiba</t>
   </si>
   <si>
     <t>Iwo Hawrylik</t>
   </si>
   <si>
     <t>Mikołaj Juraszek</t>
   </si>
   <si>
     <t>Jan Kniaziowski</t>
   </si>
   <si>
     <t>Polpunkty SL - Kobiety - Junior młodszy</t>
   </si>
   <si>
     <t>Natasza Kamińska</t>
   </si>
   <si>
+    <t>Julia Gałuszka</t>
+  </si>
+  <si>
     <t>Marta Ziętek</t>
   </si>
   <si>
-    <t>Julia Gałuszka</t>
-[...1 lines deleted...]
-  <si>
     <t>Izabela Kasperkiewicz</t>
   </si>
   <si>
     <t>Mika Oczkoś</t>
   </si>
   <si>
     <t>Victoria Procenko</t>
   </si>
   <si>
     <t>Kateryna Tsytsaniuk</t>
   </si>
   <si>
+    <t>Zuzanna Ryskala</t>
+  </si>
+  <si>
+    <t>Jagoda Wojciechowska</t>
+  </si>
+  <si>
+    <t>Hanna Tramś</t>
+  </si>
+  <si>
     <t>Amelia Masiak</t>
   </si>
   <si>
     <t>Milena Mitka</t>
   </si>
   <si>
+    <t>Lena Gazda</t>
+  </si>
+  <si>
     <t>Jagoda Nieścieronek</t>
   </si>
   <si>
-    <t>Zuzanna Ryskala</t>
+    <t>Odeta Nelke</t>
   </si>
   <si>
     <t>Iga Kaczmarek</t>
   </si>
   <si>
-    <t>Hanna Tramś</t>
+    <t>Zuzanna Maria Leśniak</t>
   </si>
   <si>
     <t>Ksenia Jasińska</t>
   </si>
   <si>
-    <t>Jagoda Wojciechowska</t>
+    <t>Hanna Łodzińska</t>
   </si>
   <si>
     <t>Hanna Pierlak</t>
   </si>
   <si>
-    <t>Zuzanna Maria Leśniak</t>
+    <t>Olga Kanclerz</t>
   </si>
   <si>
     <t>Katarzyna Krupa</t>
   </si>
   <si>
+    <t>Maja Wójciak</t>
+  </si>
+  <si>
     <t>Magda Różańska</t>
   </si>
   <si>
-    <t>Maja Wójciak</t>
-[...1 lines deleted...]
-  <si>
     <t>Amelia Targosz</t>
   </si>
   <si>
-    <t>Olga Kanclerz</t>
+    <t>Natalia Łaciak</t>
+  </si>
+  <si>
+    <t>Zofia Wasilewska</t>
   </si>
   <si>
     <t>Alicja Telec</t>
   </si>
   <si>
     <t>Aleksandra Kalisz</t>
   </si>
   <si>
     <t>Hanna Schabowska</t>
   </si>
   <si>
     <t>Kathrin Leskova</t>
   </si>
   <si>
+    <t>Ewa Maria Łubkowska</t>
+  </si>
+  <si>
     <t>Milena Rytlewska</t>
   </si>
   <si>
-    <t>Zofia Wasilewska</t>
-[...1 lines deleted...]
-  <si>
     <t>Paulina Zajączkowska</t>
   </si>
   <si>
-    <t>Odeta Nelke</t>
+    <t>Aleksandra Karsznia</t>
   </si>
   <si>
     <t>Zlata Bezrodna</t>
   </si>
   <si>
-    <t>Ewa Maria Łubkowska</t>
+    <t>Alicja Piłat</t>
   </si>
   <si>
     <t>Martyna Golba</t>
   </si>
   <si>
-    <t>Lena Gazda</t>
-[...1 lines deleted...]
-  <si>
     <t>Hanna Łamacz</t>
   </si>
   <si>
+    <t>Alicja Pieczyńska</t>
+  </si>
+  <si>
     <t>Nadia Wyrwas</t>
   </si>
   <si>
-    <t>Hanna Łodzińska</t>
-[...1 lines deleted...]
-  <si>
     <t>Ewa Bielak</t>
   </si>
   <si>
     <t>Melania Uchańska</t>
   </si>
   <si>
-    <t>Aleksandra Karsznia</t>
-[...1 lines deleted...]
-  <si>
     <t>Hanna Palusińska</t>
   </si>
   <si>
-    <t>Alicja Piłat</t>
-[...1 lines deleted...]
-  <si>
     <t>Pola Stanisławska</t>
   </si>
   <si>
-    <t>Natalia Łaciak</t>
-[...2 lines deleted...]
-    <t>Alicja Pieczyńska</t>
+    <t>Alicja Burakowska</t>
+  </si>
+  <si>
+    <t>Maja Pociask</t>
   </si>
   <si>
     <t>Maya Ryś</t>
   </si>
   <si>
     <t>Maria Zhuk</t>
   </si>
   <si>
+    <t>Helena Bartczak</t>
+  </si>
+  <si>
     <t>Zofia Kasperska</t>
   </si>
   <si>
-    <t>Maja Pociask</t>
+    <t>Anna Gajda</t>
+  </si>
+  <si>
+    <t>Helena Stolarska-laszczak</t>
   </si>
   <si>
     <t>Justyna Trząska</t>
   </si>
   <si>
     <t>Oliwia Sosenko</t>
   </si>
   <si>
     <t>Hanna Chrobak</t>
   </si>
   <si>
-    <t>Helena Stolarska-laszczak</t>
+    <t>Kinga Szkudlarek</t>
   </si>
   <si>
     <t>Martyna Jabłońska</t>
   </si>
   <si>
     <t>Natalia Gąsienica Wawrytko</t>
   </si>
   <si>
     <t>Lena Janik</t>
   </si>
   <si>
+    <t>Zuzanna Gocman</t>
+  </si>
+  <si>
     <t>Nikola Aftanas</t>
   </si>
   <si>
     <t>Marika Klimczak</t>
   </si>
   <si>
     <t>Wiktoria Paluszek</t>
   </si>
   <si>
     <t>Antonina Mirowska</t>
   </si>
   <si>
+    <t>Zofia Wyród</t>
+  </si>
+  <si>
     <t>Lena Dudek</t>
   </si>
   <si>
-    <t>Zofia Wyród</t>
-[...1 lines deleted...]
-  <si>
     <t>Maja Wajda</t>
   </si>
   <si>
     <t>Polpunkty SL - Kobiety - Młodzik</t>
   </si>
   <si>
     <t>Aleksandra Kasperkiewicz</t>
   </si>
   <si>
     <t>Natalia Nowaczyk</t>
   </si>
   <si>
+    <t>Franciszka Olesińska</t>
+  </si>
+  <si>
     <t>Marianna Babiak</t>
   </si>
   <si>
-    <t>Franciszka Olesińska</t>
+    <t>Lidia Gzyl</t>
   </si>
   <si>
     <t>Julia Zając</t>
   </si>
   <si>
-    <t>Lidia Gzyl</t>
-[...1 lines deleted...]
-  <si>
     <t>Martyna Nowaczyk</t>
   </si>
   <si>
+    <t>Natasza Jakubiec</t>
+  </si>
+  <si>
+    <t>Julia Borys</t>
+  </si>
+  <si>
+    <t>Julia Kolasa</t>
+  </si>
+  <si>
     <t>Barbara Stępień</t>
   </si>
   <si>
-    <t>Julia Borys</t>
-[...2 lines deleted...]
-    <t>Natasza Jakubiec</t>
+    <t>Zofia Katarzyna Leśniak</t>
+  </si>
+  <si>
+    <t>Nina Koncewicz</t>
   </si>
   <si>
     <t>Sonia Łoboda</t>
   </si>
   <si>
+    <t>Maja Król</t>
+  </si>
+  <si>
     <t>Natalia Januszko</t>
   </si>
   <si>
+    <t>Maria Kenig</t>
+  </si>
+  <si>
     <t>Łucja Copija</t>
   </si>
   <si>
     <t>Milena Gronuś</t>
   </si>
   <si>
-    <t>Maria Kenig</t>
-[...1 lines deleted...]
-  <si>
     <t>Krystyna Skóbel</t>
   </si>
   <si>
-    <t>Julia Kolasa</t>
-[...5 lines deleted...]
-    <t>Zofia Katarzyna Leśniak</t>
+    <t>Olivia Nowacka</t>
+  </si>
+  <si>
+    <t>Maria Chmielewska</t>
   </si>
   <si>
     <t>Zuzanna Kuśnierz</t>
   </si>
   <si>
+    <t>Dominika Spesova</t>
+  </si>
+  <si>
     <t>Dominika Sowa</t>
   </si>
   <si>
     <t>Urszula Kozysa</t>
   </si>
   <si>
+    <t>Jagoda Marzec</t>
+  </si>
+  <si>
+    <t>Lena Burczyńska</t>
+  </si>
+  <si>
     <t>Hanna Pysz</t>
   </si>
   <si>
-    <t>Olivia Nowacka</t>
+    <t>Nina Nowak</t>
   </si>
   <si>
     <t>Michalina Szal</t>
   </si>
   <si>
+    <t>Nadia Sosenko</t>
+  </si>
+  <si>
     <t>Zofia Chorabik</t>
   </si>
   <si>
+    <t>Bieta Bezrodna</t>
+  </si>
+  <si>
     <t>Karolina Turek</t>
   </si>
   <si>
+    <t>Anna Kosicka</t>
+  </si>
+  <si>
+    <t>Julia Parylak</t>
+  </si>
+  <si>
+    <t>Zofia Powiecka</t>
+  </si>
+  <si>
+    <t>Nadia Kochanowicz</t>
+  </si>
+  <si>
     <t>Martyna Buczel</t>
   </si>
   <si>
-    <t>Lena Burczyńska</t>
-[...7 lines deleted...]
-  <si>
     <t>Emilia Koncewicz</t>
   </si>
   <si>
     <t>Zofia Kasprzak</t>
   </si>
   <si>
-    <t>Nadia Kochanowicz</t>
-[...5 lines deleted...]
-    <t>Zofia Powiecka</t>
+    <t>Kalina Chojnacka</t>
   </si>
   <si>
     <t>Maria Owczarz</t>
   </si>
   <si>
     <t>Aleksandra Mokrzańska</t>
+  </si>
+  <si>
+    <t>Julia Łasisz</t>
   </si>
   <si>
     <t>Julia Cmokowicz</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1126,5270 +1234,7549 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G72"/>
+  <dimension ref="A1:I80"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A4" sqref="A4:G72"/>
+      <selection activeCell="A4" sqref="A4:I80"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="true" style="0"/>
-    <col min="2" max="2" width="14" customWidth="true" style="0"/>
-    <col min="3" max="3" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="36.42" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
+    <col min="7" max="7" width="14" customWidth="true" style="0"/>
+    <col min="8" max="8" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7">
+    <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:7">
+    <row r="2" spans="1:9">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:7" customHeight="1" ht="150">
+    <row r="4" spans="1:9" customHeight="1" ht="150">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="G4" s="3" t="s">
+      <c r="G4" s="5" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="5" spans="1:7">
+      <c r="H4" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="I4" s="3" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9">
       <c r="A5" s="4">
         <v>1</v>
       </c>
-      <c r="B5" s="4">
-[...3 lines deleted...]
-        <v>9</v>
+      <c r="B5" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C5" s="6">
+        <v>4.4</v>
       </c>
       <c r="D5" s="6">
+        <v>11.13</v>
+      </c>
+      <c r="E5" s="6">
+        <v>28.06</v>
+      </c>
+      <c r="F5" s="6">
+        <v>9.48</v>
+      </c>
+      <c r="G5" s="6">
+        <v>9.58</v>
+      </c>
+      <c r="H5" s="6">
+        <v>16.44</v>
+      </c>
+      <c r="I5" s="8">
         <v>4.4</v>
       </c>
-      <c r="E5" s="6">
-[...9 lines deleted...]
-    <row r="6" spans="1:7">
+    </row>
+    <row r="6" spans="1:9">
       <c r="A6" s="4">
         <v>2</v>
       </c>
-      <c r="B6" s="4">
-[...5 lines deleted...]
-      <c r="D6" s="6">
+      <c r="B6" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C6" s="6">
         <v>7.73</v>
       </c>
+      <c r="D6" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E6" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F6" s="7" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="G6" s="8">
+        <v>13</v>
+      </c>
+      <c r="G6" s="6">
+        <v>54.56</v>
+      </c>
+      <c r="H6" s="6">
+        <v>16.08</v>
+      </c>
+      <c r="I6" s="8">
         <v>7.73</v>
       </c>
     </row>
-    <row r="7" spans="1:7">
+    <row r="7" spans="1:9">
       <c r="A7" s="4">
         <v>3</v>
       </c>
-      <c r="B7" s="4">
-[...6 lines deleted...]
-        <v>16.19</v>
+      <c r="B7" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" s="6">
+        <v>26.45</v>
+      </c>
+      <c r="D7" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E7" s="6">
-        <v>54.27</v>
-[...8 lines deleted...]
-    <row r="8" spans="1:7">
+        <v>12.82</v>
+      </c>
+      <c r="F7" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" s="6">
+        <v>21.42</v>
+      </c>
+      <c r="H7" s="6">
+        <v>14.74</v>
+      </c>
+      <c r="I7" s="8">
+        <v>13.78</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9">
       <c r="A8" s="4">
         <v>4</v>
       </c>
-      <c r="B8" s="4">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="B8" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="C8" s="6">
+        <v>16.19</v>
       </c>
       <c r="D8" s="6">
-        <v>26.45</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>54.27</v>
+      </c>
+      <c r="E8" s="6">
+        <v>36.62</v>
       </c>
       <c r="F8" s="6">
-        <v>12.82</v>
-[...5 lines deleted...]
-    <row r="9" spans="1:7">
+        <v>51.32</v>
+      </c>
+      <c r="G8" s="6">
+        <v>34.19</v>
+      </c>
+      <c r="H8" s="6">
+        <v>27.23</v>
+      </c>
+      <c r="I8" s="8">
+        <v>16.19</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9">
       <c r="A9" s="4">
         <v>5</v>
       </c>
-      <c r="B9" s="4">
-[...3 lines deleted...]
-        <v>14</v>
+      <c r="B9" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="C9" s="6">
+        <v>23.79</v>
       </c>
       <c r="D9" s="6">
+        <v>29.15</v>
+      </c>
+      <c r="E9" s="6">
+        <v>41.44</v>
+      </c>
+      <c r="F9" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H9" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I9" s="8">
         <v>23.79</v>
       </c>
-      <c r="E9" s="6">
-[...9 lines deleted...]
-    <row r="10" spans="1:7">
+    </row>
+    <row r="10" spans="1:9">
       <c r="A10" s="4">
         <v>6</v>
       </c>
-      <c r="B10" s="4">
-[...3 lines deleted...]
-        <v>15</v>
+      <c r="B10" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C10" s="6">
+        <v>114.65</v>
       </c>
       <c r="D10" s="6">
-        <v>114.65</v>
+        <v>29.44</v>
       </c>
       <c r="E10" s="6">
-        <v>29.44</v>
-[...1 lines deleted...]
-      <c r="F10" s="6">
         <v>35.64</v>
       </c>
-      <c r="G10" s="8">
+      <c r="F10" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H10" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I10" s="8">
         <v>32.54</v>
       </c>
     </row>
-    <row r="11" spans="1:7">
+    <row r="11" spans="1:9">
       <c r="A11" s="4">
         <v>7</v>
       </c>
-      <c r="B11" s="4">
-[...3 lines deleted...]
-        <v>16</v>
+      <c r="B11" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="C11" s="6">
+        <v>149.26</v>
       </c>
       <c r="D11" s="6">
-        <v>50.94</v>
-[...2 lines deleted...]
-        <v>37.21</v>
+        <v>53.89</v>
+      </c>
+      <c r="E11" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="F11" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="12" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G11" s="6">
+        <v>80.29</v>
+      </c>
+      <c r="H11" s="6">
+        <v>31.24</v>
+      </c>
+      <c r="I11" s="8">
+        <v>42.565</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9">
       <c r="A12" s="4">
         <v>8</v>
       </c>
-      <c r="B12" s="4">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="B12" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C12" s="6">
+        <v>78.53</v>
       </c>
       <c r="D12" s="6">
-        <v>64.69</v>
-[...2 lines deleted...]
-        <v>51.21</v>
+        <v>40.08</v>
+      </c>
+      <c r="E12" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="F12" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="13" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G12" s="6">
+        <v>45.56</v>
+      </c>
+      <c r="H12" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I12" s="8">
+        <v>42.82</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9">
       <c r="A13" s="4">
         <v>9</v>
       </c>
-      <c r="B13" s="4">
-[...3 lines deleted...]
-        <v>18</v>
+      <c r="B13" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C13" s="6">
+        <v>50.94</v>
       </c>
       <c r="D13" s="6">
-        <v>58.38</v>
+        <v>37.21</v>
       </c>
       <c r="E13" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F13" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="14" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G13" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H13" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I13" s="8">
+        <v>44.075</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9">
       <c r="A14" s="4">
         <v>10</v>
       </c>
-      <c r="B14" s="4">
-[...6 lines deleted...]
-        <v>78.53</v>
+      <c r="B14" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C14" s="6">
+        <v>88.07</v>
+      </c>
+      <c r="D14" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E14" s="6">
-        <v>40.08</v>
+        <v>54.45</v>
       </c>
       <c r="F14" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="15" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G14" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H14" s="6">
+        <v>40.17</v>
+      </c>
+      <c r="I14" s="8">
+        <v>47.31</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9">
       <c r="A15" s="4">
         <v>11</v>
       </c>
-      <c r="B15" s="4">
-[...3 lines deleted...]
-        <v>20</v>
+      <c r="B15" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C15" s="6">
+        <v>64.69</v>
       </c>
       <c r="D15" s="6">
-        <v>61.68</v>
+        <v>51.21</v>
       </c>
       <c r="E15" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F15" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="16" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G15" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H15" s="6">
+        <v>43.47</v>
+      </c>
+      <c r="I15" s="8">
+        <v>47.34</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9">
       <c r="A16" s="4">
         <v>12</v>
       </c>
-      <c r="B16" s="4">
-[...3 lines deleted...]
-        <v>21</v>
+      <c r="B16" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C16" s="6">
+        <v>154.87</v>
       </c>
       <c r="D16" s="6">
-        <v>141.69</v>
-[...2 lines deleted...]
-        <v>63.48</v>
+        <v>43.73</v>
+      </c>
+      <c r="E16" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="F16" s="6">
-        <v>63.72</v>
-[...5 lines deleted...]
-    <row r="17" spans="1:7">
+        <v>70.11</v>
+      </c>
+      <c r="G16" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H16" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I16" s="8">
+        <v>56.92</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9">
       <c r="A17" s="4">
         <v>13</v>
       </c>
-      <c r="B17" s="4">
-[...6 lines deleted...]
-        <v>65.27</v>
+      <c r="B17" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C17" s="6">
+        <v>58.38</v>
+      </c>
+      <c r="D17" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E17" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F17" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="18" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G17" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H17" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I17" s="8">
+        <v>58.38</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9">
       <c r="A18" s="4">
         <v>14</v>
       </c>
-      <c r="B18" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B18" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C18" s="6">
+        <v>141.69</v>
+      </c>
+      <c r="D18" s="6">
+        <v>63.48</v>
       </c>
       <c r="E18" s="6">
-        <v>73.45</v>
-[...8 lines deleted...]
-    <row r="19" spans="1:7">
+        <v>63.72</v>
+      </c>
+      <c r="F18" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H18" s="6">
+        <v>53.81</v>
+      </c>
+      <c r="I18" s="8">
+        <v>58.645</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9">
       <c r="A19" s="4">
         <v>15</v>
       </c>
-      <c r="B19" s="4">
-[...9 lines deleted...]
-        <v>54.85</v>
+      <c r="B19" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="C19" s="6">
+        <v>61.68</v>
+      </c>
+      <c r="D19" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="F19" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="20" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G19" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H19" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I19" s="8">
+        <v>61.68</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9">
       <c r="A20" s="4">
         <v>16</v>
       </c>
-      <c r="B20" s="4">
-[...3 lines deleted...]
-        <v>25</v>
+      <c r="B20" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="C20" s="6">
+        <v>233.87</v>
       </c>
       <c r="D20" s="6">
-        <v>88.07</v>
+        <v>83.52</v>
       </c>
       <c r="E20" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F20" s="6">
-        <v>54.45</v>
-[...5 lines deleted...]
-    <row r="21" spans="1:7">
+        <v>59.5</v>
+      </c>
+      <c r="G20" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H20" s="6">
+        <v>69.87</v>
+      </c>
+      <c r="I20" s="8">
+        <v>64.685</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9">
       <c r="A21" s="4">
         <v>17</v>
       </c>
-      <c r="B21" s="4">
-[...18 lines deleted...]
-    <row r="22" spans="1:7">
+      <c r="B21" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="C21" s="6">
+        <v>65.27</v>
+      </c>
+      <c r="D21" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F21" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H21" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I21" s="8">
+        <v>65.27</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9">
       <c r="A22" s="4">
         <v>18</v>
       </c>
-      <c r="B22" s="4">
-[...3 lines deleted...]
-        <v>27</v>
+      <c r="B22" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="C22" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D22" s="6">
-        <v>113.17</v>
+        <v>73.45</v>
       </c>
       <c r="E22" s="6">
-        <v>74.79</v>
-[...8 lines deleted...]
-    <row r="23" spans="1:7">
+        <v>59.89</v>
+      </c>
+      <c r="F22" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H22" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I22" s="8">
+        <v>66.67</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9">
       <c r="A23" s="4">
         <v>19</v>
       </c>
-      <c r="B23" s="4">
-[...9 lines deleted...]
-        <v>82.37</v>
+      <c r="B23" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="C23" s="6">
+        <v>137.62</v>
+      </c>
+      <c r="D23" s="6">
+        <v>85.53</v>
+      </c>
+      <c r="E23" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="F23" s="6">
-        <v>74.24</v>
-[...5 lines deleted...]
-    <row r="24" spans="1:7">
+        <v>77.22</v>
+      </c>
+      <c r="G23" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H23" s="6">
+        <v>59.52</v>
+      </c>
+      <c r="I23" s="8">
+        <v>68.37</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9">
       <c r="A24" s="4">
         <v>20</v>
       </c>
-      <c r="B24" s="4">
-[...3 lines deleted...]
-        <v>29</v>
+      <c r="B24" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="C24" s="6">
+        <v>84.53</v>
       </c>
       <c r="D24" s="6">
-        <v>78.7</v>
-[...11 lines deleted...]
-    <row r="25" spans="1:7">
+        <v>54.85</v>
+      </c>
+      <c r="E24" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F24" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H24" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I24" s="8">
+        <v>69.69</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9">
       <c r="A25" s="4">
         <v>21</v>
       </c>
-      <c r="B25" s="4">
-[...3 lines deleted...]
-        <v>30</v>
+      <c r="B25" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C25" s="6">
+        <v>78.7</v>
       </c>
       <c r="D25" s="6">
-        <v>130.59</v>
+        <v>80.64</v>
       </c>
       <c r="E25" s="6">
-        <v>77.28</v>
-[...8 lines deleted...]
-    <row r="26" spans="1:7">
+        <v>80.48</v>
+      </c>
+      <c r="F25" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" s="6">
+        <v>74.2</v>
+      </c>
+      <c r="H25" s="6">
+        <v>71.48</v>
+      </c>
+      <c r="I25" s="8">
+        <v>72.84</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9">
       <c r="A26" s="4">
         <v>22</v>
       </c>
-      <c r="B26" s="4">
-[...3 lines deleted...]
-        <v>31</v>
+      <c r="B26" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="C26" s="6">
+        <v>176.71</v>
       </c>
       <c r="D26" s="6">
-        <v>129.98</v>
+        <v>56.67</v>
       </c>
       <c r="E26" s="6">
-        <v>54.08</v>
+        <v>94.21</v>
       </c>
       <c r="F26" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="27" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G26" s="6">
+        <v>131.22</v>
+      </c>
+      <c r="H26" s="6">
+        <v>91.28</v>
+      </c>
+      <c r="I26" s="8">
+        <v>73.975</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9">
       <c r="A27" s="4">
         <v>23</v>
       </c>
-      <c r="B27" s="4">
-[...3 lines deleted...]
-        <v>32</v>
+      <c r="B27" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="C27" s="6">
+        <v>113.17</v>
       </c>
       <c r="D27" s="6">
-        <v>108.23</v>
+        <v>74.79</v>
       </c>
       <c r="E27" s="6">
-        <v>79.49</v>
+        <v>77.45</v>
       </c>
       <c r="F27" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="28" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G27" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H27" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I27" s="8">
+        <v>76.12</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9">
       <c r="A28" s="4">
         <v>24</v>
       </c>
-      <c r="B28" s="4">
-[...3 lines deleted...]
-        <v>33</v>
+      <c r="B28" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C28" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D28" s="6">
-        <v>108.07</v>
+        <v>82.37</v>
       </c>
       <c r="E28" s="6">
-        <v>81.12</v>
+        <v>74.24</v>
       </c>
       <c r="F28" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="29" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G28" s="6">
+        <v>84.98</v>
+      </c>
+      <c r="H28" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I28" s="8">
+        <v>78.305</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9">
       <c r="A29" s="4">
         <v>25</v>
       </c>
-      <c r="B29" s="4">
-[...3 lines deleted...]
-        <v>34</v>
+      <c r="B29" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C29" s="6">
+        <v>130.59</v>
       </c>
       <c r="D29" s="6">
-        <v>154.87</v>
+        <v>77.28</v>
       </c>
       <c r="E29" s="6">
-        <v>43.73</v>
+        <v>81.47</v>
       </c>
       <c r="F29" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="30" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G29" s="6">
+        <v>101.92</v>
+      </c>
+      <c r="H29" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I29" s="8">
+        <v>79.375</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9">
       <c r="A30" s="4">
         <v>26</v>
       </c>
-      <c r="B30" s="4">
-[...3 lines deleted...]
-        <v>35</v>
+      <c r="B30" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C30" s="6">
+        <v>108.23</v>
       </c>
       <c r="D30" s="6">
-        <v>109.1</v>
-[...2 lines deleted...]
-        <v>90.71</v>
+        <v>79.49</v>
+      </c>
+      <c r="E30" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="F30" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="31" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G30" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H30" s="6">
+        <v>84.68</v>
+      </c>
+      <c r="I30" s="8">
+        <v>82.085</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9">
       <c r="A31" s="4">
         <v>27</v>
       </c>
-      <c r="B31" s="4">
-[...3 lines deleted...]
-        <v>36</v>
+      <c r="B31" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C31" s="6">
+        <v>108.07</v>
       </c>
       <c r="D31" s="6">
-        <v>149.26</v>
-[...11 lines deleted...]
-    <row r="32" spans="1:7">
+        <v>81.12</v>
+      </c>
+      <c r="E31" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F31" s="6">
+        <v>114.15</v>
+      </c>
+      <c r="G31" s="6">
+        <v>109.92</v>
+      </c>
+      <c r="H31" s="6">
+        <v>91.37</v>
+      </c>
+      <c r="I31" s="8">
+        <v>86.245</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9">
       <c r="A32" s="4">
         <v>28</v>
       </c>
-      <c r="B32" s="4">
-[...3 lines deleted...]
-        <v>37</v>
+      <c r="B32" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C32" s="6">
+        <v>227.24</v>
       </c>
       <c r="D32" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E32" s="6">
-        <v>84.67</v>
+        <v>85.39</v>
       </c>
       <c r="F32" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="33" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G32" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H32" s="6">
+        <v>89.05</v>
+      </c>
+      <c r="I32" s="8">
+        <v>87.22</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9">
       <c r="A33" s="4">
         <v>29</v>
       </c>
-      <c r="B33" s="4">
-[...3 lines deleted...]
-        <v>38</v>
+      <c r="B33" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C33" s="6">
+        <v>109.1</v>
       </c>
       <c r="D33" s="6">
-        <v>110.85</v>
+        <v>90.71</v>
       </c>
       <c r="E33" s="7" t="s">
-        <v>11</v>
-[...8 lines deleted...]
-    <row r="34" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="F33" s="6">
+        <v>127.89</v>
+      </c>
+      <c r="G33" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H33" s="6">
+        <v>84.41</v>
+      </c>
+      <c r="I33" s="8">
+        <v>87.56</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9">
       <c r="A34" s="4">
         <v>30</v>
       </c>
-      <c r="B34" s="4">
-[...6 lines deleted...]
-        <v>137.62</v>
+      <c r="B34" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C34" s="6">
+        <v>190.99</v>
+      </c>
+      <c r="D34" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E34" s="6">
-        <v>85.53</v>
+        <v>83.52</v>
       </c>
       <c r="F34" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="35" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G34" s="6">
+        <v>95.3</v>
+      </c>
+      <c r="H34" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I34" s="8">
+        <v>89.41</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9">
       <c r="A35" s="4">
         <v>31</v>
       </c>
-      <c r="B35" s="4">
-[...3 lines deleted...]
-        <v>40</v>
+      <c r="B35" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C35" s="6">
+        <v>129.98</v>
       </c>
       <c r="D35" s="6">
-        <v>112.43</v>
+        <v>54.08</v>
       </c>
       <c r="E35" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F35" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="36" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G35" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H35" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I35" s="8">
+        <v>92.03</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9">
       <c r="A36" s="4">
         <v>32</v>
       </c>
-      <c r="B36" s="4">
-[...3 lines deleted...]
-        <v>41</v>
+      <c r="B36" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C36" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D36" s="6">
-        <v>128.63</v>
+        <v>84.67</v>
       </c>
       <c r="E36" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F36" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="37" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G36" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H36" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I36" s="8">
+        <v>103.2974</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9">
       <c r="A37" s="4">
         <v>33</v>
       </c>
-      <c r="B37" s="4">
-[...9 lines deleted...]
-        <v>88.02</v>
+      <c r="B37" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C37" s="6">
+        <v>253.98</v>
+      </c>
+      <c r="D37" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="F37" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="38" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G37" s="6">
+        <v>96.76</v>
+      </c>
+      <c r="H37" s="6">
+        <v>114.48</v>
+      </c>
+      <c r="I37" s="8">
+        <v>105.62</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9">
       <c r="A38" s="4">
         <v>34</v>
       </c>
-      <c r="B38" s="4">
-[...6 lines deleted...]
-        <v>190.99</v>
+      <c r="B38" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C38" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D38" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E38" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F38" s="6">
-        <v>83.52</v>
-[...5 lines deleted...]
-    <row r="39" spans="1:7">
+        <v>129.38</v>
+      </c>
+      <c r="G38" s="6">
+        <v>118.19</v>
+      </c>
+      <c r="H38" s="6">
+        <v>97.62</v>
+      </c>
+      <c r="I38" s="8">
+        <v>107.905</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9">
       <c r="A39" s="4">
         <v>35</v>
       </c>
-      <c r="B39" s="4">
-[...6 lines deleted...]
-        <v>141.35</v>
+      <c r="B39" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="C39" s="6">
+        <v>110.85</v>
+      </c>
+      <c r="D39" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E39" s="7" t="s">
-        <v>11</v>
-[...8 lines deleted...]
-    <row r="40" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="F39" s="6">
+        <v>133.86</v>
+      </c>
+      <c r="G39" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H39" s="6">
+        <v>125.9</v>
+      </c>
+      <c r="I39" s="8">
+        <v>110.85</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9">
       <c r="A40" s="4">
         <v>36</v>
       </c>
-      <c r="B40" s="4">
-[...3 lines deleted...]
-        <v>45</v>
+      <c r="B40" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="C40" s="6">
+        <v>196.01</v>
       </c>
       <c r="D40" s="6">
-        <v>196.01</v>
-[...1 lines deleted...]
-      <c r="E40" s="6">
         <v>88.02</v>
       </c>
-      <c r="F40" s="7" t="s">
-[...6 lines deleted...]
-    <row r="41" spans="1:7">
+      <c r="E40" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F40" s="6">
+        <v>136.5</v>
+      </c>
+      <c r="G40" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H40" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I40" s="8">
+        <v>112.26</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9">
       <c r="A41" s="4">
         <v>37</v>
       </c>
-      <c r="B41" s="4">
-[...6 lines deleted...]
-        <v>143.26</v>
+      <c r="B41" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="C41" s="6">
+        <v>112.43</v>
+      </c>
+      <c r="D41" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E41" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F41" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="42" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G41" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H41" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I41" s="8">
+        <v>112.43</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9">
       <c r="A42" s="4">
         <v>38</v>
       </c>
-      <c r="B42" s="4">
-[...6 lines deleted...]
-        <v>147.22</v>
+      <c r="B42" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="C42" s="6">
+        <v>196.85</v>
+      </c>
+      <c r="D42" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E42" s="7" t="s">
-        <v>11</v>
-[...8 lines deleted...]
-    <row r="43" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="F42" s="6">
+        <v>125.04</v>
+      </c>
+      <c r="G42" s="6">
+        <v>122.29</v>
+      </c>
+      <c r="H42" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I42" s="8">
+        <v>123.665</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9">
       <c r="A43" s="4">
         <v>39</v>
       </c>
-      <c r="B43" s="4">
-[...9 lines deleted...]
-        <v>79.58</v>
+      <c r="B43" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="C43" s="6">
+        <v>128.63</v>
+      </c>
+      <c r="D43" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="F43" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="44" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G43" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H43" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I43" s="8">
+        <v>128.63</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9">
       <c r="A44" s="4">
         <v>40</v>
       </c>
-      <c r="B44" s="4">
-[...3 lines deleted...]
-        <v>49</v>
+      <c r="B44" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="C44" s="6">
+        <v>178.2</v>
       </c>
       <c r="D44" s="6">
-        <v>227.24</v>
+        <v>88.02</v>
       </c>
       <c r="E44" s="7" t="s">
-        <v>11</v>
-[...8 lines deleted...]
-    <row r="45" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="F44" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H44" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I44" s="8">
+        <v>133.11</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9">
       <c r="A45" s="4">
         <v>41</v>
       </c>
-      <c r="B45" s="4">
-[...5 lines deleted...]
-      <c r="D45" s="6">
+      <c r="B45" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="C45" s="6">
         <v>209.05</v>
       </c>
-      <c r="E45" s="7" t="s">
-[...2 lines deleted...]
-      <c r="F45" s="6">
+      <c r="D45" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" s="6">
         <v>107.23</v>
       </c>
-      <c r="G45" s="8">
-[...3 lines deleted...]
-    <row r="46" spans="1:7">
+      <c r="F45" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" s="6">
+        <v>165.94</v>
+      </c>
+      <c r="H45" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I45" s="8">
+        <v>136.585</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9">
       <c r="A46" s="4">
         <v>42</v>
       </c>
-      <c r="B46" s="4">
-[...9 lines deleted...]
-        <v>83.52</v>
+      <c r="B46" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="C46" s="6">
+        <v>141.35</v>
+      </c>
+      <c r="D46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="F46" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="47" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I46" s="8">
+        <v>141.35</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9">
       <c r="A47" s="4">
         <v>43</v>
       </c>
-      <c r="B47" s="4">
-[...6 lines deleted...]
-        <v>172.3</v>
+      <c r="B47" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="C47" s="6">
+        <v>143.26</v>
+      </c>
+      <c r="D47" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E47" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F47" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="48" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G47" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H47" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I47" s="8">
+        <v>143.26</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9">
       <c r="A48" s="4">
         <v>44</v>
       </c>
-      <c r="B48" s="4">
-[...6 lines deleted...]
-        <v>180.5</v>
+      <c r="B48" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="C48" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D48" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E48" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F48" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="49" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G48" s="6">
+        <v>118.19</v>
+      </c>
+      <c r="H48" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I48" s="8">
+        <v>144.1918</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9">
       <c r="A49" s="4">
         <v>45</v>
       </c>
-      <c r="B49" s="4">
-[...6 lines deleted...]
-        <v>184.08</v>
+      <c r="B49" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="C49" s="6">
+        <v>147.22</v>
+      </c>
+      <c r="D49" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E49" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F49" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="50" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G49" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H49" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I49" s="8">
+        <v>147.22</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9">
       <c r="A50" s="4">
         <v>46</v>
       </c>
-      <c r="B50" s="4">
-[...3 lines deleted...]
-        <v>55</v>
+      <c r="B50" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="C50" s="6">
+        <v>223.54</v>
       </c>
       <c r="D50" s="6">
-        <v>189.34</v>
+        <v>79.58</v>
       </c>
       <c r="E50" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F50" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="51" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G50" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H50" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I50" s="8">
+        <v>151.56</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9">
       <c r="A51" s="4">
         <v>47</v>
       </c>
-      <c r="B51" s="4">
-[...6 lines deleted...]
-        <v>196.85</v>
+      <c r="B51" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="C51" s="6">
+        <v>172.3</v>
+      </c>
+      <c r="D51" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E51" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F51" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="52" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I51" s="8">
+        <v>172.3</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9">
       <c r="A52" s="4">
         <v>48</v>
       </c>
-      <c r="B52" s="4">
-[...6 lines deleted...]
-        <v>199.94</v>
+      <c r="B52" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="C52" s="6">
+        <v>180.5</v>
+      </c>
+      <c r="D52" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E52" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F52" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="53" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G52" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H52" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I52" s="8">
+        <v>180.5</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9">
       <c r="A53" s="4">
         <v>49</v>
       </c>
-      <c r="B53" s="4">
-[...6 lines deleted...]
-        <v>204.11</v>
+      <c r="B53" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="C53" s="6">
+        <v>184.08</v>
+      </c>
+      <c r="D53" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E53" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F53" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="54" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G53" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H53" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I53" s="8">
+        <v>184.08</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9">
       <c r="A54" s="4">
         <v>50</v>
       </c>
-      <c r="B54" s="4">
-[...6 lines deleted...]
-        <v>206.56</v>
+      <c r="B54" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="C54" s="6">
+        <v>189.34</v>
+      </c>
+      <c r="D54" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E54" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F54" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="55" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G54" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H54" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I54" s="8">
+        <v>189.34</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9">
       <c r="A55" s="4">
         <v>51</v>
       </c>
-      <c r="B55" s="4">
-[...6 lines deleted...]
-        <v>226.33</v>
+      <c r="B55" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="C55" s="6">
+        <v>199.94</v>
+      </c>
+      <c r="D55" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E55" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F55" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="56" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G55" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H55" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I55" s="8">
+        <v>199.94</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9">
       <c r="A56" s="4">
         <v>52</v>
       </c>
-      <c r="B56" s="4">
-[...6 lines deleted...]
-        <v>229.85</v>
+      <c r="B56" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C56" s="6">
+        <v>204.11</v>
+      </c>
+      <c r="D56" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E56" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F56" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="57" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G56" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H56" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I56" s="8">
+        <v>204.11</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9">
       <c r="A57" s="4">
         <v>53</v>
       </c>
-      <c r="B57" s="4">
-[...6 lines deleted...]
-        <v>233.88</v>
+      <c r="B57" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="C57" s="6">
+        <v>206.56</v>
+      </c>
+      <c r="D57" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E57" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F57" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="58" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G57" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H57" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I57" s="8">
+        <v>206.56</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9">
       <c r="A58" s="4">
         <v>54</v>
       </c>
-      <c r="B58" s="4">
-[...6 lines deleted...]
-        <v>235.99</v>
+      <c r="B58" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="C58" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D58" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E58" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F58" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="59" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G58" s="6">
+        <v>179.37</v>
+      </c>
+      <c r="H58" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I58" s="8">
+        <v>207.37</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9">
       <c r="A59" s="4">
         <v>55</v>
       </c>
-      <c r="B59" s="4">
-[...6 lines deleted...]
-        <v>239.1</v>
+      <c r="B59" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C59" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D59" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E59" s="7" t="s">
-        <v>11</v>
-[...8 lines deleted...]
-    <row r="60" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="F59" s="6">
+        <v>179.55</v>
+      </c>
+      <c r="G59" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H59" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I59" s="8">
+        <v>207.55</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9">
       <c r="A60" s="4">
         <v>56</v>
       </c>
-      <c r="B60" s="4">
-[...6 lines deleted...]
-        <v>240.85</v>
+      <c r="B60" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="C60" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D60" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E60" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F60" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="61" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G60" s="6">
+        <v>189.09</v>
+      </c>
+      <c r="H60" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I60" s="8">
+        <v>217.09</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9">
       <c r="A61" s="4">
         <v>57</v>
       </c>
-      <c r="B61" s="4">
-[...6 lines deleted...]
-        <v>253.98</v>
+      <c r="B61" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="C61" s="6">
+        <v>268.88</v>
+      </c>
+      <c r="D61" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E61" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F61" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="62" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G61" s="6">
+        <v>180.83</v>
+      </c>
+      <c r="H61" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I61" s="8">
+        <v>224.855</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9">
       <c r="A62" s="4">
         <v>58</v>
       </c>
-      <c r="B62" s="4">
-[...6 lines deleted...]
-        <v>258.45</v>
+      <c r="B62" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="C62" s="6">
+        <v>226.33</v>
+      </c>
+      <c r="D62" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E62" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F62" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="63" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G62" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H62" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I62" s="8">
+        <v>226.33</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9">
       <c r="A63" s="4">
         <v>59</v>
       </c>
-      <c r="B63" s="4">
-[...6 lines deleted...]
-        <v>263.31</v>
+      <c r="B63" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="C63" s="6">
+        <v>295.13</v>
+      </c>
+      <c r="D63" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E63" s="7" t="s">
-        <v>11</v>
-[...8 lines deleted...]
-    <row r="64" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="F63" s="6">
+        <v>163.11</v>
+      </c>
+      <c r="G63" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H63" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I63" s="8">
+        <v>229.12</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9">
       <c r="A64" s="4">
         <v>60</v>
       </c>
-      <c r="B64" s="4">
-[...6 lines deleted...]
-        <v>268.88</v>
+      <c r="B64" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="C64" s="6">
+        <v>229.85</v>
+      </c>
+      <c r="D64" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E64" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F64" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="65" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G64" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H64" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I64" s="8">
+        <v>229.85</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9">
       <c r="A65" s="4">
         <v>61</v>
       </c>
-      <c r="B65" s="4">
-[...6 lines deleted...]
-        <v>282.07</v>
+      <c r="B65" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="C65" s="6">
+        <v>233.88</v>
+      </c>
+      <c r="D65" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E65" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F65" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="66" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G65" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H65" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I65" s="8">
+        <v>233.88</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9">
       <c r="A66" s="4">
         <v>62</v>
       </c>
-      <c r="B66" s="4">
-[...6 lines deleted...]
-        <v>288.21</v>
+      <c r="B66" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="C66" s="6">
+        <v>235.99</v>
+      </c>
+      <c r="D66" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E66" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F66" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="67" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G66" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H66" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I66" s="8">
+        <v>235.99</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9">
       <c r="A67" s="4">
         <v>63</v>
       </c>
-      <c r="B67" s="4">
-[...6 lines deleted...]
-        <v>288.21</v>
+      <c r="B67" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="C67" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D67" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E67" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F67" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="68" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G67" s="6">
+        <v>208.08</v>
+      </c>
+      <c r="H67" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I67" s="8">
+        <v>236.08</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9">
       <c r="A68" s="4">
         <v>64</v>
       </c>
-      <c r="B68" s="4">
-[...6 lines deleted...]
-        <v>290.34</v>
+      <c r="B68" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C68" s="6">
+        <v>239.1</v>
+      </c>
+      <c r="D68" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E68" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F68" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="69" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G68" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H68" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I68" s="8">
+        <v>239.1</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9">
       <c r="A69" s="4">
         <v>65</v>
       </c>
-      <c r="B69" s="4">
-[...6 lines deleted...]
-        <v>295.13</v>
+      <c r="B69" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="C69" s="6">
+        <v>240.85</v>
+      </c>
+      <c r="D69" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E69" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F69" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="70" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G69" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H69" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I69" s="8">
+        <v>240.85</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9">
       <c r="A70" s="4">
         <v>66</v>
       </c>
-      <c r="B70" s="4">
-[...6 lines deleted...]
-        <v>305.88</v>
+      <c r="B70" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C70" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D70" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E70" s="7" t="s">
-        <v>11</v>
-[...8 lines deleted...]
-    <row r="71" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="F70" s="6">
+        <v>230.14</v>
+      </c>
+      <c r="G70" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H70" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I70" s="8">
+        <v>258.14</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9">
       <c r="A71" s="4">
         <v>67</v>
       </c>
-      <c r="B71" s="4">
-[...6 lines deleted...]
-        <v>333.3</v>
+      <c r="B71" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="C71" s="6">
+        <v>258.45</v>
+      </c>
+      <c r="D71" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E71" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F71" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="72" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G71" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H71" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I71" s="8">
+        <v>258.45</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9">
       <c r="A72" s="4">
         <v>68</v>
       </c>
-      <c r="B72" s="4">
-[...5 lines deleted...]
-      <c r="D72" s="6">
+      <c r="B72" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="C72" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D72" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E72" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F72" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" s="6">
+        <v>232.35</v>
+      </c>
+      <c r="H72" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I72" s="8">
+        <v>260.35</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9">
+      <c r="A73" s="4">
+        <v>69</v>
+      </c>
+      <c r="B73" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="C73" s="6">
+        <v>263.31</v>
+      </c>
+      <c r="D73" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E73" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F73" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H73" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I73" s="8">
+        <v>263.31</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9">
+      <c r="A74" s="4">
+        <v>70</v>
+      </c>
+      <c r="B74" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="C74" s="6">
+        <v>333.3</v>
+      </c>
+      <c r="D74" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E74" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F74" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" s="6">
+        <v>206.75</v>
+      </c>
+      <c r="H74" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I74" s="8">
+        <v>270.025</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9">
+      <c r="A75" s="4">
+        <v>71</v>
+      </c>
+      <c r="B75" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="C75" s="6">
+        <v>282.07</v>
+      </c>
+      <c r="D75" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E75" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F75" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H75" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I75" s="8">
+        <v>282.07</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9">
+      <c r="A76" s="4">
+        <v>72</v>
+      </c>
+      <c r="B76" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="C76" s="6">
+        <v>288.21</v>
+      </c>
+      <c r="D76" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E76" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F76" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H76" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I76" s="8">
+        <v>288.21</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9">
+      <c r="A77" s="4">
+        <v>73</v>
+      </c>
+      <c r="B77" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="C77" s="6">
+        <v>288.21</v>
+      </c>
+      <c r="D77" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E77" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F77" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H77" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I77" s="8">
+        <v>288.21</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9">
+      <c r="A78" s="4">
+        <v>74</v>
+      </c>
+      <c r="B78" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="C78" s="6">
+        <v>290.34</v>
+      </c>
+      <c r="D78" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E78" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F78" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H78" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I78" s="8">
+        <v>290.34</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9">
+      <c r="A79" s="4">
+        <v>75</v>
+      </c>
+      <c r="B79" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="C79" s="6">
+        <v>305.88</v>
+      </c>
+      <c r="D79" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E79" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F79" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H79" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I79" s="8">
+        <v>305.88</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9">
+      <c r="A80" s="4">
+        <v>76</v>
+      </c>
+      <c r="B80" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="C80" s="6">
         <v>365.95</v>
       </c>
-      <c r="E72" s="7" t="s">
-[...5 lines deleted...]
-      <c r="G72" s="8">
+      <c r="D80" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E80" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F80" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H80" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I80" s="8">
         <v>365.95</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:G1"/>
-    <mergeCell ref="A2:G2"/>
+    <mergeCell ref="A1:I1"/>
+    <mergeCell ref="A2:I2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G49"/>
+  <dimension ref="A1:I61"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A4" sqref="A4:G49"/>
+      <selection activeCell="A4" sqref="A4:I61"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="true" style="0"/>
-    <col min="2" max="2" width="14" customWidth="true" style="0"/>
-    <col min="3" max="3" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
+    <col min="7" max="7" width="14" customWidth="true" style="0"/>
+    <col min="8" max="8" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7">
+    <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:7">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:7" customHeight="1" ht="150">
+    <row r="4" spans="1:9" customHeight="1" ht="150">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="G4" s="3" t="s">
+      <c r="G4" s="5" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="5" spans="1:7">
+      <c r="H4" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="I4" s="3" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9">
       <c r="A5" s="4">
         <v>1</v>
       </c>
-      <c r="B5" s="4">
-[...3 lines deleted...]
-        <v>79</v>
+      <c r="B5" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="C5" s="6">
+        <v>135.63</v>
       </c>
       <c r="D5" s="6">
-        <v>135.63</v>
+        <v>128.89</v>
       </c>
       <c r="E5" s="6">
-        <v>128.89</v>
-[...1 lines deleted...]
-      <c r="F5" s="6">
         <v>137.95</v>
       </c>
-      <c r="G5" s="8">
+      <c r="F5" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H5" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I5" s="8">
         <v>132.26</v>
       </c>
     </row>
-    <row r="6" spans="1:7">
+    <row r="6" spans="1:9">
       <c r="A6" s="4">
         <v>2</v>
       </c>
-      <c r="B6" s="4">
-[...6 lines deleted...]
-        <v>169.07</v>
+      <c r="B6" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="C6" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E6" s="6">
-        <v>159.98</v>
+        <v>158.9</v>
       </c>
       <c r="F6" s="6">
-        <v>167.91</v>
-[...5 lines deleted...]
-    <row r="7" spans="1:7">
+        <v>134.19</v>
+      </c>
+      <c r="G6" s="6">
+        <v>147.29</v>
+      </c>
+      <c r="H6" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I6" s="8">
+        <v>140.74</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9">
       <c r="A7" s="4">
         <v>3</v>
       </c>
-      <c r="B7" s="4">
-[...18 lines deleted...]
-    <row r="8" spans="1:7">
+      <c r="B7" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="C7" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" s="6">
+        <v>152.39</v>
+      </c>
+      <c r="F7" s="6">
+        <v>132.39</v>
+      </c>
+      <c r="G7" s="6">
+        <v>150.52</v>
+      </c>
+      <c r="H7" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I7" s="8">
+        <v>141.455</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9">
       <c r="A8" s="4">
         <v>4</v>
       </c>
-      <c r="B8" s="4">
-[...18 lines deleted...]
-    <row r="9" spans="1:7">
+      <c r="B8" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="C8" s="6">
+        <v>169.07</v>
+      </c>
+      <c r="D8" s="6">
+        <v>159.98</v>
+      </c>
+      <c r="E8" s="6">
+        <v>167.91</v>
+      </c>
+      <c r="F8" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H8" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I8" s="8">
+        <v>163.945</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9">
       <c r="A9" s="4">
         <v>5</v>
       </c>
-      <c r="B9" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B9" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="C9" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" s="6">
+        <v>188.35</v>
       </c>
       <c r="E9" s="7" t="s">
-        <v>11</v>
-[...8 lines deleted...]
-    <row r="10" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="F9" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" s="6">
+        <v>165.94</v>
+      </c>
+      <c r="H9" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I9" s="8">
+        <v>177.145</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9">
       <c r="A10" s="4">
         <v>6</v>
       </c>
-      <c r="B10" s="4">
-[...3 lines deleted...]
-        <v>84</v>
+      <c r="B10" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="C10" s="6">
+        <v>179.57</v>
       </c>
       <c r="D10" s="7" t="s">
-        <v>11</v>
-[...11 lines deleted...]
-    <row r="11" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="E10" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F10" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H10" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I10" s="8">
+        <v>179.57</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9">
       <c r="A11" s="4">
         <v>7</v>
       </c>
-      <c r="B11" s="4">
-[...9 lines deleted...]
-        <v>11</v>
+      <c r="B11" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C11" s="6">
+        <v>241.86</v>
+      </c>
+      <c r="D11" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" s="6">
+        <v>178.26</v>
       </c>
       <c r="F11" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="12" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G11" s="6">
+        <v>184.83</v>
+      </c>
+      <c r="H11" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I11" s="8">
+        <v>181.545</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9">
       <c r="A12" s="4">
         <v>8</v>
       </c>
-      <c r="B12" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B12" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="C12" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" s="6">
+        <v>195.2</v>
       </c>
       <c r="E12" s="6">
-        <v>198.45</v>
-[...8 lines deleted...]
-    <row r="13" spans="1:7">
+        <v>180.77</v>
+      </c>
+      <c r="F12" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H12" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I12" s="8">
+        <v>187.985</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9">
       <c r="A13" s="4">
         <v>9</v>
       </c>
-      <c r="B13" s="4">
-[...6 lines deleted...]
-        <v>218.98</v>
+      <c r="B13" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="C13" s="6">
+        <v>197.13</v>
+      </c>
+      <c r="D13" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E13" s="7" t="s">
-        <v>11</v>
-[...8 lines deleted...]
-    <row r="14" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="F13" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H13" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I13" s="8">
+        <v>197.13</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9">
       <c r="A14" s="4">
         <v>10</v>
       </c>
-      <c r="B14" s="4">
-[...3 lines deleted...]
-        <v>88</v>
+      <c r="B14" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="C14" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D14" s="6">
-        <v>241.86</v>
-[...11 lines deleted...]
-    <row r="15" spans="1:7">
+        <v>198.45</v>
+      </c>
+      <c r="E14" s="6">
+        <v>198.71</v>
+      </c>
+      <c r="F14" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H14" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I14" s="8">
+        <v>198.58</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9">
       <c r="A15" s="4">
         <v>11</v>
       </c>
-      <c r="B15" s="4">
-[...6 lines deleted...]
-        <v>232.9</v>
+      <c r="B15" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="C15" s="6">
+        <v>218.98</v>
+      </c>
+      <c r="D15" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E15" s="6">
-        <v>189.32</v>
+        <v>192.62</v>
       </c>
       <c r="F15" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="16" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G15" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H15" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I15" s="8">
+        <v>205.8</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9">
       <c r="A16" s="4">
         <v>12</v>
       </c>
-      <c r="B16" s="4">
-[...3 lines deleted...]
-        <v>90</v>
+      <c r="B16" s="4" t="s">
+        <v>100</v>
+      </c>
+      <c r="C16" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D16" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E16" s="6">
-        <v>188.35</v>
-[...8 lines deleted...]
-    <row r="17" spans="1:7">
+        <v>224.75</v>
+      </c>
+      <c r="F16" s="6">
+        <v>294.87</v>
+      </c>
+      <c r="G16" s="6">
+        <v>194.74</v>
+      </c>
+      <c r="H16" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I16" s="8">
+        <v>209.745</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9">
       <c r="A17" s="4">
         <v>13</v>
       </c>
-      <c r="B17" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B17" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="C17" s="6">
+        <v>232.9</v>
+      </c>
+      <c r="D17" s="6">
+        <v>189.32</v>
       </c>
       <c r="E17" s="7" t="s">
-        <v>11</v>
-[...8 lines deleted...]
-    <row r="18" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="F17" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H17" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I17" s="8">
+        <v>211.11</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9">
       <c r="A18" s="4">
         <v>14</v>
       </c>
-      <c r="B18" s="4">
-[...3 lines deleted...]
-        <v>92</v>
+      <c r="B18" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="C18" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D18" s="7" t="s">
-        <v>11</v>
-[...11 lines deleted...]
-    <row r="19" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="E18" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F18" s="6">
+        <v>188.46</v>
+      </c>
+      <c r="G18" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H18" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I18" s="8">
+        <v>216.46</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9">
       <c r="A19" s="4">
         <v>15</v>
       </c>
-      <c r="B19" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B19" s="4" t="s">
+        <v>103</v>
+      </c>
+      <c r="C19" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" s="6">
+        <v>226.12</v>
       </c>
       <c r="E19" s="6">
-        <v>226.12</v>
+        <v>235.27</v>
       </c>
       <c r="F19" s="6">
-        <v>235.27</v>
-[...5 lines deleted...]
-    <row r="20" spans="1:7">
+        <v>212.1</v>
+      </c>
+      <c r="G19" s="6">
+        <v>231.22</v>
+      </c>
+      <c r="H19" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I19" s="8">
+        <v>219.11</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9">
       <c r="A20" s="4">
         <v>16</v>
       </c>
-      <c r="B20" s="4">
-[...6 lines deleted...]
-        <v>235.95</v>
+      <c r="B20" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="C20" s="6">
+        <v>268.1</v>
+      </c>
+      <c r="D20" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E20" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F20" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="21" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G20" s="6">
+        <v>171.87</v>
+      </c>
+      <c r="H20" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I20" s="8">
+        <v>219.985</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9">
       <c r="A21" s="4">
         <v>17</v>
       </c>
-      <c r="B21" s="4">
-[...3 lines deleted...]
-        <v>95</v>
+      <c r="B21" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="C21" s="6">
+        <v>258.17</v>
       </c>
       <c r="D21" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E21" s="6">
-        <v>210.75</v>
-[...8 lines deleted...]
-    <row r="22" spans="1:7">
+        <v>227.92</v>
+      </c>
+      <c r="F21" s="6">
+        <v>212.76</v>
+      </c>
+      <c r="G21" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H21" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I21" s="8">
+        <v>220.34</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9">
       <c r="A22" s="4">
         <v>18</v>
       </c>
-      <c r="B22" s="4">
-[...3 lines deleted...]
-        <v>96</v>
+      <c r="B22" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="C22" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D22" s="6">
-        <v>258.17</v>
+        <v>210.75</v>
       </c>
       <c r="E22" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F22" s="6">
-        <v>227.92</v>
-[...5 lines deleted...]
-    <row r="23" spans="1:7">
+        <v>230.25</v>
+      </c>
+      <c r="G22" s="6">
+        <v>243.01</v>
+      </c>
+      <c r="H22" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I22" s="8">
+        <v>220.5</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9">
       <c r="A23" s="4">
         <v>19</v>
       </c>
-      <c r="B23" s="4">
-[...9 lines deleted...]
-        <v>11</v>
+      <c r="B23" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="C23" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" s="6">
+        <v>248.45</v>
       </c>
       <c r="F23" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="24" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G23" s="6">
+        <v>193.33</v>
+      </c>
+      <c r="H23" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I23" s="8">
+        <v>220.89</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9">
       <c r="A24" s="4">
         <v>20</v>
       </c>
-      <c r="B24" s="4">
-[...6 lines deleted...]
-        <v>327.32</v>
+      <c r="B24" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="C24" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E24" s="6">
-        <v>257.83</v>
-[...8 lines deleted...]
-    <row r="25" spans="1:7">
+        <v>193.37</v>
+      </c>
+      <c r="F24" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H24" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I24" s="8">
+        <v>221.37</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9">
       <c r="A25" s="4">
         <v>21</v>
       </c>
-      <c r="B25" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B25" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="C25" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" s="6">
+        <v>199.33</v>
       </c>
       <c r="E25" s="7" t="s">
-        <v>11</v>
-[...8 lines deleted...]
-    <row r="26" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="F25" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H25" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I25" s="8">
+        <v>227.33</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9">
       <c r="A26" s="4">
         <v>22</v>
       </c>
-      <c r="B26" s="4">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="B26" s="4" t="s">
+        <v>110</v>
+      </c>
+      <c r="C26" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D26" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E26" s="6">
-        <v>271.97</v>
+        <v>269.99</v>
       </c>
       <c r="F26" s="6">
-        <v>255.88</v>
-[...5 lines deleted...]
-    <row r="27" spans="1:7">
+        <v>238.67</v>
+      </c>
+      <c r="G26" s="6">
+        <v>220.02</v>
+      </c>
+      <c r="H26" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I26" s="8">
+        <v>229.345</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9">
       <c r="A27" s="4">
         <v>23</v>
       </c>
-      <c r="B27" s="4">
-[...3 lines deleted...]
-        <v>101</v>
+      <c r="B27" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="C27" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D27" s="6">
-        <v>268.1</v>
+        <v>242.46</v>
       </c>
       <c r="E27" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F27" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="28" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G27" s="6">
+        <v>224.18</v>
+      </c>
+      <c r="H27" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I27" s="8">
+        <v>233.32</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9">
       <c r="A28" s="4">
         <v>24</v>
       </c>
-      <c r="B28" s="4">
-[...6 lines deleted...]
-        <v>268.2</v>
+      <c r="B28" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="C28" s="6">
+        <v>235.95</v>
+      </c>
+      <c r="D28" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E28" s="7" t="s">
-        <v>11</v>
-[...8 lines deleted...]
-    <row r="29" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="F28" s="6">
+        <v>245.34</v>
+      </c>
+      <c r="G28" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H28" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I28" s="8">
+        <v>235.95</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9">
       <c r="A29" s="4">
         <v>25</v>
       </c>
-      <c r="B29" s="4">
-[...3 lines deleted...]
-        <v>103</v>
+      <c r="B29" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="C29" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D29" s="7" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>259.41</v>
+        <v>13</v>
+      </c>
+      <c r="E29" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="F29" s="6">
-        <v>278.58</v>
-[...5 lines deleted...]
-    <row r="30" spans="1:7">
+        <v>218.1</v>
+      </c>
+      <c r="G29" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H29" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I29" s="8">
+        <v>246.1</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9">
       <c r="A30" s="4">
         <v>26</v>
       </c>
-      <c r="B30" s="4">
-[...3 lines deleted...]
-        <v>104</v>
+      <c r="B30" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="C30" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D30" s="7" t="s">
-        <v>11</v>
-[...11 lines deleted...]
-    <row r="31" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="E30" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F30" s="6">
+        <v>218.97</v>
+      </c>
+      <c r="G30" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H30" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I30" s="8">
+        <v>246.97</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9">
       <c r="A31" s="4">
         <v>27</v>
       </c>
-      <c r="B31" s="4">
-[...3 lines deleted...]
-        <v>105</v>
+      <c r="B31" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="C31" s="6">
+        <v>247.69</v>
       </c>
       <c r="D31" s="7" t="s">
-        <v>11</v>
-[...11 lines deleted...]
-    <row r="32" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="E31" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F31" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H31" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I31" s="8">
+        <v>247.69</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9">
       <c r="A32" s="4">
         <v>28</v>
       </c>
-      <c r="B32" s="4">
-[...18 lines deleted...]
-    <row r="33" spans="1:7">
+      <c r="B32" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="C32" s="6">
+        <v>327.32</v>
+      </c>
+      <c r="D32" s="6">
+        <v>257.83</v>
+      </c>
+      <c r="E32" s="6">
+        <v>238.44</v>
+      </c>
+      <c r="F32" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H32" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I32" s="8">
+        <v>248.135</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9">
       <c r="A33" s="4">
         <v>29</v>
       </c>
-      <c r="B33" s="4">
-[...9 lines deleted...]
-        <v>290.85</v>
+      <c r="B33" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="C33" s="6">
+        <v>316.97</v>
+      </c>
+      <c r="D33" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="F33" s="6">
-        <v>266.56</v>
-[...5 lines deleted...]
-    <row r="34" spans="1:7">
+        <v>249.08</v>
+      </c>
+      <c r="G33" s="6">
+        <v>247.35</v>
+      </c>
+      <c r="H33" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I33" s="8">
+        <v>248.215</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9">
       <c r="A34" s="4">
         <v>30</v>
       </c>
-      <c r="B34" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B34" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="C34" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D34" s="6">
+        <v>259.41</v>
       </c>
       <c r="E34" s="6">
-        <v>282.07</v>
+        <v>278.58</v>
       </c>
       <c r="F34" s="6">
-        <v>280.34</v>
-[...5 lines deleted...]
-    <row r="35" spans="1:7">
+        <v>264.37</v>
+      </c>
+      <c r="G34" s="6">
+        <v>241.31</v>
+      </c>
+      <c r="H34" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I34" s="8">
+        <v>250.36</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9">
       <c r="A35" s="4">
         <v>31</v>
       </c>
-      <c r="B35" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B35" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="C35" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D35" s="6">
+        <v>282.07</v>
       </c>
       <c r="E35" s="6">
-        <v>292.34</v>
+        <v>280.34</v>
       </c>
       <c r="F35" s="6">
-        <v>270.9</v>
-[...5 lines deleted...]
-    <row r="36" spans="1:7">
+        <v>255.55</v>
+      </c>
+      <c r="G35" s="6">
+        <v>265.01</v>
+      </c>
+      <c r="H35" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I35" s="8">
+        <v>260.28</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9">
       <c r="A36" s="4">
         <v>32</v>
       </c>
-      <c r="B36" s="4">
-[...3 lines deleted...]
-        <v>110</v>
+      <c r="B36" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="C36" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D36" s="6">
-        <v>283.87</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>271.97</v>
+      </c>
+      <c r="E36" s="6">
+        <v>255.88</v>
       </c>
       <c r="F36" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="37" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G36" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H36" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I36" s="8">
+        <v>263.925</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9">
       <c r="A37" s="4">
         <v>33</v>
       </c>
-      <c r="B37" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B37" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="C37" s="6">
+        <v>309.23</v>
+      </c>
+      <c r="D37" s="6">
+        <v>280.75</v>
       </c>
       <c r="E37" s="6">
-        <v>295.77</v>
+        <v>305.46</v>
       </c>
       <c r="F37" s="6">
-        <v>290.18</v>
-[...5 lines deleted...]
-    <row r="38" spans="1:7">
+        <v>273.71</v>
+      </c>
+      <c r="G37" s="6">
+        <v>262.66</v>
+      </c>
+      <c r="H37" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I37" s="8">
+        <v>268.185</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9">
       <c r="A38" s="4">
         <v>34</v>
       </c>
-      <c r="B38" s="4">
-[...18 lines deleted...]
-    <row r="39" spans="1:7">
+      <c r="B38" s="4" t="s">
+        <v>122</v>
+      </c>
+      <c r="C38" s="6">
+        <v>268.2</v>
+      </c>
+      <c r="D38" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F38" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H38" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I38" s="8">
+        <v>268.2</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9">
       <c r="A39" s="4">
         <v>35</v>
       </c>
-      <c r="B39" s="4">
-[...18 lines deleted...]
-    <row r="40" spans="1:7">
+      <c r="B39" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="C39" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D39" s="6">
+        <v>280.75</v>
+      </c>
+      <c r="E39" s="6">
+        <v>267.06</v>
+      </c>
+      <c r="F39" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H39" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I39" s="8">
+        <v>273.905</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9">
       <c r="A40" s="4">
         <v>36</v>
       </c>
-      <c r="B40" s="4">
-[...3 lines deleted...]
-        <v>114</v>
+      <c r="B40" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="C40" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D40" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E40" s="7" t="s">
-        <v>11</v>
-[...8 lines deleted...]
-    <row r="41" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="F40" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" s="6">
+        <v>247.18</v>
+      </c>
+      <c r="H40" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I40" s="8">
+        <v>275.18</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9">
       <c r="A41" s="4">
         <v>37</v>
       </c>
-      <c r="B41" s="4">
-[...3 lines deleted...]
-        <v>115</v>
+      <c r="B41" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="C41" s="6">
+        <v>304.91</v>
       </c>
       <c r="D41" s="6">
-        <v>316.97</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>290.85</v>
+      </c>
+      <c r="E41" s="6">
+        <v>266.56</v>
       </c>
       <c r="F41" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="42" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G41" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H41" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I41" s="8">
+        <v>278.705</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9">
       <c r="A42" s="4">
         <v>38</v>
       </c>
-      <c r="B42" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B42" s="4" t="s">
+        <v>126</v>
+      </c>
+      <c r="C42" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D42" s="6">
+        <v>292.34</v>
       </c>
       <c r="E42" s="6">
-        <v>293.66</v>
+        <v>270.9</v>
       </c>
       <c r="F42" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="43" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G42" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H42" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I42" s="8">
+        <v>281.62</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9">
       <c r="A43" s="4">
         <v>39</v>
       </c>
-      <c r="B43" s="4">
-[...3 lines deleted...]
-        <v>117</v>
+      <c r="B43" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="C43" s="6">
+        <v>283.87</v>
       </c>
       <c r="D43" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E43" s="7" t="s">
-        <v>11</v>
-[...8 lines deleted...]
-    <row r="44" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="F43" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H43" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I43" s="8">
+        <v>283.87</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9">
       <c r="A44" s="4">
         <v>40</v>
       </c>
-      <c r="B44" s="4">
-[...3 lines deleted...]
-        <v>118</v>
+      <c r="B44" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="C44" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D44" s="7" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>313.95</v>
+        <v>13</v>
+      </c>
+      <c r="E44" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="F44" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="45" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G44" s="6">
+        <v>257.91</v>
+      </c>
+      <c r="H44" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I44" s="8">
+        <v>285.91</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9">
       <c r="A45" s="4">
         <v>41</v>
       </c>
-      <c r="B45" s="4">
-[...3 lines deleted...]
-        <v>119</v>
+      <c r="B45" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="C45" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D45" s="7" t="s">
-        <v>11</v>
-[...11 lines deleted...]
-    <row r="46" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="E45" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F45" s="6">
+        <v>282.19</v>
+      </c>
+      <c r="G45" s="6">
+        <v>290.7</v>
+      </c>
+      <c r="H45" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I45" s="8">
+        <v>286.445</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9">
       <c r="A46" s="4">
         <v>42</v>
       </c>
-      <c r="B46" s="4">
-[...3 lines deleted...]
-        <v>120</v>
+      <c r="B46" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="C46" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D46" s="6">
-        <v>383.26</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>295.77</v>
+      </c>
+      <c r="E46" s="6">
+        <v>290.18</v>
       </c>
       <c r="F46" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="47" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G46" s="6">
+        <v>304.01</v>
+      </c>
+      <c r="H46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I46" s="8">
+        <v>292.975</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9">
       <c r="A47" s="4">
         <v>43</v>
       </c>
-      <c r="B47" s="4">
-[...18 lines deleted...]
-    <row r="48" spans="1:7">
+      <c r="B47" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="C47" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D47" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F47" s="6">
+        <v>315.83</v>
+      </c>
+      <c r="G47" s="6">
+        <v>281.02</v>
+      </c>
+      <c r="H47" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I47" s="8">
+        <v>298.425</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9">
       <c r="A48" s="4">
         <v>44</v>
       </c>
-      <c r="B48" s="4">
-[...9 lines deleted...]
-        <v>11</v>
+      <c r="B48" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="C48" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D48" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" s="6">
+        <v>270.57</v>
       </c>
       <c r="F48" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="49" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G48" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H48" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I48" s="8">
+        <v>298.57</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9">
       <c r="A49" s="4">
         <v>45</v>
       </c>
-      <c r="B49" s="4">
-[...3 lines deleted...]
-        <v>123</v>
+      <c r="B49" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="C49" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D49" s="7" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="E49" s="6">
+        <v>13</v>
+      </c>
+      <c r="E49" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F49" s="6">
+        <v>273.18</v>
+      </c>
+      <c r="G49" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H49" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I49" s="8">
+        <v>301.18</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9">
+      <c r="A50" s="4">
+        <v>46</v>
+      </c>
+      <c r="B50" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="C50" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D50" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" s="6">
+        <v>309.88</v>
+      </c>
+      <c r="F50" s="6">
+        <v>345.21</v>
+      </c>
+      <c r="G50" s="6">
+        <v>301.37</v>
+      </c>
+      <c r="H50" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I50" s="8">
+        <v>305.625</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9">
+      <c r="A51" s="4">
+        <v>47</v>
+      </c>
+      <c r="B51" s="4" t="s">
+        <v>135</v>
+      </c>
+      <c r="C51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D51" s="6">
+        <v>293.66</v>
+      </c>
+      <c r="E51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I51" s="8">
+        <v>321.66</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9">
+      <c r="A52" s="4">
+        <v>48</v>
+      </c>
+      <c r="B52" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="C52" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D52" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F52" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" s="6">
+        <v>293.81</v>
+      </c>
+      <c r="H52" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I52" s="8">
+        <v>321.81</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9">
+      <c r="A53" s="4">
+        <v>49</v>
+      </c>
+      <c r="B53" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="C53" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D53" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F53" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" s="6">
+        <v>295.21</v>
+      </c>
+      <c r="H53" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I53" s="8">
+        <v>323.21</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9">
+      <c r="A54" s="4">
+        <v>50</v>
+      </c>
+      <c r="B54" s="4" t="s">
+        <v>138</v>
+      </c>
+      <c r="C54" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D54" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F54" s="6">
+        <v>302.02</v>
+      </c>
+      <c r="G54" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H54" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I54" s="8">
+        <v>330.02</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9">
+      <c r="A55" s="4">
+        <v>51</v>
+      </c>
+      <c r="B55" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="C55" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D55" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F55" s="6">
+        <v>309.56</v>
+      </c>
+      <c r="G55" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H55" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I55" s="8">
+        <v>337.56</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9">
+      <c r="A56" s="4">
+        <v>52</v>
+      </c>
+      <c r="B56" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="C56" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D56" s="6">
+        <v>313.95</v>
+      </c>
+      <c r="E56" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F56" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H56" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I56" s="8">
+        <v>341.95</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9">
+      <c r="A57" s="4">
+        <v>53</v>
+      </c>
+      <c r="B57" s="4" t="s">
+        <v>141</v>
+      </c>
+      <c r="C57" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D57" s="6">
+        <v>332.13</v>
+      </c>
+      <c r="E57" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F57" s="6">
+        <v>367.1</v>
+      </c>
+      <c r="G57" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H57" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I57" s="8">
+        <v>349.615</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9">
+      <c r="A58" s="4">
+        <v>54</v>
+      </c>
+      <c r="B58" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="C58" s="6">
+        <v>383.26</v>
+      </c>
+      <c r="D58" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F58" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H58" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I58" s="8">
+        <v>383.26</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9">
+      <c r="A59" s="4">
+        <v>55</v>
+      </c>
+      <c r="B59" s="4" t="s">
+        <v>143</v>
+      </c>
+      <c r="C59" s="6">
+        <v>385.2</v>
+      </c>
+      <c r="D59" s="6">
+        <v>385.71</v>
+      </c>
+      <c r="E59" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F59" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H59" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I59" s="8">
+        <v>385.2</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9">
+      <c r="A60" s="4">
+        <v>56</v>
+      </c>
+      <c r="B60" s="4" t="s">
+        <v>144</v>
+      </c>
+      <c r="C60" s="6">
+        <v>423.14</v>
+      </c>
+      <c r="D60" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F60" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H60" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I60" s="8">
+        <v>423.14</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9">
+      <c r="A61" s="4">
+        <v>57</v>
+      </c>
+      <c r="B61" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="C61" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D61" s="6">
         <v>430.85</v>
       </c>
-      <c r="F49" s="7" t="s">
-[...2 lines deleted...]
-      <c r="G49" s="8">
+      <c r="E61" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F61" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H61" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I61" s="8">
         <v>458.85</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:G1"/>
-    <mergeCell ref="A2:G2"/>
+    <mergeCell ref="A1:I1"/>
+    <mergeCell ref="A2:I2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G67"/>
+  <dimension ref="A1:I72"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A4" sqref="A4:G67"/>
+      <selection activeCell="A4" sqref="A4:I72"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="true" style="0"/>
-    <col min="2" max="2" width="14" customWidth="true" style="0"/>
-    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
+    <col min="7" max="7" width="14" customWidth="true" style="0"/>
+    <col min="8" max="8" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7">
+    <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:7">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:7" customHeight="1" ht="150">
+    <row r="4" spans="1:9" customHeight="1" ht="150">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="G4" s="3" t="s">
+      <c r="G4" s="5" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="5" spans="1:7">
+      <c r="H4" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="I4" s="3" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9">
       <c r="A5" s="4">
         <v>1</v>
       </c>
-      <c r="B5" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B5" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="C5" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" s="6">
+        <v>12.0</v>
       </c>
       <c r="E5" s="6">
-        <v>12.0</v>
+        <v>33.06</v>
       </c>
       <c r="F5" s="6">
-        <v>33.06</v>
-[...1 lines deleted...]
-      <c r="G5" s="8">
+        <v>14.03</v>
+      </c>
+      <c r="G5" s="6">
+        <v>9.56</v>
+      </c>
+      <c r="H5" s="6">
+        <v>11.22</v>
+      </c>
+      <c r="I5" s="8">
         <v>0.0</v>
       </c>
     </row>
-    <row r="6" spans="1:7">
+    <row r="6" spans="1:9">
       <c r="A6" s="4">
         <v>2</v>
       </c>
-      <c r="B6" s="4">
-[...3 lines deleted...]
-        <v>126</v>
+      <c r="B6" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="C6" s="6">
+        <v>30.83</v>
       </c>
       <c r="D6" s="6">
-        <v>21.71</v>
-[...11 lines deleted...]
-    <row r="7" spans="1:7">
+        <v>28.26</v>
+      </c>
+      <c r="E6" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F6" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" s="6">
+        <v>14.48</v>
+      </c>
+      <c r="H6" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I6" s="8">
+        <v>21.37</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9">
       <c r="A7" s="4">
         <v>3</v>
       </c>
-      <c r="B7" s="4">
-[...3 lines deleted...]
-        <v>127</v>
+      <c r="B7" s="4" t="s">
+        <v>149</v>
+      </c>
+      <c r="C7" s="6">
+        <v>21.71</v>
       </c>
       <c r="D7" s="6">
-        <v>30.83</v>
+        <v>56.65</v>
       </c>
       <c r="E7" s="6">
-        <v>28.26</v>
+        <v>91.03</v>
       </c>
       <c r="F7" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="8" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G7" s="6">
+        <v>109.94</v>
+      </c>
+      <c r="H7" s="6">
+        <v>59.95</v>
+      </c>
+      <c r="I7" s="8">
+        <v>21.71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9">
       <c r="A8" s="4">
         <v>4</v>
       </c>
-      <c r="B8" s="4">
-[...3 lines deleted...]
-        <v>128</v>
+      <c r="B8" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="C8" s="6">
+        <v>31.61</v>
       </c>
       <c r="D8" s="6">
-        <v>31.61</v>
-[...1 lines deleted...]
-      <c r="E8" s="6">
         <v>46.36</v>
       </c>
+      <c r="E8" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="F8" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="9" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G8" s="6">
+        <v>69.92</v>
+      </c>
+      <c r="H8" s="6">
+        <v>30.3</v>
+      </c>
+      <c r="I8" s="8">
+        <v>30.955</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9">
       <c r="A9" s="4">
         <v>5</v>
       </c>
-      <c r="B9" s="4">
-[...3 lines deleted...]
-        <v>129</v>
+      <c r="B9" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="C9" s="6">
+        <v>38.72</v>
       </c>
       <c r="D9" s="6">
+        <v>42.5</v>
+      </c>
+      <c r="E9" s="6">
+        <v>57.29</v>
+      </c>
+      <c r="F9" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H9" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I9" s="8">
         <v>38.72</v>
       </c>
-      <c r="E9" s="6">
-[...9 lines deleted...]
-    <row r="10" spans="1:7">
+    </row>
+    <row r="10" spans="1:9">
       <c r="A10" s="4">
         <v>6</v>
       </c>
-      <c r="B10" s="4">
-[...3 lines deleted...]
-        <v>130</v>
+      <c r="B10" s="4" t="s">
+        <v>152</v>
+      </c>
+      <c r="C10" s="6">
+        <v>39.69</v>
       </c>
       <c r="D10" s="6">
+        <v>68.41</v>
+      </c>
+      <c r="E10" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F10" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" s="6">
+        <v>61.3</v>
+      </c>
+      <c r="H10" s="6">
+        <v>49.03</v>
+      </c>
+      <c r="I10" s="8">
         <v>39.69</v>
       </c>
-      <c r="E10" s="6">
-[...9 lines deleted...]
-    <row r="11" spans="1:7">
+    </row>
+    <row r="11" spans="1:9">
       <c r="A11" s="4">
         <v>7</v>
       </c>
-      <c r="B11" s="4">
-[...5 lines deleted...]
-      <c r="D11" s="6">
+      <c r="B11" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="C11" s="6">
         <v>41.14</v>
       </c>
+      <c r="D11" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E11" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F11" s="7" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="G11" s="8">
+        <v>13</v>
+      </c>
+      <c r="G11" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H11" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I11" s="8">
         <v>41.14</v>
       </c>
     </row>
-    <row r="12" spans="1:7">
+    <row r="12" spans="1:9">
       <c r="A12" s="4">
         <v>8</v>
       </c>
-      <c r="B12" s="4">
-[...9 lines deleted...]
-        <v>47.46</v>
+      <c r="B12" s="4" t="s">
+        <v>154</v>
+      </c>
+      <c r="C12" s="6">
+        <v>86.93</v>
+      </c>
+      <c r="D12" s="6">
+        <v>53.71</v>
+      </c>
+      <c r="E12" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="F12" s="6">
-        <v>69.1</v>
-[...5 lines deleted...]
-    <row r="13" spans="1:7">
+        <v>42.65</v>
+      </c>
+      <c r="G12" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H12" s="6">
+        <v>48.0</v>
+      </c>
+      <c r="I12" s="8">
+        <v>45.325</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9">
       <c r="A13" s="4">
         <v>9</v>
       </c>
-      <c r="B13" s="4">
-[...3 lines deleted...]
-        <v>133</v>
+      <c r="B13" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="C13" s="6">
+        <v>85.87</v>
       </c>
       <c r="D13" s="6">
-        <v>58.72</v>
+        <v>65.19</v>
       </c>
       <c r="E13" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F13" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="14" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G13" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H13" s="6">
+        <v>45.34</v>
+      </c>
+      <c r="I13" s="8">
+        <v>55.265</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9">
       <c r="A14" s="4">
         <v>10</v>
       </c>
-      <c r="B14" s="4">
-[...3 lines deleted...]
-        <v>134</v>
+      <c r="B14" s="4" t="s">
+        <v>156</v>
+      </c>
+      <c r="C14" s="6">
+        <v>114.63</v>
       </c>
       <c r="D14" s="6">
-        <v>64.38</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>63.17</v>
+      </c>
+      <c r="E14" s="6">
+        <v>85.08</v>
       </c>
       <c r="F14" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="15" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G14" s="6">
+        <v>93.56</v>
+      </c>
+      <c r="H14" s="6">
+        <v>49.81</v>
+      </c>
+      <c r="I14" s="8">
+        <v>56.49</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9">
       <c r="A15" s="4">
         <v>11</v>
       </c>
-      <c r="B15" s="4">
-[...3 lines deleted...]
-        <v>135</v>
+      <c r="B15" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="C15" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D15" s="6">
-        <v>86.93</v>
+        <v>47.46</v>
       </c>
       <c r="E15" s="6">
-        <v>53.71</v>
-[...8 lines deleted...]
-    <row r="16" spans="1:7">
+        <v>69.1</v>
+      </c>
+      <c r="F15" s="6">
+        <v>72.6</v>
+      </c>
+      <c r="G15" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H15" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I15" s="8">
+        <v>58.28</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9">
       <c r="A16" s="4">
         <v>12</v>
       </c>
-      <c r="B16" s="4">
-[...6 lines deleted...]
-        <v>70.48</v>
+      <c r="B16" s="4" t="s">
+        <v>158</v>
+      </c>
+      <c r="C16" s="6">
+        <v>58.72</v>
+      </c>
+      <c r="D16" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E16" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F16" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="17" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G16" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H16" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I16" s="8">
+        <v>58.72</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9">
       <c r="A17" s="4">
         <v>13</v>
       </c>
-      <c r="B17" s="4">
-[...3 lines deleted...]
-        <v>137</v>
+      <c r="B17" s="4" t="s">
+        <v>159</v>
+      </c>
+      <c r="C17" s="6">
+        <v>133.86</v>
       </c>
       <c r="D17" s="6">
-        <v>114.63</v>
-[...11 lines deleted...]
-    <row r="18" spans="1:7">
+        <v>66.84</v>
+      </c>
+      <c r="E17" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F17" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H17" s="6">
+        <v>58.66</v>
+      </c>
+      <c r="I17" s="8">
+        <v>62.75</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9">
       <c r="A18" s="4">
         <v>14</v>
       </c>
-      <c r="B18" s="4">
-[...18 lines deleted...]
-    <row r="19" spans="1:7">
+      <c r="B18" s="4" t="s">
+        <v>160</v>
+      </c>
+      <c r="C18" s="6">
+        <v>64.38</v>
+      </c>
+      <c r="D18" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F18" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H18" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I18" s="8">
+        <v>64.38</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9">
       <c r="A19" s="4">
         <v>15</v>
       </c>
-      <c r="B19" s="4">
-[...3 lines deleted...]
-        <v>139</v>
+      <c r="B19" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="C19" s="6">
+        <v>94.76</v>
       </c>
       <c r="D19" s="6">
-        <v>85.87</v>
+        <v>100.83</v>
       </c>
       <c r="E19" s="6">
-        <v>65.19</v>
-[...8 lines deleted...]
-    <row r="20" spans="1:7">
+        <v>119.42</v>
+      </c>
+      <c r="F19" s="6">
+        <v>82.38</v>
+      </c>
+      <c r="G19" s="6">
+        <v>60.92</v>
+      </c>
+      <c r="H19" s="6">
+        <v>76.1</v>
+      </c>
+      <c r="I19" s="8">
+        <v>68.51</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9">
       <c r="A20" s="4">
         <v>16</v>
       </c>
-      <c r="B20" s="4">
-[...18 lines deleted...]
-    <row r="21" spans="1:7">
+      <c r="B20" s="4" t="s">
+        <v>162</v>
+      </c>
+      <c r="C20" s="6">
+        <v>70.48</v>
+      </c>
+      <c r="D20" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F20" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H20" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I20" s="8">
+        <v>70.48</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9">
       <c r="A21" s="4">
         <v>17</v>
       </c>
-      <c r="B21" s="4">
-[...3 lines deleted...]
-        <v>141</v>
+      <c r="B21" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="C21" s="6">
+        <v>96.48</v>
       </c>
       <c r="D21" s="6">
-        <v>96.48</v>
+        <v>72.63</v>
       </c>
       <c r="E21" s="6">
-        <v>72.63</v>
+        <v>80.15</v>
       </c>
       <c r="F21" s="6">
-        <v>80.15</v>
-[...5 lines deleted...]
-    <row r="22" spans="1:7">
+        <v>79.65</v>
+      </c>
+      <c r="G21" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H21" s="6">
+        <v>74.56</v>
+      </c>
+      <c r="I21" s="8">
+        <v>73.595</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9">
       <c r="A22" s="4">
         <v>18</v>
       </c>
-      <c r="B22" s="4">
-[...3 lines deleted...]
-        <v>142</v>
+      <c r="B22" s="4" t="s">
+        <v>164</v>
+      </c>
+      <c r="C22" s="6">
+        <v>75.41</v>
       </c>
       <c r="D22" s="6">
-        <v>134.48</v>
+        <v>81.91</v>
       </c>
       <c r="E22" s="6">
-        <v>67.67</v>
+        <v>112.88</v>
       </c>
       <c r="F22" s="6">
-        <v>86.27</v>
-[...5 lines deleted...]
-    <row r="23" spans="1:7">
+        <v>122.38</v>
+      </c>
+      <c r="G22" s="6">
+        <v>92.13</v>
+      </c>
+      <c r="H22" s="6">
+        <v>109.79</v>
+      </c>
+      <c r="I22" s="8">
+        <v>75.41</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9">
       <c r="A23" s="4">
         <v>19</v>
       </c>
-      <c r="B23" s="4">
-[...9 lines deleted...]
-        <v>11</v>
+      <c r="B23" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="C23" s="6">
+        <v>135.68</v>
+      </c>
+      <c r="D23" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" s="6">
+        <v>81.6</v>
       </c>
       <c r="F23" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="24" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G23" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H23" s="6">
+        <v>69.75</v>
+      </c>
+      <c r="I23" s="8">
+        <v>75.675</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9">
       <c r="A24" s="4">
         <v>20</v>
       </c>
-      <c r="B24" s="4">
-[...3 lines deleted...]
-        <v>144</v>
+      <c r="B24" s="4" t="s">
+        <v>166</v>
+      </c>
+      <c r="C24" s="6">
+        <v>163.56</v>
       </c>
       <c r="D24" s="6">
-        <v>78.42</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>71.25</v>
+      </c>
+      <c r="E24" s="6">
+        <v>80.49</v>
       </c>
       <c r="F24" s="6">
-        <v>115.26</v>
-[...5 lines deleted...]
-    <row r="25" spans="1:7">
+        <v>87.75</v>
+      </c>
+      <c r="G24" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H24" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I24" s="8">
+        <v>75.87</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9">
       <c r="A25" s="4">
         <v>21</v>
       </c>
-      <c r="B25" s="4">
-[...3 lines deleted...]
-        <v>145</v>
+      <c r="B25" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="C25" s="6">
+        <v>96.08</v>
       </c>
       <c r="D25" s="6">
-        <v>85.77</v>
-[...11 lines deleted...]
-    <row r="26" spans="1:7">
+        <v>65.47</v>
+      </c>
+      <c r="E25" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F25" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" s="6">
+        <v>88.44</v>
+      </c>
+      <c r="H25" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I25" s="8">
+        <v>76.955</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9">
       <c r="A26" s="4">
         <v>22</v>
       </c>
-      <c r="B26" s="4">
-[...3 lines deleted...]
-        <v>146</v>
+      <c r="B26" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C26" s="6">
+        <v>134.48</v>
       </c>
       <c r="D26" s="6">
-        <v>96.08</v>
+        <v>67.67</v>
       </c>
       <c r="E26" s="6">
-        <v>65.47</v>
-[...8 lines deleted...]
-    <row r="27" spans="1:7">
+        <v>86.27</v>
+      </c>
+      <c r="F26" s="6">
+        <v>123.5</v>
+      </c>
+      <c r="G26" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H26" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I26" s="8">
+        <v>76.97</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9">
       <c r="A27" s="4">
         <v>23</v>
       </c>
-      <c r="B27" s="4">
-[...6 lines deleted...]
-        <v>144.79</v>
+      <c r="B27" s="4" t="s">
+        <v>169</v>
+      </c>
+      <c r="C27" s="6">
+        <v>78.42</v>
+      </c>
+      <c r="D27" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E27" s="6">
-        <v>74.38</v>
-[...8 lines deleted...]
-    <row r="28" spans="1:7">
+        <v>115.26</v>
+      </c>
+      <c r="F27" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H27" s="6">
+        <v>77.14</v>
+      </c>
+      <c r="I27" s="8">
+        <v>77.78</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9">
       <c r="A28" s="4">
         <v>24</v>
       </c>
-      <c r="B28" s="4">
-[...18 lines deleted...]
-    <row r="29" spans="1:7">
+      <c r="B28" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="C28" s="6">
+        <v>78.18</v>
+      </c>
+      <c r="D28" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F28" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" s="6">
+        <v>114.41</v>
+      </c>
+      <c r="H28" s="6">
+        <v>79.71</v>
+      </c>
+      <c r="I28" s="8">
+        <v>78.18</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9">
       <c r="A29" s="4">
         <v>25</v>
       </c>
-      <c r="B29" s="4">
-[...3 lines deleted...]
-        <v>149</v>
+      <c r="B29" s="4" t="s">
+        <v>171</v>
+      </c>
+      <c r="C29" s="6">
+        <v>85.77</v>
       </c>
       <c r="D29" s="6">
-        <v>87.44</v>
-[...11 lines deleted...]
-    <row r="30" spans="1:7">
+        <v>73.92</v>
+      </c>
+      <c r="E29" s="6">
+        <v>96.39</v>
+      </c>
+      <c r="F29" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" s="6">
+        <v>97.57</v>
+      </c>
+      <c r="H29" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I29" s="8">
+        <v>79.845</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9">
       <c r="A30" s="4">
         <v>26</v>
       </c>
-      <c r="B30" s="4">
-[...3 lines deleted...]
-        <v>150</v>
+      <c r="B30" s="4" t="s">
+        <v>172</v>
+      </c>
+      <c r="C30" s="6">
+        <v>146.95</v>
       </c>
       <c r="D30" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E30" s="6">
-        <v>91.65</v>
-[...8 lines deleted...]
-    <row r="31" spans="1:7">
+        <v>103.36</v>
+      </c>
+      <c r="F30" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H30" s="6">
+        <v>60.72</v>
+      </c>
+      <c r="I30" s="8">
+        <v>82.04</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9">
       <c r="A31" s="4">
         <v>27</v>
       </c>
-      <c r="B31" s="4">
-[...3 lines deleted...]
-        <v>151</v>
+      <c r="B31" s="4" t="s">
+        <v>173</v>
+      </c>
+      <c r="C31" s="6">
+        <v>103.47</v>
       </c>
       <c r="D31" s="6">
-        <v>91.95</v>
+        <v>80.53</v>
       </c>
       <c r="E31" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F31" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="32" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G31" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H31" s="6">
+        <v>83.84</v>
+      </c>
+      <c r="I31" s="8">
+        <v>82.185</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9">
       <c r="A32" s="4">
         <v>28</v>
       </c>
-      <c r="B32" s="4">
-[...3 lines deleted...]
-        <v>152</v>
+      <c r="B32" s="4" t="s">
+        <v>174</v>
+      </c>
+      <c r="C32" s="6">
+        <v>144.79</v>
       </c>
       <c r="D32" s="6">
-        <v>103.47</v>
+        <v>74.38</v>
       </c>
       <c r="E32" s="6">
-        <v>80.53</v>
-[...8 lines deleted...]
-    <row r="33" spans="1:7">
+        <v>90.52</v>
+      </c>
+      <c r="F32" s="6">
+        <v>123.5</v>
+      </c>
+      <c r="G32" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H32" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I32" s="8">
+        <v>82.45</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9">
       <c r="A33" s="4">
         <v>29</v>
       </c>
-      <c r="B33" s="4">
-[...3 lines deleted...]
-        <v>153</v>
+      <c r="B33" s="4" t="s">
+        <v>175</v>
+      </c>
+      <c r="C33" s="6">
+        <v>121.69</v>
       </c>
       <c r="D33" s="6">
-        <v>92.04</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>77.04</v>
+      </c>
+      <c r="E33" s="6">
+        <v>92.31</v>
       </c>
       <c r="F33" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="34" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G33" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H33" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I33" s="8">
+        <v>84.675</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9">
       <c r="A34" s="4">
         <v>30</v>
       </c>
-      <c r="B34" s="4">
-[...6 lines deleted...]
-        <v>94.76</v>
+      <c r="B34" s="4" t="s">
+        <v>176</v>
+      </c>
+      <c r="C34" s="6">
+        <v>87.44</v>
+      </c>
+      <c r="D34" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E34" s="6">
-        <v>100.83</v>
+        <v>124.95</v>
       </c>
       <c r="F34" s="6">
-        <v>119.42</v>
-[...5 lines deleted...]
-    <row r="35" spans="1:7">
+        <v>168.67</v>
+      </c>
+      <c r="G34" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H34" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I34" s="8">
+        <v>87.44</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9">
       <c r="A35" s="4">
         <v>31</v>
       </c>
-      <c r="B35" s="4">
-[...3 lines deleted...]
-        <v>155</v>
+      <c r="B35" s="4" t="s">
+        <v>177</v>
+      </c>
+      <c r="C35" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D35" s="6">
-        <v>96.38</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>91.65</v>
+      </c>
+      <c r="E35" s="6">
+        <v>88.48</v>
       </c>
       <c r="F35" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="36" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G35" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H35" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I35" s="8">
+        <v>90.065</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9">
       <c r="A36" s="4">
         <v>32</v>
       </c>
-      <c r="B36" s="4">
-[...5 lines deleted...]
-      <c r="D36" s="6">
+      <c r="B36" s="4" t="s">
+        <v>178</v>
+      </c>
+      <c r="C36" s="6">
         <v>98.88</v>
       </c>
-      <c r="E36" s="7" t="s">
-[...2 lines deleted...]
-      <c r="F36" s="6">
+      <c r="D36" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" s="6">
         <v>103.19</v>
       </c>
-      <c r="G36" s="8">
-[...3 lines deleted...]
-    <row r="37" spans="1:7">
+      <c r="F36" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" s="6">
+        <v>118.42</v>
+      </c>
+      <c r="H36" s="6">
+        <v>82.98</v>
+      </c>
+      <c r="I36" s="8">
+        <v>90.93</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9">
       <c r="A37" s="4">
         <v>33</v>
       </c>
-      <c r="B37" s="4">
-[...6 lines deleted...]
-        <v>99.68</v>
+      <c r="B37" s="4" t="s">
+        <v>179</v>
+      </c>
+      <c r="C37" s="6">
+        <v>91.95</v>
+      </c>
+      <c r="D37" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E37" s="7" t="s">
-        <v>11</v>
-[...8 lines deleted...]
-    <row r="38" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="F37" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" s="6">
+        <v>116.55</v>
+      </c>
+      <c r="H37" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I37" s="8">
+        <v>91.95</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9">
       <c r="A38" s="4">
         <v>34</v>
       </c>
-      <c r="B38" s="4">
-[...18 lines deleted...]
-    <row r="39" spans="1:7">
+      <c r="B38" s="4" t="s">
+        <v>180</v>
+      </c>
+      <c r="C38" s="6">
+        <v>92.04</v>
+      </c>
+      <c r="D38" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F38" s="6">
+        <v>165.94</v>
+      </c>
+      <c r="G38" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H38" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I38" s="8">
+        <v>92.04</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9">
       <c r="A39" s="4">
         <v>35</v>
       </c>
-      <c r="B39" s="4">
-[...3 lines deleted...]
-        <v>159</v>
+      <c r="B39" s="4" t="s">
+        <v>181</v>
+      </c>
+      <c r="C39" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D39" s="6">
-        <v>196.44</v>
+        <v>97.53</v>
       </c>
       <c r="E39" s="6">
-        <v>98.17</v>
-[...8 lines deleted...]
-    <row r="40" spans="1:7">
+        <v>124.01</v>
+      </c>
+      <c r="F39" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" s="6">
+        <v>92.97</v>
+      </c>
+      <c r="H39" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I39" s="8">
+        <v>95.25</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9">
       <c r="A40" s="4">
         <v>36</v>
       </c>
-      <c r="B40" s="4">
-[...6 lines deleted...]
-        <v>104.91</v>
+      <c r="B40" s="4" t="s">
+        <v>182</v>
+      </c>
+      <c r="C40" s="6">
+        <v>96.38</v>
+      </c>
+      <c r="D40" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E40" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F40" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="41" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G40" s="6">
+        <v>106.57</v>
+      </c>
+      <c r="H40" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I40" s="8">
+        <v>96.38</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9">
       <c r="A41" s="4">
         <v>37</v>
       </c>
-      <c r="B41" s="4">
-[...3 lines deleted...]
-        <v>161</v>
+      <c r="B41" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="C41" s="6">
+        <v>130.79</v>
       </c>
       <c r="D41" s="6">
-        <v>135.68</v>
-[...11 lines deleted...]
-    <row r="42" spans="1:7">
+        <v>101.94</v>
+      </c>
+      <c r="E41" s="6">
+        <v>144.07</v>
+      </c>
+      <c r="F41" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" s="6">
+        <v>164.21</v>
+      </c>
+      <c r="H41" s="6">
+        <v>95.96</v>
+      </c>
+      <c r="I41" s="8">
+        <v>98.95</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9">
       <c r="A42" s="4">
         <v>38</v>
       </c>
-      <c r="B42" s="4">
-[...6 lines deleted...]
-        <v>121.23</v>
+      <c r="B42" s="4" t="s">
+        <v>184</v>
+      </c>
+      <c r="C42" s="6">
+        <v>99.68</v>
+      </c>
+      <c r="D42" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E42" s="6">
-        <v>97.53</v>
-[...8 lines deleted...]
-    <row r="43" spans="1:7">
+        <v>145.09</v>
+      </c>
+      <c r="F42" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H42" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I42" s="8">
+        <v>99.68</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9">
       <c r="A43" s="4">
         <v>39</v>
       </c>
-      <c r="B43" s="4">
-[...3 lines deleted...]
-        <v>163</v>
+      <c r="B43" s="4" t="s">
+        <v>185</v>
+      </c>
+      <c r="C43" s="6">
+        <v>196.44</v>
       </c>
       <c r="D43" s="6">
-        <v>152.73</v>
+        <v>98.17</v>
       </c>
       <c r="E43" s="6">
-        <v>96.24</v>
-[...8 lines deleted...]
-    <row r="44" spans="1:7">
+        <v>109.65</v>
+      </c>
+      <c r="F43" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H43" s="6">
+        <v>105.15</v>
+      </c>
+      <c r="I43" s="8">
+        <v>101.66</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9">
       <c r="A44" s="4">
         <v>40</v>
       </c>
-      <c r="B44" s="4">
-[...3 lines deleted...]
-        <v>164</v>
+      <c r="B44" s="4" t="s">
+        <v>186</v>
+      </c>
+      <c r="C44" s="6">
+        <v>136.15</v>
       </c>
       <c r="D44" s="7" t="s">
-        <v>11</v>
-[...11 lines deleted...]
-    <row r="45" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="E44" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F44" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" s="6">
+        <v>110.33</v>
+      </c>
+      <c r="H44" s="6">
+        <v>93.04</v>
+      </c>
+      <c r="I44" s="8">
+        <v>101.685</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9">
       <c r="A45" s="4">
         <v>41</v>
       </c>
-      <c r="B45" s="4">
-[...6 lines deleted...]
-        <v>114.87</v>
+      <c r="B45" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="C45" s="6">
+        <v>104.91</v>
+      </c>
+      <c r="D45" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E45" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F45" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="46" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G45" s="6">
+        <v>184.8</v>
+      </c>
+      <c r="H45" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I45" s="8">
+        <v>104.91</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9">
       <c r="A46" s="4">
         <v>42</v>
       </c>
-      <c r="B46" s="4">
-[...3 lines deleted...]
-        <v>166</v>
+      <c r="B46" s="4" t="s">
+        <v>188</v>
+      </c>
+      <c r="C46" s="6">
+        <v>121.23</v>
       </c>
       <c r="D46" s="6">
-        <v>130.79</v>
+        <v>97.53</v>
       </c>
       <c r="E46" s="6">
-        <v>101.94</v>
-[...8 lines deleted...]
-    <row r="47" spans="1:7">
+        <v>124.44</v>
+      </c>
+      <c r="F46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I46" s="8">
+        <v>109.38</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9">
       <c r="A47" s="4">
         <v>43</v>
       </c>
-      <c r="B47" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B47" s="4" t="s">
+        <v>189</v>
+      </c>
+      <c r="C47" s="6">
+        <v>152.73</v>
+      </c>
+      <c r="D47" s="6">
+        <v>96.24</v>
       </c>
       <c r="E47" s="6">
-        <v>101.02</v>
-[...8 lines deleted...]
-    <row r="48" spans="1:7">
+        <v>124.52</v>
+      </c>
+      <c r="F47" s="6">
+        <v>169.43</v>
+      </c>
+      <c r="G47" s="6">
+        <v>133.64</v>
+      </c>
+      <c r="H47" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I47" s="8">
+        <v>110.38</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9">
       <c r="A48" s="4">
         <v>44</v>
       </c>
-      <c r="B48" s="4">
-[...6 lines deleted...]
-        <v>146.95</v>
+      <c r="B48" s="4" t="s">
+        <v>190</v>
+      </c>
+      <c r="C48" s="6">
+        <v>114.87</v>
+      </c>
+      <c r="D48" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E48" s="7" t="s">
-        <v>11</v>
-[...8 lines deleted...]
-    <row r="49" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="F48" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H48" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I48" s="8">
+        <v>114.87</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9">
       <c r="A49" s="4">
         <v>45</v>
       </c>
-      <c r="B49" s="4">
-[...3 lines deleted...]
-        <v>169</v>
+      <c r="B49" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="C49" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D49" s="6">
-        <v>136.15</v>
+        <v>101.02</v>
       </c>
       <c r="E49" s="7" t="s">
-        <v>11</v>
-[...8 lines deleted...]
-    <row r="50" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="F49" s="6">
+        <v>140.67</v>
+      </c>
+      <c r="G49" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H49" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I49" s="8">
+        <v>120.845</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9">
       <c r="A50" s="4">
         <v>46</v>
       </c>
-      <c r="B50" s="4">
-[...3 lines deleted...]
-        <v>170</v>
+      <c r="B50" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="C50" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D50" s="7" t="s">
-        <v>11</v>
-[...11 lines deleted...]
-    <row r="51" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="E50" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F50" s="6">
+        <v>132.15</v>
+      </c>
+      <c r="G50" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H50" s="6">
+        <v>111.68</v>
+      </c>
+      <c r="I50" s="8">
+        <v>121.915</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9">
       <c r="A51" s="4">
         <v>47</v>
       </c>
-      <c r="B51" s="4">
-[...9 lines deleted...]
-        <v>11</v>
+      <c r="B51" s="4" t="s">
+        <v>193</v>
+      </c>
+      <c r="C51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" s="6">
+        <v>132.43</v>
       </c>
       <c r="F51" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="52" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G51" s="6">
+        <v>131.7</v>
+      </c>
+      <c r="H51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I51" s="8">
+        <v>132.065</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9">
       <c r="A52" s="4">
         <v>48</v>
       </c>
-      <c r="B52" s="4">
-[...3 lines deleted...]
-        <v>172</v>
+      <c r="B52" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="C52" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D52" s="6">
-        <v>158.29</v>
+        <v>117.19</v>
       </c>
       <c r="E52" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F52" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="53" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G52" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H52" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I52" s="8">
+        <v>142.9718</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9">
       <c r="A53" s="4">
         <v>49</v>
       </c>
-      <c r="B53" s="4">
-[...3 lines deleted...]
-        <v>173</v>
+      <c r="B53" s="4" t="s">
+        <v>195</v>
+      </c>
+      <c r="C53" s="6">
+        <v>149.12</v>
       </c>
       <c r="D53" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E53" s="7" t="s">
-        <v>11</v>
-[...8 lines deleted...]
-    <row r="54" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="F53" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H53" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I53" s="8">
+        <v>149.12</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9">
       <c r="A54" s="4">
         <v>50</v>
       </c>
-      <c r="B54" s="4">
-[...6 lines deleted...]
-        <v>168.72</v>
+      <c r="B54" s="4" t="s">
+        <v>196</v>
+      </c>
+      <c r="C54" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D54" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E54" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F54" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="55" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G54" s="6">
+        <v>126.2</v>
+      </c>
+      <c r="H54" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I54" s="8">
+        <v>153.964</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9">
       <c r="A55" s="4">
         <v>51</v>
       </c>
-      <c r="B55" s="4">
-[...6 lines deleted...]
-        <v>169.82</v>
+      <c r="B55" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="C55" s="6">
+        <v>158.29</v>
+      </c>
+      <c r="D55" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E55" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F55" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="56" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G55" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H55" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I55" s="8">
+        <v>158.29</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9">
       <c r="A56" s="4">
         <v>52</v>
       </c>
-      <c r="B56" s="4">
-[...6 lines deleted...]
-        <v>176.46</v>
+      <c r="B56" s="4" t="s">
+        <v>198</v>
+      </c>
+      <c r="C56" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D56" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E56" s="7" t="s">
-        <v>11</v>
-[...8 lines deleted...]
-    <row r="57" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="F56" s="6">
+        <v>132.22</v>
+      </c>
+      <c r="G56" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H56" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I56" s="8">
+        <v>160.22</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9">
       <c r="A57" s="4">
         <v>53</v>
       </c>
-      <c r="B57" s="4">
-[...5 lines deleted...]
-      <c r="D57" s="6">
+      <c r="B57" s="4" t="s">
+        <v>199</v>
+      </c>
+      <c r="C57" s="6">
         <v>190.08</v>
       </c>
+      <c r="D57" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E57" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F57" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="58" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G57" s="6">
+        <v>140.64</v>
+      </c>
+      <c r="H57" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I57" s="8">
+        <v>165.36</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9">
       <c r="A58" s="4">
         <v>54</v>
       </c>
-      <c r="B58" s="4">
-[...6 lines deleted...]
-        <v>190.65</v>
+      <c r="B58" s="4" t="s">
+        <v>200</v>
+      </c>
+      <c r="C58" s="6">
+        <v>168.72</v>
+      </c>
+      <c r="D58" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E58" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F58" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="59" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G58" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H58" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I58" s="8">
+        <v>168.72</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9">
       <c r="A59" s="4">
         <v>55</v>
       </c>
-      <c r="B59" s="4">
-[...6 lines deleted...]
-        <v>200.35</v>
+      <c r="B59" s="4" t="s">
+        <v>201</v>
+      </c>
+      <c r="C59" s="6">
+        <v>169.82</v>
+      </c>
+      <c r="D59" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E59" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F59" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="60" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G59" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H59" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I59" s="8">
+        <v>169.82</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9">
       <c r="A60" s="4">
         <v>56</v>
       </c>
-      <c r="B60" s="4">
-[...6 lines deleted...]
-        <v>200.8</v>
+      <c r="B60" s="4" t="s">
+        <v>202</v>
+      </c>
+      <c r="C60" s="6">
+        <v>176.46</v>
+      </c>
+      <c r="D60" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E60" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F60" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="61" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G60" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H60" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I60" s="8">
+        <v>176.46</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9">
       <c r="A61" s="4">
         <v>57</v>
       </c>
-      <c r="B61" s="4">
-[...6 lines deleted...]
-        <v>207.2</v>
+      <c r="B61" s="4" t="s">
+        <v>203</v>
+      </c>
+      <c r="C61" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D61" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E61" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F61" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="62" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G61" s="6">
+        <v>161.62</v>
+      </c>
+      <c r="H61" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I61" s="8">
+        <v>189.62</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9">
       <c r="A62" s="4">
         <v>58</v>
       </c>
-      <c r="B62" s="4">
-[...6 lines deleted...]
-        <v>211.06</v>
+      <c r="B62" s="4" t="s">
+        <v>204</v>
+      </c>
+      <c r="C62" s="6">
+        <v>190.65</v>
+      </c>
+      <c r="D62" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E62" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F62" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="63" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G62" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H62" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I62" s="8">
+        <v>190.65</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9">
       <c r="A63" s="4">
         <v>59</v>
       </c>
-      <c r="B63" s="4">
-[...6 lines deleted...]
-        <v>212.27</v>
+      <c r="B63" s="4" t="s">
+        <v>205</v>
+      </c>
+      <c r="C63" s="6">
+        <v>200.35</v>
+      </c>
+      <c r="D63" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E63" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F63" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="64" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G63" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H63" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I63" s="8">
+        <v>200.35</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9">
       <c r="A64" s="4">
         <v>60</v>
       </c>
-      <c r="B64" s="4">
-[...6 lines deleted...]
-        <v>215.37</v>
+      <c r="B64" s="4" t="s">
+        <v>206</v>
+      </c>
+      <c r="C64" s="6">
+        <v>200.8</v>
+      </c>
+      <c r="D64" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E64" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F64" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="65" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G64" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H64" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I64" s="8">
+        <v>200.8</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9">
       <c r="A65" s="4">
         <v>61</v>
       </c>
-      <c r="B65" s="4">
-[...6 lines deleted...]
-        <v>236.33</v>
+      <c r="B65" s="4" t="s">
+        <v>207</v>
+      </c>
+      <c r="C65" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D65" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E65" s="7" t="s">
-        <v>11</v>
-[...8 lines deleted...]
-    <row r="66" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="F65" s="6">
+        <v>207.34</v>
+      </c>
+      <c r="G65" s="6">
+        <v>203.33</v>
+      </c>
+      <c r="H65" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I65" s="8">
+        <v>205.335</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9">
       <c r="A66" s="4">
         <v>62</v>
       </c>
-      <c r="B66" s="4">
-[...6 lines deleted...]
-        <v>239.95</v>
+      <c r="B66" s="4" t="s">
+        <v>208</v>
+      </c>
+      <c r="C66" s="6">
+        <v>207.2</v>
+      </c>
+      <c r="D66" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E66" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F66" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="67" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G66" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H66" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I66" s="8">
+        <v>207.2</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9">
       <c r="A67" s="4">
         <v>63</v>
       </c>
-      <c r="B67" s="4">
-[...5 lines deleted...]
-      <c r="D67" s="6">
+      <c r="B67" s="4" t="s">
+        <v>209</v>
+      </c>
+      <c r="C67" s="6">
+        <v>211.06</v>
+      </c>
+      <c r="D67" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E67" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F67" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H67" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I67" s="8">
+        <v>211.06</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9">
+      <c r="A68" s="4">
+        <v>64</v>
+      </c>
+      <c r="B68" s="4" t="s">
+        <v>210</v>
+      </c>
+      <c r="C68" s="6">
+        <v>212.27</v>
+      </c>
+      <c r="D68" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E68" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F68" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H68" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I68" s="8">
+        <v>212.27</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9">
+      <c r="A69" s="4">
+        <v>65</v>
+      </c>
+      <c r="B69" s="4" t="s">
+        <v>211</v>
+      </c>
+      <c r="C69" s="6">
+        <v>215.37</v>
+      </c>
+      <c r="D69" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E69" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F69" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H69" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I69" s="8">
+        <v>215.37</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9">
+      <c r="A70" s="4">
+        <v>66</v>
+      </c>
+      <c r="B70" s="4" t="s">
+        <v>212</v>
+      </c>
+      <c r="C70" s="6">
+        <v>239.95</v>
+      </c>
+      <c r="D70" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E70" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F70" s="6">
+        <v>225.91</v>
+      </c>
+      <c r="G70" s="6">
+        <v>212.26</v>
+      </c>
+      <c r="H70" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I70" s="8">
+        <v>219.085</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9">
+      <c r="A71" s="4">
+        <v>67</v>
+      </c>
+      <c r="B71" s="4" t="s">
+        <v>213</v>
+      </c>
+      <c r="C71" s="6">
+        <v>236.33</v>
+      </c>
+      <c r="D71" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E71" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F71" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H71" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I71" s="8">
+        <v>236.33</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9">
+      <c r="A72" s="4">
+        <v>68</v>
+      </c>
+      <c r="B72" s="4" t="s">
+        <v>214</v>
+      </c>
+      <c r="C72" s="6">
         <v>276.64</v>
       </c>
-      <c r="E67" s="7" t="s">
-[...5 lines deleted...]
-      <c r="G67" s="8">
+      <c r="D72" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E72" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F72" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H72" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I72" s="8">
         <v>276.64</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:G1"/>
-    <mergeCell ref="A2:G2"/>
+    <mergeCell ref="A1:I1"/>
+    <mergeCell ref="A2:I2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G43"/>
+  <dimension ref="A1:I51"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A4" sqref="A4:G43"/>
+      <selection activeCell="A4" sqref="A4:I51"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="true" style="0"/>
-    <col min="2" max="2" width="14" customWidth="true" style="0"/>
-    <col min="3" max="3" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
+    <col min="7" max="7" width="14" customWidth="true" style="0"/>
+    <col min="8" max="8" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7">
+    <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:7">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:7" customHeight="1" ht="150">
+    <row r="4" spans="1:9" customHeight="1" ht="150">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="G4" s="3" t="s">
+      <c r="G4" s="5" t="s">
         <v>8</v>
       </c>
-    </row>
-    <row r="5" spans="1:7">
+      <c r="H4" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="I4" s="3" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9">
       <c r="A5" s="4">
         <v>1</v>
       </c>
-      <c r="B5" s="4">
-[...3 lines deleted...]
-        <v>189</v>
+      <c r="B5" s="4" t="s">
+        <v>216</v>
+      </c>
+      <c r="C5" s="6">
+        <v>102.75</v>
       </c>
       <c r="D5" s="6">
+        <v>134.93</v>
+      </c>
+      <c r="E5" s="6">
+        <v>127.5</v>
+      </c>
+      <c r="F5" s="6">
+        <v>106.27</v>
+      </c>
+      <c r="G5" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H5" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I5" s="8">
         <v>102.75</v>
       </c>
-      <c r="E5" s="6">
-[...9 lines deleted...]
-    <row r="6" spans="1:7">
+    </row>
+    <row r="6" spans="1:9">
       <c r="A6" s="4">
         <v>2</v>
       </c>
-      <c r="B6" s="4">
-[...3 lines deleted...]
-        <v>190</v>
+      <c r="B6" s="4" t="s">
+        <v>217</v>
+      </c>
+      <c r="C6" s="6">
+        <v>118.7</v>
       </c>
       <c r="D6" s="6">
-        <v>118.7</v>
-[...1 lines deleted...]
-      <c r="E6" s="6">
         <v>116.69</v>
       </c>
+      <c r="E6" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="F6" s="7" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="G6" s="8">
+        <v>13</v>
+      </c>
+      <c r="G6" s="6">
+        <v>150.61</v>
+      </c>
+      <c r="H6" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I6" s="8">
         <v>117.695</v>
       </c>
     </row>
-    <row r="7" spans="1:7">
+    <row r="7" spans="1:9">
       <c r="A7" s="4">
         <v>3</v>
       </c>
-      <c r="B7" s="4">
-[...18 lines deleted...]
-    <row r="8" spans="1:7">
+      <c r="B7" s="4" t="s">
+        <v>218</v>
+      </c>
+      <c r="C7" s="6">
+        <v>144.01</v>
+      </c>
+      <c r="D7" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F7" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" s="6">
+        <v>127.06</v>
+      </c>
+      <c r="H7" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I7" s="8">
+        <v>135.535</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9">
       <c r="A8" s="4">
         <v>4</v>
       </c>
-      <c r="B8" s="4">
-[...3 lines deleted...]
-        <v>192</v>
+      <c r="B8" s="4" t="s">
+        <v>219</v>
+      </c>
+      <c r="C8" s="6">
+        <v>139.58</v>
       </c>
       <c r="D8" s="6">
-        <v>144.01</v>
-[...11 lines deleted...]
-    <row r="9" spans="1:7">
+        <v>148.97</v>
+      </c>
+      <c r="E8" s="6">
+        <v>160.16</v>
+      </c>
+      <c r="F8" s="6">
+        <v>148.05</v>
+      </c>
+      <c r="G8" s="6">
+        <v>141.34</v>
+      </c>
+      <c r="H8" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I8" s="8">
+        <v>139.58</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9">
       <c r="A9" s="4">
         <v>5</v>
       </c>
-      <c r="B9" s="4">
-[...3 lines deleted...]
-        <v>193</v>
+      <c r="B9" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="C9" s="6">
+        <v>222.54</v>
       </c>
       <c r="D9" s="6">
-        <v>162.5</v>
+        <v>155.56</v>
       </c>
       <c r="E9" s="6">
-        <v>163.27</v>
+        <v>155.71</v>
       </c>
       <c r="F9" s="6">
-        <v>145.93</v>
-[...5 lines deleted...]
-    <row r="10" spans="1:7">
+        <v>165.18</v>
+      </c>
+      <c r="G9" s="6">
+        <v>141.23</v>
+      </c>
+      <c r="H9" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I9" s="8">
+        <v>148.395</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9">
       <c r="A10" s="4">
         <v>6</v>
       </c>
-      <c r="B10" s="4">
-[...3 lines deleted...]
-        <v>194</v>
+      <c r="B10" s="4" t="s">
+        <v>221</v>
+      </c>
+      <c r="C10" s="6">
+        <v>162.5</v>
       </c>
       <c r="D10" s="6">
-        <v>222.54</v>
+        <v>163.27</v>
       </c>
       <c r="E10" s="6">
-        <v>155.56</v>
+        <v>145.93</v>
       </c>
       <c r="F10" s="6">
-        <v>155.71</v>
-[...5 lines deleted...]
-    <row r="11" spans="1:7">
+        <v>214.21</v>
+      </c>
+      <c r="G10" s="6">
+        <v>203.53</v>
+      </c>
+      <c r="H10" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I10" s="8">
+        <v>154.215</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9">
       <c r="A11" s="4">
         <v>7</v>
       </c>
-      <c r="B11" s="4">
-[...5 lines deleted...]
-      <c r="D11" s="6">
+      <c r="B11" s="4" t="s">
+        <v>222</v>
+      </c>
+      <c r="C11" s="6">
         <v>158.97</v>
       </c>
-      <c r="E11" s="7" t="s">
-        <v>11</v>
+      <c r="D11" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" s="6">
+        <v>172.08</v>
       </c>
       <c r="F11" s="6">
-        <v>172.08</v>
-[...1 lines deleted...]
-      <c r="G11" s="8">
+        <v>204.34</v>
+      </c>
+      <c r="G11" s="6">
+        <v>178.66</v>
+      </c>
+      <c r="H11" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I11" s="8">
         <v>158.97</v>
       </c>
     </row>
-    <row r="12" spans="1:7">
+    <row r="12" spans="1:9">
       <c r="A12" s="4">
         <v>8</v>
       </c>
-      <c r="B12" s="4">
-[...3 lines deleted...]
-        <v>196</v>
+      <c r="B12" s="4" t="s">
+        <v>223</v>
+      </c>
+      <c r="C12" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D12" s="6">
-        <v>180.02</v>
+        <v>153.68</v>
       </c>
       <c r="E12" s="7" t="s">
-        <v>11</v>
-[...8 lines deleted...]
-    <row r="13" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="F12" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" s="6">
+        <v>166.72</v>
+      </c>
+      <c r="H12" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I12" s="8">
+        <v>160.2</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9">
       <c r="A13" s="4">
         <v>9</v>
       </c>
-      <c r="B13" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B13" s="4" t="s">
+        <v>224</v>
+      </c>
+      <c r="C13" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" s="6">
+        <v>189.04</v>
       </c>
       <c r="E13" s="6">
-        <v>189.04</v>
-[...1 lines deleted...]
-      <c r="F13" s="6">
         <v>164.29</v>
       </c>
-      <c r="G13" s="8">
-[...3 lines deleted...]
-    <row r="14" spans="1:7">
+      <c r="F13" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" s="6">
+        <v>167.91</v>
+      </c>
+      <c r="H13" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I13" s="8">
+        <v>166.1</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9">
       <c r="A14" s="4">
         <v>10</v>
       </c>
-      <c r="B14" s="4">
-[...3 lines deleted...]
-        <v>198</v>
+      <c r="B14" s="4" t="s">
+        <v>225</v>
+      </c>
+      <c r="C14" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D14" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E14" s="6">
-        <v>153.68</v>
+        <v>182.48</v>
       </c>
       <c r="F14" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="15" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G14" s="6">
+        <v>159.15</v>
+      </c>
+      <c r="H14" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I14" s="8">
+        <v>170.815</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9">
       <c r="A15" s="4">
         <v>11</v>
       </c>
-      <c r="B15" s="4">
-[...6 lines deleted...]
-        <v>185.76</v>
+      <c r="B15" s="4" t="s">
+        <v>226</v>
+      </c>
+      <c r="C15" s="6">
+        <v>180.02</v>
+      </c>
+      <c r="D15" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E15" s="6">
-        <v>223.72</v>
+        <v>168.1</v>
       </c>
       <c r="F15" s="6">
-        <v>208.31</v>
-[...5 lines deleted...]
-    <row r="16" spans="1:7">
+        <v>184.72</v>
+      </c>
+      <c r="G15" s="6">
+        <v>185.66</v>
+      </c>
+      <c r="H15" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I15" s="8">
+        <v>174.06</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9">
       <c r="A16" s="4">
         <v>12</v>
       </c>
-      <c r="B16" s="4">
-[...6 lines deleted...]
-        <v>190.42</v>
+      <c r="B16" s="4" t="s">
+        <v>227</v>
+      </c>
+      <c r="C16" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E16" s="6">
-        <v>256.0</v>
-[...8 lines deleted...]
-    <row r="17" spans="1:7">
+        <v>192.34</v>
+      </c>
+      <c r="F16" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" s="6">
+        <v>166.6</v>
+      </c>
+      <c r="H16" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I16" s="8">
+        <v>179.47</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9">
       <c r="A17" s="4">
         <v>13</v>
       </c>
-      <c r="B17" s="4">
-[...6 lines deleted...]
-        <v>193.16</v>
+      <c r="B17" s="4" t="s">
+        <v>228</v>
+      </c>
+      <c r="C17" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E17" s="7" t="s">
-        <v>11</v>
-[...8 lines deleted...]
-    <row r="18" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="F17" s="6">
+        <v>154.3</v>
+      </c>
+      <c r="G17" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H17" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I17" s="8">
+        <v>182.3</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9">
       <c r="A18" s="4">
         <v>14</v>
       </c>
-      <c r="B18" s="4">
-[...3 lines deleted...]
-        <v>202</v>
+      <c r="B18" s="4" t="s">
+        <v>229</v>
+      </c>
+      <c r="C18" s="6">
+        <v>185.76</v>
       </c>
       <c r="D18" s="6">
-        <v>209.03</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>223.72</v>
+      </c>
+      <c r="E18" s="6">
+        <v>208.31</v>
       </c>
       <c r="F18" s="6">
-        <v>177.88</v>
-[...5 lines deleted...]
-    <row r="19" spans="1:7">
+        <v>242.08</v>
+      </c>
+      <c r="G18" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H18" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I18" s="8">
+        <v>185.76</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9">
       <c r="A19" s="4">
         <v>15</v>
       </c>
-      <c r="B19" s="4">
-[...9 lines deleted...]
-        <v>199.49</v>
+      <c r="B19" s="4" t="s">
+        <v>230</v>
+      </c>
+      <c r="C19" s="6">
+        <v>215.07</v>
+      </c>
+      <c r="D19" s="6">
+        <v>224.75</v>
+      </c>
+      <c r="E19" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="F19" s="6">
-        <v>192.34</v>
-[...5 lines deleted...]
-    <row r="20" spans="1:7">
+        <v>198.96</v>
+      </c>
+      <c r="G19" s="6">
+        <v>181.0</v>
+      </c>
+      <c r="H19" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I19" s="8">
+        <v>189.98</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9">
       <c r="A20" s="4">
         <v>16</v>
       </c>
-      <c r="B20" s="4">
-[...3 lines deleted...]
-        <v>204</v>
+      <c r="B20" s="4" t="s">
+        <v>231</v>
+      </c>
+      <c r="C20" s="6">
+        <v>190.42</v>
       </c>
       <c r="D20" s="6">
-        <v>213.87</v>
+        <v>256.0</v>
       </c>
       <c r="E20" s="6">
-        <v>228.86</v>
-[...8 lines deleted...]
-    <row r="21" spans="1:7">
+        <v>226.66</v>
+      </c>
+      <c r="F20" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H20" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I20" s="8">
+        <v>190.42</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9">
       <c r="A21" s="4">
         <v>17</v>
       </c>
-      <c r="B21" s="4">
-[...18 lines deleted...]
-    <row r="22" spans="1:7">
+      <c r="B21" s="4" t="s">
+        <v>232</v>
+      </c>
+      <c r="C21" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" s="6">
+        <v>199.49</v>
+      </c>
+      <c r="E21" s="6">
+        <v>192.34</v>
+      </c>
+      <c r="F21" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" s="6">
+        <v>189.59</v>
+      </c>
+      <c r="H21" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I21" s="8">
+        <v>190.965</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9">
       <c r="A22" s="4">
         <v>18</v>
       </c>
-      <c r="B22" s="4">
-[...9 lines deleted...]
-        <v>224.75</v>
+      <c r="B22" s="4" t="s">
+        <v>233</v>
+      </c>
+      <c r="C22" s="6">
+        <v>193.16</v>
+      </c>
+      <c r="D22" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="F22" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="23" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G22" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H22" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I22" s="8">
+        <v>193.16</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9">
       <c r="A23" s="4">
         <v>19</v>
       </c>
-      <c r="B23" s="4">
-[...3 lines deleted...]
-        <v>207</v>
+      <c r="B23" s="4" t="s">
+        <v>234</v>
+      </c>
+      <c r="C23" s="6">
+        <v>209.03</v>
       </c>
       <c r="D23" s="7" t="s">
-        <v>11</v>
-[...11 lines deleted...]
-    <row r="24" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="E23" s="6">
+        <v>177.88</v>
+      </c>
+      <c r="F23" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H23" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I23" s="8">
+        <v>193.455</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9">
       <c r="A24" s="4">
         <v>20</v>
       </c>
-      <c r="B24" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B24" s="4" t="s">
+        <v>235</v>
+      </c>
+      <c r="C24" s="6">
+        <v>213.87</v>
+      </c>
+      <c r="D24" s="6">
+        <v>228.86</v>
       </c>
       <c r="E24" s="6">
-        <v>219.01</v>
-[...8 lines deleted...]
-    <row r="25" spans="1:7">
+        <v>182.88</v>
+      </c>
+      <c r="F24" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H24" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I24" s="8">
+        <v>198.375</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9">
       <c r="A25" s="4">
         <v>21</v>
       </c>
-      <c r="B25" s="4">
-[...3 lines deleted...]
-        <v>209</v>
+      <c r="B25" s="4" t="s">
+        <v>236</v>
+      </c>
+      <c r="C25" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D25" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E25" s="6">
-        <v>238.79</v>
-[...8 lines deleted...]
-    <row r="26" spans="1:7">
+        <v>229.84</v>
+      </c>
+      <c r="F25" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" s="6">
+        <v>184.01</v>
+      </c>
+      <c r="H25" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I25" s="8">
+        <v>206.925</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9">
       <c r="A26" s="4">
         <v>22</v>
       </c>
-      <c r="B26" s="4">
-[...3 lines deleted...]
-        <v>210</v>
+      <c r="B26" s="4" t="s">
+        <v>237</v>
+      </c>
+      <c r="C26" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D26" s="7" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>278.43</v>
+        <v>13</v>
+      </c>
+      <c r="E26" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="F26" s="6">
-        <v>219.43</v>
-[...5 lines deleted...]
-    <row r="27" spans="1:7">
+        <v>226.9</v>
+      </c>
+      <c r="G26" s="6">
+        <v>195.9</v>
+      </c>
+      <c r="H26" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I26" s="8">
+        <v>211.4</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9">
       <c r="A27" s="4">
         <v>23</v>
       </c>
-      <c r="B27" s="4">
-[...9 lines deleted...]
-        <v>11</v>
+      <c r="B27" s="4" t="s">
+        <v>238</v>
+      </c>
+      <c r="C27" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" s="6">
+        <v>219.01</v>
+      </c>
+      <c r="E27" s="6">
+        <v>226.9</v>
       </c>
       <c r="F27" s="6">
-        <v>227.06</v>
-[...5 lines deleted...]
-    <row r="28" spans="1:7">
+        <v>266.0</v>
+      </c>
+      <c r="G27" s="6">
+        <v>215.82</v>
+      </c>
+      <c r="H27" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I27" s="8">
+        <v>217.415</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9">
       <c r="A28" s="4">
         <v>24</v>
       </c>
-      <c r="B28" s="4">
-[...3 lines deleted...]
-        <v>212</v>
+      <c r="B28" s="4" t="s">
+        <v>239</v>
+      </c>
+      <c r="C28" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D28" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E28" s="7" t="s">
-        <v>11</v>
-[...8 lines deleted...]
-    <row r="29" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="F28" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" s="6">
+        <v>193.57</v>
+      </c>
+      <c r="H28" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I28" s="8">
+        <v>221.57</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9">
       <c r="A29" s="4">
         <v>25</v>
       </c>
-      <c r="B29" s="4">
-[...3 lines deleted...]
-        <v>213</v>
+      <c r="B29" s="4" t="s">
+        <v>240</v>
+      </c>
+      <c r="C29" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D29" s="6">
-        <v>260.48</v>
-[...11 lines deleted...]
-    <row r="30" spans="1:7">
+        <v>238.79</v>
+      </c>
+      <c r="E29" s="6">
+        <v>219.43</v>
+      </c>
+      <c r="F29" s="6">
+        <v>237.65</v>
+      </c>
+      <c r="G29" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H29" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I29" s="8">
+        <v>228.54</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9">
       <c r="A30" s="4">
         <v>26</v>
       </c>
-      <c r="B30" s="4">
-[...18 lines deleted...]
-    <row r="31" spans="1:7">
+      <c r="B30" s="4" t="s">
+        <v>241</v>
+      </c>
+      <c r="C30" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" s="6">
+        <v>278.43</v>
+      </c>
+      <c r="E30" s="6">
+        <v>219.43</v>
+      </c>
+      <c r="F30" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H30" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I30" s="8">
+        <v>248.93</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9">
       <c r="A31" s="4">
         <v>27</v>
       </c>
-      <c r="B31" s="4">
-[...18 lines deleted...]
-    <row r="32" spans="1:7">
+      <c r="B31" s="4" t="s">
+        <v>242</v>
+      </c>
+      <c r="C31" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" s="6">
+        <v>260.2</v>
+      </c>
+      <c r="E31" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F31" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" s="6">
+        <v>245.46</v>
+      </c>
+      <c r="H31" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I31" s="8">
+        <v>252.83</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9">
       <c r="A32" s="4">
         <v>28</v>
       </c>
-      <c r="B32" s="4">
-[...3 lines deleted...]
-        <v>216</v>
+      <c r="B32" s="4" t="s">
+        <v>243</v>
+      </c>
+      <c r="C32" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D32" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E32" s="6">
-        <v>296.76</v>
+        <v>256.38</v>
       </c>
       <c r="F32" s="6">
-        <v>265.52</v>
-[...5 lines deleted...]
-    <row r="33" spans="1:7">
+        <v>276.34</v>
+      </c>
+      <c r="G32" s="6">
+        <v>250.75</v>
+      </c>
+      <c r="H32" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I32" s="8">
+        <v>253.565</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9">
       <c r="A33" s="4">
         <v>29</v>
       </c>
-      <c r="B33" s="4">
-[...3 lines deleted...]
-        <v>217</v>
+      <c r="B33" s="4" t="s">
+        <v>244</v>
+      </c>
+      <c r="C33" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D33" s="7" t="s">
-        <v>11</v>
-[...11 lines deleted...]
-    <row r="34" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="E33" s="6">
+        <v>227.06</v>
+      </c>
+      <c r="F33" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H33" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I33" s="8">
+        <v>255.06</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9">
       <c r="A34" s="4">
         <v>30</v>
       </c>
-      <c r="B34" s="4">
-[...3 lines deleted...]
-        <v>218</v>
+      <c r="B34" s="4" t="s">
+        <v>245</v>
+      </c>
+      <c r="C34" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D34" s="7" t="s">
-        <v>11</v>
-[...11 lines deleted...]
-    <row r="35" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="E34" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F34" s="6">
+        <v>227.31</v>
+      </c>
+      <c r="G34" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H34" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I34" s="8">
+        <v>255.31</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9">
       <c r="A35" s="4">
         <v>31</v>
       </c>
-      <c r="B35" s="4">
-[...3 lines deleted...]
-        <v>219</v>
+      <c r="B35" s="4" t="s">
+        <v>246</v>
+      </c>
+      <c r="C35" s="6">
+        <v>260.48</v>
       </c>
       <c r="D35" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E35" s="7" t="s">
-        <v>11</v>
-[...8 lines deleted...]
-    <row r="36" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="F35" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H35" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I35" s="8">
+        <v>260.48</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9">
       <c r="A36" s="4">
         <v>32</v>
       </c>
-      <c r="B36" s="4">
-[...3 lines deleted...]
-        <v>220</v>
+      <c r="B36" s="4" t="s">
+        <v>247</v>
+      </c>
+      <c r="C36" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D36" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E36" s="7" t="s">
-        <v>11</v>
-[...8 lines deleted...]
-    <row r="37" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="F36" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" s="6">
+        <v>233.8</v>
+      </c>
+      <c r="H36" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I36" s="8">
+        <v>261.8</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9">
       <c r="A37" s="4">
         <v>33</v>
       </c>
-      <c r="B37" s="4">
-[...3 lines deleted...]
-        <v>221</v>
+      <c r="B37" s="4" t="s">
+        <v>248</v>
+      </c>
+      <c r="C37" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D37" s="7" t="s">
-        <v>11</v>
-[...11 lines deleted...]
-    <row r="38" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="E37" s="6">
+        <v>234.69</v>
+      </c>
+      <c r="F37" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H37" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I37" s="8">
+        <v>262.69</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9">
       <c r="A38" s="4">
         <v>34</v>
       </c>
-      <c r="B38" s="4">
-[...3 lines deleted...]
-        <v>222</v>
+      <c r="B38" s="4" t="s">
+        <v>249</v>
+      </c>
+      <c r="C38" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D38" s="7" t="s">
-        <v>11</v>
-[...11 lines deleted...]
-    <row r="39" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="E38" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F38" s="6">
+        <v>311.33</v>
+      </c>
+      <c r="G38" s="6">
+        <v>218.09</v>
+      </c>
+      <c r="H38" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I38" s="8">
+        <v>264.71</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9">
       <c r="A39" s="4">
         <v>35</v>
       </c>
-      <c r="B39" s="4">
-[...18 lines deleted...]
-    <row r="40" spans="1:7">
+      <c r="B39" s="4" t="s">
+        <v>250</v>
+      </c>
+      <c r="C39" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D39" s="6">
+        <v>279.2</v>
+      </c>
+      <c r="E39" s="6">
+        <v>258.05</v>
+      </c>
+      <c r="F39" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H39" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I39" s="8">
+        <v>268.625</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9">
       <c r="A40" s="4">
         <v>36</v>
       </c>
-      <c r="B40" s="4">
-[...3 lines deleted...]
-        <v>224</v>
+      <c r="B40" s="4" t="s">
+        <v>251</v>
+      </c>
+      <c r="C40" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D40" s="7" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>13</v>
+      </c>
+      <c r="E40" s="6">
+        <v>263.37</v>
       </c>
       <c r="F40" s="6">
-        <v>302.94</v>
-[...5 lines deleted...]
-    <row r="41" spans="1:7">
+        <v>356.0</v>
+      </c>
+      <c r="G40" s="6">
+        <v>274.65</v>
+      </c>
+      <c r="H40" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I40" s="8">
+        <v>269.01</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9">
       <c r="A41" s="4">
         <v>37</v>
       </c>
-      <c r="B41" s="4">
-[...3 lines deleted...]
-        <v>225</v>
+      <c r="B41" s="4" t="s">
+        <v>252</v>
+      </c>
+      <c r="C41" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D41" s="7" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>13</v>
+      </c>
+      <c r="E41" s="6">
+        <v>289.03</v>
       </c>
       <c r="F41" s="6">
-        <v>320.9</v>
-[...5 lines deleted...]
-    <row r="42" spans="1:7">
+        <v>297.36</v>
+      </c>
+      <c r="G41" s="6">
+        <v>253.71</v>
+      </c>
+      <c r="H41" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I41" s="8">
+        <v>271.37</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9">
       <c r="A42" s="4">
         <v>38</v>
       </c>
-      <c r="B42" s="4">
-[...3 lines deleted...]
-        <v>226</v>
+      <c r="B42" s="4" t="s">
+        <v>253</v>
+      </c>
+      <c r="C42" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D42" s="7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E42" s="6">
-        <v>379.13</v>
+        <v>302.94</v>
       </c>
       <c r="F42" s="7" t="s">
-        <v>11</v>
-[...5 lines deleted...]
-    <row r="43" spans="1:7">
+        <v>13</v>
+      </c>
+      <c r="G42" s="6">
+        <v>247.62</v>
+      </c>
+      <c r="H42" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I42" s="8">
+        <v>275.28</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9">
       <c r="A43" s="4">
         <v>39</v>
       </c>
-      <c r="B43" s="4">
-[...8 lines deleted...]
-      <c r="E43" s="6">
+      <c r="B43" s="4" t="s">
+        <v>254</v>
+      </c>
+      <c r="C43" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D43" s="6">
+        <v>281.35</v>
+      </c>
+      <c r="E43" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F43" s="6">
+        <v>273.85</v>
+      </c>
+      <c r="G43" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H43" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I43" s="8">
+        <v>277.6</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9">
+      <c r="A44" s="4">
+        <v>40</v>
+      </c>
+      <c r="B44" s="4" t="s">
+        <v>255</v>
+      </c>
+      <c r="C44" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D44" s="6">
+        <v>296.76</v>
+      </c>
+      <c r="E44" s="6">
+        <v>265.52</v>
+      </c>
+      <c r="F44" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H44" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I44" s="8">
+        <v>281.14</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9">
+      <c r="A45" s="4">
+        <v>41</v>
+      </c>
+      <c r="B45" s="4" t="s">
+        <v>256</v>
+      </c>
+      <c r="C45" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D45" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" s="6">
+        <v>265.83</v>
+      </c>
+      <c r="F45" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H45" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I45" s="8">
+        <v>293.83</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9">
+      <c r="A46" s="4">
+        <v>42</v>
+      </c>
+      <c r="B46" s="4" t="s">
+        <v>257</v>
+      </c>
+      <c r="C46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" s="6">
+        <v>266.95</v>
+      </c>
+      <c r="F46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I46" s="8">
+        <v>294.95</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9">
+      <c r="A47" s="4">
+        <v>43</v>
+      </c>
+      <c r="B47" s="4" t="s">
+        <v>258</v>
+      </c>
+      <c r="C47" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D47" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F47" s="6">
+        <v>356.61</v>
+      </c>
+      <c r="G47" s="6">
+        <v>284.04</v>
+      </c>
+      <c r="H47" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I47" s="8">
+        <v>320.325</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9">
+      <c r="A48" s="4">
+        <v>44</v>
+      </c>
+      <c r="B48" s="4" t="s">
+        <v>259</v>
+      </c>
+      <c r="C48" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D48" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" s="6">
+        <v>320.9</v>
+      </c>
+      <c r="F48" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H48" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I48" s="8">
+        <v>348.9</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9">
+      <c r="A49" s="4">
+        <v>45</v>
+      </c>
+      <c r="B49" s="4" t="s">
+        <v>260</v>
+      </c>
+      <c r="C49" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D49" s="6">
+        <v>379.13</v>
+      </c>
+      <c r="E49" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F49" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H49" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I49" s="8">
+        <v>407.13</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9">
+      <c r="A50" s="4">
+        <v>46</v>
+      </c>
+      <c r="B50" s="4" t="s">
+        <v>261</v>
+      </c>
+      <c r="C50" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D50" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F50" s="6">
+        <v>400.13</v>
+      </c>
+      <c r="G50" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H50" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I50" s="8">
+        <v>428.13</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9">
+      <c r="A51" s="4">
+        <v>47</v>
+      </c>
+      <c r="B51" s="4" t="s">
+        <v>262</v>
+      </c>
+      <c r="C51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D51" s="6">
         <v>432.13</v>
       </c>
-      <c r="F43" s="7" t="s">
-[...2 lines deleted...]
-      <c r="G43" s="8">
+      <c r="E51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I51" s="8">
         <v>460.13</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:G1"/>
-    <mergeCell ref="A2:G2"/>
+    <mergeCell ref="A1:I1"/>
+    <mergeCell ref="A2:I2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>