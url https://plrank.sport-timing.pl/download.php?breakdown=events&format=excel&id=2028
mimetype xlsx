--- v0 (2025-10-30)
+++ v1 (2026-02-01)
@@ -18,975 +18,1043 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Mężczyźni - Junior młodszy" sheetId="1" r:id="rId4"/>
     <sheet name="Mężczyźni - Młodzik" sheetId="2" r:id="rId5"/>
     <sheet name="Kobiety - Junior młodszy" sheetId="3" r:id="rId6"/>
     <sheet name="Kobiety - Młodzik" sheetId="4" r:id="rId7"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="249">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="296">
   <si>
     <t>Polpunkty GS - Mężczyźni - Junior młodszy</t>
   </si>
   <si>
     <t>Sezon: 2025/2026 | Typ licencji: ZJAZDY</t>
   </si>
   <si>
-    <t>Pozycja</t>
+    <t>Poz.</t>
+  </si>
+  <si>
+    <t>Licencja</t>
   </si>
   <si>
     <t>Zawodnik</t>
   </si>
   <si>
-    <t>Klub</t>
-[...59 lines deleted...]
-    <t>🥇 1</t>
+    <t>Punkty bazowe GS
+30.10.2025</t>
+  </si>
+  <si>
+    <t>MPP II GS
+03.01.2026</t>
+  </si>
+  <si>
+    <t>MPP II GS
+04.01.2026</t>
+  </si>
+  <si>
+    <t>MPP III GSI
+22.01.2026</t>
+  </si>
+  <si>
+    <t>MPP III GS II
+23.01.2026</t>
+  </si>
+  <si>
+    <t>Punkty</t>
   </si>
   <si>
     <t>Jakub Muniak</t>
   </si>
   <si>
-    <t>KS SportUp</t>
+    <t>Stanisław Ćwikła</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
-    <t>🥈 2</t>
-[...1 lines deleted...]
-  <si>
     <t>Kosma Szafrański</t>
   </si>
   <si>
-    <t>KS SKIVEGAS STANEK RACE ACADEMY Sp. Z o.o</t>
-[...4 lines deleted...]
-  <si>
     <t>Kamil Frycz</t>
   </si>
   <si>
-    <t>PILCH SKI ACADEMY</t>
+    <t>Wojciech Przybyła</t>
   </si>
   <si>
     <t>Jakub Haber</t>
   </si>
   <si>
-    <t>Wojciech Przybyła</t>
-[...1 lines deleted...]
-  <si>
     <t>Antoni Kałuża</t>
   </si>
   <si>
-    <t>Stanisław Ćwikła</t>
+    <t>Antoni Gacek</t>
+  </si>
+  <si>
+    <t>Jan Szmaja</t>
+  </si>
+  <si>
+    <t>Filip Ciślak</t>
   </si>
   <si>
     <t>Tomasz Rojek</t>
   </si>
   <si>
     <t>Konrad Stojanik</t>
   </si>
   <si>
-    <t>KLUB SPORTOWY AS</t>
+    <t>Jan Jędrol</t>
   </si>
   <si>
     <t>Paweł Król</t>
   </si>
   <si>
-    <t>Klub Sportowy Mikołajek</t>
-[...7 lines deleted...]
-  <si>
     <t>Mikołaj Michałowicz</t>
   </si>
   <si>
-    <t>BS Sport</t>
-[...1 lines deleted...]
-  <si>
     <t>Jan Czajkowski</t>
   </si>
   <si>
-    <t>KS BESKIDY</t>
+    <t>Jan Poborski</t>
   </si>
   <si>
     <t>Karol Kwiatkowski</t>
   </si>
   <si>
-    <t>UKS 28 KIELCE</t>
+    <t>Tymon Kozłowski</t>
+  </si>
+  <si>
+    <t>Feliks Miłosz</t>
   </si>
   <si>
     <t>Ignacy Kozłowski</t>
   </si>
   <si>
+    <t>Artemi Chornous</t>
+  </si>
+  <si>
+    <t>Grzegorz Pencarski</t>
+  </si>
+  <si>
+    <t>Artur Jacyno</t>
+  </si>
+  <si>
+    <t>Tymon Bobrzyński</t>
+  </si>
+  <si>
+    <t>Bartłomiej Więckowski</t>
+  </si>
+  <si>
+    <t>Bartłomiej Surdy</t>
+  </si>
+  <si>
+    <t>Ruben Cirut</t>
+  </si>
+  <si>
+    <t>Antoni Czerwiński-molski</t>
+  </si>
+  <si>
     <t>Jakub Bojdys</t>
   </si>
   <si>
-    <t>Bartłomiej Surdy</t>
+    <t>Jan Janicki</t>
+  </si>
+  <si>
+    <t>Jan Kowalczyk</t>
   </si>
   <si>
     <t>Feliks Olesiński</t>
   </si>
   <si>
-    <t>Tymon Bobrzyński</t>
+    <t>Iwo Olszewski</t>
+  </si>
+  <si>
+    <t>Stanisław Moszczyński</t>
+  </si>
+  <si>
+    <t>Stanisław Mars</t>
+  </si>
+  <si>
+    <t>Stanisław Górnikowski</t>
+  </si>
+  <si>
+    <t>Stanisław Kuklewicz</t>
+  </si>
+  <si>
+    <t>Karol Stompór</t>
+  </si>
+  <si>
+    <t>Szymon Ptaszkiewicz</t>
+  </si>
+  <si>
+    <t>Jakub Stożek</t>
+  </si>
+  <si>
+    <t>Konstanty Trusewicz</t>
+  </si>
+  <si>
+    <t>Igor Klimkowski</t>
+  </si>
+  <si>
+    <t>Leonardo Brusco</t>
+  </si>
+  <si>
+    <t>Jan Jakubowski</t>
+  </si>
+  <si>
+    <t>Paweł Chowaniec</t>
   </si>
   <si>
     <t>Ryszard Hermanowicz</t>
   </si>
   <si>
+    <t>Benjamin Barabaś-latif</t>
+  </si>
+  <si>
     <t>Maciej Nowaczyk</t>
   </si>
   <si>
-    <t>KS Wielkopolska Szkoła Narciar</t>
+    <t>Maciej Rusztowicz</t>
+  </si>
+  <si>
+    <t>Zachary Wysocki</t>
   </si>
   <si>
     <t>Tomasz Sroka</t>
   </si>
   <si>
+    <t>Wincenty Mrowiecki</t>
+  </si>
+  <si>
     <t>Piotr Bobeł</t>
   </si>
   <si>
-    <t>Antoni Czerwiński-molski</t>
-[...4 lines deleted...]
-  <si>
     <t>Maciej Tabakowski</t>
   </si>
   <si>
-    <t>KS YETI</t>
-[...19 lines deleted...]
-  <si>
     <t>Stanisław Sobczak</t>
   </si>
   <si>
-    <t>BRG Bębenek Racing Group</t>
-[...28 lines deleted...]
-  <si>
     <t>Julian Pankiewicz</t>
   </si>
   <si>
-    <t>ŻYWIECKI KLUB NARCIARSKI</t>
-[...4 lines deleted...]
-  <si>
     <t>Adam Szurman</t>
   </si>
   <si>
-    <t>Bartłomiej Więckowski</t>
+    <t>Leon Marciniak</t>
   </si>
   <si>
     <t>Borys Szafrański-mądry</t>
   </si>
   <si>
-    <t>Warszawski Klub Narciarski</t>
-[...4 lines deleted...]
-  <si>
     <t>Bruno Szafrański-mądry</t>
   </si>
   <si>
     <t>Wojciech Cudzich-chowaniec</t>
   </si>
   <si>
-    <t>KS Tatra SkiAcademy</t>
-[...1 lines deleted...]
-  <si>
     <t>Tomasz Budny</t>
   </si>
   <si>
-    <t>Jan Kowalczyk</t>
-[...4 lines deleted...]
-  <si>
     <t>Gustaw Mamet</t>
   </si>
   <si>
     <t>Rudolf Pełda</t>
   </si>
   <si>
     <t>Michał Ilewicz</t>
   </si>
   <si>
     <t>Borys Klauza</t>
   </si>
   <si>
-    <t>Stanisław Górnikowski</t>
-[...1 lines deleted...]
-  <si>
     <t>Jan Długopolski</t>
   </si>
   <si>
-    <t>KKN SIEPRAW-SKI</t>
-[...1 lines deleted...]
-  <si>
     <t>Bartłomiej Żółtak</t>
   </si>
   <si>
     <t>Marcel Kuśmider</t>
   </si>
   <si>
-    <t>KLUB SPORTOWY VERTICAL</t>
-[...4 lines deleted...]
-  <si>
     <t>Marek Monica</t>
   </si>
   <si>
     <t>Szymon Rembek</t>
   </si>
   <si>
-    <t>NKS RASC</t>
-[...1 lines deleted...]
-  <si>
     <t>Dominik Czuchraj</t>
   </si>
   <si>
-    <t>FROGS SKI&amp;SUN ŚWIERADÓW ZDRÓJ</t>
-[...1 lines deleted...]
-  <si>
     <t>Tymon Bogusławski</t>
   </si>
   <si>
-    <t>Leon Marciniak</t>
-[...1 lines deleted...]
-  <si>
     <t>Tadeusz Mandyna</t>
   </si>
   <si>
     <t>Michał Stec</t>
   </si>
   <si>
-    <t>KS GRODECKI SKI TEAM</t>
-[...1 lines deleted...]
-  <si>
     <t>Antoni Schroeder</t>
   </si>
   <si>
-    <t>Klub Sportowy SZRENICA</t>
-[...4 lines deleted...]
-  <si>
     <t>Ihor Zarutskyy</t>
   </si>
   <si>
     <t>Dominik Chabowski</t>
   </si>
   <si>
     <t>Tytus Dzięciołowski</t>
   </si>
   <si>
-    <t>pl_Rank - System Rankingowy</t>
-[...4 lines deleted...]
-  <si>
     <t>Polpunkty GS - Mężczyźni - Młodzik</t>
   </si>
   <si>
     <t>Filip Soprych</t>
   </si>
   <si>
+    <t>Jakub Przybyła</t>
+  </si>
+  <si>
+    <t>Mikołaj Szmaja</t>
+  </si>
+  <si>
     <t>Andrzej Jędrol</t>
   </si>
   <si>
     <t>Kacper Zagórski</t>
   </si>
   <si>
-    <t>FUNDACJA SPORTU BEZ GRANIC MALCZEWSKI ACADEMY</t>
+    <t>Jonas Stanek</t>
+  </si>
+  <si>
+    <t>Leon Leonowicz</t>
   </si>
   <si>
     <t>Alexander Kondrat</t>
   </si>
   <si>
-    <t>Leon Leonowicz</t>
+    <t>Jan Stoch</t>
+  </si>
+  <si>
+    <t>Antoni Lenkiewicz</t>
+  </si>
+  <si>
+    <t>Jakub Tarnawski</t>
+  </si>
+  <si>
+    <t>Iwo Gazda</t>
+  </si>
+  <si>
+    <t>Szymon Piaścik</t>
   </si>
   <si>
     <t>Mateusz Kilarski</t>
   </si>
   <si>
-    <t>FUNDACJA YOUNG GUNS</t>
-[...5 lines deleted...]
-    <t>KS FRAJDA ZAKOPANE</t>
+    <t>Gustaw Leśniewski</t>
   </si>
   <si>
     <t>Rafał Łukaszewski</t>
   </si>
   <si>
     <t>Maximilian Kondrat</t>
   </si>
   <si>
+    <t>Dominik Kowalczyk</t>
+  </si>
+  <si>
+    <t>Leon Jastrzębski</t>
+  </si>
+  <si>
+    <t>Paweł Zwierzyński</t>
+  </si>
+  <si>
+    <t>Jakub Sobolewski</t>
+  </si>
+  <si>
+    <t>Alexander Rajpold</t>
+  </si>
+  <si>
+    <t>Jan Weiss</t>
+  </si>
+  <si>
+    <t>Józef Olesiński</t>
+  </si>
+  <si>
     <t>Marcel Gadomski-pokój</t>
   </si>
   <si>
     <t>Jakub Gałaszek</t>
   </si>
   <si>
     <t>Michał Szewczyk</t>
   </si>
   <si>
-    <t>Iwo Gazda</t>
+    <t>Jakub Gospodarczyk</t>
+  </si>
+  <si>
+    <t>Radosław Węglarz</t>
   </si>
   <si>
     <t>Iwo Palusiński</t>
   </si>
   <si>
-    <t>Leon Jastrzębski</t>
-[...2 lines deleted...]
-    <t>MKN ZRYW</t>
+    <t>Leon Uchański</t>
+  </si>
+  <si>
+    <t>Michał Różycki</t>
+  </si>
+  <si>
+    <t>Patryk Szukalski</t>
+  </si>
+  <si>
+    <t>Wojciech Małek</t>
+  </si>
+  <si>
+    <t>Leon Jankowski</t>
+  </si>
+  <si>
+    <t>Maciej Kułach</t>
+  </si>
+  <si>
+    <t>Kacper Kacprzak</t>
+  </si>
+  <si>
+    <t>Tymoteusz Śpiewak</t>
+  </si>
+  <si>
+    <t>Miłosz Bucki</t>
   </si>
   <si>
     <t>Dominik Prochownik</t>
   </si>
   <si>
+    <t>Jan Ciszewicz</t>
+  </si>
+  <si>
+    <t>Michał Skutil</t>
+  </si>
+  <si>
     <t>Maks Chybiński-golonka</t>
   </si>
   <si>
-    <t>Kacper Kacprzak</t>
-[...5 lines deleted...]
-    <t>Tymoteusz Śpiewak</t>
+    <t>Tymoteusz Gajdek</t>
+  </si>
+  <si>
+    <t>Jan Mirowski</t>
+  </si>
+  <si>
+    <t>Klemens Kaźmierczak</t>
+  </si>
+  <si>
+    <t>Fryderyk Giza</t>
+  </si>
+  <si>
+    <t>Jan Herman-wojtyna</t>
+  </si>
+  <si>
+    <t>Antoni Janicki</t>
+  </si>
+  <si>
+    <t>Olivier Skiba</t>
+  </si>
+  <si>
+    <t>Adam Kuklewicz</t>
+  </si>
+  <si>
+    <t>Maksymilian Malec</t>
+  </si>
+  <si>
+    <t>Jakub Sobczak</t>
   </si>
   <si>
     <t>Jędrzej Nieścieronek</t>
   </si>
   <si>
+    <t>Tadeusz Czajka</t>
+  </si>
+  <si>
+    <t>Maciej Gryszka</t>
+  </si>
+  <si>
+    <t>Jan Bitner</t>
+  </si>
+  <si>
+    <t>Piotr Bruno Łubkowski</t>
+  </si>
+  <si>
+    <t>Ignacy Sypień</t>
+  </si>
+  <si>
+    <t>Mikołaj Juraszek</t>
+  </si>
+  <si>
+    <t>Jakub Koba</t>
+  </si>
+  <si>
     <t>Iwo Hawrylik</t>
   </si>
   <si>
-    <t xml:space="preserve">UKN "LAWORTA" </t>
-[...5 lines deleted...]
-    <t>Jakub Koba</t>
+    <t>Mateusz Ziora</t>
+  </si>
+  <si>
+    <t>Witold Stokłosa</t>
+  </si>
+  <si>
+    <t>Szymon Kajka</t>
+  </si>
+  <si>
+    <t>Wiktor Klimkowski</t>
+  </si>
+  <si>
+    <t>Adam Domagalski</t>
+  </si>
+  <si>
+    <t>Andrzej Ostrowski</t>
+  </si>
+  <si>
+    <t>Antoni Stawiarski</t>
+  </si>
+  <si>
+    <t>Wojciech Rukszto</t>
+  </si>
+  <si>
+    <t>Antoni Broś</t>
+  </si>
+  <si>
+    <t>Michał Franke</t>
+  </si>
+  <si>
+    <t>Kacper Iwanicki</t>
+  </si>
+  <si>
+    <t>Tadeusz Orkisz</t>
+  </si>
+  <si>
+    <t>Jan Kniaziowski</t>
   </si>
   <si>
     <t>Polpunkty GS - Kobiety - Junior młodszy</t>
   </si>
   <si>
+    <t>Natasza Kamińska</t>
+  </si>
+  <si>
     <t>Victoria Procenko</t>
   </si>
   <si>
+    <t>Hanna Pierlak</t>
+  </si>
+  <si>
     <t>Mika Oczkoś</t>
   </si>
   <si>
+    <t>Zuzanna Ryskala</t>
+  </si>
+  <si>
     <t>Marta Ziętek</t>
   </si>
   <si>
-    <t>STOWARZYSZENIE OCHMAN SKI RACE TEAM</t>
-[...1 lines deleted...]
-  <si>
     <t>Jagoda Wojciechowska</t>
   </si>
   <si>
     <t>Izabela Kasperkiewicz</t>
   </si>
   <si>
     <t>Julia Gałuszka</t>
   </si>
   <si>
     <t>Zofia Wasilewska</t>
   </si>
   <si>
     <t>Zlata Bezrodna</t>
   </si>
   <si>
+    <t>Zuzanna Maria Leśniak</t>
+  </si>
+  <si>
+    <t>Aleksandra Kalisz</t>
+  </si>
+  <si>
+    <t>Natalia Łaciak</t>
+  </si>
+  <si>
+    <t>Lena Kopecka</t>
+  </si>
+  <si>
     <t>Milena Mitka</t>
   </si>
   <si>
+    <t>Odeta Nelke</t>
+  </si>
+  <si>
     <t>Kateryna Tsytsaniuk</t>
   </si>
   <si>
-    <t>ADVENTURE SKI TEAM</t>
+    <t>Lena Gazda</t>
+  </si>
+  <si>
+    <t>Hanna Łodzińska</t>
   </si>
   <si>
     <t>Jagoda Nieścieronek</t>
   </si>
   <si>
-    <t>Hanna Łodzińska</t>
-[...2 lines deleted...]
-    <t>WTS DeSki</t>
+    <t>Alicja Burakowska</t>
+  </si>
+  <si>
+    <t>Maja Mozolewska</t>
   </si>
   <si>
     <t>Hanna Łamacz</t>
   </si>
   <si>
+    <t>Ksenia Jasińska</t>
+  </si>
+  <si>
+    <t>Hanna Chrobak</t>
+  </si>
+  <si>
+    <t>Oliwia Sosenko</t>
+  </si>
+  <si>
+    <t>Alicja Piłat</t>
+  </si>
+  <si>
     <t>Magda Różańska</t>
   </si>
   <si>
+    <t>Alicja Pieczyńska</t>
+  </si>
+  <si>
+    <t>Paulina Zajączkowska</t>
+  </si>
+  <si>
     <t>Emilia Janos</t>
   </si>
   <si>
-    <t>Stowarzyszenie Rekreacyjno-Sportowe "Czantoria" Ustroń</t>
-[...1 lines deleted...]
-  <si>
     <t>Martyna Golba</t>
   </si>
   <si>
-    <t>UKS BRENNA GÓRKI</t>
-[...5 lines deleted...]
-    <t>Zuzanna Ryskala</t>
+    <t>Maja Wójciak</t>
+  </si>
+  <si>
+    <t>Hanna Tramś</t>
+  </si>
+  <si>
+    <t>Katarzyna Krupa</t>
   </si>
   <si>
     <t>Nadia Wyrwas</t>
   </si>
   <si>
-    <t>Klub Sportowy LIVE</t>
-[...2 lines deleted...]
-    <t>Odeta Nelke</t>
+    <t>Anna Gajda</t>
   </si>
   <si>
     <t>Stefania Horodecka</t>
   </si>
   <si>
-    <t>Aleksandra Kalisz</t>
-[...11 lines deleted...]
-    <t>Zuzanna Maria Leśniak</t>
+    <t>Zofia Kasperska</t>
+  </si>
+  <si>
+    <t>Amelia Masiak</t>
+  </si>
+  <si>
+    <t>Alicja Telec</t>
+  </si>
+  <si>
+    <t>Ewa Maria Łubkowska</t>
+  </si>
+  <si>
+    <t>Amelia Targosz</t>
   </si>
   <si>
     <t>Olga Kanclerz</t>
   </si>
   <si>
-    <t>Lena Gazda</t>
-[...8 lines deleted...]
-    <t>Natalia Łaciak</t>
+    <t>Hanna Palusińska</t>
   </si>
   <si>
     <t>Kalina Gąsienica Ciaptak</t>
   </si>
   <si>
-    <t>Hanna Tramś</t>
-[...5 lines deleted...]
-    <t>Hanna Palusińska</t>
+    <t>Zuzanna Gocman</t>
   </si>
   <si>
     <t>Katarzyna Kajda</t>
   </si>
   <si>
-    <t>Amelia Masiak</t>
-[...5 lines deleted...]
-    <t>Alicja Pieczyńska</t>
+    <t>Kathrin Leskova</t>
+  </si>
+  <si>
+    <t>Helena Bartczak</t>
   </si>
   <si>
     <t>Wiktoria Paluszek</t>
   </si>
   <si>
-    <t>Katarzyna Krupa</t>
-[...4 lines deleted...]
-  <si>
     <t>Ewa Bielak</t>
   </si>
   <si>
     <t>Helena Nikiel</t>
   </si>
   <si>
-    <t>MKS SKRZYCZNE SZCZYRK</t>
-[...7 lines deleted...]
-  <si>
     <t>Hanna Schabowska</t>
   </si>
   <si>
     <t>Melania Uchańska</t>
   </si>
   <si>
-    <t>Oliwia Sosenko</t>
-[...4 lines deleted...]
-  <si>
     <t>Maja Wajda</t>
   </si>
   <si>
-    <t>MITANSKI ZAKOPANE</t>
-[...1 lines deleted...]
-  <si>
     <t>Maya Ryś</t>
   </si>
   <si>
     <t>Natalia Gąsienica Wawrytko</t>
   </si>
   <si>
-    <t>KS SNPTT-1907</t>
-[...1 lines deleted...]
-  <si>
     <t>Gabriela Bizub</t>
   </si>
   <si>
-    <t>Helena Bartczak</t>
-[...1 lines deleted...]
-  <si>
     <t>Antonina Mirowska</t>
   </si>
   <si>
     <t>Zofia Wyród</t>
   </si>
   <si>
     <t>Konstancja Sowiźrał</t>
   </si>
   <si>
     <t>Helena Stolarska-laszczak</t>
   </si>
   <si>
     <t>Maria Magdalena Rafa</t>
   </si>
   <si>
     <t>Zofia Szelińska</t>
   </si>
   <si>
     <t>Polpunkty GS - Kobiety - Młodzik</t>
   </si>
   <si>
     <t>Aleksandra Kasperkiewicz</t>
   </si>
   <si>
+    <t>Natalia Nowaczyk</t>
+  </si>
+  <si>
     <t>Julia Borys</t>
   </si>
   <si>
-    <t>Natalia Nowaczyk</t>
-[...1 lines deleted...]
-  <si>
     <t>Marianna Babiak</t>
   </si>
   <si>
+    <t>Lidia Gzyl</t>
+  </si>
+  <si>
     <t>Franciszka Olesińska</t>
   </si>
   <si>
     <t>Julia Zając</t>
   </si>
   <si>
     <t>Martyna Nowaczyk</t>
   </si>
   <si>
     <t>Krystyna Skóbel</t>
   </si>
   <si>
-    <t>Lidia Gzyl</t>
+    <t>Zofia Katarzyna Leśniak</t>
+  </si>
+  <si>
+    <t>Nina Koncewicz</t>
+  </si>
+  <si>
+    <t>Julia Kolasa</t>
+  </si>
+  <si>
+    <t>Dominika Sowa</t>
+  </si>
+  <si>
+    <t>Barbara Stępień</t>
+  </si>
+  <si>
+    <t>Zofia Korzeniowska</t>
+  </si>
+  <si>
+    <t>Maja Król</t>
+  </si>
+  <si>
+    <t>Alicja Buksa</t>
+  </si>
+  <si>
+    <t>Hanna Krawczyk</t>
+  </si>
+  <si>
+    <t>Sonia Łoboda</t>
+  </si>
+  <si>
+    <t>Natasza Jakubiec</t>
+  </si>
+  <si>
+    <t>Nikola Kubicka</t>
+  </si>
+  <si>
+    <t>Maria Kenig</t>
+  </si>
+  <si>
+    <t>Natalia Januszko</t>
+  </si>
+  <si>
+    <t>Dominika Spesova</t>
+  </si>
+  <si>
+    <t>Liliana Stoch</t>
+  </si>
+  <si>
+    <t>Jagoda Pichlak</t>
+  </si>
+  <si>
+    <t>Milena Gronuś</t>
+  </si>
+  <si>
+    <t>Kalina Dębska</t>
+  </si>
+  <si>
+    <t>Hanna Wróbel</t>
+  </si>
+  <si>
+    <t>Zuzanna Kuśnierz</t>
   </si>
   <si>
     <t>Łucja Copija</t>
   </si>
   <si>
-    <t>Maja Król</t>
-[...8 lines deleted...]
-    <t>Natalia Januszko</t>
+    <t>Nadia Sosenko</t>
+  </si>
+  <si>
+    <t>Jagoda Marzec</t>
+  </si>
+  <si>
+    <t>Zofia Powiecka</t>
+  </si>
+  <si>
+    <t>Anna Kosicka</t>
+  </si>
+  <si>
+    <t>Maria Chmielewska</t>
+  </si>
+  <si>
+    <t>Matylda Kruk</t>
   </si>
   <si>
     <t>Michalina Szal</t>
   </si>
   <si>
-    <t>WKS POZNAŃ SKI</t>
+    <t>Alicja Krywoniuk</t>
+  </si>
+  <si>
+    <t>Maria Owczarz</t>
+  </si>
+  <si>
+    <t>Natalia Derecka</t>
+  </si>
+  <si>
+    <t>Bogna Bizoń</t>
+  </si>
+  <si>
+    <t>Nina Nowak</t>
+  </si>
+  <si>
+    <t>Lena Burczyńska</t>
+  </si>
+  <si>
+    <t>Ksenia Zwolińska</t>
+  </si>
+  <si>
+    <t>Urszula Kozysa</t>
   </si>
   <si>
     <t>Bieta Bezrodna</t>
   </si>
   <si>
     <t>Julia Parylak</t>
   </si>
   <si>
-    <t>Hanna Krawczyk</t>
-[...2 lines deleted...]
-    <t>Nina Nowak</t>
+    <t>Aleksandra Ogonowska</t>
+  </si>
+  <si>
+    <t>Aleksandra Mokrzańska</t>
+  </si>
+  <si>
+    <t>Emilia Koncewicz</t>
+  </si>
+  <si>
+    <t>Kalina Chojnacka</t>
+  </si>
+  <si>
+    <t>Pola Malewicz</t>
+  </si>
+  <si>
+    <t>Adrianna Sinicka</t>
+  </si>
+  <si>
+    <t>Zofia Chorabik</t>
+  </si>
+  <si>
+    <t>Hanna Pysz</t>
+  </si>
+  <si>
+    <t>Karolina Turek</t>
+  </si>
+  <si>
+    <t>Nadia Kochanowicz</t>
   </si>
   <si>
     <t>Julia Łasisz</t>
   </si>
   <si>
-    <t>Alicja Krywoniuk</t>
+    <t>Iga Rakocy</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
-  <fonts count="5">
+  <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
-    <font>
-[...7 lines deleted...]
-    </font>
   </fonts>
-  <fills count="8">
+  <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
-    </fill>
-[...34 lines deleted...]
-      </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="24">
+  <cellXfs count="9">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-[...3 lines deleted...]
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="5" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0"/>
+    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
-    <xf xfId="0" fontId="3" numFmtId="0" fillId="6" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="45" wrapText="false" shrinkToFit="false"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="1" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="3" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    </xf>
     <xf xfId="0" fontId="3" numFmtId="2" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
-[...2 lines deleted...]
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="4" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1264,11805 +1332,8506 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:V77"/>
+  <dimension ref="A1:I84"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A77" sqref="A77"/>
+      <selection activeCell="A4" sqref="A4:I84"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
-[...19 lines deleted...]
-    <col min="21" max="21" width="15" customWidth="true" style="0"/>
+    <col min="1" max="1" width="6" customWidth="true" style="0"/>
+    <col min="2" max="2" width="14" customWidth="true" style="0"/>
+    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="14" customWidth="true" style="0"/>
+    <col min="5" max="5" width="14" customWidth="true" style="0"/>
+    <col min="6" max="6" width="14" customWidth="true" style="0"/>
+    <col min="7" max="7" width="14" customWidth="true" style="0"/>
+    <col min="8" max="8" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:22">
+    <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:22">
+    <row r="2" spans="1:9">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:22" customHeight="1" ht="150">
-      <c r="A4" s="4" t="s">
+    <row r="4" spans="1:9" customHeight="1" ht="150">
+      <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="4" t="s">
+      <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="4" t="s">
+      <c r="C4" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="4" t="s">
+      <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="E4" s="9" t="s">
+      <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="F4" s="9" t="s">
+      <c r="F4" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="G4" s="9" t="s">
+      <c r="G4" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="H4" s="9" t="s">
+      <c r="H4" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="I4" s="9" t="s">
+      <c r="I4" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="J4" s="9" t="s">
+    </row>
+    <row r="5" spans="1:9">
+      <c r="A5" s="4">
+        <v>1</v>
+      </c>
+      <c r="B5" s="4">
+        <v>1675</v>
+      </c>
+      <c r="C5" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="K4" s="9" t="s">
+      <c r="D5" s="6">
+        <v>5.82</v>
+      </c>
+      <c r="E5" s="6">
+        <v>22.28</v>
+      </c>
+      <c r="F5" s="6">
+        <v>26.18</v>
+      </c>
+      <c r="G5" s="6">
+        <v>31.31</v>
+      </c>
+      <c r="H5" s="6">
+        <v>15.57</v>
+      </c>
+      <c r="I5" s="8">
+        <v>5.82</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9">
+      <c r="A6" s="4">
+        <v>2</v>
+      </c>
+      <c r="B6" s="4">
+        <v>2762</v>
+      </c>
+      <c r="C6" s="4" t="s">
         <v>12</v>
       </c>
-      <c r="L4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="M4" s="9" t="s">
+      <c r="D6" s="6">
+        <v>33.84</v>
+      </c>
+      <c r="E6" s="6">
+        <v>9.91</v>
+      </c>
+      <c r="F6" s="6">
+        <v>12.05</v>
+      </c>
+      <c r="G6" s="6">
+        <v>12.21</v>
+      </c>
+      <c r="H6" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I6" s="8">
+        <v>10.98</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9">
+      <c r="A7" s="4">
+        <v>3</v>
+      </c>
+      <c r="B7" s="4">
+        <v>1988</v>
+      </c>
+      <c r="C7" s="4" t="s">
         <v>14</v>
       </c>
-      <c r="N4" s="9" t="s">
+      <c r="D7" s="6">
+        <v>12.2</v>
+      </c>
+      <c r="E7" s="6">
+        <v>36.42</v>
+      </c>
+      <c r="F7" s="6">
+        <v>19.77</v>
+      </c>
+      <c r="G7" s="6">
+        <v>11.22</v>
+      </c>
+      <c r="H7" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I7" s="8">
+        <v>11.71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9">
+      <c r="A8" s="4">
+        <v>4</v>
+      </c>
+      <c r="B8" s="4">
+        <v>1911</v>
+      </c>
+      <c r="C8" s="4" t="s">
         <v>15</v>
       </c>
-      <c r="O4" s="9" t="s">
+      <c r="D8" s="6">
+        <v>19.63</v>
+      </c>
+      <c r="E8" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F8" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" s="6">
+        <v>64.54</v>
+      </c>
+      <c r="H8" s="6">
+        <v>25.51</v>
+      </c>
+      <c r="I8" s="8">
+        <v>19.63</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9">
+      <c r="A9" s="4">
+        <v>5</v>
+      </c>
+      <c r="B9" s="4">
+        <v>1732</v>
+      </c>
+      <c r="C9" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="P4" s="9" t="s">
+      <c r="D9" s="6">
+        <v>27.04</v>
+      </c>
+      <c r="E9" s="6">
+        <v>39.8</v>
+      </c>
+      <c r="F9" s="6">
+        <v>37.69</v>
+      </c>
+      <c r="G9" s="6">
+        <v>26.6</v>
+      </c>
+      <c r="H9" s="6">
+        <v>22.88</v>
+      </c>
+      <c r="I9" s="8">
+        <v>24.74</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9">
+      <c r="A10" s="4">
+        <v>6</v>
+      </c>
+      <c r="B10" s="4">
+        <v>2344</v>
+      </c>
+      <c r="C10" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="Q4" s="9" t="s">
+      <c r="D10" s="6">
+        <v>26.53</v>
+      </c>
+      <c r="E10" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F10" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H10" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I10" s="8">
+        <v>26.53</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9">
+      <c r="A11" s="4">
+        <v>7</v>
+      </c>
+      <c r="B11" s="4">
+        <v>2173</v>
+      </c>
+      <c r="C11" s="4" t="s">
         <v>18</v>
       </c>
-      <c r="R4" s="9" t="s">
+      <c r="D11" s="6">
+        <v>29.89</v>
+      </c>
+      <c r="E11" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F11" s="6">
+        <v>47.46</v>
+      </c>
+      <c r="G11" s="6">
+        <v>24.12</v>
+      </c>
+      <c r="H11" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I11" s="8">
+        <v>27.005</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9">
+      <c r="A12" s="4">
+        <v>8</v>
+      </c>
+      <c r="B12" s="4">
+        <v>3999</v>
+      </c>
+      <c r="C12" s="4" t="s">
         <v>19</v>
       </c>
-      <c r="S4" s="9" t="s">
+      <c r="D12" s="6">
+        <v>55.63</v>
+      </c>
+      <c r="E12" s="6">
+        <v>55.12</v>
+      </c>
+      <c r="F12" s="6">
+        <v>60.86</v>
+      </c>
+      <c r="G12" s="6">
+        <v>16.3</v>
+      </c>
+      <c r="H12" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I12" s="8">
+        <v>35.71</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9">
+      <c r="A13" s="4">
+        <v>9</v>
+      </c>
+      <c r="B13" s="4">
+        <v>4013</v>
+      </c>
+      <c r="C13" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="T4" s="9" t="s">
+      <c r="D13" s="6">
+        <v>185.14</v>
+      </c>
+      <c r="E13" s="6">
+        <v>67.04</v>
+      </c>
+      <c r="F13" s="6">
+        <v>36.38</v>
+      </c>
+      <c r="G13" s="6">
+        <v>47.18</v>
+      </c>
+      <c r="H13" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I13" s="8">
+        <v>41.78</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9">
+      <c r="A14" s="4">
+        <v>10</v>
+      </c>
+      <c r="B14" s="4">
+        <v>3120</v>
+      </c>
+      <c r="C14" s="4" t="s">
         <v>21</v>
       </c>
-      <c r="U4" s="9" t="s">
+      <c r="D14" s="6">
+        <v>171.18</v>
+      </c>
+      <c r="E14" s="6">
+        <v>71.17</v>
+      </c>
+      <c r="F14" s="6">
+        <v>53.43</v>
+      </c>
+      <c r="G14" s="6">
+        <v>44.33</v>
+      </c>
+      <c r="H14" s="6">
+        <v>45.75</v>
+      </c>
+      <c r="I14" s="8">
+        <v>45.04</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9">
+      <c r="A15" s="4">
+        <v>11</v>
+      </c>
+      <c r="B15" s="4">
+        <v>1989</v>
+      </c>
+      <c r="C15" s="4" t="s">
         <v>22</v>
       </c>
-      <c r="V4" s="17" t="s">
+      <c r="D15" s="6">
+        <v>45.15</v>
+      </c>
+      <c r="E15" s="6">
+        <v>60.71</v>
+      </c>
+      <c r="F15" s="6">
+        <v>45.85</v>
+      </c>
+      <c r="G15" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H15" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I15" s="8">
+        <v>45.15</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9">
+      <c r="A16" s="4">
+        <v>12</v>
+      </c>
+      <c r="B16" s="4">
+        <v>2137</v>
+      </c>
+      <c r="C16" s="4" t="s">
         <v>23</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="5" t="s">
+      <c r="D16" s="6">
+        <v>48.52</v>
+      </c>
+      <c r="E16" s="6">
+        <v>71.46</v>
+      </c>
+      <c r="F16" s="6">
+        <v>63.05</v>
+      </c>
+      <c r="G16" s="6">
+        <v>52.39</v>
+      </c>
+      <c r="H16" s="6">
+        <v>51.38</v>
+      </c>
+      <c r="I16" s="8">
+        <v>48.52</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9">
+      <c r="A17" s="4">
+        <v>13</v>
+      </c>
+      <c r="B17" s="4">
+        <v>2666</v>
+      </c>
+      <c r="C17" s="4" t="s">
         <v>24</v>
       </c>
-      <c r="B5" s="5" t="s">
+      <c r="D17" s="6">
+        <v>177.57</v>
+      </c>
+      <c r="E17" s="6">
+        <v>69.99</v>
+      </c>
+      <c r="F17" s="6">
+        <v>78.93</v>
+      </c>
+      <c r="G17" s="6">
+        <v>36.27</v>
+      </c>
+      <c r="H17" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I17" s="8">
+        <v>53.13</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9">
+      <c r="A18" s="4">
+        <v>14</v>
+      </c>
+      <c r="B18" s="4">
+        <v>3098</v>
+      </c>
+      <c r="C18" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="C5" s="5" t="s">
+      <c r="D18" s="6">
+        <v>55.03</v>
+      </c>
+      <c r="E18" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F18" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H18" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I18" s="8">
+        <v>55.03</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9">
+      <c r="A19" s="4">
+        <v>15</v>
+      </c>
+      <c r="B19" s="4">
+        <v>3954</v>
+      </c>
+      <c r="C19" s="4" t="s">
         <v>26</v>
       </c>
-      <c r="D5" s="5">
-[...11 lines deleted...]
-      <c r="H5" s="15" t="s">
+      <c r="D19" s="6">
+        <v>62.57</v>
+      </c>
+      <c r="E19" s="6">
+        <v>92.52</v>
+      </c>
+      <c r="F19" s="6">
+        <v>77.76</v>
+      </c>
+      <c r="G19" s="6">
+        <v>71.36</v>
+      </c>
+      <c r="H19" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I19" s="8">
+        <v>62.57</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9">
+      <c r="A20" s="4">
+        <v>16</v>
+      </c>
+      <c r="B20" s="4">
+        <v>1851</v>
+      </c>
+      <c r="C20" s="4" t="s">
         <v>27</v>
       </c>
-      <c r="I5" s="15" t="s">
+      <c r="D20" s="6">
+        <v>63.46</v>
+      </c>
+      <c r="E20" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F20" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H20" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I20" s="8">
+        <v>63.46</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9">
+      <c r="A21" s="4">
+        <v>17</v>
+      </c>
+      <c r="B21" s="4">
+        <v>4026</v>
+      </c>
+      <c r="C21" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D21" s="6">
+        <v>186.13</v>
+      </c>
+      <c r="E21" s="6">
+        <v>63.51</v>
+      </c>
+      <c r="F21" s="6">
+        <v>67.71</v>
+      </c>
+      <c r="G21" s="6">
+        <v>83.39</v>
+      </c>
+      <c r="H21" s="6">
+        <v>69.22</v>
+      </c>
+      <c r="I21" s="8">
+        <v>65.61</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9">
+      <c r="A22" s="4">
+        <v>18</v>
+      </c>
+      <c r="B22" s="4">
+        <v>4000</v>
+      </c>
+      <c r="C22" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="D22" s="6">
+        <v>74.13</v>
+      </c>
+      <c r="E22" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F22" s="6">
+        <v>91.02</v>
+      </c>
+      <c r="G22" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H22" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I22" s="8">
+        <v>74.13</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9">
+      <c r="A23" s="4">
+        <v>19</v>
+      </c>
+      <c r="B23" s="4">
+        <v>4114</v>
+      </c>
+      <c r="C23" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="D23" s="6">
+        <v>334.07</v>
+      </c>
+      <c r="E23" s="6">
+        <v>83.1</v>
+      </c>
+      <c r="F23" s="6">
+        <v>66.25</v>
+      </c>
+      <c r="G23" s="6">
+        <v>110.3</v>
+      </c>
+      <c r="H23" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I23" s="8">
+        <v>74.675</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9">
+      <c r="A24" s="4">
+        <v>20</v>
+      </c>
+      <c r="B24" s="4">
+        <v>4046</v>
+      </c>
+      <c r="C24" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D24" s="6">
+        <v>186.63</v>
+      </c>
+      <c r="E24" s="6">
+        <v>80.44</v>
+      </c>
+      <c r="F24" s="6">
+        <v>73.54</v>
+      </c>
+      <c r="G24" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H24" s="6">
+        <v>76.41</v>
+      </c>
+      <c r="I24" s="8">
+        <v>74.975</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9">
+      <c r="A25" s="4">
+        <v>21</v>
+      </c>
+      <c r="B25" s="4">
+        <v>1741</v>
+      </c>
+      <c r="C25" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D25" s="6">
+        <v>89.05</v>
+      </c>
+      <c r="E25" s="6">
+        <v>91.49</v>
+      </c>
+      <c r="F25" s="6">
+        <v>62.9</v>
+      </c>
+      <c r="G25" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H25" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I25" s="8">
+        <v>75.975</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9">
+      <c r="A26" s="4">
+        <v>22</v>
+      </c>
+      <c r="B26" s="4">
+        <v>3944</v>
+      </c>
+      <c r="C26" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="D26" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F26" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" s="6">
+        <v>80.29</v>
+      </c>
+      <c r="H26" s="6">
+        <v>73.77</v>
+      </c>
+      <c r="I26" s="8">
+        <v>77.03</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9">
+      <c r="A27" s="4">
+        <v>23</v>
+      </c>
+      <c r="B27" s="4">
+        <v>4049</v>
+      </c>
+      <c r="C27" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="D27" s="6">
+        <v>219.3</v>
+      </c>
+      <c r="E27" s="6">
+        <v>78.38</v>
+      </c>
+      <c r="F27" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" s="6">
+        <v>80.79</v>
+      </c>
+      <c r="H27" s="6">
+        <v>76.53</v>
+      </c>
+      <c r="I27" s="8">
+        <v>77.455</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9">
+      <c r="A28" s="4">
+        <v>24</v>
+      </c>
+      <c r="B28" s="4">
+        <v>2968</v>
+      </c>
+      <c r="C28" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="D28" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F28" s="6">
+        <v>73.98</v>
+      </c>
+      <c r="G28" s="6">
+        <v>98.27</v>
+      </c>
+      <c r="H28" s="6">
+        <v>85.99</v>
+      </c>
+      <c r="I28" s="8">
+        <v>79.985</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9">
+      <c r="A29" s="4">
+        <v>25</v>
+      </c>
+      <c r="B29" s="4">
+        <v>2079</v>
+      </c>
+      <c r="C29" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="D29" s="6">
+        <v>97.95</v>
+      </c>
+      <c r="E29" s="6">
+        <v>67.93</v>
+      </c>
+      <c r="F29" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H29" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I29" s="8">
+        <v>82.94</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9">
+      <c r="A30" s="4">
+        <v>26</v>
+      </c>
+      <c r="B30" s="4">
+        <v>2796</v>
+      </c>
+      <c r="C30" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D30" s="6">
+        <v>219.5</v>
+      </c>
+      <c r="E30" s="6">
+        <v>85.6</v>
+      </c>
+      <c r="F30" s="6">
+        <v>89.57</v>
+      </c>
+      <c r="G30" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H30" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I30" s="8">
+        <v>87.585</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9">
+      <c r="A31" s="4">
         <v>27</v>
       </c>
-      <c r="J5" s="10">
-[...40 lines deleted...]
-      <c r="A6" s="6" t="s">
+      <c r="B31" s="4">
+        <v>2142</v>
+      </c>
+      <c r="C31" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D31" s="6">
+        <v>95.23</v>
+      </c>
+      <c r="E31" s="6">
+        <v>86.78</v>
+      </c>
+      <c r="F31" s="6">
+        <v>101.37</v>
+      </c>
+      <c r="G31" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H31" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I31" s="8">
+        <v>91.005</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9">
+      <c r="A32" s="4">
         <v>28</v>
       </c>
-      <c r="B6" s="6" t="s">
+      <c r="B32" s="4">
+        <v>4048</v>
+      </c>
+      <c r="C32" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D32" s="6">
+        <v>196.34</v>
+      </c>
+      <c r="E32" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F32" s="6">
+        <v>83.45</v>
+      </c>
+      <c r="G32" s="6">
+        <v>133.0</v>
+      </c>
+      <c r="H32" s="6">
+        <v>99.64</v>
+      </c>
+      <c r="I32" s="8">
+        <v>91.545</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9">
+      <c r="A33" s="4">
         <v>29</v>
       </c>
-      <c r="C6" s="6" t="s">
+      <c r="B33" s="4">
+        <v>4168</v>
+      </c>
+      <c r="C33" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D33" s="6">
+        <v>170.2</v>
+      </c>
+      <c r="E33" s="6">
+        <v>99.0</v>
+      </c>
+      <c r="F33" s="6">
+        <v>85.05</v>
+      </c>
+      <c r="G33" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H33" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I33" s="8">
+        <v>92.025</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9">
+      <c r="A34" s="4">
         <v>30</v>
       </c>
-      <c r="D6" s="6">
-[...58 lines deleted...]
-      <c r="A7" s="7" t="s">
+      <c r="B34" s="4">
+        <v>2741</v>
+      </c>
+      <c r="C34" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D34" s="6">
+        <v>92.55</v>
+      </c>
+      <c r="E34" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F34" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H34" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I34" s="8">
+        <v>92.55</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9">
+      <c r="A35" s="4">
         <v>31</v>
       </c>
-      <c r="B7" s="7" t="s">
+      <c r="B35" s="4">
+        <v>2787</v>
+      </c>
+      <c r="C35" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D35" s="6">
+        <v>238.65</v>
+      </c>
+      <c r="E35" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F35" s="6">
+        <v>100.2</v>
+      </c>
+      <c r="G35" s="6">
+        <v>90.21</v>
+      </c>
+      <c r="H35" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I35" s="8">
+        <v>95.205</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9">
+      <c r="A36" s="4">
         <v>32</v>
       </c>
-      <c r="C7" s="7" t="s">
+      <c r="B36" s="4">
+        <v>1962</v>
+      </c>
+      <c r="C36" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D36" s="6">
+        <v>256.6</v>
+      </c>
+      <c r="E36" s="6">
+        <v>95.17</v>
+      </c>
+      <c r="F36" s="6">
+        <v>99.91</v>
+      </c>
+      <c r="G36" s="6">
+        <v>120.35</v>
+      </c>
+      <c r="H36" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I36" s="8">
+        <v>97.54</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9">
+      <c r="A37" s="4">
         <v>33</v>
       </c>
-      <c r="D7" s="7">
-[...61 lines deleted...]
-      <c r="B8" s="8" t="s">
+      <c r="B37" s="4">
+        <v>2548</v>
+      </c>
+      <c r="C37" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D37" s="6">
+        <v>97.76</v>
+      </c>
+      <c r="E37" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F37" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" s="6">
+        <v>117.37</v>
+      </c>
+      <c r="H37" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I37" s="8">
+        <v>97.76</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9">
+      <c r="A38" s="4">
         <v>34</v>
       </c>
-      <c r="C8" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B9" s="8" t="s">
+      <c r="B38" s="4">
+        <v>2027</v>
+      </c>
+      <c r="C38" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D38" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" s="6">
+        <v>92.81</v>
+      </c>
+      <c r="F38" s="6">
+        <v>105.3</v>
+      </c>
+      <c r="G38" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H38" s="6">
+        <v>102.76</v>
+      </c>
+      <c r="I38" s="8">
+        <v>97.785</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9">
+      <c r="A39" s="4">
         <v>35</v>
       </c>
-      <c r="C9" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B10" s="8" t="s">
+      <c r="B39" s="4">
+        <v>2663</v>
+      </c>
+      <c r="C39" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="D39" s="6">
+        <v>196.72</v>
+      </c>
+      <c r="E39" s="6">
+        <v>86.04</v>
+      </c>
+      <c r="F39" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H39" s="6">
+        <v>109.94</v>
+      </c>
+      <c r="I39" s="8">
+        <v>97.99</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9">
+      <c r="A40" s="4">
         <v>36</v>
       </c>
-      <c r="C10" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B11" s="8" t="s">
+      <c r="B40" s="4">
+        <v>4115</v>
+      </c>
+      <c r="C40" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="D40" s="6">
+        <v>295.96</v>
+      </c>
+      <c r="E40" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F40" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" s="6">
+        <v>102.74</v>
+      </c>
+      <c r="H40" s="6">
+        <v>97.97</v>
+      </c>
+      <c r="I40" s="8">
+        <v>100.355</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9">
+      <c r="A41" s="4">
         <v>37</v>
       </c>
-      <c r="C11" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B12" s="8" t="s">
+      <c r="B41" s="4">
+        <v>4038</v>
+      </c>
+      <c r="C41" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="D41" s="6">
+        <v>275.7</v>
+      </c>
+      <c r="E41" s="6">
+        <v>117.85</v>
+      </c>
+      <c r="F41" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" s="6">
+        <v>93.31</v>
+      </c>
+      <c r="H41" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I41" s="8">
+        <v>105.58</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9">
+      <c r="A42" s="4">
         <v>38</v>
       </c>
-      <c r="C12" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B13" s="8" t="s">
+      <c r="B42" s="4">
+        <v>4025</v>
+      </c>
+      <c r="C42" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="D42" s="6">
+        <v>214.76</v>
+      </c>
+      <c r="E42" s="6">
+        <v>124.92</v>
+      </c>
+      <c r="F42" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H42" s="6">
+        <v>92.34</v>
+      </c>
+      <c r="I42" s="8">
+        <v>108.63</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9">
+      <c r="A43" s="4">
         <v>39</v>
       </c>
-      <c r="C13" s="8" t="s">
+      <c r="B43" s="4">
+        <v>3980</v>
+      </c>
+      <c r="C43" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="D43" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" s="6">
+        <v>108.57</v>
+      </c>
+      <c r="F43" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H43" s="6">
+        <v>116.65</v>
+      </c>
+      <c r="I43" s="8">
+        <v>112.61</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9">
+      <c r="A44" s="4">
         <v>40</v>
       </c>
-      <c r="D13" s="8">
-[...61 lines deleted...]
-      <c r="B14" s="8" t="s">
+      <c r="B44" s="4">
+        <v>2549</v>
+      </c>
+      <c r="C44" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="D44" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F44" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" s="6">
+        <v>101.5</v>
+      </c>
+      <c r="H44" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I44" s="8">
+        <v>123.83</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9">
+      <c r="A45" s="4">
         <v>41</v>
       </c>
-      <c r="C14" s="8" t="s">
+      <c r="B45" s="4">
+        <v>4315</v>
+      </c>
+      <c r="C45" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="D45" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F45" s="6">
+        <v>104.14</v>
+      </c>
+      <c r="G45" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H45" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I45" s="8">
+        <v>127.0508</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9">
+      <c r="A46" s="4">
         <v>42</v>
       </c>
-      <c r="D14" s="8">
-[...61 lines deleted...]
-      <c r="B15" s="8" t="s">
+      <c r="B46" s="4">
+        <v>3462</v>
+      </c>
+      <c r="C46" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="D46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" s="6">
+        <v>109.93</v>
+      </c>
+      <c r="H46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I46" s="8">
+        <v>134.1146</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9">
+      <c r="A47" s="4">
         <v>43</v>
       </c>
-      <c r="C15" s="8" t="s">
+      <c r="B47" s="4">
+        <v>3039</v>
+      </c>
+      <c r="C47" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="D47" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F47" s="6">
+        <v>113.03</v>
+      </c>
+      <c r="G47" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H47" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I47" s="8">
+        <v>137.8966</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9">
+      <c r="A48" s="4">
         <v>44</v>
       </c>
-      <c r="D15" s="8">
-[...61 lines deleted...]
-      <c r="B16" s="8" t="s">
+      <c r="B48" s="4">
+        <v>2506</v>
+      </c>
+      <c r="C48" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="D48" s="6">
+        <v>200.05</v>
+      </c>
+      <c r="E48" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F48" s="6">
+        <v>80.68</v>
+      </c>
+      <c r="G48" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H48" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I48" s="8">
+        <v>140.365</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9">
+      <c r="A49" s="4">
         <v>45</v>
       </c>
-      <c r="C16" s="8" t="s">
+      <c r="B49" s="4">
+        <v>1734</v>
+      </c>
+      <c r="C49" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="D49" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F49" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H49" s="6">
+        <v>116.65</v>
+      </c>
+      <c r="I49" s="8">
+        <v>142.313</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9">
+      <c r="A50" s="4">
         <v>46</v>
       </c>
-      <c r="D16" s="8">
-[...61 lines deleted...]
-      <c r="B17" s="8" t="s">
+      <c r="B50" s="4">
+        <v>1971</v>
+      </c>
+      <c r="C50" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="D50" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" s="6">
+        <v>119.47</v>
+      </c>
+      <c r="F50" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H50" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I50" s="8">
+        <v>145.7534</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9">
+      <c r="A51" s="4">
         <v>47</v>
       </c>
-      <c r="C17" s="8" t="s">
+      <c r="B51" s="4">
+        <v>3949</v>
+      </c>
+      <c r="C51" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="D51" s="6">
+        <v>146.74</v>
+      </c>
+      <c r="E51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I51" s="8">
+        <v>146.74</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9">
+      <c r="A52" s="4">
         <v>48</v>
       </c>
-      <c r="D17" s="8">
-[...61 lines deleted...]
-      <c r="B18" s="8" t="s">
+      <c r="B52" s="4">
+        <v>4096</v>
+      </c>
+      <c r="C52" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="D52" s="6">
+        <v>195.94</v>
+      </c>
+      <c r="E52" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F52" s="6">
+        <v>97.87</v>
+      </c>
+      <c r="G52" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H52" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I52" s="8">
+        <v>146.905</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9">
+      <c r="A53" s="4">
         <v>49</v>
       </c>
-      <c r="C18" s="8" t="s">
+      <c r="B53" s="4">
+        <v>4041</v>
+      </c>
+      <c r="C53" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="D53" s="6">
+        <v>148.19</v>
+      </c>
+      <c r="E53" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F53" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H53" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I53" s="8">
+        <v>148.19</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9">
+      <c r="A54" s="4">
         <v>50</v>
       </c>
-      <c r="D18" s="8">
-[...61 lines deleted...]
-      <c r="B19" s="8" t="s">
+      <c r="B54" s="4">
+        <v>2466</v>
+      </c>
+      <c r="C54" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="D54" s="6">
+        <v>196.76</v>
+      </c>
+      <c r="E54" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F54" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H54" s="6">
+        <v>106.71</v>
+      </c>
+      <c r="I54" s="8">
+        <v>151.735</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9">
+      <c r="A55" s="4">
         <v>51</v>
       </c>
-      <c r="C19" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B20" s="8" t="s">
+      <c r="B55" s="4">
+        <v>4051</v>
+      </c>
+      <c r="C55" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="D55" s="6">
+        <v>208.71</v>
+      </c>
+      <c r="E55" s="6">
+        <v>95.46</v>
+      </c>
+      <c r="F55" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H55" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I55" s="8">
+        <v>152.085</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9">
+      <c r="A56" s="4">
         <v>52</v>
       </c>
-      <c r="C20" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B21" s="8" t="s">
+      <c r="B56" s="4">
+        <v>2135</v>
+      </c>
+      <c r="C56" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="D56" s="6">
+        <v>153.68</v>
+      </c>
+      <c r="E56" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F56" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H56" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I56" s="8">
+        <v>153.68</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9">
+      <c r="A57" s="4">
         <v>53</v>
       </c>
-      <c r="C21" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B22" s="8" t="s">
+      <c r="B57" s="4">
+        <v>4268</v>
+      </c>
+      <c r="C57" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="D57" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F57" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" s="6">
+        <v>129.03</v>
+      </c>
+      <c r="H57" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I57" s="8">
+        <v>157.4166</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9">
+      <c r="A58" s="4">
         <v>54</v>
       </c>
-      <c r="C22" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B23" s="8" t="s">
+      <c r="B58" s="4">
+        <v>1919</v>
+      </c>
+      <c r="C58" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="D58" s="6">
+        <v>160.18</v>
+      </c>
+      <c r="E58" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F58" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H58" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I58" s="8">
+        <v>160.18</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9">
+      <c r="A59" s="4">
         <v>55</v>
       </c>
-      <c r="C23" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B24" s="8" t="s">
+      <c r="B59" s="4">
+        <v>2402</v>
+      </c>
+      <c r="C59" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="D59" s="6">
+        <v>170.68</v>
+      </c>
+      <c r="E59" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F59" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H59" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I59" s="8">
+        <v>170.68</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9">
+      <c r="A60" s="4">
         <v>56</v>
       </c>
-      <c r="C24" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B25" s="8" t="s">
+      <c r="B60" s="4">
+        <v>3942</v>
+      </c>
+      <c r="C60" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="D60" s="6">
+        <v>194.73</v>
+      </c>
+      <c r="E60" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F60" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H60" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I60" s="8">
+        <v>194.73</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9">
+      <c r="A61" s="4">
         <v>57</v>
       </c>
-      <c r="C25" s="8" t="s">
+      <c r="B61" s="4">
+        <v>3130</v>
+      </c>
+      <c r="C61" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="D61" s="6">
+        <v>216.28</v>
+      </c>
+      <c r="E61" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F61" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H61" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I61" s="8">
+        <v>216.28</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9">
+      <c r="A62" s="4">
         <v>58</v>
       </c>
-      <c r="D25" s="8">
-[...61 lines deleted...]
-      <c r="B26" s="8" t="s">
+      <c r="B62" s="4">
+        <v>2573</v>
+      </c>
+      <c r="C62" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="D62" s="6">
+        <v>219.41</v>
+      </c>
+      <c r="E62" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F62" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H62" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I62" s="8">
+        <v>219.41</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9">
+      <c r="A63" s="4">
         <v>59</v>
       </c>
-      <c r="C26" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B27" s="8" t="s">
+      <c r="B63" s="4">
+        <v>4137</v>
+      </c>
+      <c r="C63" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="D63" s="6">
+        <v>314.11</v>
+      </c>
+      <c r="E63" s="6">
+        <v>132.72</v>
+      </c>
+      <c r="F63" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H63" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I63" s="8">
+        <v>223.415</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9">
+      <c r="A64" s="4">
         <v>60</v>
       </c>
-      <c r="C27" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B28" s="8" t="s">
+      <c r="B64" s="4">
+        <v>4042</v>
+      </c>
+      <c r="C64" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="D64" s="6">
+        <v>225.86</v>
+      </c>
+      <c r="E64" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F64" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H64" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I64" s="8">
+        <v>225.86</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9">
+      <c r="A65" s="4">
         <v>61</v>
       </c>
-      <c r="C28" s="8" t="s">
+      <c r="B65" s="4">
+        <v>4043</v>
+      </c>
+      <c r="C65" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="D65" s="6">
+        <v>247.87</v>
+      </c>
+      <c r="E65" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F65" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H65" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I65" s="8">
+        <v>247.87</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9">
+      <c r="A66" s="4">
         <v>62</v>
       </c>
-      <c r="D28" s="8">
-[...61 lines deleted...]
-      <c r="B29" s="8" t="s">
+      <c r="B66" s="4">
+        <v>2191</v>
+      </c>
+      <c r="C66" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="D66" s="6">
+        <v>248.53</v>
+      </c>
+      <c r="E66" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F66" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H66" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I66" s="8">
+        <v>248.53</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9">
+      <c r="A67" s="4">
         <v>63</v>
       </c>
-      <c r="C29" s="8" t="s">
+      <c r="B67" s="4">
+        <v>1816</v>
+      </c>
+      <c r="C67" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="D67" s="6">
+        <v>254.95</v>
+      </c>
+      <c r="E67" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F67" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H67" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I67" s="8">
+        <v>254.95</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9">
+      <c r="A68" s="4">
         <v>64</v>
       </c>
-      <c r="D29" s="8">
-[...61 lines deleted...]
-      <c r="B30" s="8" t="s">
+      <c r="B68" s="4">
+        <v>4028</v>
+      </c>
+      <c r="C68" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="D68" s="6">
+        <v>258.04</v>
+      </c>
+      <c r="E68" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F68" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H68" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I68" s="8">
+        <v>258.04</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9">
+      <c r="A69" s="4">
         <v>65</v>
       </c>
-      <c r="C30" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B31" s="8" t="s">
+      <c r="B69" s="4">
+        <v>4040</v>
+      </c>
+      <c r="C69" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="D69" s="6">
+        <v>260.84</v>
+      </c>
+      <c r="E69" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F69" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H69" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I69" s="8">
+        <v>260.84</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9">
+      <c r="A70" s="4">
         <v>66</v>
       </c>
-      <c r="C31" s="8" t="s">
+      <c r="B70" s="4">
+        <v>4053</v>
+      </c>
+      <c r="C70" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="D70" s="6">
+        <v>266.93</v>
+      </c>
+      <c r="E70" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F70" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H70" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I70" s="8">
+        <v>266.93</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9">
+      <c r="A71" s="4">
         <v>67</v>
       </c>
-      <c r="D31" s="8">
-[...61 lines deleted...]
-      <c r="B32" s="8" t="s">
+      <c r="B71" s="4">
+        <v>4136</v>
+      </c>
+      <c r="C71" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="D71" s="6">
+        <v>273.73</v>
+      </c>
+      <c r="E71" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F71" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H71" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I71" s="8">
+        <v>273.73</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9">
+      <c r="A72" s="4">
         <v>68</v>
       </c>
-      <c r="C32" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B33" s="8" t="s">
+      <c r="B72" s="4">
+        <v>4027</v>
+      </c>
+      <c r="C72" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="D72" s="6">
+        <v>278.66</v>
+      </c>
+      <c r="E72" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F72" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H72" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I72" s="8">
+        <v>278.66</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9">
+      <c r="A73" s="4">
         <v>69</v>
       </c>
-      <c r="C33" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B34" s="8" t="s">
+      <c r="B73" s="4">
+        <v>3885</v>
+      </c>
+      <c r="C73" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="D73" s="6">
+        <v>278.81</v>
+      </c>
+      <c r="E73" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F73" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H73" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I73" s="8">
+        <v>278.81</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9">
+      <c r="A74" s="4">
         <v>70</v>
       </c>
-      <c r="C34" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B35" s="8" t="s">
+      <c r="B74" s="4">
+        <v>4018</v>
+      </c>
+      <c r="C74" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="D74" s="6">
+        <v>283.47</v>
+      </c>
+      <c r="E74" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F74" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H74" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I74" s="8">
+        <v>283.47</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9">
+      <c r="A75" s="4">
         <v>71</v>
       </c>
-      <c r="C35" s="8" t="s">
+      <c r="B75" s="4">
+        <v>2452</v>
+      </c>
+      <c r="C75" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="D75" s="6">
+        <v>297.37</v>
+      </c>
+      <c r="E75" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F75" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H75" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I75" s="8">
+        <v>297.37</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9">
+      <c r="A76" s="4">
         <v>72</v>
       </c>
-      <c r="D35" s="8">
-[...61 lines deleted...]
-      <c r="B36" s="8" t="s">
+      <c r="B76" s="4">
+        <v>4085</v>
+      </c>
+      <c r="C76" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="D76" s="6">
+        <v>306.37</v>
+      </c>
+      <c r="E76" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F76" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H76" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I76" s="8">
+        <v>306.37</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9">
+      <c r="A77" s="4">
         <v>73</v>
       </c>
-      <c r="C36" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B37" s="8" t="s">
+      <c r="B77" s="4">
+        <v>4020</v>
+      </c>
+      <c r="C77" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="D77" s="6">
+        <v>307.1</v>
+      </c>
+      <c r="E77" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F77" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H77" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I77" s="8">
+        <v>307.1</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9">
+      <c r="A78" s="4">
         <v>74</v>
       </c>
-      <c r="C37" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B38" s="8" t="s">
+      <c r="B78" s="4">
+        <v>4055</v>
+      </c>
+      <c r="C78" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="D78" s="6">
+        <v>310.7</v>
+      </c>
+      <c r="E78" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F78" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H78" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I78" s="8">
+        <v>310.7</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9">
+      <c r="A79" s="4">
         <v>75</v>
       </c>
-      <c r="C38" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B39" s="8" t="s">
+      <c r="B79" s="4">
+        <v>4112</v>
+      </c>
+      <c r="C79" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="D79" s="6">
+        <v>319.43</v>
+      </c>
+      <c r="E79" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F79" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H79" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I79" s="8">
+        <v>319.43</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9">
+      <c r="A80" s="4">
         <v>76</v>
       </c>
-      <c r="C39" s="8" t="s">
+      <c r="B80" s="4">
+        <v>2358</v>
+      </c>
+      <c r="C80" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="D80" s="6">
+        <v>328.79</v>
+      </c>
+      <c r="E80" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F80" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H80" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I80" s="8">
+        <v>328.79</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9">
+      <c r="A81" s="4">
         <v>77</v>
       </c>
-      <c r="D39" s="8">
-[...61 lines deleted...]
-      <c r="B40" s="8" t="s">
+      <c r="B81" s="4">
+        <v>3981</v>
+      </c>
+      <c r="C81" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="D81" s="6">
+        <v>329.12</v>
+      </c>
+      <c r="E81" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F81" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G81" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H81" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I81" s="8">
+        <v>329.12</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9">
+      <c r="A82" s="4">
         <v>78</v>
       </c>
-      <c r="C40" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B41" s="8" t="s">
+      <c r="B82" s="4">
+        <v>3945</v>
+      </c>
+      <c r="C82" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="D82" s="6">
+        <v>343.46</v>
+      </c>
+      <c r="E82" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F82" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G82" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H82" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I82" s="8">
+        <v>343.46</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9">
+      <c r="A83" s="4">
         <v>79</v>
       </c>
-      <c r="C41" s="8" t="s">
-[...64 lines deleted...]
-      <c r="B42" s="8" t="s">
+      <c r="B83" s="4">
+        <v>4069</v>
+      </c>
+      <c r="C83" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="D83" s="6">
+        <v>363.51</v>
+      </c>
+      <c r="E83" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F83" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G83" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H83" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I83" s="8">
+        <v>363.51</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9">
+      <c r="A84" s="4">
         <v>80</v>
       </c>
-      <c r="C42" s="8" t="s">
-[...540 lines deleted...]
-      <c r="B50" s="8" t="s">
+      <c r="B84" s="4">
+        <v>4175</v>
+      </c>
+      <c r="C84" s="4" t="s">
         <v>91</v>
       </c>
-      <c r="C50" s="8" t="s">
-[...1611 lines deleted...]
-      <c r="S73" s="13">
+      <c r="D84" s="6">
         <v>423.11</v>
       </c>
-      <c r="T73" s="13">
-[...5 lines deleted...]
-      <c r="V73" s="21">
+      <c r="E84" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F84" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G84" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H84" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I84" s="8">
         <v>423.11</v>
-      </c>
-[...8 lines deleted...]
-        <v>124</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:U1"/>
-[...2 lines deleted...]
-    <mergeCell ref="A77:V77"/>
+    <mergeCell ref="A1:I1"/>
+    <mergeCell ref="A2:I2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R32"/>
+  <dimension ref="A1:I79"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A32" sqref="A32"/>
+      <selection activeCell="A4" sqref="A4:I79"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
-[...15 lines deleted...]
-    <col min="17" max="17" width="15" customWidth="true" style="0"/>
+    <col min="1" max="1" width="6" customWidth="true" style="0"/>
+    <col min="2" max="2" width="14" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="14" customWidth="true" style="0"/>
+    <col min="5" max="5" width="14" customWidth="true" style="0"/>
+    <col min="6" max="6" width="14" customWidth="true" style="0"/>
+    <col min="7" max="7" width="14" customWidth="true" style="0"/>
+    <col min="8" max="8" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18">
+    <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:18">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:18" customHeight="1" ht="150">
-      <c r="A4" s="4" t="s">
+    <row r="4" spans="1:9" customHeight="1" ht="150">
+      <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="4" t="s">
+      <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="4" t="s">
+      <c r="C4" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="4" t="s">
+      <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="E4" s="9" t="s">
+      <c r="E4" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="G4" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="F4" s="9" t="s">
+      <c r="H4" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="G4" s="9" t="s">
+      <c r="I4" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="H4" s="9" t="s">
+    </row>
+    <row r="5" spans="1:9">
+      <c r="A5" s="4">
+        <v>1</v>
+      </c>
+      <c r="B5" s="4">
+        <v>4103</v>
+      </c>
+      <c r="C5" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="D5" s="6">
+        <v>218.47</v>
+      </c>
+      <c r="E5" s="6">
+        <v>203.93</v>
+      </c>
+      <c r="F5" s="6">
+        <v>218.04</v>
+      </c>
+      <c r="G5" s="6">
+        <v>206.62</v>
+      </c>
+      <c r="H5" s="6">
+        <v>209.63</v>
+      </c>
+      <c r="I5" s="8">
+        <v>205.275</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9">
+      <c r="A6" s="4">
+        <v>2</v>
+      </c>
+      <c r="B6" s="4">
+        <v>2373</v>
+      </c>
+      <c r="C6" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="D6" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F6" s="6">
+        <v>208.51</v>
+      </c>
+      <c r="G6" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H6" s="6">
+        <v>203.49</v>
+      </c>
+      <c r="I6" s="8">
+        <v>206.0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9">
+      <c r="A7" s="4">
+        <v>3</v>
+      </c>
+      <c r="B7" s="4">
+        <v>4274</v>
+      </c>
+      <c r="C7" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="D7" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" s="6">
+        <v>215.2</v>
+      </c>
+      <c r="F7" s="6">
+        <v>214.86</v>
+      </c>
+      <c r="G7" s="6">
+        <v>205.48</v>
+      </c>
+      <c r="H7" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I7" s="8">
+        <v>210.17</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9">
+      <c r="A8" s="4">
+        <v>4</v>
+      </c>
+      <c r="B8" s="4">
+        <v>2667</v>
+      </c>
+      <c r="C8" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="D8" s="6">
+        <v>218.69</v>
+      </c>
+      <c r="E8" s="6">
+        <v>228.73</v>
+      </c>
+      <c r="F8" s="6">
+        <v>210.82</v>
+      </c>
+      <c r="G8" s="6">
+        <v>212.89</v>
+      </c>
+      <c r="H8" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I8" s="8">
+        <v>211.855</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9">
+      <c r="A9" s="4">
+        <v>5</v>
+      </c>
+      <c r="B9" s="4">
+        <v>1762</v>
+      </c>
+      <c r="C9" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="D9" s="6">
+        <v>222.61</v>
+      </c>
+      <c r="E9" s="6">
+        <v>266.78</v>
+      </c>
+      <c r="F9" s="6">
+        <v>268.59</v>
+      </c>
+      <c r="G9" s="6">
+        <v>269.28</v>
+      </c>
+      <c r="H9" s="6">
+        <v>262.98</v>
+      </c>
+      <c r="I9" s="8">
+        <v>222.61</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9">
+      <c r="A10" s="4">
+        <v>6</v>
+      </c>
+      <c r="B10" s="4">
+        <v>4313</v>
+      </c>
+      <c r="C10" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="D10" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" s="6">
+        <v>228.17</v>
+      </c>
+      <c r="F10" s="6">
+        <v>265.41</v>
+      </c>
+      <c r="G10" s="6">
+        <v>235.9</v>
+      </c>
+      <c r="H10" s="6">
+        <v>230.4</v>
+      </c>
+      <c r="I10" s="8">
+        <v>229.285</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9">
+      <c r="A11" s="4">
+        <v>7</v>
+      </c>
+      <c r="B11" s="4">
+        <v>2091</v>
+      </c>
+      <c r="C11" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="D11" s="6">
+        <v>242.88</v>
+      </c>
+      <c r="E11" s="6">
+        <v>225.35</v>
+      </c>
+      <c r="F11" s="6">
+        <v>255.88</v>
+      </c>
+      <c r="G11" s="6">
+        <v>299.59</v>
+      </c>
+      <c r="H11" s="6">
+        <v>280.45</v>
+      </c>
+      <c r="I11" s="8">
+        <v>234.115</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9">
+      <c r="A12" s="4">
+        <v>8</v>
+      </c>
+      <c r="B12" s="4">
+        <v>4154</v>
+      </c>
+      <c r="C12" s="4" t="s">
+        <v>100</v>
+      </c>
+      <c r="D12" s="6">
+        <v>238.01</v>
+      </c>
+      <c r="E12" s="6">
+        <v>261.71</v>
+      </c>
+      <c r="F12" s="6">
+        <v>268.01</v>
+      </c>
+      <c r="G12" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H12" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I12" s="8">
+        <v>238.01</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9">
+      <c r="A13" s="4">
+        <v>9</v>
+      </c>
+      <c r="B13" s="4">
+        <v>4303</v>
+      </c>
+      <c r="C13" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="D13" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" s="6">
+        <v>228.17</v>
+      </c>
+      <c r="F13" s="6">
+        <v>248.95</v>
+      </c>
+      <c r="G13" s="6">
+        <v>256.98</v>
+      </c>
+      <c r="H13" s="6">
+        <v>247.87</v>
+      </c>
+      <c r="I13" s="8">
+        <v>238.02</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9">
+      <c r="A14" s="4">
+        <v>10</v>
+      </c>
+      <c r="B14" s="4">
+        <v>4275</v>
+      </c>
+      <c r="C14" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="D14" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F14" s="6">
+        <v>266.86</v>
+      </c>
+      <c r="G14" s="6">
+        <v>242.51</v>
+      </c>
+      <c r="H14" s="6">
+        <v>236.3</v>
+      </c>
+      <c r="I14" s="8">
+        <v>239.405</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9">
+      <c r="A15" s="4">
         <v>11</v>
       </c>
-      <c r="I4" s="9" t="s">
+      <c r="B15" s="4">
+        <v>4117</v>
+      </c>
+      <c r="C15" s="4" t="s">
+        <v>103</v>
+      </c>
+      <c r="D15" s="6">
+        <v>249.67</v>
+      </c>
+      <c r="E15" s="6">
+        <v>270.45</v>
+      </c>
+      <c r="F15" s="6">
+        <v>235.08</v>
+      </c>
+      <c r="G15" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H15" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I15" s="8">
+        <v>242.375</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9">
+      <c r="A16" s="4">
         <v>12</v>
       </c>
-      <c r="J4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="K4" s="9" t="s">
+      <c r="B16" s="4">
+        <v>4153</v>
+      </c>
+      <c r="C16" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="D16" s="6">
+        <v>275.52</v>
+      </c>
+      <c r="E16" s="6">
+        <v>254.94</v>
+      </c>
+      <c r="F16" s="6">
+        <v>285.92</v>
+      </c>
+      <c r="G16" s="6">
+        <v>244.9</v>
+      </c>
+      <c r="H16" s="6">
+        <v>239.85</v>
+      </c>
+      <c r="I16" s="8">
+        <v>242.375</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9">
+      <c r="A17" s="4">
+        <v>13</v>
+      </c>
+      <c r="B17" s="4">
+        <v>4198</v>
+      </c>
+      <c r="C17" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="D17" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" s="6">
+        <v>238.6</v>
+      </c>
+      <c r="F17" s="6">
+        <v>247.22</v>
+      </c>
+      <c r="G17" s="6">
+        <v>252.19</v>
+      </c>
+      <c r="H17" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I17" s="8">
+        <v>242.91</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9">
+      <c r="A18" s="4">
         <v>14</v>
       </c>
-      <c r="L4" s="9" t="s">
+      <c r="B18" s="4">
+        <v>1981</v>
+      </c>
+      <c r="C18" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="D18" s="6">
+        <v>244.68</v>
+      </c>
+      <c r="E18" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F18" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H18" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I18" s="8">
+        <v>244.68</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9">
+      <c r="A19" s="4">
         <v>15</v>
       </c>
-      <c r="M4" s="9" t="s">
+      <c r="B19" s="4">
+        <v>4126</v>
+      </c>
+      <c r="C19" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="D19" s="6">
+        <v>315.91</v>
+      </c>
+      <c r="E19" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F19" s="6">
+        <v>235.37</v>
+      </c>
+      <c r="G19" s="6">
+        <v>257.32</v>
+      </c>
+      <c r="H19" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I19" s="8">
+        <v>246.345</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9">
+      <c r="A20" s="4">
+        <v>16</v>
+      </c>
+      <c r="B20" s="4">
+        <v>4107</v>
+      </c>
+      <c r="C20" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="D20" s="6">
+        <v>250.7</v>
+      </c>
+      <c r="E20" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F20" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H20" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I20" s="8">
+        <v>250.7</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9">
+      <c r="A21" s="4">
+        <v>17</v>
+      </c>
+      <c r="B21" s="4">
+        <v>4155</v>
+      </c>
+      <c r="C21" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="D21" s="6">
+        <v>260.32</v>
+      </c>
+      <c r="E21" s="6">
+        <v>275.24</v>
+      </c>
+      <c r="F21" s="6">
+        <v>298.63</v>
+      </c>
+      <c r="G21" s="6">
+        <v>261.99</v>
+      </c>
+      <c r="H21" s="6">
+        <v>255.66</v>
+      </c>
+      <c r="I21" s="8">
+        <v>257.99</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9">
+      <c r="A22" s="4">
         <v>18</v>
       </c>
-      <c r="N4" s="9" t="s">
+      <c r="B22" s="4">
+        <v>4244</v>
+      </c>
+      <c r="C22" s="4" t="s">
+        <v>110</v>
+      </c>
+      <c r="D22" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" s="6">
+        <v>257.2</v>
+      </c>
+      <c r="F22" s="6">
+        <v>261.37</v>
+      </c>
+      <c r="G22" s="6">
+        <v>259.03</v>
+      </c>
+      <c r="H22" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I22" s="8">
+        <v>258.115</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9">
+      <c r="A23" s="4">
         <v>19</v>
       </c>
-      <c r="O4" s="9" t="s">
+      <c r="B23" s="4">
+        <v>4131</v>
+      </c>
+      <c r="C23" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="D23" s="6">
+        <v>290.49</v>
+      </c>
+      <c r="E23" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F23" s="6">
+        <v>231.91</v>
+      </c>
+      <c r="G23" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H23" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I23" s="8">
+        <v>261.2</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9">
+      <c r="A24" s="4">
         <v>20</v>
       </c>
-      <c r="P4" s="9" t="s">
+      <c r="B24" s="4">
+        <v>4236</v>
+      </c>
+      <c r="C24" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="D24" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="6">
+        <v>263.4</v>
+      </c>
+      <c r="F24" s="6">
+        <v>305.56</v>
+      </c>
+      <c r="G24" s="6">
+        <v>269.74</v>
+      </c>
+      <c r="H24" s="6">
+        <v>294.14</v>
+      </c>
+      <c r="I24" s="8">
+        <v>266.57</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9">
+      <c r="A25" s="4">
         <v>21</v>
       </c>
-      <c r="Q4" s="9" t="s">
+      <c r="B25" s="4">
+        <v>4246</v>
+      </c>
+      <c r="C25" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="D25" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" s="6">
+        <v>272.42</v>
+      </c>
+      <c r="F25" s="6">
+        <v>261.37</v>
+      </c>
+      <c r="G25" s="6">
+        <v>285.46</v>
+      </c>
+      <c r="H25" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I25" s="8">
+        <v>266.895</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9">
+      <c r="A26" s="4">
         <v>22</v>
       </c>
-      <c r="R4" s="17" t="s">
+      <c r="B26" s="4">
+        <v>1727</v>
+      </c>
+      <c r="C26" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="D26" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" s="6">
+        <v>266.22</v>
+      </c>
+      <c r="F26" s="6">
+        <v>273.21</v>
+      </c>
+      <c r="G26" s="6">
+        <v>277.94</v>
+      </c>
+      <c r="H26" s="6">
+        <v>278.56</v>
+      </c>
+      <c r="I26" s="8">
+        <v>269.715</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9">
+      <c r="A27" s="4">
         <v>23</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="5" t="s">
+      <c r="B27" s="4">
+        <v>4261</v>
+      </c>
+      <c r="C27" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="D27" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" s="6">
+        <v>283.13</v>
+      </c>
+      <c r="F27" s="6">
+        <v>311.05</v>
+      </c>
+      <c r="G27" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H27" s="6">
+        <v>258.02</v>
+      </c>
+      <c r="I27" s="8">
+        <v>270.575</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9">
+      <c r="A28" s="4">
         <v>24</v>
       </c>
-      <c r="B5" s="5" t="s">
+      <c r="B28" s="4">
+        <v>2552</v>
+      </c>
+      <c r="C28" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="D28" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F28" s="6">
+        <v>279.28</v>
+      </c>
+      <c r="G28" s="6">
+        <v>262.45</v>
+      </c>
+      <c r="H28" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I28" s="8">
+        <v>270.865</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9">
+      <c r="A29" s="4">
+        <v>25</v>
+      </c>
+      <c r="B29" s="4">
+        <v>4145</v>
+      </c>
+      <c r="C29" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="D29" s="6">
+        <v>271.22</v>
+      </c>
+      <c r="E29" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F29" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H29" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I29" s="8">
+        <v>271.22</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9">
+      <c r="A30" s="4">
+        <v>26</v>
+      </c>
+      <c r="B30" s="4">
+        <v>4111</v>
+      </c>
+      <c r="C30" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="D30" s="6">
+        <v>272.29</v>
+      </c>
+      <c r="E30" s="6">
+        <v>290.74</v>
+      </c>
+      <c r="F30" s="6">
+        <v>290.83</v>
+      </c>
+      <c r="G30" s="6">
+        <v>281.7</v>
+      </c>
+      <c r="H30" s="6">
+        <v>283.28</v>
+      </c>
+      <c r="I30" s="8">
+        <v>272.29</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9">
+      <c r="A31" s="4">
+        <v>27</v>
+      </c>
+      <c r="B31" s="4">
+        <v>1665</v>
+      </c>
+      <c r="C31" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="D31" s="6">
+        <v>275.39</v>
+      </c>
+      <c r="E31" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F31" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H31" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I31" s="8">
+        <v>275.39</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9">
+      <c r="A32" s="4">
+        <v>28</v>
+      </c>
+      <c r="B32" s="4">
+        <v>4221</v>
+      </c>
+      <c r="C32" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="D32" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" s="6">
+        <v>287.08</v>
+      </c>
+      <c r="F32" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" s="6">
+        <v>271.79</v>
+      </c>
+      <c r="H32" s="6">
+        <v>279.27</v>
+      </c>
+      <c r="I32" s="8">
+        <v>275.53</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9">
+      <c r="A33" s="4">
+        <v>29</v>
+      </c>
+      <c r="B33" s="4">
+        <v>2371</v>
+      </c>
+      <c r="C33" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="D33" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" s="6">
+        <v>301.17</v>
+      </c>
+      <c r="F33" s="6">
+        <v>683.67</v>
+      </c>
+      <c r="G33" s="6">
+        <v>260.74</v>
+      </c>
+      <c r="H33" s="6">
+        <v>294.38</v>
+      </c>
+      <c r="I33" s="8">
+        <v>277.56</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9">
+      <c r="A34" s="4">
+        <v>30</v>
+      </c>
+      <c r="B34" s="4">
+        <v>1770</v>
+      </c>
+      <c r="C34" s="4" t="s">
+        <v>122</v>
+      </c>
+      <c r="D34" s="6">
+        <v>280.42</v>
+      </c>
+      <c r="E34" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F34" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H34" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I34" s="8">
+        <v>280.42</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9">
+      <c r="A35" s="4">
+        <v>31</v>
+      </c>
+      <c r="B35" s="4">
+        <v>4233</v>
+      </c>
+      <c r="C35" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="D35" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" s="6">
+        <v>296.94</v>
+      </c>
+      <c r="F35" s="6">
+        <v>320.87</v>
+      </c>
+      <c r="G35" s="6">
+        <v>283.98</v>
+      </c>
+      <c r="H35" s="6">
+        <v>278.32</v>
+      </c>
+      <c r="I35" s="8">
+        <v>281.15</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9">
+      <c r="A36" s="4">
+        <v>32</v>
+      </c>
+      <c r="B36" s="4">
+        <v>4295</v>
+      </c>
+      <c r="C36" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="D36" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" s="6">
+        <v>285.95</v>
+      </c>
+      <c r="F36" s="6">
+        <v>277.83</v>
+      </c>
+      <c r="G36" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H36" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I36" s="8">
+        <v>281.89</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9">
+      <c r="A37" s="4">
+        <v>33</v>
+      </c>
+      <c r="B37" s="4">
+        <v>4208</v>
+      </c>
+      <c r="C37" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="D37" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" s="6">
+        <v>274.96</v>
+      </c>
+      <c r="F37" s="6">
+        <v>320.87</v>
+      </c>
+      <c r="G37" s="6">
+        <v>289.45</v>
+      </c>
+      <c r="H37" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I37" s="8">
+        <v>282.205</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9">
+      <c r="A38" s="4">
+        <v>34</v>
+      </c>
+      <c r="B38" s="4">
+        <v>4237</v>
+      </c>
+      <c r="C38" s="4" t="s">
         <v>126</v>
       </c>
-      <c r="C5" s="5" t="s">
+      <c r="D38" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" s="6">
+        <v>267.63</v>
+      </c>
+      <c r="F38" s="6">
+        <v>300.36</v>
+      </c>
+      <c r="G38" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H38" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I38" s="8">
+        <v>283.995</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9">
+      <c r="A39" s="4">
+        <v>35</v>
+      </c>
+      <c r="B39" s="4">
+        <v>4299</v>
+      </c>
+      <c r="C39" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="D39" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" s="6">
+        <v>271.86</v>
+      </c>
+      <c r="F39" s="6">
+        <v>296.9</v>
+      </c>
+      <c r="G39" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H39" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I39" s="8">
+        <v>284.38</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9">
+      <c r="A40" s="4">
+        <v>36</v>
+      </c>
+      <c r="B40" s="4">
+        <v>4241</v>
+      </c>
+      <c r="C40" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="D40" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" s="6">
+        <v>270.73</v>
+      </c>
+      <c r="F40" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H40" s="6">
+        <v>308.54</v>
+      </c>
+      <c r="I40" s="8">
+        <v>289.635</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9">
+      <c r="A41" s="4">
+        <v>37</v>
+      </c>
+      <c r="B41" s="4">
+        <v>4158</v>
+      </c>
+      <c r="C41" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="D41" s="6">
+        <v>307.95</v>
+      </c>
+      <c r="E41" s="6">
+        <v>283.13</v>
+      </c>
+      <c r="F41" s="6">
+        <v>363.91</v>
+      </c>
+      <c r="G41" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H41" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I41" s="8">
+        <v>295.54</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9">
+      <c r="A42" s="4">
+        <v>38</v>
+      </c>
+      <c r="B42" s="4">
+        <v>2141</v>
+      </c>
+      <c r="C42" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="D42" s="6">
+        <v>323.2</v>
+      </c>
+      <c r="E42" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F42" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" s="6">
+        <v>295.94</v>
+      </c>
+      <c r="H42" s="6">
+        <v>296.03</v>
+      </c>
+      <c r="I42" s="8">
+        <v>295.985</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9">
+      <c r="A43" s="4">
+        <v>39</v>
+      </c>
+      <c r="B43" s="4">
+        <v>4229</v>
+      </c>
+      <c r="C43" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="D43" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" s="6">
+        <v>298.63</v>
+      </c>
+      <c r="F43" s="6">
+        <v>299.5</v>
+      </c>
+      <c r="G43" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H43" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I43" s="8">
+        <v>299.065</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9">
+      <c r="A44" s="4">
+        <v>40</v>
+      </c>
+      <c r="B44" s="4">
+        <v>3136</v>
+      </c>
+      <c r="C44" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="D44" s="6">
+        <v>303.57</v>
+      </c>
+      <c r="E44" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F44" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H44" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I44" s="8">
+        <v>303.57</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9">
+      <c r="A45" s="4">
+        <v>41</v>
+      </c>
+      <c r="B45" s="4">
+        <v>3985</v>
+      </c>
+      <c r="C45" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="D45" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" s="6">
+        <v>311.88</v>
+      </c>
+      <c r="F45" s="6">
+        <v>301.23</v>
+      </c>
+      <c r="G45" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H45" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I45" s="8">
+        <v>306.555</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9">
+      <c r="A46" s="4">
+        <v>42</v>
+      </c>
+      <c r="B46" s="4">
+        <v>2745</v>
+      </c>
+      <c r="C46" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="D46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" s="6">
+        <v>303.58</v>
+      </c>
+      <c r="H46" s="6">
+        <v>310.9</v>
+      </c>
+      <c r="I46" s="8">
+        <v>307.24</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9">
+      <c r="A47" s="4">
+        <v>43</v>
+      </c>
+      <c r="B47" s="4">
+        <v>4147</v>
+      </c>
+      <c r="C47" s="4" t="s">
+        <v>135</v>
+      </c>
+      <c r="D47" s="6">
+        <v>307.69</v>
+      </c>
+      <c r="E47" s="6">
+        <v>308.5</v>
+      </c>
+      <c r="F47" s="6">
+        <v>323.18</v>
+      </c>
+      <c r="G47" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H47" s="6">
+        <v>314.44</v>
+      </c>
+      <c r="I47" s="8">
+        <v>307.69</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9">
+      <c r="A48" s="4">
+        <v>44</v>
+      </c>
+      <c r="B48" s="4">
+        <v>4102</v>
+      </c>
+      <c r="C48" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="D48" s="6">
+        <v>353.14</v>
+      </c>
+      <c r="E48" s="6">
+        <v>293.28</v>
+      </c>
+      <c r="F48" s="6">
+        <v>325.49</v>
+      </c>
+      <c r="G48" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H48" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I48" s="8">
+        <v>309.385</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9">
+      <c r="A49" s="4">
+        <v>45</v>
+      </c>
+      <c r="B49" s="4">
+        <v>4239</v>
+      </c>
+      <c r="C49" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="D49" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" s="6">
+        <v>303.7</v>
+      </c>
+      <c r="F49" s="6">
+        <v>317.12</v>
+      </c>
+      <c r="G49" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H49" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I49" s="8">
+        <v>310.41</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9">
+      <c r="A50" s="4">
+        <v>46</v>
+      </c>
+      <c r="B50" s="4">
+        <v>4305</v>
+      </c>
+      <c r="C50" s="4" t="s">
+        <v>138</v>
+      </c>
+      <c r="D50" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" s="6">
+        <v>314.13</v>
+      </c>
+      <c r="F50" s="6">
+        <v>314.23</v>
+      </c>
+      <c r="G50" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H50" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I50" s="8">
+        <v>314.18</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9">
+      <c r="A51" s="4">
+        <v>47</v>
+      </c>
+      <c r="B51" s="4">
+        <v>4242</v>
+      </c>
+      <c r="C51" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="D51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" s="6">
+        <v>276.12</v>
+      </c>
+      <c r="H51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I51" s="8">
+        <v>316.12</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9">
+      <c r="A52" s="4">
+        <v>48</v>
+      </c>
+      <c r="B52" s="4">
+        <v>1720</v>
+      </c>
+      <c r="C52" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="D52" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" s="6">
+        <v>308.21</v>
+      </c>
+      <c r="F52" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H52" s="6">
+        <v>332.15</v>
+      </c>
+      <c r="I52" s="8">
+        <v>320.18</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9">
+      <c r="A53" s="4">
+        <v>49</v>
+      </c>
+      <c r="B53" s="4">
+        <v>2788</v>
+      </c>
+      <c r="C53" s="4" t="s">
+        <v>141</v>
+      </c>
+      <c r="D53" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" s="6">
+        <v>311.6</v>
+      </c>
+      <c r="F53" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H53" s="6">
+        <v>340.88</v>
+      </c>
+      <c r="I53" s="8">
+        <v>326.24</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9">
+      <c r="A54" s="4">
+        <v>50</v>
+      </c>
+      <c r="B54" s="4">
+        <v>4150</v>
+      </c>
+      <c r="C54" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="D54" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" s="6">
+        <v>317.52</v>
+      </c>
+      <c r="F54" s="6">
+        <v>345.43</v>
+      </c>
+      <c r="G54" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H54" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I54" s="8">
+        <v>331.475</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9">
+      <c r="A55" s="4">
+        <v>51</v>
+      </c>
+      <c r="B55" s="4">
+        <v>4228</v>
+      </c>
+      <c r="C55" s="4" t="s">
+        <v>143</v>
+      </c>
+      <c r="D55" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" s="6">
+        <v>326.53</v>
+      </c>
+      <c r="F55" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H55" s="6">
+        <v>340.41</v>
+      </c>
+      <c r="I55" s="8">
+        <v>333.47</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9">
+      <c r="A56" s="4">
+        <v>52</v>
+      </c>
+      <c r="B56" s="4">
+        <v>4255</v>
+      </c>
+      <c r="C56" s="4" t="s">
+        <v>144</v>
+      </c>
+      <c r="D56" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F56" s="6">
+        <v>294.01</v>
+      </c>
+      <c r="G56" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H56" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I56" s="8">
+        <v>334.01</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9">
+      <c r="A57" s="4">
+        <v>53</v>
+      </c>
+      <c r="B57" s="4">
+        <v>572</v>
+      </c>
+      <c r="C57" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="D57" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F57" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" s="6">
+        <v>297.08</v>
+      </c>
+      <c r="H57" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I57" s="8">
+        <v>337.08</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9">
+      <c r="A58" s="4">
+        <v>54</v>
+      </c>
+      <c r="B58" s="4">
+        <v>1659</v>
+      </c>
+      <c r="C58" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="D58" s="6">
+        <v>338.57</v>
+      </c>
+      <c r="E58" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F58" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H58" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I58" s="8">
+        <v>338.57</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9">
+      <c r="A59" s="4">
+        <v>55</v>
+      </c>
+      <c r="B59" s="4">
+        <v>4271</v>
+      </c>
+      <c r="C59" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="D59" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" s="6">
+        <v>342.32</v>
+      </c>
+      <c r="F59" s="6">
+        <v>335.89</v>
+      </c>
+      <c r="G59" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H59" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I59" s="8">
+        <v>339.105</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9">
+      <c r="A60" s="4">
+        <v>56</v>
+      </c>
+      <c r="B60" s="4">
+        <v>4319</v>
+      </c>
+      <c r="C60" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="D60" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F60" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H60" s="6">
+        <v>304.76</v>
+      </c>
+      <c r="I60" s="8">
+        <v>344.76</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9">
+      <c r="A61" s="4">
+        <v>57</v>
+      </c>
+      <c r="B61" s="4">
+        <v>4259</v>
+      </c>
+      <c r="C61" s="4" t="s">
+        <v>149</v>
+      </c>
+      <c r="D61" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E61" s="6">
+        <v>367.97</v>
+      </c>
+      <c r="F61" s="6">
+        <v>351.2</v>
+      </c>
+      <c r="G61" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H61" s="6">
+        <v>340.65</v>
+      </c>
+      <c r="I61" s="8">
+        <v>345.925</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9">
+      <c r="A62" s="4">
+        <v>58</v>
+      </c>
+      <c r="B62" s="4">
+        <v>2945</v>
+      </c>
+      <c r="C62" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="D62" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E62" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F62" s="6">
+        <v>307.3</v>
+      </c>
+      <c r="G62" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H62" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I62" s="8">
+        <v>347.3</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9">
+      <c r="A63" s="4">
+        <v>59</v>
+      </c>
+      <c r="B63" s="4">
+        <v>2134</v>
+      </c>
+      <c r="C63" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="D63" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E63" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F63" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" s="6">
+        <v>307.34</v>
+      </c>
+      <c r="H63" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I63" s="8">
+        <v>347.34</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9">
+      <c r="A64" s="4">
+        <v>60</v>
+      </c>
+      <c r="B64" s="4">
+        <v>4118</v>
+      </c>
+      <c r="C64" s="4" t="s">
+        <v>152</v>
+      </c>
+      <c r="D64" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E64" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F64" s="6">
+        <v>308.45</v>
+      </c>
+      <c r="G64" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H64" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I64" s="8">
+        <v>348.45</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9">
+      <c r="A65" s="4">
+        <v>61</v>
+      </c>
+      <c r="B65" s="4">
+        <v>3187</v>
+      </c>
+      <c r="C65" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="D65" s="6">
+        <v>370.98</v>
+      </c>
+      <c r="E65" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F65" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H65" s="6">
+        <v>328.61</v>
+      </c>
+      <c r="I65" s="8">
+        <v>349.795</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9">
+      <c r="A66" s="4">
+        <v>62</v>
+      </c>
+      <c r="B66" s="4">
+        <v>4169</v>
+      </c>
+      <c r="C66" s="4" t="s">
+        <v>154</v>
+      </c>
+      <c r="D66" s="6">
+        <v>352.71</v>
+      </c>
+      <c r="E66" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F66" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H66" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I66" s="8">
+        <v>352.71</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9">
+      <c r="A67" s="4">
+        <v>63</v>
+      </c>
+      <c r="B67" s="4">
+        <v>2584</v>
+      </c>
+      <c r="C67" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="D67" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E67" s="6">
+        <v>351.62</v>
+      </c>
+      <c r="F67" s="6">
+        <v>355.25</v>
+      </c>
+      <c r="G67" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H67" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I67" s="8">
+        <v>353.435</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9">
+      <c r="A68" s="4">
+        <v>64</v>
+      </c>
+      <c r="B68" s="4">
+        <v>4125</v>
+      </c>
+      <c r="C68" s="4" t="s">
+        <v>156</v>
+      </c>
+      <c r="D68" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E68" s="6">
+        <v>365.71</v>
+      </c>
+      <c r="F68" s="6">
+        <v>353.8</v>
+      </c>
+      <c r="G68" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H68" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I68" s="8">
+        <v>359.755</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9">
+      <c r="A69" s="4">
+        <v>65</v>
+      </c>
+      <c r="B69" s="4">
+        <v>4238</v>
+      </c>
+      <c r="C69" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="D69" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E69" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F69" s="6">
+        <v>322.03</v>
+      </c>
+      <c r="G69" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H69" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I69" s="8">
+        <v>362.03</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9">
+      <c r="A70" s="4">
+        <v>66</v>
+      </c>
+      <c r="B70" s="4">
+        <v>4232</v>
+      </c>
+      <c r="C70" s="4" t="s">
+        <v>158</v>
+      </c>
+      <c r="D70" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E70" s="6">
+        <v>329.35</v>
+      </c>
+      <c r="F70" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H70" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I70" s="8">
+        <v>369.35</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9">
+      <c r="A71" s="4">
         <v>67</v>
       </c>
-      <c r="D5" s="5">
-[...1340 lines deleted...]
-        <v>124</v>
+      <c r="B71" s="4">
+        <v>4234</v>
+      </c>
+      <c r="C71" s="4" t="s">
+        <v>159</v>
+      </c>
+      <c r="D71" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E71" s="6">
+        <v>358.95</v>
+      </c>
+      <c r="F71" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H71" s="6">
+        <v>394.0</v>
+      </c>
+      <c r="I71" s="8">
+        <v>376.475</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9">
+      <c r="A72" s="4">
+        <v>68</v>
+      </c>
+      <c r="B72" s="4">
+        <v>4210</v>
+      </c>
+      <c r="C72" s="4" t="s">
+        <v>160</v>
+      </c>
+      <c r="D72" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E72" s="6">
+        <v>387.41</v>
+      </c>
+      <c r="F72" s="6">
+        <v>404.35</v>
+      </c>
+      <c r="G72" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H72" s="6">
+        <v>370.86</v>
+      </c>
+      <c r="I72" s="8">
+        <v>379.135</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9">
+      <c r="A73" s="4">
+        <v>69</v>
+      </c>
+      <c r="B73" s="4">
+        <v>4300</v>
+      </c>
+      <c r="C73" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="D73" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E73" s="6">
+        <v>384.88</v>
+      </c>
+      <c r="F73" s="6">
+        <v>377.78</v>
+      </c>
+      <c r="G73" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H73" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I73" s="8">
+        <v>381.33</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9">
+      <c r="A74" s="4">
+        <v>70</v>
+      </c>
+      <c r="B74" s="4">
+        <v>4290</v>
+      </c>
+      <c r="C74" s="4" t="s">
+        <v>162</v>
+      </c>
+      <c r="D74" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E74" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F74" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H74" s="6">
+        <v>348.2</v>
+      </c>
+      <c r="I74" s="8">
+        <v>388.2</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9">
+      <c r="A75" s="4">
+        <v>71</v>
+      </c>
+      <c r="B75" s="4">
+        <v>2168</v>
+      </c>
+      <c r="C75" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="D75" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E75" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F75" s="6">
+        <v>351.49</v>
+      </c>
+      <c r="G75" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H75" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I75" s="8">
+        <v>391.49</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9">
+      <c r="A76" s="4">
+        <v>72</v>
+      </c>
+      <c r="B76" s="4">
+        <v>4253</v>
+      </c>
+      <c r="C76" s="4" t="s">
+        <v>164</v>
+      </c>
+      <c r="D76" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E76" s="6">
+        <v>401.79</v>
+      </c>
+      <c r="F76" s="6">
+        <v>417.35</v>
+      </c>
+      <c r="G76" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H76" s="6">
+        <v>382.43</v>
+      </c>
+      <c r="I76" s="8">
+        <v>392.11</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9">
+      <c r="A77" s="4">
+        <v>73</v>
+      </c>
+      <c r="B77" s="4">
+        <v>3988</v>
+      </c>
+      <c r="C77" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="D77" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E77" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F77" s="6">
+        <v>353.22</v>
+      </c>
+      <c r="G77" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H77" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I77" s="8">
+        <v>393.22</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9">
+      <c r="A78" s="4">
+        <v>74</v>
+      </c>
+      <c r="B78" s="4">
+        <v>1651</v>
+      </c>
+      <c r="C78" s="4" t="s">
+        <v>166</v>
+      </c>
+      <c r="D78" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E78" s="6">
+        <v>435.61</v>
+      </c>
+      <c r="F78" s="6">
+        <v>406.08</v>
+      </c>
+      <c r="G78" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H78" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I78" s="8">
+        <v>420.845</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9">
+      <c r="A79" s="4">
+        <v>75</v>
+      </c>
+      <c r="B79" s="4">
+        <v>4285</v>
+      </c>
+      <c r="C79" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="D79" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E79" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F79" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H79" s="6">
+        <v>440.74</v>
+      </c>
+      <c r="I79" s="8">
+        <v>480.74</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:Q1"/>
-[...2 lines deleted...]
-    <mergeCell ref="A32:R32"/>
+    <mergeCell ref="A1:I1"/>
+    <mergeCell ref="A2:I2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:V67"/>
+  <dimension ref="A1:I70"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A67" sqref="A67"/>
+      <selection activeCell="A4" sqref="A4:I70"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
-[...19 lines deleted...]
-    <col min="21" max="21" width="15" customWidth="true" style="0"/>
+    <col min="1" max="1" width="6" customWidth="true" style="0"/>
+    <col min="2" max="2" width="14" customWidth="true" style="0"/>
+    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="14" customWidth="true" style="0"/>
+    <col min="5" max="5" width="14" customWidth="true" style="0"/>
+    <col min="6" max="6" width="14" customWidth="true" style="0"/>
+    <col min="7" max="7" width="14" customWidth="true" style="0"/>
+    <col min="8" max="8" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:22">
+    <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:22">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:22" customHeight="1" ht="150">
-      <c r="A4" s="4" t="s">
+    <row r="4" spans="1:9" customHeight="1" ht="150">
+      <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="4" t="s">
+      <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="4" t="s">
+      <c r="C4" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="4" t="s">
+      <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="E4" s="9" t="s">
+      <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="F4" s="9" t="s">
+      <c r="F4" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="G4" s="9" t="s">
+      <c r="G4" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="H4" s="9" t="s">
+      <c r="H4" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="I4" s="9" t="s">
+      <c r="I4" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="J4" s="9" t="s">
+    </row>
+    <row r="5" spans="1:9">
+      <c r="A5" s="4">
+        <v>1</v>
+      </c>
+      <c r="B5" s="4">
+        <v>1744</v>
+      </c>
+      <c r="C5" s="4" t="s">
+        <v>169</v>
+      </c>
+      <c r="D5" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" s="6">
+        <v>18.03</v>
+      </c>
+      <c r="F5" s="6">
+        <v>20.24</v>
+      </c>
+      <c r="G5" s="6">
+        <v>9.44</v>
+      </c>
+      <c r="H5" s="6">
+        <v>16.47</v>
+      </c>
+      <c r="I5" s="8">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9">
+      <c r="A6" s="4">
+        <v>2</v>
+      </c>
+      <c r="B6" s="4">
+        <v>2217</v>
+      </c>
+      <c r="C6" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="D6" s="6">
+        <v>24.62</v>
+      </c>
+      <c r="E6" s="6">
+        <v>39.01</v>
+      </c>
+      <c r="F6" s="6">
+        <v>33.17</v>
+      </c>
+      <c r="G6" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H6" s="6">
+        <v>30.65</v>
+      </c>
+      <c r="I6" s="8">
+        <v>24.62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9">
+      <c r="A7" s="4">
+        <v>3</v>
+      </c>
+      <c r="B7" s="4">
+        <v>3115</v>
+      </c>
+      <c r="C7" s="4" t="s">
+        <v>171</v>
+      </c>
+      <c r="D7" s="6">
+        <v>99.65</v>
+      </c>
+      <c r="E7" s="6">
+        <v>40.58</v>
+      </c>
+      <c r="F7" s="6">
+        <v>35.47</v>
+      </c>
+      <c r="G7" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H7" s="6">
+        <v>46.01</v>
+      </c>
+      <c r="I7" s="8">
+        <v>38.025</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9">
+      <c r="A8" s="4">
+        <v>4</v>
+      </c>
+      <c r="B8" s="4">
+        <v>2335</v>
+      </c>
+      <c r="C8" s="4" t="s">
+        <v>172</v>
+      </c>
+      <c r="D8" s="6">
+        <v>41.95</v>
+      </c>
+      <c r="E8" s="6">
+        <v>63.98</v>
+      </c>
+      <c r="F8" s="6">
+        <v>67.81</v>
+      </c>
+      <c r="G8" s="6">
+        <v>77.98</v>
+      </c>
+      <c r="H8" s="6">
+        <v>69.6</v>
+      </c>
+      <c r="I8" s="8">
+        <v>41.95</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9">
+      <c r="A9" s="4">
+        <v>5</v>
+      </c>
+      <c r="B9" s="4">
+        <v>1757</v>
+      </c>
+      <c r="C9" s="4" t="s">
+        <v>173</v>
+      </c>
+      <c r="D9" s="6">
+        <v>100.79</v>
+      </c>
+      <c r="E9" s="6">
+        <v>47.43</v>
+      </c>
+      <c r="F9" s="6">
+        <v>38.06</v>
+      </c>
+      <c r="G9" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H9" s="6">
+        <v>49.58</v>
+      </c>
+      <c r="I9" s="8">
+        <v>42.745</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9">
+      <c r="A10" s="4">
+        <v>6</v>
+      </c>
+      <c r="B10" s="4">
+        <v>1828</v>
+      </c>
+      <c r="C10" s="4" t="s">
+        <v>174</v>
+      </c>
+      <c r="D10" s="6">
+        <v>48.38</v>
+      </c>
+      <c r="E10" s="6">
+        <v>60.84</v>
+      </c>
+      <c r="F10" s="6">
+        <v>65.37</v>
+      </c>
+      <c r="G10" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H10" s="6">
+        <v>118.67</v>
+      </c>
+      <c r="I10" s="8">
+        <v>48.38</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9">
+      <c r="A11" s="4">
+        <v>7</v>
+      </c>
+      <c r="B11" s="4">
+        <v>3957</v>
+      </c>
+      <c r="C11" s="4" t="s">
+        <v>175</v>
+      </c>
+      <c r="D11" s="6">
+        <v>51.7</v>
+      </c>
+      <c r="E11" s="6">
+        <v>61.27</v>
+      </c>
+      <c r="F11" s="6">
+        <v>45.53</v>
+      </c>
+      <c r="G11" s="6">
+        <v>58.07</v>
+      </c>
+      <c r="H11" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I11" s="8">
+        <v>48.615</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9">
+      <c r="A12" s="4">
+        <v>8</v>
+      </c>
+      <c r="B12" s="4">
+        <v>1815</v>
+      </c>
+      <c r="C12" s="4" t="s">
+        <v>176</v>
+      </c>
+      <c r="D12" s="6">
+        <v>51.81</v>
+      </c>
+      <c r="E12" s="6">
+        <v>52.85</v>
+      </c>
+      <c r="F12" s="6">
+        <v>61.2</v>
+      </c>
+      <c r="G12" s="6">
+        <v>63.07</v>
+      </c>
+      <c r="H12" s="6">
+        <v>73.53</v>
+      </c>
+      <c r="I12" s="8">
+        <v>51.81</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9">
+      <c r="A13" s="4">
+        <v>9</v>
+      </c>
+      <c r="B13" s="4">
+        <v>2568</v>
+      </c>
+      <c r="C13" s="4" t="s">
+        <v>177</v>
+      </c>
+      <c r="D13" s="6">
+        <v>53.9</v>
+      </c>
+      <c r="E13" s="6">
+        <v>58.13</v>
+      </c>
+      <c r="F13" s="6">
+        <v>67.81</v>
+      </c>
+      <c r="G13" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H13" s="6">
+        <v>63.16</v>
+      </c>
+      <c r="I13" s="8">
+        <v>53.9</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9">
+      <c r="A14" s="4">
+        <v>10</v>
+      </c>
+      <c r="B14" s="4">
+        <v>2139</v>
+      </c>
+      <c r="C14" s="4" t="s">
+        <v>178</v>
+      </c>
+      <c r="D14" s="6">
+        <v>58.59</v>
+      </c>
+      <c r="E14" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F14" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" s="6">
+        <v>125.75</v>
+      </c>
+      <c r="H14" s="6">
+        <v>125.11</v>
+      </c>
+      <c r="I14" s="8">
+        <v>58.59</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9">
+      <c r="A15" s="4">
         <v>11</v>
       </c>
-      <c r="K4" s="9" t="s">
+      <c r="B15" s="4">
+        <v>3933</v>
+      </c>
+      <c r="C15" s="4" t="s">
+        <v>179</v>
+      </c>
+      <c r="D15" s="6">
+        <v>58.68</v>
+      </c>
+      <c r="E15" s="6">
+        <v>105.8</v>
+      </c>
+      <c r="F15" s="6">
+        <v>90.38</v>
+      </c>
+      <c r="G15" s="6">
+        <v>92.64</v>
+      </c>
+      <c r="H15" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I15" s="8">
+        <v>58.68</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9">
+      <c r="A16" s="4">
         <v>12</v>
       </c>
-      <c r="L4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="M4" s="9" t="s">
+      <c r="B16" s="4">
+        <v>1775</v>
+      </c>
+      <c r="C16" s="4" t="s">
+        <v>180</v>
+      </c>
+      <c r="D16" s="6">
+        <v>121.39</v>
+      </c>
+      <c r="E16" s="6">
+        <v>55.56</v>
+      </c>
+      <c r="F16" s="6">
+        <v>64.07</v>
+      </c>
+      <c r="G16" s="6">
+        <v>68.94</v>
+      </c>
+      <c r="H16" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I16" s="8">
+        <v>59.815</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9">
+      <c r="A17" s="4">
+        <v>13</v>
+      </c>
+      <c r="B17" s="4">
+        <v>4045</v>
+      </c>
+      <c r="C17" s="4" t="s">
+        <v>181</v>
+      </c>
+      <c r="D17" s="6">
+        <v>112.19</v>
+      </c>
+      <c r="E17" s="6">
+        <v>66.27</v>
+      </c>
+      <c r="F17" s="6">
+        <v>62.06</v>
+      </c>
+      <c r="G17" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H17" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I17" s="8">
+        <v>64.165</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9">
+      <c r="A18" s="4">
         <v>14</v>
       </c>
-      <c r="N4" s="9" t="s">
+      <c r="B18" s="4">
+        <v>3359</v>
+      </c>
+      <c r="C18" s="4" t="s">
+        <v>182</v>
+      </c>
+      <c r="D18" s="6">
+        <v>141.76</v>
+      </c>
+      <c r="E18" s="6">
+        <v>81.97</v>
+      </c>
+      <c r="F18" s="6">
+        <v>79.88</v>
+      </c>
+      <c r="G18" s="6">
+        <v>54.28</v>
+      </c>
+      <c r="H18" s="6">
+        <v>87.11</v>
+      </c>
+      <c r="I18" s="8">
+        <v>67.08</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9">
+      <c r="A19" s="4">
         <v>15</v>
       </c>
-      <c r="O4" s="9" t="s">
+      <c r="B19" s="4">
+        <v>4200</v>
+      </c>
+      <c r="C19" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="D19" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" s="6">
+        <v>84.11</v>
+      </c>
+      <c r="F19" s="6">
+        <v>72.55</v>
+      </c>
+      <c r="G19" s="6">
+        <v>71.87</v>
+      </c>
+      <c r="H19" s="6">
+        <v>69.84</v>
+      </c>
+      <c r="I19" s="8">
+        <v>70.855</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9">
+      <c r="A20" s="4">
         <v>16</v>
       </c>
-      <c r="P4" s="9" t="s">
+      <c r="B20" s="4">
+        <v>3113</v>
+      </c>
+      <c r="C20" s="4" t="s">
+        <v>184</v>
+      </c>
+      <c r="D20" s="6">
+        <v>71.76</v>
+      </c>
+      <c r="E20" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F20" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H20" s="6">
+        <v>114.03</v>
+      </c>
+      <c r="I20" s="8">
+        <v>71.76</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9">
+      <c r="A21" s="4">
         <v>17</v>
       </c>
-      <c r="Q4" s="9" t="s">
+      <c r="B21" s="4">
+        <v>4033</v>
+      </c>
+      <c r="C21" s="4" t="s">
+        <v>185</v>
+      </c>
+      <c r="D21" s="6">
+        <v>107.06</v>
+      </c>
+      <c r="E21" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F21" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" s="6">
+        <v>73.22</v>
+      </c>
+      <c r="H21" s="6">
+        <v>75.91</v>
+      </c>
+      <c r="I21" s="8">
+        <v>74.565</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9">
+      <c r="A22" s="4">
         <v>18</v>
       </c>
-      <c r="R4" s="9" t="s">
+      <c r="B22" s="4">
+        <v>3950</v>
+      </c>
+      <c r="C22" s="4" t="s">
+        <v>186</v>
+      </c>
+      <c r="D22" s="6">
+        <v>75.38</v>
+      </c>
+      <c r="E22" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F22" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H22" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I22" s="8">
+        <v>75.38</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9">
+      <c r="A23" s="4">
         <v>19</v>
       </c>
-      <c r="S4" s="9" t="s">
+      <c r="B23" s="4">
+        <v>4044</v>
+      </c>
+      <c r="C23" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="D23" s="6">
+        <v>129.12</v>
+      </c>
+      <c r="E23" s="6">
+        <v>75.12</v>
+      </c>
+      <c r="F23" s="6">
+        <v>89.08</v>
+      </c>
+      <c r="G23" s="6">
+        <v>127.83</v>
+      </c>
+      <c r="H23" s="6">
+        <v>101.4</v>
+      </c>
+      <c r="I23" s="8">
+        <v>82.1</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9">
+      <c r="A24" s="4">
+        <v>20</v>
+      </c>
+      <c r="B24" s="4">
+        <v>4182</v>
+      </c>
+      <c r="C24" s="4" t="s">
+        <v>188</v>
+      </c>
+      <c r="D24" s="6">
+        <v>85.14</v>
+      </c>
+      <c r="E24" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F24" s="6">
+        <v>81.03</v>
+      </c>
+      <c r="G24" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H24" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I24" s="8">
+        <v>83.085</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9">
+      <c r="A25" s="4">
+        <v>21</v>
+      </c>
+      <c r="B25" s="4">
+        <v>1661</v>
+      </c>
+      <c r="C25" s="4" t="s">
+        <v>189</v>
+      </c>
+      <c r="D25" s="6">
+        <v>83.44</v>
+      </c>
+      <c r="E25" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F25" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H25" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I25" s="8">
+        <v>83.44</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9">
+      <c r="A26" s="4">
         <v>22</v>
       </c>
-      <c r="T4" s="9" t="s">
-[...5 lines deleted...]
-      <c r="V4" s="17" t="s">
+      <c r="B26" s="4">
+        <v>4058</v>
+      </c>
+      <c r="C26" s="4" t="s">
+        <v>190</v>
+      </c>
+      <c r="D26" s="6">
+        <v>131.7</v>
+      </c>
+      <c r="E26" s="6">
+        <v>83.68</v>
+      </c>
+      <c r="F26" s="6">
+        <v>87.64</v>
+      </c>
+      <c r="G26" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H26" s="6">
+        <v>126.06</v>
+      </c>
+      <c r="I26" s="8">
+        <v>85.66</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9">
+      <c r="A27" s="4">
         <v>23</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="5" t="s">
+      <c r="B27" s="4">
+        <v>3864</v>
+      </c>
+      <c r="C27" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="D27" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" s="6">
+        <v>70.83</v>
+      </c>
+      <c r="F27" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H27" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I27" s="8">
+        <v>86.4126</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9">
+      <c r="A28" s="4">
         <v>24</v>
       </c>
-      <c r="B5" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C5" s="5" t="s">
+      <c r="B28" s="4">
+        <v>4143</v>
+      </c>
+      <c r="C28" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="D28" s="6">
+        <v>88.82</v>
+      </c>
+      <c r="E28" s="6">
+        <v>108.94</v>
+      </c>
+      <c r="F28" s="6">
+        <v>114.66</v>
+      </c>
+      <c r="G28" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H28" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I28" s="8">
+        <v>88.82</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9">
+      <c r="A29" s="4">
+        <v>25</v>
+      </c>
+      <c r="B29" s="4">
+        <v>1898</v>
+      </c>
+      <c r="C29" s="4" t="s">
+        <v>193</v>
+      </c>
+      <c r="D29" s="6">
+        <v>117.75</v>
+      </c>
+      <c r="E29" s="6">
+        <v>92.67</v>
+      </c>
+      <c r="F29" s="6">
+        <v>94.54</v>
+      </c>
+      <c r="G29" s="6">
+        <v>90.2</v>
+      </c>
+      <c r="H29" s="6">
+        <v>92.11</v>
+      </c>
+      <c r="I29" s="8">
+        <v>91.155</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9">
+      <c r="A30" s="4">
+        <v>26</v>
+      </c>
+      <c r="B30" s="4">
+        <v>1789</v>
+      </c>
+      <c r="C30" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="D30" s="6">
+        <v>202.14</v>
+      </c>
+      <c r="E30" s="6">
+        <v>87.96</v>
+      </c>
+      <c r="F30" s="6">
+        <v>98.57</v>
+      </c>
+      <c r="G30" s="6">
+        <v>118.66</v>
+      </c>
+      <c r="H30" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I30" s="8">
+        <v>93.265</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9">
+      <c r="A31" s="4">
+        <v>27</v>
+      </c>
+      <c r="B31" s="4">
+        <v>4094</v>
+      </c>
+      <c r="C31" s="4" t="s">
+        <v>195</v>
+      </c>
+      <c r="D31" s="6">
+        <v>195.82</v>
+      </c>
+      <c r="E31" s="6">
+        <v>74.4</v>
+      </c>
+      <c r="F31" s="6">
+        <v>112.22</v>
+      </c>
+      <c r="G31" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H31" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I31" s="8">
+        <v>93.31</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9">
+      <c r="A32" s="4">
+        <v>28</v>
+      </c>
+      <c r="B32" s="4">
+        <v>2220</v>
+      </c>
+      <c r="C32" s="4" t="s">
+        <v>196</v>
+      </c>
+      <c r="D32" s="6">
+        <v>184.72</v>
+      </c>
+      <c r="E32" s="6">
+        <v>102.8</v>
+      </c>
+      <c r="F32" s="6">
+        <v>83.91</v>
+      </c>
+      <c r="G32" s="6">
+        <v>109.5</v>
+      </c>
+      <c r="H32" s="6">
+        <v>114.27</v>
+      </c>
+      <c r="I32" s="8">
+        <v>93.355</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9">
+      <c r="A33" s="4">
+        <v>29</v>
+      </c>
+      <c r="B33" s="4">
+        <v>2210</v>
+      </c>
+      <c r="C33" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="D33" s="6">
+        <v>94.83</v>
+      </c>
+      <c r="E33" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F33" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H33" s="6">
+        <v>121.77</v>
+      </c>
+      <c r="I33" s="8">
+        <v>94.83</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9">
+      <c r="A34" s="4">
+        <v>30</v>
+      </c>
+      <c r="B34" s="4">
+        <v>4030</v>
+      </c>
+      <c r="C34" s="4" t="s">
+        <v>198</v>
+      </c>
+      <c r="D34" s="6">
+        <v>178.95</v>
+      </c>
+      <c r="E34" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F34" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" s="6">
+        <v>93.86</v>
+      </c>
+      <c r="H34" s="6">
+        <v>102.24</v>
+      </c>
+      <c r="I34" s="8">
+        <v>98.05</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9">
+      <c r="A35" s="4">
+        <v>31</v>
+      </c>
+      <c r="B35" s="4">
+        <v>4142</v>
+      </c>
+      <c r="C35" s="4" t="s">
+        <v>199</v>
+      </c>
+      <c r="D35" s="6">
+        <v>113.32</v>
+      </c>
+      <c r="E35" s="6">
+        <v>93.53</v>
+      </c>
+      <c r="F35" s="6">
+        <v>103.31</v>
+      </c>
+      <c r="G35" s="6">
+        <v>127.95</v>
+      </c>
+      <c r="H35" s="6">
+        <v>113.79</v>
+      </c>
+      <c r="I35" s="8">
+        <v>98.42</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9">
+      <c r="A36" s="4">
+        <v>32</v>
+      </c>
+      <c r="B36" s="4">
+        <v>4144</v>
+      </c>
+      <c r="C36" s="4" t="s">
+        <v>200</v>
+      </c>
+      <c r="D36" s="6">
+        <v>98.44</v>
+      </c>
+      <c r="E36" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F36" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" s="6">
+        <v>105.22</v>
+      </c>
+      <c r="H36" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I36" s="8">
+        <v>98.44</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9">
+      <c r="A37" s="4">
         <v>33</v>
       </c>
-      <c r="D5" s="5">
-[...336 lines deleted...]
-      <c r="C10" s="8" t="s">
+      <c r="B37" s="4">
+        <v>2712</v>
+      </c>
+      <c r="C37" s="4" t="s">
+        <v>201</v>
+      </c>
+      <c r="D37" s="6">
+        <v>98.9</v>
+      </c>
+      <c r="E37" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F37" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" s="6">
+        <v>150.31</v>
+      </c>
+      <c r="H37" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I37" s="8">
+        <v>98.9</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9">
+      <c r="A38" s="4">
+        <v>34</v>
+      </c>
+      <c r="B38" s="4">
+        <v>1817</v>
+      </c>
+      <c r="C38" s="4" t="s">
+        <v>202</v>
+      </c>
+      <c r="D38" s="6">
+        <v>120.66</v>
+      </c>
+      <c r="E38" s="6">
+        <v>90.1</v>
+      </c>
+      <c r="F38" s="6">
+        <v>113.51</v>
+      </c>
+      <c r="G38" s="6">
+        <v>110.48</v>
+      </c>
+      <c r="H38" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I38" s="8">
+        <v>100.29</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9">
+      <c r="A39" s="4">
+        <v>35</v>
+      </c>
+      <c r="B39" s="4">
+        <v>1689</v>
+      </c>
+      <c r="C39" s="4" t="s">
+        <v>203</v>
+      </c>
+      <c r="D39" s="6">
+        <v>155.43</v>
+      </c>
+      <c r="E39" s="6">
+        <v>95.81</v>
+      </c>
+      <c r="F39" s="6">
+        <v>107.05</v>
+      </c>
+      <c r="G39" s="6">
+        <v>112.56</v>
+      </c>
+      <c r="H39" s="6">
+        <v>117.24</v>
+      </c>
+      <c r="I39" s="8">
+        <v>101.43</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9">
+      <c r="A40" s="4">
+        <v>36</v>
+      </c>
+      <c r="B40" s="4">
+        <v>2357</v>
+      </c>
+      <c r="C40" s="4" t="s">
+        <v>204</v>
+      </c>
+      <c r="D40" s="6">
+        <v>182.43</v>
+      </c>
+      <c r="E40" s="6">
+        <v>102.8</v>
+      </c>
+      <c r="F40" s="6">
+        <v>113.51</v>
+      </c>
+      <c r="G40" s="6">
+        <v>102.29</v>
+      </c>
+      <c r="H40" s="6">
+        <v>116.77</v>
+      </c>
+      <c r="I40" s="8">
+        <v>102.545</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9">
+      <c r="A41" s="4">
+        <v>37</v>
+      </c>
+      <c r="B41" s="4">
+        <v>3371</v>
+      </c>
+      <c r="C41" s="4" t="s">
+        <v>205</v>
+      </c>
+      <c r="D41" s="6">
+        <v>106.83</v>
+      </c>
+      <c r="E41" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F41" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" s="6">
+        <v>134.55</v>
+      </c>
+      <c r="H41" s="6">
+        <v>118.32</v>
+      </c>
+      <c r="I41" s="8">
+        <v>106.83</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9">
+      <c r="A42" s="4">
+        <v>38</v>
+      </c>
+      <c r="B42" s="4">
+        <v>4006</v>
+      </c>
+      <c r="C42" s="4" t="s">
+        <v>206</v>
+      </c>
+      <c r="D42" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" s="6">
+        <v>99.38</v>
+      </c>
+      <c r="F42" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" s="6">
+        <v>124.41</v>
+      </c>
+      <c r="H42" s="6">
+        <v>118.55</v>
+      </c>
+      <c r="I42" s="8">
+        <v>108.965</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9">
+      <c r="A43" s="4">
+        <v>39</v>
+      </c>
+      <c r="B43" s="4">
+        <v>2536</v>
+      </c>
+      <c r="C43" s="4" t="s">
+        <v>207</v>
+      </c>
+      <c r="D43" s="6">
+        <v>111.31</v>
+      </c>
+      <c r="E43" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F43" s="6">
+        <v>110.35</v>
+      </c>
+      <c r="G43" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H43" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I43" s="8">
+        <v>110.83</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9">
+      <c r="A44" s="4">
+        <v>40</v>
+      </c>
+      <c r="B44" s="4">
+        <v>4162</v>
+      </c>
+      <c r="C44" s="4" t="s">
+        <v>208</v>
+      </c>
+      <c r="D44" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F44" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" s="6">
+        <v>113.41</v>
+      </c>
+      <c r="H44" s="6">
+        <v>113.79</v>
+      </c>
+      <c r="I44" s="8">
+        <v>113.6</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9">
+      <c r="A45" s="4">
+        <v>41</v>
+      </c>
+      <c r="B45" s="4">
+        <v>3951</v>
+      </c>
+      <c r="C45" s="4" t="s">
+        <v>209</v>
+      </c>
+      <c r="D45" s="6">
+        <v>163.33</v>
+      </c>
+      <c r="E45" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F45" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" s="6">
+        <v>115.37</v>
+      </c>
+      <c r="H45" s="6">
+        <v>115.81</v>
+      </c>
+      <c r="I45" s="8">
+        <v>115.59</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9">
+      <c r="A46" s="4">
+        <v>42</v>
+      </c>
+      <c r="B46" s="4">
+        <v>1695</v>
+      </c>
+      <c r="C46" s="4" t="s">
+        <v>210</v>
+      </c>
+      <c r="D46" s="6">
+        <v>177.31</v>
+      </c>
+      <c r="E46" s="6">
+        <v>110.94</v>
+      </c>
+      <c r="F46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" s="6">
+        <v>134.91</v>
+      </c>
+      <c r="H46" s="6">
+        <v>124.99</v>
+      </c>
+      <c r="I46" s="8">
+        <v>117.965</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9">
+      <c r="A47" s="4">
+        <v>43</v>
+      </c>
+      <c r="B47" s="4">
+        <v>2944</v>
+      </c>
+      <c r="C47" s="4" t="s">
+        <v>211</v>
+      </c>
+      <c r="D47" s="6">
+        <v>130.21</v>
+      </c>
+      <c r="E47" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F47" s="6">
+        <v>113.51</v>
+      </c>
+      <c r="G47" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H47" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I47" s="8">
+        <v>121.86</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9">
+      <c r="A48" s="4">
+        <v>44</v>
+      </c>
+      <c r="B48" s="4">
+        <v>2578</v>
+      </c>
+      <c r="C48" s="4" t="s">
+        <v>212</v>
+      </c>
+      <c r="D48" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F48" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H48" s="6">
+        <v>100.57</v>
+      </c>
+      <c r="I48" s="8">
+        <v>122.6954</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9">
+      <c r="A49" s="4">
+        <v>45</v>
+      </c>
+      <c r="B49" s="4">
+        <v>1882</v>
+      </c>
+      <c r="C49" s="4" t="s">
+        <v>213</v>
+      </c>
+      <c r="D49" s="6">
+        <v>125.05</v>
+      </c>
+      <c r="E49" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F49" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H49" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I49" s="8">
+        <v>125.05</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9">
+      <c r="A50" s="4">
+        <v>46</v>
+      </c>
+      <c r="B50" s="4">
+        <v>1771</v>
+      </c>
+      <c r="C50" s="4" t="s">
+        <v>214</v>
+      </c>
+      <c r="D50" s="6">
+        <v>156.3</v>
+      </c>
+      <c r="E50" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F50" s="6">
+        <v>113.8</v>
+      </c>
+      <c r="G50" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H50" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I50" s="8">
+        <v>135.05</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9">
+      <c r="A51" s="4">
+        <v>47</v>
+      </c>
+      <c r="B51" s="4">
+        <v>3927</v>
+      </c>
+      <c r="C51" s="4" t="s">
+        <v>215</v>
+      </c>
+      <c r="D51" s="6">
+        <v>145.76</v>
+      </c>
+      <c r="E51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I51" s="8">
+        <v>145.76</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9">
+      <c r="A52" s="4">
         <v>48</v>
       </c>
-      <c r="D10" s="8">
-[...948 lines deleted...]
-      <c r="C24" s="8" t="s">
+      <c r="B52" s="4">
+        <v>1767</v>
+      </c>
+      <c r="C52" s="4" t="s">
+        <v>216</v>
+      </c>
+      <c r="D52" s="6">
+        <v>183.67</v>
+      </c>
+      <c r="E52" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F52" s="6">
+        <v>121.27</v>
+      </c>
+      <c r="G52" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H52" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I52" s="8">
+        <v>152.47</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9">
+      <c r="A53" s="4">
+        <v>49</v>
+      </c>
+      <c r="B53" s="4">
+        <v>3979</v>
+      </c>
+      <c r="C53" s="4" t="s">
+        <v>217</v>
+      </c>
+      <c r="D53" s="6">
+        <v>158.5</v>
+      </c>
+      <c r="E53" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F53" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H53" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I53" s="8">
+        <v>158.5</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9">
+      <c r="A54" s="4">
+        <v>50</v>
+      </c>
+      <c r="B54" s="4">
+        <v>4291</v>
+      </c>
+      <c r="C54" s="4" t="s">
+        <v>218</v>
+      </c>
+      <c r="D54" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F54" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" s="6">
+        <v>133.57</v>
+      </c>
+      <c r="H54" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I54" s="8">
+        <v>162.9554</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9">
+      <c r="A55" s="4">
+        <v>51</v>
+      </c>
+      <c r="B55" s="4">
+        <v>4059</v>
+      </c>
+      <c r="C55" s="4" t="s">
+        <v>219</v>
+      </c>
+      <c r="D55" s="6">
+        <v>221.45</v>
+      </c>
+      <c r="E55" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F55" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" s="6">
+        <v>119.4</v>
+      </c>
+      <c r="H55" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I55" s="8">
+        <v>170.425</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9">
+      <c r="A56" s="4">
+        <v>52</v>
+      </c>
+      <c r="B56" s="4">
+        <v>1753</v>
+      </c>
+      <c r="C56" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="D56" s="6">
+        <v>179.83</v>
+      </c>
+      <c r="E56" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F56" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H56" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I56" s="8">
+        <v>179.83</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9">
+      <c r="A57" s="4">
+        <v>53</v>
+      </c>
+      <c r="B57" s="4">
+        <v>4014</v>
+      </c>
+      <c r="C57" s="4" t="s">
+        <v>221</v>
+      </c>
+      <c r="D57" s="6">
+        <v>184.45</v>
+      </c>
+      <c r="E57" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F57" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H57" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I57" s="8">
+        <v>184.45</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9">
+      <c r="A58" s="4">
+        <v>54</v>
+      </c>
+      <c r="B58" s="4">
+        <v>3360</v>
+      </c>
+      <c r="C58" s="4" t="s">
+        <v>222</v>
+      </c>
+      <c r="D58" s="6">
+        <v>184.55</v>
+      </c>
+      <c r="E58" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F58" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H58" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I58" s="8">
+        <v>184.55</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9">
+      <c r="A59" s="4">
+        <v>55</v>
+      </c>
+      <c r="B59" s="4">
+        <v>1923</v>
+      </c>
+      <c r="C59" s="4" t="s">
+        <v>223</v>
+      </c>
+      <c r="D59" s="6">
+        <v>185.78</v>
+      </c>
+      <c r="E59" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F59" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H59" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I59" s="8">
+        <v>185.78</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9">
+      <c r="A60" s="4">
+        <v>56</v>
+      </c>
+      <c r="B60" s="4">
+        <v>4015</v>
+      </c>
+      <c r="C60" s="4" t="s">
+        <v>224</v>
+      </c>
+      <c r="D60" s="6">
+        <v>187.34</v>
+      </c>
+      <c r="E60" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F60" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H60" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I60" s="8">
+        <v>187.34</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9">
+      <c r="A61" s="4">
+        <v>57</v>
+      </c>
+      <c r="B61" s="4">
+        <v>2658</v>
+      </c>
+      <c r="C61" s="4" t="s">
+        <v>225</v>
+      </c>
+      <c r="D61" s="6">
+        <v>206.92</v>
+      </c>
+      <c r="E61" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F61" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H61" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I61" s="8">
+        <v>206.92</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9">
+      <c r="A62" s="4">
         <v>58</v>
       </c>
-      <c r="D24" s="8">
-[...2090 lines deleted...]
-      <c r="U54" s="13">
+      <c r="B62" s="4">
+        <v>2325</v>
+      </c>
+      <c r="C62" s="4" t="s">
+        <v>226</v>
+      </c>
+      <c r="D62" s="6">
         <v>209.4</v>
       </c>
-      <c r="V54" s="21">
+      <c r="E62" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F62" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H62" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I62" s="8">
         <v>209.4</v>
       </c>
     </row>
-    <row r="55" spans="1:22">
-[...60 lines deleted...]
-      <c r="U55" s="13">
+    <row r="63" spans="1:9">
+      <c r="A63" s="4">
+        <v>59</v>
+      </c>
+      <c r="B63" s="4">
+        <v>1787</v>
+      </c>
+      <c r="C63" s="4" t="s">
+        <v>227</v>
+      </c>
+      <c r="D63" s="6">
         <v>213.47</v>
       </c>
-      <c r="V55" s="21">
+      <c r="E63" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F63" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H63" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I63" s="8">
         <v>213.47</v>
       </c>
     </row>
-    <row r="56" spans="1:22">
-[...60 lines deleted...]
-      <c r="U56" s="13">
+    <row r="64" spans="1:9">
+      <c r="A64" s="4">
+        <v>60</v>
+      </c>
+      <c r="B64" s="4">
+        <v>2651</v>
+      </c>
+      <c r="C64" s="4" t="s">
+        <v>228</v>
+      </c>
+      <c r="D64" s="6">
         <v>215.87</v>
       </c>
-      <c r="V56" s="21">
+      <c r="E64" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F64" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H64" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I64" s="8">
         <v>215.87</v>
       </c>
     </row>
-    <row r="57" spans="1:22">
-[...128 lines deleted...]
-      <c r="U58" s="13">
+    <row r="65" spans="1:9">
+      <c r="A65" s="4">
+        <v>61</v>
+      </c>
+      <c r="B65" s="4">
+        <v>4056</v>
+      </c>
+      <c r="C65" s="4" t="s">
+        <v>229</v>
+      </c>
+      <c r="D65" s="6">
         <v>229.48</v>
       </c>
-      <c r="V58" s="21">
+      <c r="E65" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F65" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H65" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I65" s="8">
         <v>229.48</v>
       </c>
     </row>
-    <row r="59" spans="1:22">
-[...60 lines deleted...]
-      <c r="U59" s="13">
+    <row r="66" spans="1:9">
+      <c r="A66" s="4">
+        <v>62</v>
+      </c>
+      <c r="B66" s="4">
+        <v>3121</v>
+      </c>
+      <c r="C66" s="4" t="s">
+        <v>230</v>
+      </c>
+      <c r="D66" s="6">
         <v>232.34</v>
       </c>
-      <c r="V59" s="21">
+      <c r="E66" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F66" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H66" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I66" s="8">
         <v>232.34</v>
       </c>
     </row>
-    <row r="60" spans="1:22">
-[...60 lines deleted...]
-      <c r="U60" s="13">
+    <row r="67" spans="1:9">
+      <c r="A67" s="4">
+        <v>63</v>
+      </c>
+      <c r="B67" s="4">
+        <v>1667</v>
+      </c>
+      <c r="C67" s="4" t="s">
+        <v>231</v>
+      </c>
+      <c r="D67" s="6">
         <v>244.02</v>
       </c>
-      <c r="V60" s="21">
+      <c r="E67" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F67" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H67" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I67" s="8">
         <v>244.02</v>
       </c>
     </row>
-    <row r="61" spans="1:22">
-[...60 lines deleted...]
-      <c r="U61" s="13">
+    <row r="68" spans="1:9">
+      <c r="A68" s="4">
+        <v>64</v>
+      </c>
+      <c r="B68" s="4">
+        <v>2172</v>
+      </c>
+      <c r="C68" s="4" t="s">
+        <v>232</v>
+      </c>
+      <c r="D68" s="6">
         <v>275.74</v>
       </c>
-      <c r="V61" s="21">
+      <c r="E68" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F68" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H68" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I68" s="8">
         <v>275.74</v>
       </c>
     </row>
-    <row r="62" spans="1:22">
-[...60 lines deleted...]
-      <c r="U62" s="13">
+    <row r="69" spans="1:9">
+      <c r="A69" s="4">
+        <v>65</v>
+      </c>
+      <c r="B69" s="4">
+        <v>4019</v>
+      </c>
+      <c r="C69" s="4" t="s">
+        <v>233</v>
+      </c>
+      <c r="D69" s="6">
         <v>286.84</v>
       </c>
-      <c r="V62" s="21">
+      <c r="E69" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F69" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H69" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I69" s="8">
         <v>286.84</v>
       </c>
     </row>
-    <row r="63" spans="1:22">
-[...60 lines deleted...]
-      <c r="U63" s="13">
+    <row r="70" spans="1:9">
+      <c r="A70" s="4">
+        <v>66</v>
+      </c>
+      <c r="B70" s="4">
+        <v>4186</v>
+      </c>
+      <c r="C70" s="4" t="s">
+        <v>234</v>
+      </c>
+      <c r="D70" s="6">
         <v>295.1</v>
       </c>
-      <c r="V63" s="21">
+      <c r="E70" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F70" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H70" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I70" s="8">
         <v>295.1</v>
-      </c>
-[...8 lines deleted...]
-        <v>124</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:U1"/>
-[...2 lines deleted...]
-    <mergeCell ref="A67:V67"/>
+    <mergeCell ref="A1:I1"/>
+    <mergeCell ref="A2:I2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R29"/>
+  <dimension ref="A1:I64"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A29" sqref="A29"/>
+      <selection activeCell="A4" sqref="A4:I64"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
-[...15 lines deleted...]
-    <col min="17" max="17" width="15" customWidth="true" style="0"/>
+    <col min="1" max="1" width="6" customWidth="true" style="0"/>
+    <col min="2" max="2" width="14" customWidth="true" style="0"/>
+    <col min="3" max="3" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="14" customWidth="true" style="0"/>
+    <col min="5" max="5" width="14" customWidth="true" style="0"/>
+    <col min="6" max="6" width="14" customWidth="true" style="0"/>
+    <col min="7" max="7" width="14" customWidth="true" style="0"/>
+    <col min="8" max="8" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18">
+    <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:18">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:18" customHeight="1" ht="150">
-      <c r="A4" s="4" t="s">
+    <row r="4" spans="1:9" customHeight="1" ht="150">
+      <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="4" t="s">
+      <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="4" t="s">
+      <c r="C4" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="4" t="s">
+      <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="E4" s="9" t="s">
+      <c r="E4" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="G4" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="F4" s="9" t="s">
+      <c r="H4" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="G4" s="9" t="s">
+      <c r="I4" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="H4" s="9" t="s">
+    </row>
+    <row r="5" spans="1:9">
+      <c r="A5" s="4">
+        <v>1</v>
+      </c>
+      <c r="B5" s="4">
+        <v>1805</v>
+      </c>
+      <c r="C5" s="4" t="s">
+        <v>236</v>
+      </c>
+      <c r="D5" s="6">
+        <v>105.23</v>
+      </c>
+      <c r="E5" s="6">
+        <v>121.68</v>
+      </c>
+      <c r="F5" s="6">
+        <v>103.44</v>
+      </c>
+      <c r="G5" s="6">
+        <v>110.24</v>
+      </c>
+      <c r="H5" s="6">
+        <v>120.15</v>
+      </c>
+      <c r="I5" s="8">
+        <v>104.335</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9">
+      <c r="A6" s="4">
+        <v>2</v>
+      </c>
+      <c r="B6" s="4">
+        <v>3391</v>
+      </c>
+      <c r="C6" s="4" t="s">
+        <v>237</v>
+      </c>
+      <c r="D6" s="6">
+        <v>118.48</v>
+      </c>
+      <c r="E6" s="6">
+        <v>142.93</v>
+      </c>
+      <c r="F6" s="6">
+        <v>146.74</v>
+      </c>
+      <c r="G6" s="6">
+        <v>113.94</v>
+      </c>
+      <c r="H6" s="6">
+        <v>106.59</v>
+      </c>
+      <c r="I6" s="8">
+        <v>110.265</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9">
+      <c r="A7" s="4">
+        <v>3</v>
+      </c>
+      <c r="B7" s="4">
+        <v>1974</v>
+      </c>
+      <c r="C7" s="4" t="s">
+        <v>238</v>
+      </c>
+      <c r="D7" s="6">
+        <v>115.5</v>
+      </c>
+      <c r="E7" s="6">
+        <v>119.14</v>
+      </c>
+      <c r="F7" s="6">
+        <v>142.38</v>
+      </c>
+      <c r="G7" s="6">
+        <v>142.01</v>
+      </c>
+      <c r="H7" s="6">
+        <v>139.09</v>
+      </c>
+      <c r="I7" s="8">
+        <v>115.5</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9">
+      <c r="A8" s="4">
+        <v>4</v>
+      </c>
+      <c r="B8" s="4">
+        <v>1760</v>
+      </c>
+      <c r="C8" s="4" t="s">
+        <v>239</v>
+      </c>
+      <c r="D8" s="6">
+        <v>136.04</v>
+      </c>
+      <c r="E8" s="6">
+        <v>117.72</v>
+      </c>
+      <c r="F8" s="6">
+        <v>142.96</v>
+      </c>
+      <c r="G8" s="6">
+        <v>141.22</v>
+      </c>
+      <c r="H8" s="6">
+        <v>143.53</v>
+      </c>
+      <c r="I8" s="8">
+        <v>126.88</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9">
+      <c r="A9" s="4">
+        <v>5</v>
+      </c>
+      <c r="B9" s="4">
+        <v>4113</v>
+      </c>
+      <c r="C9" s="4" t="s">
+        <v>240</v>
+      </c>
+      <c r="D9" s="6">
+        <v>192.25</v>
+      </c>
+      <c r="E9" s="6">
+        <v>132.16</v>
+      </c>
+      <c r="F9" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" s="6">
+        <v>138.53</v>
+      </c>
+      <c r="H9" s="6">
+        <v>134.88</v>
+      </c>
+      <c r="I9" s="8">
+        <v>133.52</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9">
+      <c r="A10" s="4">
+        <v>6</v>
+      </c>
+      <c r="B10" s="4">
+        <v>2547</v>
+      </c>
+      <c r="C10" s="4" t="s">
+        <v>241</v>
+      </c>
+      <c r="D10" s="6">
+        <v>136.27</v>
+      </c>
+      <c r="E10" s="6">
+        <v>173.51</v>
+      </c>
+      <c r="F10" s="6">
+        <v>170.28</v>
+      </c>
+      <c r="G10" s="6">
+        <v>144.36</v>
+      </c>
+      <c r="H10" s="6">
+        <v>160.6</v>
+      </c>
+      <c r="I10" s="8">
+        <v>136.27</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9">
+      <c r="A11" s="4">
+        <v>7</v>
+      </c>
+      <c r="B11" s="4">
+        <v>4016</v>
+      </c>
+      <c r="C11" s="4" t="s">
+        <v>242</v>
+      </c>
+      <c r="D11" s="6">
+        <v>139.43</v>
+      </c>
+      <c r="E11" s="6">
+        <v>136.13</v>
+      </c>
+      <c r="F11" s="6">
+        <v>146.16</v>
+      </c>
+      <c r="G11" s="6">
+        <v>235.96</v>
+      </c>
+      <c r="H11" s="6">
+        <v>216.25</v>
+      </c>
+      <c r="I11" s="8">
+        <v>137.78</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9">
+      <c r="A12" s="4">
+        <v>8</v>
+      </c>
+      <c r="B12" s="4">
+        <v>3389</v>
+      </c>
+      <c r="C12" s="4" t="s">
+        <v>243</v>
+      </c>
+      <c r="D12" s="6">
+        <v>182.53</v>
+      </c>
+      <c r="E12" s="6">
+        <v>192.2</v>
+      </c>
+      <c r="F12" s="6">
+        <v>172.32</v>
+      </c>
+      <c r="G12" s="6">
+        <v>152.33</v>
+      </c>
+      <c r="H12" s="6">
+        <v>132.78</v>
+      </c>
+      <c r="I12" s="8">
+        <v>142.555</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9">
+      <c r="A13" s="4">
+        <v>9</v>
+      </c>
+      <c r="B13" s="4">
+        <v>1742</v>
+      </c>
+      <c r="C13" s="4" t="s">
+        <v>244</v>
+      </c>
+      <c r="D13" s="6">
+        <v>188.29</v>
+      </c>
+      <c r="E13" s="6">
+        <v>144.34</v>
+      </c>
+      <c r="F13" s="6">
+        <v>183.07</v>
+      </c>
+      <c r="G13" s="6">
+        <v>187.8</v>
+      </c>
+      <c r="H13" s="6">
+        <v>150.31</v>
+      </c>
+      <c r="I13" s="8">
+        <v>147.325</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9">
+      <c r="A14" s="4">
+        <v>10</v>
+      </c>
+      <c r="B14" s="4">
+        <v>1776</v>
+      </c>
+      <c r="C14" s="4" t="s">
+        <v>245</v>
+      </c>
+      <c r="D14" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" s="6">
+        <v>160.77</v>
+      </c>
+      <c r="F14" s="6">
+        <v>159.82</v>
+      </c>
+      <c r="G14" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H14" s="6">
+        <v>136.99</v>
+      </c>
+      <c r="I14" s="8">
+        <v>148.405</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9">
+      <c r="A15" s="4">
         <v>11</v>
       </c>
-      <c r="I4" s="9" t="s">
+      <c r="B15" s="4">
+        <v>4270</v>
+      </c>
+      <c r="C15" s="4" t="s">
+        <v>246</v>
+      </c>
+      <c r="D15" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" s="6">
+        <v>200.13</v>
+      </c>
+      <c r="F15" s="6">
+        <v>188.3</v>
+      </c>
+      <c r="G15" s="6">
+        <v>147.17</v>
+      </c>
+      <c r="H15" s="6">
+        <v>163.17</v>
+      </c>
+      <c r="I15" s="8">
+        <v>155.17</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9">
+      <c r="A16" s="4">
         <v>12</v>
       </c>
-      <c r="J4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="K4" s="9" t="s">
+      <c r="B16" s="4">
+        <v>1810</v>
+      </c>
+      <c r="C16" s="4" t="s">
+        <v>247</v>
+      </c>
+      <c r="D16" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" s="6">
+        <v>182.01</v>
+      </c>
+      <c r="F16" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" s="6">
+        <v>168.94</v>
+      </c>
+      <c r="H16" s="6">
+        <v>159.66</v>
+      </c>
+      <c r="I16" s="8">
+        <v>164.3</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9">
+      <c r="A17" s="4">
+        <v>13</v>
+      </c>
+      <c r="B17" s="4">
+        <v>2117</v>
+      </c>
+      <c r="C17" s="4" t="s">
+        <v>248</v>
+      </c>
+      <c r="D17" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" s="6">
+        <v>183.99</v>
+      </c>
+      <c r="F17" s="6">
+        <v>181.03</v>
+      </c>
+      <c r="G17" s="6">
+        <v>169.62</v>
+      </c>
+      <c r="H17" s="6">
+        <v>163.41</v>
+      </c>
+      <c r="I17" s="8">
+        <v>166.515</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9">
+      <c r="A18" s="4">
         <v>14</v>
       </c>
-      <c r="L4" s="9" t="s">
+      <c r="B18" s="4">
+        <v>4129</v>
+      </c>
+      <c r="C18" s="4" t="s">
+        <v>249</v>
+      </c>
+      <c r="D18" s="6">
+        <v>211.88</v>
+      </c>
+      <c r="E18" s="6">
+        <v>175.21</v>
+      </c>
+      <c r="F18" s="6">
+        <v>170.86</v>
+      </c>
+      <c r="G18" s="6">
+        <v>167.37</v>
+      </c>
+      <c r="H18" s="6">
+        <v>168.78</v>
+      </c>
+      <c r="I18" s="8">
+        <v>168.075</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9">
+      <c r="A19" s="4">
         <v>15</v>
       </c>
-      <c r="M4" s="9" t="s">
+      <c r="B19" s="4">
+        <v>2118</v>
+      </c>
+      <c r="C19" s="4" t="s">
+        <v>250</v>
+      </c>
+      <c r="D19" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" s="6">
+        <v>169.26</v>
+      </c>
+      <c r="F19" s="6">
+        <v>182.78</v>
+      </c>
+      <c r="G19" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H19" s="6">
+        <v>168.08</v>
+      </c>
+      <c r="I19" s="8">
+        <v>168.67</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9">
+      <c r="A20" s="4">
+        <v>16</v>
+      </c>
+      <c r="B20" s="4">
+        <v>3099</v>
+      </c>
+      <c r="C20" s="4" t="s">
+        <v>251</v>
+      </c>
+      <c r="D20" s="6">
+        <v>211.88</v>
+      </c>
+      <c r="E20" s="6">
+        <v>182.86</v>
+      </c>
+      <c r="F20" s="6">
+        <v>185.68</v>
+      </c>
+      <c r="G20" s="6">
+        <v>171.53</v>
+      </c>
+      <c r="H20" s="6">
+        <v>166.21</v>
+      </c>
+      <c r="I20" s="8">
+        <v>168.87</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9">
+      <c r="A21" s="4">
+        <v>17</v>
+      </c>
+      <c r="B21" s="4">
+        <v>4235</v>
+      </c>
+      <c r="C21" s="4" t="s">
+        <v>252</v>
+      </c>
+      <c r="D21" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" s="6">
+        <v>199.57</v>
+      </c>
+      <c r="F21" s="6">
+        <v>190.91</v>
+      </c>
+      <c r="G21" s="6">
+        <v>151.1</v>
+      </c>
+      <c r="H21" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I21" s="8">
+        <v>171.005</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9">
+      <c r="A22" s="4">
         <v>18</v>
       </c>
-      <c r="N4" s="9" t="s">
+      <c r="B22" s="4">
+        <v>4149</v>
+      </c>
+      <c r="C22" s="4" t="s">
+        <v>253</v>
+      </c>
+      <c r="D22" s="6">
+        <v>278.14</v>
+      </c>
+      <c r="E22" s="6">
+        <v>175.49</v>
+      </c>
+      <c r="F22" s="6">
+        <v>177.84</v>
+      </c>
+      <c r="G22" s="6">
+        <v>182.19</v>
+      </c>
+      <c r="H22" s="6">
+        <v>170.65</v>
+      </c>
+      <c r="I22" s="8">
+        <v>173.07</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9">
+      <c r="A23" s="4">
         <v>19</v>
       </c>
-      <c r="O4" s="9" t="s">
+      <c r="B23" s="4">
+        <v>3107</v>
+      </c>
+      <c r="C23" s="4" t="s">
+        <v>254</v>
+      </c>
+      <c r="D23" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" s="6">
+        <v>175.21</v>
+      </c>
+      <c r="F23" s="6">
+        <v>177.26</v>
+      </c>
+      <c r="G23" s="6">
+        <v>182.41</v>
+      </c>
+      <c r="H23" s="6">
+        <v>172.29</v>
+      </c>
+      <c r="I23" s="8">
+        <v>173.75</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9">
+      <c r="A24" s="4">
         <v>20</v>
       </c>
-      <c r="P4" s="9" t="s">
+      <c r="B24" s="4">
+        <v>2374</v>
+      </c>
+      <c r="C24" s="4" t="s">
+        <v>255</v>
+      </c>
+      <c r="D24" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" s="6">
+        <v>176.34</v>
+      </c>
+      <c r="F24" s="6">
+        <v>177.26</v>
+      </c>
+      <c r="G24" s="6">
+        <v>201.05</v>
+      </c>
+      <c r="H24" s="6">
+        <v>194.03</v>
+      </c>
+      <c r="I24" s="8">
+        <v>176.8</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9">
+      <c r="A25" s="4">
         <v>21</v>
       </c>
-      <c r="Q4" s="9" t="s">
+      <c r="B25" s="4">
+        <v>2115</v>
+      </c>
+      <c r="C25" s="4" t="s">
+        <v>256</v>
+      </c>
+      <c r="D25" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" s="6">
+        <v>167.28</v>
+      </c>
+      <c r="F25" s="6">
+        <v>187.14</v>
+      </c>
+      <c r="G25" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H25" s="6">
+        <v>240.8</v>
+      </c>
+      <c r="I25" s="8">
+        <v>177.21</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9">
+      <c r="A26" s="4">
         <v>22</v>
       </c>
-      <c r="R4" s="17" t="s">
+      <c r="B26" s="4">
+        <v>2020</v>
+      </c>
+      <c r="C26" s="4" t="s">
+        <v>257</v>
+      </c>
+      <c r="D26" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" s="6">
+        <v>200.7</v>
+      </c>
+      <c r="F26" s="6">
+        <v>191.21</v>
+      </c>
+      <c r="G26" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H26" s="6">
+        <v>166.68</v>
+      </c>
+      <c r="I26" s="8">
+        <v>178.945</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9">
+      <c r="A27" s="4">
         <v>23</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="5" t="s">
+      <c r="B27" s="4">
+        <v>4124</v>
+      </c>
+      <c r="C27" s="4" t="s">
+        <v>258</v>
+      </c>
+      <c r="D27" s="6">
+        <v>224.64</v>
+      </c>
+      <c r="E27" s="6">
+        <v>221.09</v>
+      </c>
+      <c r="F27" s="6">
+        <v>177.84</v>
+      </c>
+      <c r="G27" s="6">
+        <v>185.78</v>
+      </c>
+      <c r="H27" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I27" s="8">
+        <v>181.81</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9">
+      <c r="A28" s="4">
         <v>24</v>
       </c>
-      <c r="B5" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E5" s="15" t="s">
+      <c r="B28" s="4">
+        <v>4278</v>
+      </c>
+      <c r="C28" s="4" t="s">
+        <v>259</v>
+      </c>
+      <c r="D28" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" s="6">
+        <v>206.08</v>
+      </c>
+      <c r="F28" s="6">
+        <v>188.59</v>
+      </c>
+      <c r="G28" s="6">
+        <v>212.38</v>
+      </c>
+      <c r="H28" s="6">
+        <v>186.32</v>
+      </c>
+      <c r="I28" s="8">
+        <v>187.455</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9">
+      <c r="A29" s="4">
+        <v>25</v>
+      </c>
+      <c r="B29" s="4">
+        <v>4227</v>
+      </c>
+      <c r="C29" s="4" t="s">
+        <v>260</v>
+      </c>
+      <c r="D29" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" s="6">
+        <v>189.09</v>
+      </c>
+      <c r="F29" s="6">
+        <v>187.14</v>
+      </c>
+      <c r="G29" s="6">
+        <v>218.89</v>
+      </c>
+      <c r="H29" s="6">
+        <v>210.63</v>
+      </c>
+      <c r="I29" s="8">
+        <v>188.115</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9">
+      <c r="A30" s="4">
+        <v>26</v>
+      </c>
+      <c r="B30" s="4">
+        <v>4304</v>
+      </c>
+      <c r="C30" s="4" t="s">
+        <v>261</v>
+      </c>
+      <c r="D30" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" s="6">
+        <v>170.96</v>
+      </c>
+      <c r="F30" s="6">
+        <v>206.9</v>
+      </c>
+      <c r="G30" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H30" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I30" s="8">
+        <v>188.93</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9">
+      <c r="A31" s="4">
         <v>27</v>
       </c>
-      <c r="F5" s="15" t="s">
-[...40 lines deleted...]
-      <c r="A6" s="6" t="s">
+      <c r="B31" s="4">
+        <v>2238</v>
+      </c>
+      <c r="C31" s="4" t="s">
+        <v>262</v>
+      </c>
+      <c r="D31" s="6">
+        <v>217.02</v>
+      </c>
+      <c r="E31" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F31" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" s="6">
+        <v>199.7</v>
+      </c>
+      <c r="H31" s="6">
+        <v>186.79</v>
+      </c>
+      <c r="I31" s="8">
+        <v>193.245</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9">
+      <c r="A32" s="4">
         <v>28</v>
       </c>
-      <c r="B6" s="6" t="s">
-[...52 lines deleted...]
-      <c r="A7" s="7" t="s">
+      <c r="B32" s="4">
+        <v>2156</v>
+      </c>
+      <c r="C32" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="D32" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" s="6">
+        <v>192.49</v>
+      </c>
+      <c r="F32" s="6">
+        <v>196.73</v>
+      </c>
+      <c r="G32" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H32" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I32" s="8">
+        <v>194.61</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9">
+      <c r="A33" s="4">
+        <v>29</v>
+      </c>
+      <c r="B33" s="4">
+        <v>4230</v>
+      </c>
+      <c r="C33" s="4" t="s">
+        <v>264</v>
+      </c>
+      <c r="D33" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" s="6">
+        <v>197.58</v>
+      </c>
+      <c r="F33" s="6">
+        <v>218.52</v>
+      </c>
+      <c r="G33" s="6">
+        <v>224.51</v>
+      </c>
+      <c r="H33" s="6">
+        <v>192.16</v>
+      </c>
+      <c r="I33" s="8">
+        <v>194.87</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9">
+      <c r="A34" s="4">
+        <v>30</v>
+      </c>
+      <c r="B34" s="4">
+        <v>4225</v>
+      </c>
+      <c r="C34" s="4" t="s">
+        <v>265</v>
+      </c>
+      <c r="D34" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" s="6">
+        <v>208.06</v>
+      </c>
+      <c r="F34" s="6">
+        <v>227.24</v>
+      </c>
+      <c r="G34" s="6">
+        <v>214.29</v>
+      </c>
+      <c r="H34" s="6">
+        <v>192.16</v>
+      </c>
+      <c r="I34" s="8">
+        <v>200.11</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9">
+      <c r="A35" s="4">
         <v>31</v>
       </c>
-      <c r="B7" s="7" t="s">
-[...58 lines deleted...]
-      <c r="C8" s="8" t="s">
+      <c r="B35" s="4">
+        <v>2147</v>
+      </c>
+      <c r="C35" s="4" t="s">
+        <v>266</v>
+      </c>
+      <c r="D35" s="6">
+        <v>205.28</v>
+      </c>
+      <c r="E35" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F35" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H35" s="6">
+        <v>205.26</v>
+      </c>
+      <c r="I35" s="8">
+        <v>205.27</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9">
+      <c r="A36" s="4">
+        <v>32</v>
+      </c>
+      <c r="B36" s="4">
+        <v>4312</v>
+      </c>
+      <c r="C36" s="4" t="s">
+        <v>267</v>
+      </c>
+      <c r="D36" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" s="6">
+        <v>258.19</v>
+      </c>
+      <c r="F36" s="6">
+        <v>274.61</v>
+      </c>
+      <c r="G36" s="6">
+        <v>199.81</v>
+      </c>
+      <c r="H36" s="6">
+        <v>218.82</v>
+      </c>
+      <c r="I36" s="8">
+        <v>209.315</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9">
+      <c r="A37" s="4">
+        <v>33</v>
+      </c>
+      <c r="B37" s="4">
+        <v>4256</v>
+      </c>
+      <c r="C37" s="4" t="s">
+        <v>268</v>
+      </c>
+      <c r="D37" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" s="6">
+        <v>201.83</v>
+      </c>
+      <c r="F37" s="6">
+        <v>219.1</v>
+      </c>
+      <c r="G37" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H37" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I37" s="8">
+        <v>210.465</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9">
+      <c r="A38" s="4">
+        <v>34</v>
+      </c>
+      <c r="B38" s="4">
+        <v>4183</v>
+      </c>
+      <c r="C38" s="4" t="s">
+        <v>269</v>
+      </c>
+      <c r="D38" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" s="6">
+        <v>219.11</v>
+      </c>
+      <c r="F38" s="6">
+        <v>216.78</v>
+      </c>
+      <c r="G38" s="6">
+        <v>241.34</v>
+      </c>
+      <c r="H38" s="6">
+        <v>226.53</v>
+      </c>
+      <c r="I38" s="8">
+        <v>217.945</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9">
+      <c r="A39" s="4">
+        <v>35</v>
+      </c>
+      <c r="B39" s="4">
+        <v>4288</v>
+      </c>
+      <c r="C39" s="4" t="s">
+        <v>270</v>
+      </c>
+      <c r="D39" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" s="6">
+        <v>197.58</v>
+      </c>
+      <c r="F39" s="6">
+        <v>246.42</v>
+      </c>
+      <c r="G39" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H39" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I39" s="8">
+        <v>222.0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9">
+      <c r="A40" s="4">
+        <v>36</v>
+      </c>
+      <c r="B40" s="4">
+        <v>4306</v>
+      </c>
+      <c r="C40" s="4" t="s">
+        <v>271</v>
+      </c>
+      <c r="D40" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" s="6">
+        <v>222.51</v>
+      </c>
+      <c r="F40" s="6">
+        <v>223.17</v>
+      </c>
+      <c r="G40" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H40" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I40" s="8">
+        <v>222.84</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9">
+      <c r="A41" s="4">
+        <v>37</v>
+      </c>
+      <c r="B41" s="4">
+        <v>4250</v>
+      </c>
+      <c r="C41" s="4" t="s">
+        <v>272</v>
+      </c>
+      <c r="D41" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F41" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" s="6">
+        <v>214.07</v>
+      </c>
+      <c r="H41" s="6">
+        <v>248.28</v>
+      </c>
+      <c r="I41" s="8">
+        <v>231.175</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9">
+      <c r="A42" s="4">
+        <v>38</v>
+      </c>
+      <c r="B42" s="4">
+        <v>4130</v>
+      </c>
+      <c r="C42" s="4" t="s">
+        <v>273</v>
+      </c>
+      <c r="D42" s="6">
+        <v>231.45</v>
+      </c>
+      <c r="E42" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F42" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H42" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I42" s="8">
+        <v>231.45</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9">
+      <c r="A43" s="4">
+        <v>39</v>
+      </c>
+      <c r="B43" s="4">
+        <v>4159</v>
+      </c>
+      <c r="C43" s="4" t="s">
+        <v>274</v>
+      </c>
+      <c r="D43" s="6">
+        <v>375.13</v>
+      </c>
+      <c r="E43" s="6">
+        <v>225.34</v>
+      </c>
+      <c r="F43" s="6">
+        <v>237.99</v>
+      </c>
+      <c r="G43" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H43" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I43" s="8">
+        <v>231.665</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9">
+      <c r="A44" s="4">
+        <v>40</v>
+      </c>
+      <c r="B44" s="4">
+        <v>4252</v>
+      </c>
+      <c r="C44" s="4" t="s">
+        <v>275</v>
+      </c>
+      <c r="D44" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" s="6">
+        <v>250.26</v>
+      </c>
+      <c r="F44" s="6">
+        <v>266.76</v>
+      </c>
+      <c r="G44" s="6">
+        <v>219.57</v>
+      </c>
+      <c r="H44" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I44" s="8">
+        <v>234.915</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9">
+      <c r="A45" s="4">
+        <v>41</v>
+      </c>
+      <c r="B45" s="4">
+        <v>3610</v>
+      </c>
+      <c r="C45" s="4" t="s">
+        <v>276</v>
+      </c>
+      <c r="D45" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F45" s="6">
+        <v>267.06</v>
+      </c>
+      <c r="G45" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H45" s="6">
+        <v>222.79</v>
+      </c>
+      <c r="I45" s="8">
+        <v>244.925</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9">
+      <c r="A46" s="4">
         <v>42</v>
       </c>
-      <c r="D8" s="8">
-[...52 lines deleted...]
-      <c r="C9" s="8" t="s">
+      <c r="B46" s="4">
+        <v>1802</v>
+      </c>
+      <c r="C46" s="4" t="s">
+        <v>277</v>
+      </c>
+      <c r="D46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" s="6">
+        <v>249.13</v>
+      </c>
+      <c r="F46" s="6">
+        <v>242.64</v>
+      </c>
+      <c r="G46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I46" s="8">
+        <v>245.885</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9">
+      <c r="A47" s="4">
+        <v>43</v>
+      </c>
+      <c r="B47" s="4">
+        <v>3586</v>
+      </c>
+      <c r="C47" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="D47" s="6">
+        <v>333.41</v>
+      </c>
+      <c r="E47" s="6">
+        <v>318.51</v>
+      </c>
+      <c r="F47" s="6">
+        <v>267.06</v>
+      </c>
+      <c r="G47" s="6">
+        <v>225.85</v>
+      </c>
+      <c r="H47" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I47" s="8">
+        <v>246.455</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9">
+      <c r="A48" s="4">
+        <v>44</v>
+      </c>
+      <c r="B48" s="4">
+        <v>4258</v>
+      </c>
+      <c r="C48" s="4" t="s">
+        <v>279</v>
+      </c>
+      <c r="D48" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" s="6">
+        <v>251.39</v>
+      </c>
+      <c r="F48" s="6">
+        <v>242.35</v>
+      </c>
+      <c r="G48" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H48" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I48" s="8">
+        <v>246.87</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9">
+      <c r="A49" s="4">
+        <v>45</v>
+      </c>
+      <c r="B49" s="4">
+        <v>4293</v>
+      </c>
+      <c r="C49" s="4" t="s">
+        <v>280</v>
+      </c>
+      <c r="D49" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F49" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H49" s="6">
+        <v>215.31</v>
+      </c>
+      <c r="I49" s="8">
+        <v>255.31</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9">
+      <c r="A50" s="4">
+        <v>46</v>
+      </c>
+      <c r="B50" s="4">
+        <v>1884</v>
+      </c>
+      <c r="C50" s="4" t="s">
+        <v>281</v>
+      </c>
+      <c r="D50" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" s="6">
+        <v>282.55</v>
+      </c>
+      <c r="F50" s="6">
+        <v>235.09</v>
+      </c>
+      <c r="G50" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H50" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I50" s="8">
+        <v>258.82</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9">
+      <c r="A51" s="4">
+        <v>47</v>
+      </c>
+      <c r="B51" s="4">
+        <v>4119</v>
+      </c>
+      <c r="C51" s="4" t="s">
+        <v>282</v>
+      </c>
+      <c r="D51" s="6">
+        <v>263.13</v>
+      </c>
+      <c r="E51" s="6">
+        <v>274.62</v>
+      </c>
+      <c r="F51" s="6">
+        <v>302.8</v>
+      </c>
+      <c r="G51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H51" s="6">
+        <v>254.82</v>
+      </c>
+      <c r="I51" s="8">
+        <v>258.975</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9">
+      <c r="A52" s="4">
         <v>48</v>
       </c>
-      <c r="D9" s="8">
-[...704 lines deleted...]
-      <c r="O21" s="13">
+      <c r="B52" s="4">
+        <v>4089</v>
+      </c>
+      <c r="C52" s="4" t="s">
+        <v>283</v>
+      </c>
+      <c r="D52" s="6">
         <v>264.72</v>
       </c>
-      <c r="P21" s="14" t="s">
-[...164 lines deleted...]
-      <c r="O24" s="13">
+      <c r="E52" s="6">
+        <v>259.04</v>
+      </c>
+      <c r="F52" s="6">
+        <v>334.48</v>
+      </c>
+      <c r="G52" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H52" s="6">
+        <v>281.95</v>
+      </c>
+      <c r="I52" s="8">
+        <v>261.88</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9">
+      <c r="A53" s="4">
+        <v>49</v>
+      </c>
+      <c r="B53" s="4">
+        <v>4307</v>
+      </c>
+      <c r="C53" s="4" t="s">
+        <v>284</v>
+      </c>
+      <c r="D53" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" s="6">
+        <v>255.07</v>
+      </c>
+      <c r="F53" s="6">
+        <v>274.32</v>
+      </c>
+      <c r="G53" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H53" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I53" s="8">
+        <v>264.695</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9">
+      <c r="A54" s="4">
+        <v>50</v>
+      </c>
+      <c r="B54" s="4">
+        <v>4262</v>
+      </c>
+      <c r="C54" s="4" t="s">
+        <v>285</v>
+      </c>
+      <c r="D54" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" s="6">
+        <v>260.74</v>
+      </c>
+      <c r="F54" s="6">
+        <v>290.89</v>
+      </c>
+      <c r="G54" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H54" s="6">
+        <v>332.68</v>
+      </c>
+      <c r="I54" s="8">
+        <v>275.815</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9">
+      <c r="A55" s="4">
+        <v>51</v>
+      </c>
+      <c r="B55" s="4">
+        <v>4217</v>
+      </c>
+      <c r="C55" s="4" t="s">
+        <v>286</v>
+      </c>
+      <c r="D55" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" s="6">
+        <v>281.98</v>
+      </c>
+      <c r="F55" s="6">
+        <v>275.19</v>
+      </c>
+      <c r="G55" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H55" s="6">
+        <v>281.95</v>
+      </c>
+      <c r="I55" s="8">
+        <v>278.57</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9">
+      <c r="A56" s="4">
+        <v>52</v>
+      </c>
+      <c r="B56" s="4">
+        <v>3989</v>
+      </c>
+      <c r="C56" s="4" t="s">
+        <v>287</v>
+      </c>
+      <c r="D56" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" s="6">
+        <v>265.27</v>
+      </c>
+      <c r="F56" s="6">
+        <v>346.97</v>
+      </c>
+      <c r="G56" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H56" s="6">
+        <v>302.52</v>
+      </c>
+      <c r="I56" s="8">
+        <v>283.895</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9">
+      <c r="A57" s="4">
+        <v>53</v>
+      </c>
+      <c r="B57" s="4">
+        <v>4260</v>
+      </c>
+      <c r="C57" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="D57" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" s="6">
+        <v>298.41</v>
+      </c>
+      <c r="F57" s="6">
+        <v>269.67</v>
+      </c>
+      <c r="G57" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H57" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I57" s="8">
+        <v>284.04</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9">
+      <c r="A58" s="4">
+        <v>54</v>
+      </c>
+      <c r="B58" s="4">
+        <v>4163</v>
+      </c>
+      <c r="C58" s="4" t="s">
+        <v>289</v>
+      </c>
+      <c r="D58" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" s="6">
+        <v>283.96</v>
+      </c>
+      <c r="F58" s="6">
+        <v>298.73</v>
+      </c>
+      <c r="G58" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H58" s="6">
+        <v>339.7</v>
+      </c>
+      <c r="I58" s="8">
+        <v>291.345</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9">
+      <c r="A59" s="4">
+        <v>55</v>
+      </c>
+      <c r="B59" s="4">
+        <v>4172</v>
+      </c>
+      <c r="C59" s="4" t="s">
+        <v>290</v>
+      </c>
+      <c r="D59" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" s="6">
+        <v>277.16</v>
+      </c>
+      <c r="F59" s="6">
+        <v>319.95</v>
+      </c>
+      <c r="G59" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H59" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I59" s="8">
+        <v>298.555</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9">
+      <c r="A60" s="4">
+        <v>56</v>
+      </c>
+      <c r="B60" s="4">
+        <v>4219</v>
+      </c>
+      <c r="C60" s="4" t="s">
+        <v>291</v>
+      </c>
+      <c r="D60" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F60" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H60" s="6">
+        <v>259.5</v>
+      </c>
+      <c r="I60" s="8">
+        <v>299.5</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9">
+      <c r="A61" s="4">
+        <v>57</v>
+      </c>
+      <c r="B61" s="4">
+        <v>4212</v>
+      </c>
+      <c r="C61" s="4" t="s">
+        <v>292</v>
+      </c>
+      <c r="D61" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E61" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F61" s="6">
+        <v>286.53</v>
+      </c>
+      <c r="G61" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H61" s="6">
+        <v>341.8</v>
+      </c>
+      <c r="I61" s="8">
+        <v>314.165</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9">
+      <c r="A62" s="4">
+        <v>58</v>
+      </c>
+      <c r="B62" s="4">
+        <v>4171</v>
+      </c>
+      <c r="C62" s="4" t="s">
+        <v>293</v>
+      </c>
+      <c r="D62" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E62" s="6">
+        <v>387.33</v>
+      </c>
+      <c r="F62" s="6">
+        <v>349.59</v>
+      </c>
+      <c r="G62" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H62" s="6">
+        <v>341.57</v>
+      </c>
+      <c r="I62" s="8">
+        <v>345.58</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9">
+      <c r="A63" s="4">
+        <v>59</v>
+      </c>
+      <c r="B63" s="4">
+        <v>4120</v>
+      </c>
+      <c r="C63" s="4" t="s">
+        <v>294</v>
+      </c>
+      <c r="D63" s="6">
         <v>350.41</v>
       </c>
-      <c r="P24" s="14" t="s">
-[...5 lines deleted...]
-      <c r="R24" s="21">
+      <c r="E63" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F63" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H63" s="6">
+        <v>403.06</v>
+      </c>
+      <c r="I63" s="8">
         <v>350.41</v>
       </c>
     </row>
-    <row r="25" spans="1:18">
-[...62 lines deleted...]
-        <v>124</v>
+    <row r="64" spans="1:9">
+      <c r="A64" s="4">
+        <v>60</v>
+      </c>
+      <c r="B64" s="4">
+        <v>4321</v>
+      </c>
+      <c r="C64" s="4" t="s">
+        <v>295</v>
+      </c>
+      <c r="D64" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E64" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F64" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H64" s="6">
+        <v>330.58</v>
+      </c>
+      <c r="I64" s="8">
+        <v>370.58</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:Q1"/>
-[...2 lines deleted...]
-    <mergeCell ref="A29:R29"/>
+    <mergeCell ref="A1:I1"/>
+    <mergeCell ref="A2:I2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
@@ -13075,31 +9844,31 @@
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>Mężczyźni - Junior młodszy</vt:lpstr>
       <vt:lpstr>Mężczyźni - Młodzik</vt:lpstr>
       <vt:lpstr>Kobiety - Junior młodszy</vt:lpstr>
       <vt:lpstr>Kobiety - Młodzik</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>System Rankingowy</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Polpunkty GS - Wydarzenia</dc:title>
-  <dc:description>Ranking zawodników z rozbiciem na wydarzenia i kategorie</dc:description>
+  <dc:description>Ranking zawodników z rozbiciem na wydarzenia</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category>Sport</cp:category>
 </cp:coreProperties>
 </file>