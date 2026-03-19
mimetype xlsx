--- v1 (2026-02-01)
+++ v2 (2026-03-19)
@@ -18,211 +18,219 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Mężczyźni - Junior młodszy" sheetId="1" r:id="rId4"/>
     <sheet name="Mężczyźni - Młodzik" sheetId="2" r:id="rId5"/>
     <sheet name="Kobiety - Junior młodszy" sheetId="3" r:id="rId6"/>
     <sheet name="Kobiety - Młodzik" sheetId="4" r:id="rId7"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="296">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="305">
   <si>
     <t>Polpunkty GS - Mężczyźni - Junior młodszy</t>
   </si>
   <si>
     <t>Sezon: 2025/2026 | Typ licencji: ZJAZDY</t>
   </si>
   <si>
     <t>Poz.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Licencja</t>
   </si>
   <si>
     <t>Zawodnik</t>
   </si>
   <si>
     <t>Punkty bazowe GS
 30.10.2025</t>
   </si>
   <si>
     <t>MPP II GS
 03.01.2026</t>
   </si>
   <si>
     <t>MPP II GS
 04.01.2026</t>
   </si>
   <si>
     <t>MPP III GSI
 22.01.2026</t>
   </si>
   <si>
     <t>MPP III GS II
 23.01.2026</t>
   </si>
   <si>
+    <t>OOM GS
+12.03.2026</t>
+  </si>
+  <si>
+    <t>MPM - Krynica
+18.03.2026</t>
+  </si>
+  <si>
     <t>Punkty</t>
   </si>
   <si>
     <t>Jakub Muniak</t>
   </si>
   <si>
+    <t>-</t>
+  </si>
+  <si>
     <t>Stanisław Ćwikła</t>
   </si>
   <si>
-    <t>-</t>
-[...1 lines deleted...]
-  <si>
     <t>Kosma Szafrański</t>
   </si>
   <si>
+    <t>Wojciech Przybyła</t>
+  </si>
+  <si>
     <t>Kamil Frycz</t>
   </si>
   <si>
-    <t>Wojciech Przybyła</t>
-[...1 lines deleted...]
-  <si>
     <t>Jakub Haber</t>
   </si>
   <si>
     <t>Antoni Kałuża</t>
   </si>
   <si>
     <t>Antoni Gacek</t>
   </si>
   <si>
+    <t>Jan Jędrol</t>
+  </si>
+  <si>
     <t>Jan Szmaja</t>
   </si>
   <si>
     <t>Filip Ciślak</t>
   </si>
   <si>
     <t>Tomasz Rojek</t>
   </si>
   <si>
     <t>Konrad Stojanik</t>
   </si>
   <si>
-    <t>Jan Jędrol</t>
-[...1 lines deleted...]
-  <si>
     <t>Paweł Król</t>
   </si>
   <si>
     <t>Mikołaj Michałowicz</t>
   </si>
   <si>
     <t>Jan Czajkowski</t>
   </si>
   <si>
     <t>Jan Poborski</t>
   </si>
   <si>
+    <t>Artur Jacyno</t>
+  </si>
+  <si>
     <t>Karol Kwiatkowski</t>
   </si>
   <si>
     <t>Tymon Kozłowski</t>
   </si>
   <si>
     <t>Feliks Miłosz</t>
   </si>
   <si>
     <t>Ignacy Kozłowski</t>
   </si>
   <si>
     <t>Artemi Chornous</t>
   </si>
   <si>
     <t>Grzegorz Pencarski</t>
   </si>
   <si>
-    <t>Artur Jacyno</t>
+    <t>Ruben Cirut</t>
   </si>
   <si>
     <t>Tymon Bobrzyński</t>
   </si>
   <si>
+    <t>Stanisław Moszczyński</t>
+  </si>
+  <si>
+    <t>Bartłomiej Surdy</t>
+  </si>
+  <si>
     <t>Bartłomiej Więckowski</t>
   </si>
   <si>
-    <t>Bartłomiej Surdy</t>
-[...4 lines deleted...]
-  <si>
     <t>Antoni Czerwiński-molski</t>
   </si>
   <si>
     <t>Jakub Bojdys</t>
   </si>
   <si>
     <t>Jan Janicki</t>
   </si>
   <si>
+    <t>Feliks Olesiński</t>
+  </si>
+  <si>
     <t>Jan Kowalczyk</t>
   </si>
   <si>
-    <t>Feliks Olesiński</t>
-[...1 lines deleted...]
-  <si>
     <t>Iwo Olszewski</t>
   </si>
   <si>
-    <t>Stanisław Moszczyński</t>
-[...1 lines deleted...]
-  <si>
     <t>Stanisław Mars</t>
   </si>
   <si>
+    <t>Szymon Ptaszkiewicz</t>
+  </si>
+  <si>
     <t>Stanisław Górnikowski</t>
   </si>
   <si>
     <t>Stanisław Kuklewicz</t>
   </si>
   <si>
     <t>Karol Stompór</t>
   </si>
   <si>
-    <t>Szymon Ptaszkiewicz</t>
+    <t>Leon Marciniak</t>
   </si>
   <si>
     <t>Jakub Stożek</t>
   </si>
   <si>
     <t>Konstanty Trusewicz</t>
   </si>
   <si>
     <t>Igor Klimkowski</t>
   </si>
   <si>
     <t>Leonardo Brusco</t>
   </si>
   <si>
     <t>Jan Jakubowski</t>
   </si>
   <si>
     <t>Paweł Chowaniec</t>
   </si>
   <si>
     <t>Ryszard Hermanowicz</t>
   </si>
   <si>
     <t>Benjamin Barabaś-latif</t>
   </si>
@@ -235,53 +243,50 @@
   <si>
     <t>Zachary Wysocki</t>
   </si>
   <si>
     <t>Tomasz Sroka</t>
   </si>
   <si>
     <t>Wincenty Mrowiecki</t>
   </si>
   <si>
     <t>Piotr Bobeł</t>
   </si>
   <si>
     <t>Maciej Tabakowski</t>
   </si>
   <si>
     <t>Stanisław Sobczak</t>
   </si>
   <si>
     <t>Julian Pankiewicz</t>
   </si>
   <si>
     <t>Adam Szurman</t>
   </si>
   <si>
-    <t>Leon Marciniak</t>
-[...1 lines deleted...]
-  <si>
     <t>Borys Szafrański-mądry</t>
   </si>
   <si>
     <t>Bruno Szafrański-mądry</t>
   </si>
   <si>
     <t>Wojciech Cudzich-chowaniec</t>
   </si>
   <si>
     <t>Tomasz Budny</t>
   </si>
   <si>
     <t>Gustaw Mamet</t>
   </si>
   <si>
     <t>Rudolf Pełda</t>
   </si>
   <si>
     <t>Michał Ilewicz</t>
   </si>
   <si>
     <t>Borys Klauza</t>
   </si>
   <si>
     <t>Jan Długopolski</t>
@@ -304,273 +309,285 @@
   <si>
     <t>Tymon Bogusławski</t>
   </si>
   <si>
     <t>Tadeusz Mandyna</t>
   </si>
   <si>
     <t>Michał Stec</t>
   </si>
   <si>
     <t>Antoni Schroeder</t>
   </si>
   <si>
     <t>Ihor Zarutskyy</t>
   </si>
   <si>
     <t>Dominik Chabowski</t>
   </si>
   <si>
     <t>Tytus Dzięciołowski</t>
   </si>
   <si>
     <t>Polpunkty GS - Mężczyźni - Młodzik</t>
   </si>
   <si>
+    <t>Jakub Przybyła</t>
+  </si>
+  <si>
     <t>Filip Soprych</t>
   </si>
   <si>
-    <t>Jakub Przybyła</t>
-[...1 lines deleted...]
-  <si>
     <t>Mikołaj Szmaja</t>
   </si>
   <si>
     <t>Andrzej Jędrol</t>
   </si>
   <si>
     <t>Kacper Zagórski</t>
   </si>
   <si>
     <t>Jonas Stanek</t>
   </si>
   <si>
+    <t>Gustaw Leśniewski</t>
+  </si>
+  <si>
     <t>Leon Leonowicz</t>
   </si>
   <si>
     <t>Alexander Kondrat</t>
   </si>
   <si>
     <t>Jan Stoch</t>
   </si>
   <si>
+    <t>Jakub Tarnawski</t>
+  </si>
+  <si>
     <t>Antoni Lenkiewicz</t>
   </si>
   <si>
-    <t>Jakub Tarnawski</t>
-[...1 lines deleted...]
-  <si>
     <t>Iwo Gazda</t>
   </si>
   <si>
     <t>Szymon Piaścik</t>
   </si>
   <si>
     <t>Mateusz Kilarski</t>
   </si>
   <si>
-    <t>Gustaw Leśniewski</t>
-[...1 lines deleted...]
-  <si>
     <t>Rafał Łukaszewski</t>
   </si>
   <si>
+    <t>Jan Weiss</t>
+  </si>
+  <si>
+    <t>Dominik Kowalczyk</t>
+  </si>
+  <si>
     <t>Maximilian Kondrat</t>
   </si>
   <si>
-    <t>Dominik Kowalczyk</t>
-[...1 lines deleted...]
-  <si>
     <t>Leon Jastrzębski</t>
   </si>
   <si>
     <t>Paweł Zwierzyński</t>
   </si>
   <si>
     <t>Jakub Sobolewski</t>
   </si>
   <si>
+    <t>Radosław Węglarz</t>
+  </si>
+  <si>
+    <t>Patryk Szukalski</t>
+  </si>
+  <si>
     <t>Alexander Rajpold</t>
   </si>
   <si>
-    <t>Jan Weiss</t>
-[...1 lines deleted...]
-  <si>
     <t>Józef Olesiński</t>
   </si>
   <si>
     <t>Marcel Gadomski-pokój</t>
   </si>
   <si>
     <t>Jakub Gałaszek</t>
   </si>
   <si>
     <t>Michał Szewczyk</t>
   </si>
   <si>
     <t>Jakub Gospodarczyk</t>
   </si>
   <si>
-    <t>Radosław Węglarz</t>
-[...1 lines deleted...]
-  <si>
     <t>Iwo Palusiński</t>
   </si>
   <si>
     <t>Leon Uchański</t>
   </si>
   <si>
     <t>Michał Różycki</t>
   </si>
   <si>
-    <t>Patryk Szukalski</t>
-[...1 lines deleted...]
-  <si>
     <t>Wojciech Małek</t>
   </si>
   <si>
     <t>Leon Jankowski</t>
   </si>
   <si>
     <t>Maciej Kułach</t>
   </si>
   <si>
     <t>Kacper Kacprzak</t>
   </si>
   <si>
     <t>Tymoteusz Śpiewak</t>
   </si>
   <si>
     <t>Miłosz Bucki</t>
   </si>
   <si>
+    <t>Szymon Kajka</t>
+  </si>
+  <si>
     <t>Dominik Prochownik</t>
   </si>
   <si>
     <t>Jan Ciszewicz</t>
   </si>
   <si>
     <t>Michał Skutil</t>
   </si>
   <si>
     <t>Maks Chybiński-golonka</t>
   </si>
   <si>
+    <t>Igor Biel</t>
+  </si>
+  <si>
     <t>Tymoteusz Gajdek</t>
   </si>
   <si>
     <t>Jan Mirowski</t>
   </si>
   <si>
+    <t>Ignacy Sypień</t>
+  </si>
+  <si>
     <t>Klemens Kaźmierczak</t>
   </si>
   <si>
     <t>Fryderyk Giza</t>
   </si>
   <si>
     <t>Jan Herman-wojtyna</t>
   </si>
   <si>
     <t>Antoni Janicki</t>
   </si>
   <si>
     <t>Olivier Skiba</t>
   </si>
   <si>
     <t>Adam Kuklewicz</t>
   </si>
   <si>
     <t>Maksymilian Malec</t>
   </si>
   <si>
+    <t>Filip Wykrota</t>
+  </si>
+  <si>
     <t>Jakub Sobczak</t>
   </si>
   <si>
     <t>Jędrzej Nieścieronek</t>
   </si>
   <si>
     <t>Tadeusz Czajka</t>
   </si>
   <si>
     <t>Maciej Gryszka</t>
   </si>
   <si>
+    <t>Piotr Bruno Łubkowski</t>
+  </si>
+  <si>
     <t>Jan Bitner</t>
   </si>
   <si>
-    <t>Piotr Bruno Łubkowski</t>
-[...4 lines deleted...]
-  <si>
     <t>Mikołaj Juraszek</t>
   </si>
   <si>
     <t>Jakub Koba</t>
   </si>
   <si>
     <t>Iwo Hawrylik</t>
   </si>
   <si>
     <t>Mateusz Ziora</t>
   </si>
   <si>
     <t>Witold Stokłosa</t>
   </si>
   <si>
-    <t>Szymon Kajka</t>
-[...1 lines deleted...]
-  <si>
     <t>Wiktor Klimkowski</t>
   </si>
   <si>
     <t>Adam Domagalski</t>
   </si>
   <si>
     <t>Andrzej Ostrowski</t>
   </si>
   <si>
     <t>Antoni Stawiarski</t>
   </si>
   <si>
     <t>Wojciech Rukszto</t>
   </si>
   <si>
     <t>Antoni Broś</t>
   </si>
   <si>
     <t>Michał Franke</t>
   </si>
   <si>
     <t>Kacper Iwanicki</t>
   </si>
   <si>
+    <t>Jan Kniaziowski</t>
+  </si>
+  <si>
     <t>Tadeusz Orkisz</t>
   </si>
   <si>
-    <t>Jan Kniaziowski</t>
+    <t>Franciszek Wiśniewski</t>
+  </si>
+  <si>
+    <t>Filip Półchłopek</t>
   </si>
   <si>
     <t>Polpunkty GS - Kobiety - Junior młodszy</t>
   </si>
   <si>
     <t>Natasza Kamińska</t>
   </si>
   <si>
     <t>Victoria Procenko</t>
   </si>
   <si>
     <t>Hanna Pierlak</t>
   </si>
   <si>
     <t>Mika Oczkoś</t>
   </si>
   <si>
     <t>Zuzanna Ryskala</t>
   </si>
   <si>
     <t>Marta Ziętek</t>
   </si>
   <si>
     <t>Jagoda Wojciechowska</t>
   </si>
@@ -580,152 +597,152 @@
   <si>
     <t>Julia Gałuszka</t>
   </si>
   <si>
     <t>Zofia Wasilewska</t>
   </si>
   <si>
     <t>Zlata Bezrodna</t>
   </si>
   <si>
     <t>Zuzanna Maria Leśniak</t>
   </si>
   <si>
     <t>Aleksandra Kalisz</t>
   </si>
   <si>
     <t>Natalia Łaciak</t>
   </si>
   <si>
     <t>Lena Kopecka</t>
   </si>
   <si>
     <t>Milena Mitka</t>
   </si>
   <si>
+    <t>Hanna Łodzińska</t>
+  </si>
+  <si>
     <t>Odeta Nelke</t>
   </si>
   <si>
     <t>Kateryna Tsytsaniuk</t>
   </si>
   <si>
     <t>Lena Gazda</t>
   </si>
   <si>
-    <t>Hanna Łodzińska</t>
-[...1 lines deleted...]
-  <si>
     <t>Jagoda Nieścieronek</t>
   </si>
   <si>
     <t>Alicja Burakowska</t>
   </si>
   <si>
     <t>Maja Mozolewska</t>
   </si>
   <si>
     <t>Hanna Łamacz</t>
   </si>
   <si>
     <t>Ksenia Jasińska</t>
   </si>
   <si>
     <t>Hanna Chrobak</t>
   </si>
   <si>
     <t>Oliwia Sosenko</t>
   </si>
   <si>
     <t>Alicja Piłat</t>
   </si>
   <si>
     <t>Magda Różańska</t>
   </si>
   <si>
     <t>Alicja Pieczyńska</t>
   </si>
   <si>
     <t>Paulina Zajączkowska</t>
   </si>
   <si>
     <t>Emilia Janos</t>
   </si>
   <si>
     <t>Martyna Golba</t>
   </si>
   <si>
     <t>Maja Wójciak</t>
   </si>
   <si>
+    <t>Anna Gajda</t>
+  </si>
+  <si>
+    <t>Amelia Masiak</t>
+  </si>
+  <si>
     <t>Hanna Tramś</t>
   </si>
   <si>
     <t>Katarzyna Krupa</t>
   </si>
   <si>
+    <t>Amelia Targosz</t>
+  </si>
+  <si>
     <t>Nadia Wyrwas</t>
   </si>
   <si>
-    <t>Anna Gajda</t>
-[...1 lines deleted...]
-  <si>
     <t>Stefania Horodecka</t>
   </si>
   <si>
     <t>Zofia Kasperska</t>
   </si>
   <si>
-    <t>Amelia Masiak</t>
+    <t>Ewa Maria Łubkowska</t>
   </si>
   <si>
     <t>Alicja Telec</t>
   </si>
   <si>
-    <t>Ewa Maria Łubkowska</t>
-[...2 lines deleted...]
-    <t>Amelia Targosz</t>
+    <t>Kathrin Leskova</t>
   </si>
   <si>
     <t>Olga Kanclerz</t>
   </si>
   <si>
     <t>Hanna Palusińska</t>
   </si>
   <si>
     <t>Kalina Gąsienica Ciaptak</t>
   </si>
   <si>
     <t>Zuzanna Gocman</t>
   </si>
   <si>
     <t>Katarzyna Kajda</t>
   </si>
   <si>
-    <t>Kathrin Leskova</t>
-[...1 lines deleted...]
-  <si>
     <t>Helena Bartczak</t>
   </si>
   <si>
     <t>Wiktoria Paluszek</t>
   </si>
   <si>
     <t>Ewa Bielak</t>
   </si>
   <si>
     <t>Helena Nikiel</t>
   </si>
   <si>
     <t>Hanna Schabowska</t>
   </si>
   <si>
     <t>Melania Uchańska</t>
   </si>
   <si>
     <t>Maja Wajda</t>
   </si>
   <si>
     <t>Maya Ryś</t>
   </si>
   <si>
     <t>Natalia Gąsienica Wawrytko</t>
@@ -745,210 +762,222 @@
   <si>
     <t>Helena Stolarska-laszczak</t>
   </si>
   <si>
     <t>Maria Magdalena Rafa</t>
   </si>
   <si>
     <t>Zofia Szelińska</t>
   </si>
   <si>
     <t>Polpunkty GS - Kobiety - Młodzik</t>
   </si>
   <si>
     <t>Aleksandra Kasperkiewicz</t>
   </si>
   <si>
     <t>Natalia Nowaczyk</t>
   </si>
   <si>
     <t>Julia Borys</t>
   </si>
   <si>
     <t>Marianna Babiak</t>
   </si>
   <si>
+    <t>Martyna Nowaczyk</t>
+  </si>
+  <si>
+    <t>Franciszka Olesińska</t>
+  </si>
+  <si>
     <t>Lidia Gzyl</t>
   </si>
   <si>
-    <t>Franciszka Olesińska</t>
-[...1 lines deleted...]
-  <si>
     <t>Julia Zając</t>
   </si>
   <si>
-    <t>Martyna Nowaczyk</t>
+    <t>Nina Koncewicz</t>
   </si>
   <si>
     <t>Krystyna Skóbel</t>
   </si>
   <si>
     <t>Zofia Katarzyna Leśniak</t>
   </si>
   <si>
-    <t>Nina Koncewicz</t>
-[...1 lines deleted...]
-  <si>
     <t>Julia Kolasa</t>
   </si>
   <si>
     <t>Dominika Sowa</t>
   </si>
   <si>
+    <t>Hanna Krawczyk</t>
+  </si>
+  <si>
     <t>Barbara Stępień</t>
   </si>
   <si>
     <t>Zofia Korzeniowska</t>
   </si>
   <si>
     <t>Maja Król</t>
   </si>
   <si>
     <t>Alicja Buksa</t>
   </si>
   <si>
-    <t>Hanna Krawczyk</t>
-[...1 lines deleted...]
-  <si>
     <t>Sonia Łoboda</t>
   </si>
   <si>
     <t>Natasza Jakubiec</t>
   </si>
   <si>
     <t>Nikola Kubicka</t>
   </si>
   <si>
     <t>Maria Kenig</t>
   </si>
   <si>
     <t>Natalia Januszko</t>
   </si>
   <si>
+    <t>Liliana Stoch</t>
+  </si>
+  <si>
     <t>Dominika Spesova</t>
   </si>
   <si>
-    <t>Liliana Stoch</t>
-[...1 lines deleted...]
-  <si>
     <t>Jagoda Pichlak</t>
   </si>
   <si>
+    <t>Hanna Wróbel</t>
+  </si>
+  <si>
     <t>Milena Gronuś</t>
   </si>
   <si>
     <t>Kalina Dębska</t>
   </si>
   <si>
-    <t>Hanna Wróbel</t>
-[...1 lines deleted...]
-  <si>
     <t>Zuzanna Kuśnierz</t>
   </si>
   <si>
     <t>Łucja Copija</t>
   </si>
   <si>
     <t>Nadia Sosenko</t>
   </si>
   <si>
     <t>Jagoda Marzec</t>
   </si>
   <si>
     <t>Zofia Powiecka</t>
   </si>
   <si>
     <t>Anna Kosicka</t>
   </si>
   <si>
     <t>Maria Chmielewska</t>
   </si>
   <si>
     <t>Matylda Kruk</t>
   </si>
   <si>
     <t>Michalina Szal</t>
   </si>
   <si>
     <t>Alicja Krywoniuk</t>
   </si>
   <si>
     <t>Maria Owczarz</t>
   </si>
   <si>
+    <t>Wiktoria Matusik</t>
+  </si>
+  <si>
     <t>Natalia Derecka</t>
   </si>
   <si>
     <t>Bogna Bizoń</t>
   </si>
   <si>
     <t>Nina Nowak</t>
   </si>
   <si>
     <t>Lena Burczyńska</t>
   </si>
   <si>
+    <t>Emilia Koncewicz</t>
+  </si>
+  <si>
+    <t>Adrianna Olszewska</t>
+  </si>
+  <si>
     <t>Ksenia Zwolińska</t>
   </si>
   <si>
     <t>Urszula Kozysa</t>
   </si>
   <si>
     <t>Bieta Bezrodna</t>
   </si>
   <si>
     <t>Julia Parylak</t>
   </si>
   <si>
     <t>Aleksandra Ogonowska</t>
   </si>
   <si>
+    <t>Kalina Chojnacka</t>
+  </si>
+  <si>
     <t>Aleksandra Mokrzańska</t>
   </si>
   <si>
-    <t>Emilia Koncewicz</t>
-[...4 lines deleted...]
-  <si>
     <t>Pola Malewicz</t>
   </si>
   <si>
     <t>Adrianna Sinicka</t>
   </si>
   <si>
     <t>Zofia Chorabik</t>
   </si>
   <si>
     <t>Hanna Pysz</t>
   </si>
   <si>
+    <t>Nadia Kochanowicz</t>
+  </si>
+  <si>
     <t>Karolina Turek</t>
   </si>
   <si>
-    <t>Nadia Kochanowicz</t>
+    <t>Maryna Marzec</t>
+  </si>
+  <si>
+    <t>Lena Kwiatkowska</t>
   </si>
   <si>
     <t>Julia Łasisz</t>
   </si>
   <si>
     <t>Iga Rakocy</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -1332,8506 +1361,9621 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I84"/>
+  <dimension ref="A1:J84"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A4" sqref="A4:I84"/>
+      <selection activeCell="A4" sqref="A4:J84"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="true" style="0"/>
-    <col min="2" max="2" width="14" customWidth="true" style="0"/>
-    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="14" customWidth="true" style="0"/>
+    <col min="9" max="9" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9">
+    <row r="1" spans="1:10">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:9">
+    <row r="2" spans="1:10">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:9" customHeight="1" ht="150">
+    <row r="4" spans="1:10" customHeight="1" ht="150">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="5" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="I4" s="3" t="s">
+      <c r="I4" s="5" t="s">
         <v>10</v>
       </c>
-    </row>
-    <row r="5" spans="1:9">
+      <c r="J4" s="3" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10">
       <c r="A5" s="4">
         <v>1</v>
       </c>
-      <c r="B5" s="4">
-[...3 lines deleted...]
-        <v>11</v>
+      <c r="B5" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C5" s="6">
+        <v>5.82</v>
       </c>
       <c r="D5" s="6">
+        <v>22.28</v>
+      </c>
+      <c r="E5" s="6">
+        <v>26.18</v>
+      </c>
+      <c r="F5" s="6">
+        <v>31.31</v>
+      </c>
+      <c r="G5" s="6">
+        <v>15.57</v>
+      </c>
+      <c r="H5" s="6">
+        <v>11.24</v>
+      </c>
+      <c r="I5" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J5" s="8">
         <v>5.82</v>
       </c>
-      <c r="E5" s="6">
-[...15 lines deleted...]
-    <row r="6" spans="1:9">
+    </row>
+    <row r="6" spans="1:10">
       <c r="A6" s="4">
         <v>2</v>
       </c>
-      <c r="B6" s="4">
-[...3 lines deleted...]
-        <v>12</v>
+      <c r="B6" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C6" s="6">
+        <v>33.84</v>
       </c>
       <c r="D6" s="6">
-        <v>33.84</v>
+        <v>9.91</v>
       </c>
       <c r="E6" s="6">
-        <v>9.91</v>
+        <v>12.05</v>
       </c>
       <c r="F6" s="6">
-        <v>12.05</v>
-[...1 lines deleted...]
-      <c r="G6" s="6">
         <v>12.21</v>
       </c>
-      <c r="H6" s="7" t="s">
-[...2 lines deleted...]
-      <c r="I6" s="8">
+      <c r="G6" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H6" s="6">
+        <v>15.59</v>
+      </c>
+      <c r="I6" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J6" s="8">
         <v>10.98</v>
       </c>
     </row>
-    <row r="7" spans="1:9">
+    <row r="7" spans="1:10">
       <c r="A7" s="4">
         <v>3</v>
       </c>
-      <c r="B7" s="4">
-[...3 lines deleted...]
-        <v>14</v>
+      <c r="B7" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="C7" s="6">
+        <v>12.2</v>
       </c>
       <c r="D7" s="6">
-        <v>12.2</v>
+        <v>36.42</v>
       </c>
       <c r="E7" s="6">
-        <v>36.42</v>
+        <v>19.77</v>
       </c>
       <c r="F7" s="6">
-        <v>19.77</v>
-[...1 lines deleted...]
-      <c r="G7" s="6">
         <v>11.22</v>
       </c>
-      <c r="H7" s="7" t="s">
-[...2 lines deleted...]
-      <c r="I7" s="8">
+      <c r="G7" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H7" s="6">
+        <v>16.54</v>
+      </c>
+      <c r="I7" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J7" s="8">
         <v>11.71</v>
       </c>
     </row>
-    <row r="8" spans="1:9">
+    <row r="8" spans="1:10">
       <c r="A8" s="4">
         <v>4</v>
       </c>
-      <c r="B8" s="4">
-[...3 lines deleted...]
-        <v>15</v>
+      <c r="B8" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="C8" s="6">
+        <v>27.04</v>
       </c>
       <c r="D8" s="6">
-        <v>19.63</v>
-[...5 lines deleted...]
-        <v>13</v>
+        <v>39.8</v>
+      </c>
+      <c r="E8" s="6">
+        <v>37.69</v>
+      </c>
+      <c r="F8" s="6">
+        <v>26.6</v>
       </c>
       <c r="G8" s="6">
-        <v>64.54</v>
+        <v>22.88</v>
       </c>
       <c r="H8" s="6">
-        <v>25.51</v>
-[...5 lines deleted...]
-    <row r="9" spans="1:9">
+        <v>15.97</v>
+      </c>
+      <c r="I8" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J8" s="8">
+        <v>19.425</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10">
       <c r="A9" s="4">
         <v>5</v>
       </c>
-      <c r="B9" s="4">
-[...9 lines deleted...]
-        <v>39.8</v>
+      <c r="B9" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C9" s="6">
+        <v>19.63</v>
+      </c>
+      <c r="D9" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="F9" s="6">
-        <v>37.69</v>
+        <v>64.54</v>
       </c>
       <c r="G9" s="6">
-        <v>26.6</v>
+        <v>25.51</v>
       </c>
       <c r="H9" s="6">
-        <v>22.88</v>
-[...5 lines deleted...]
-    <row r="10" spans="1:9">
+        <v>30.26</v>
+      </c>
+      <c r="I9" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J9" s="8">
+        <v>19.63</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10">
       <c r="A10" s="4">
         <v>6</v>
       </c>
-      <c r="B10" s="4">
-[...5 lines deleted...]
-      <c r="D10" s="6">
+      <c r="B10" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="C10" s="6">
         <v>26.53</v>
       </c>
+      <c r="D10" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E10" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F10" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G10" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H10" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I10" s="8">
+      <c r="I10" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J10" s="8">
         <v>26.53</v>
       </c>
     </row>
-    <row r="11" spans="1:9">
+    <row r="11" spans="1:10">
       <c r="A11" s="4">
         <v>7</v>
       </c>
-      <c r="B11" s="4">
-[...5 lines deleted...]
-      <c r="D11" s="6">
+      <c r="B11" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C11" s="6">
         <v>29.89</v>
       </c>
-      <c r="E11" s="7" t="s">
-        <v>13</v>
+      <c r="D11" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" s="6">
+        <v>47.46</v>
       </c>
       <c r="F11" s="6">
-        <v>47.46</v>
-[...1 lines deleted...]
-      <c r="G11" s="6">
         <v>24.12</v>
       </c>
-      <c r="H11" s="7" t="s">
-[...2 lines deleted...]
-      <c r="I11" s="8">
+      <c r="G11" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H11" s="6">
+        <v>31.87</v>
+      </c>
+      <c r="I11" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J11" s="8">
         <v>27.005</v>
       </c>
     </row>
-    <row r="12" spans="1:9">
+    <row r="12" spans="1:10">
       <c r="A12" s="4">
         <v>8</v>
       </c>
-      <c r="B12" s="4">
-[...3 lines deleted...]
-        <v>19</v>
+      <c r="B12" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C12" s="6">
+        <v>55.63</v>
       </c>
       <c r="D12" s="6">
-        <v>55.63</v>
+        <v>55.12</v>
       </c>
       <c r="E12" s="6">
-        <v>55.12</v>
+        <v>60.86</v>
       </c>
       <c r="F12" s="6">
-        <v>60.86</v>
-[...1 lines deleted...]
-      <c r="G12" s="6">
         <v>16.3</v>
       </c>
+      <c r="G12" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="H12" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I12" s="8">
+      <c r="I12" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J12" s="8">
         <v>35.71</v>
       </c>
     </row>
-    <row r="13" spans="1:9">
+    <row r="13" spans="1:10">
       <c r="A13" s="4">
         <v>9</v>
       </c>
-      <c r="B13" s="4">
-[...3 lines deleted...]
-        <v>20</v>
+      <c r="B13" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C13" s="6">
+        <v>177.57</v>
       </c>
       <c r="D13" s="6">
-        <v>185.14</v>
+        <v>69.99</v>
       </c>
       <c r="E13" s="6">
-        <v>67.04</v>
+        <v>78.93</v>
       </c>
       <c r="F13" s="6">
-        <v>36.38</v>
-[...11 lines deleted...]
-    <row r="14" spans="1:9">
+        <v>36.27</v>
+      </c>
+      <c r="G13" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H13" s="6">
+        <v>43.23</v>
+      </c>
+      <c r="I13" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J13" s="8">
+        <v>39.75</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10">
       <c r="A14" s="4">
         <v>10</v>
       </c>
-      <c r="B14" s="4">
-[...3 lines deleted...]
-        <v>21</v>
+      <c r="B14" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C14" s="6">
+        <v>185.14</v>
       </c>
       <c r="D14" s="6">
-        <v>171.18</v>
+        <v>67.04</v>
       </c>
       <c r="E14" s="6">
-        <v>71.17</v>
+        <v>36.38</v>
       </c>
       <c r="F14" s="6">
-        <v>53.43</v>
-[...11 lines deleted...]
-    <row r="15" spans="1:9">
+        <v>47.18</v>
+      </c>
+      <c r="G14" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H14" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I14" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J14" s="8">
+        <v>41.78</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10">
       <c r="A15" s="4">
         <v>11</v>
       </c>
-      <c r="B15" s="4">
-[...3 lines deleted...]
-        <v>22</v>
+      <c r="B15" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C15" s="6">
+        <v>171.18</v>
       </c>
       <c r="D15" s="6">
-        <v>45.15</v>
+        <v>71.17</v>
       </c>
       <c r="E15" s="6">
-        <v>60.71</v>
+        <v>53.43</v>
       </c>
       <c r="F15" s="6">
-        <v>45.85</v>
-[...11 lines deleted...]
-    <row r="16" spans="1:9">
+        <v>44.33</v>
+      </c>
+      <c r="G15" s="6">
+        <v>45.75</v>
+      </c>
+      <c r="H15" s="6">
+        <v>60.64</v>
+      </c>
+      <c r="I15" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J15" s="8">
+        <v>45.04</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10">
       <c r="A16" s="4">
         <v>12</v>
       </c>
-      <c r="B16" s="4">
-[...3 lines deleted...]
-        <v>23</v>
+      <c r="B16" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C16" s="6">
+        <v>45.15</v>
       </c>
       <c r="D16" s="6">
+        <v>60.71</v>
+      </c>
+      <c r="E16" s="6">
+        <v>45.85</v>
+      </c>
+      <c r="F16" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H16" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I16" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J16" s="8">
+        <v>45.15</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10">
+      <c r="A17" s="4">
+        <v>13</v>
+      </c>
+      <c r="B17" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C17" s="6">
         <v>48.52</v>
       </c>
-      <c r="E16" s="6">
+      <c r="D17" s="6">
         <v>71.46</v>
       </c>
-      <c r="F16" s="6">
+      <c r="E17" s="6">
         <v>63.05</v>
       </c>
-      <c r="G16" s="6">
+      <c r="F17" s="6">
         <v>52.39</v>
       </c>
-      <c r="H16" s="6">
+      <c r="G17" s="6">
         <v>51.38</v>
       </c>
-      <c r="I16" s="8">
+      <c r="H17" s="6">
+        <v>56.29</v>
+      </c>
+      <c r="I17" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J17" s="8">
         <v>48.52</v>
       </c>
     </row>
-    <row r="17" spans="1:9">
-[...28 lines deleted...]
-    <row r="18" spans="1:9">
+    <row r="18" spans="1:10">
       <c r="A18" s="4">
         <v>14</v>
       </c>
-      <c r="B18" s="4">
-[...5 lines deleted...]
-      <c r="D18" s="6">
+      <c r="B18" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="C18" s="6">
         <v>55.03</v>
       </c>
+      <c r="D18" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E18" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F18" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G18" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H18" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I18" s="8">
+      <c r="I18" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J18" s="8">
         <v>55.03</v>
       </c>
     </row>
-    <row r="19" spans="1:9">
+    <row r="19" spans="1:10">
       <c r="A19" s="4">
         <v>15</v>
       </c>
-      <c r="B19" s="4">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="B19" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="C19" s="6">
+        <v>62.57</v>
       </c>
       <c r="D19" s="6">
+        <v>92.52</v>
+      </c>
+      <c r="E19" s="6">
+        <v>77.76</v>
+      </c>
+      <c r="F19" s="6">
+        <v>71.36</v>
+      </c>
+      <c r="G19" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H19" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I19" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J19" s="8">
         <v>62.57</v>
       </c>
-      <c r="E19" s="6">
-[...15 lines deleted...]
-    <row r="20" spans="1:9">
+    </row>
+    <row r="20" spans="1:10">
       <c r="A20" s="4">
         <v>16</v>
       </c>
-      <c r="B20" s="4">
-[...5 lines deleted...]
-      <c r="D20" s="6">
+      <c r="B20" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="C20" s="6">
         <v>63.46</v>
       </c>
+      <c r="D20" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E20" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G20" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H20" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I20" s="8">
+      <c r="I20" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J20" s="8">
         <v>63.46</v>
       </c>
     </row>
-    <row r="21" spans="1:9">
+    <row r="21" spans="1:10">
       <c r="A21" s="4">
         <v>17</v>
       </c>
-      <c r="B21" s="4">
-[...3 lines deleted...]
-        <v>28</v>
+      <c r="B21" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="C21" s="6">
+        <v>186.13</v>
       </c>
       <c r="D21" s="6">
-        <v>186.13</v>
+        <v>63.51</v>
       </c>
       <c r="E21" s="6">
-        <v>63.51</v>
+        <v>67.71</v>
       </c>
       <c r="F21" s="6">
-        <v>67.71</v>
+        <v>83.39</v>
       </c>
       <c r="G21" s="6">
-        <v>83.39</v>
+        <v>69.22</v>
       </c>
       <c r="H21" s="6">
-        <v>69.22</v>
-[...5 lines deleted...]
-    <row r="22" spans="1:9">
+        <v>66.61</v>
+      </c>
+      <c r="I21" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J21" s="8">
+        <v>65.06</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10">
       <c r="A22" s="4">
         <v>18</v>
       </c>
-      <c r="B22" s="4">
-[...9 lines deleted...]
-        <v>13</v>
+      <c r="B22" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="C22" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" s="6">
+        <v>73.98</v>
       </c>
       <c r="F22" s="6">
-        <v>91.02</v>
-[...11 lines deleted...]
-    <row r="23" spans="1:9">
+        <v>98.27</v>
+      </c>
+      <c r="G22" s="6">
+        <v>85.99</v>
+      </c>
+      <c r="H22" s="6">
+        <v>70.39</v>
+      </c>
+      <c r="I22" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J22" s="8">
+        <v>72.185</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10">
       <c r="A23" s="4">
         <v>19</v>
       </c>
-      <c r="B23" s="4">
-[...6 lines deleted...]
-        <v>334.07</v>
+      <c r="B23" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="C23" s="6">
+        <v>74.13</v>
+      </c>
+      <c r="D23" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E23" s="6">
-        <v>83.1</v>
-[...14 lines deleted...]
-    <row r="24" spans="1:9">
+        <v>91.02</v>
+      </c>
+      <c r="F23" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H23" s="6">
+        <v>77.21</v>
+      </c>
+      <c r="I23" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J23" s="8">
+        <v>74.13</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10">
       <c r="A24" s="4">
         <v>20</v>
       </c>
-      <c r="B24" s="4">
-[...3 lines deleted...]
-        <v>31</v>
+      <c r="B24" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C24" s="6">
+        <v>334.07</v>
       </c>
       <c r="D24" s="6">
-        <v>186.63</v>
+        <v>83.1</v>
       </c>
       <c r="E24" s="6">
-        <v>80.44</v>
+        <v>66.25</v>
       </c>
       <c r="F24" s="6">
-        <v>73.54</v>
+        <v>110.3</v>
       </c>
       <c r="G24" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H24" s="6">
-        <v>76.41</v>
-[...5 lines deleted...]
-    <row r="25" spans="1:9">
+        <v>93.96</v>
+      </c>
+      <c r="I24" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J24" s="8">
+        <v>74.675</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10">
       <c r="A25" s="4">
         <v>21</v>
       </c>
-      <c r="B25" s="4">
-[...3 lines deleted...]
-        <v>32</v>
+      <c r="B25" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="C25" s="6">
+        <v>186.63</v>
       </c>
       <c r="D25" s="6">
-        <v>89.05</v>
+        <v>80.44</v>
       </c>
       <c r="E25" s="6">
-        <v>91.49</v>
-[...5 lines deleted...]
-        <v>13</v>
+        <v>73.54</v>
+      </c>
+      <c r="F25" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" s="6">
+        <v>76.41</v>
       </c>
       <c r="H25" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I25" s="8">
-[...3 lines deleted...]
-    <row r="26" spans="1:9">
+      <c r="I25" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J25" s="8">
+        <v>74.975</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10">
       <c r="A26" s="4">
         <v>22</v>
       </c>
-      <c r="B26" s="4">
-[...9 lines deleted...]
-        <v>13</v>
+      <c r="B26" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="C26" s="6">
+        <v>89.05</v>
+      </c>
+      <c r="D26" s="6">
+        <v>91.49</v>
+      </c>
+      <c r="E26" s="6">
+        <v>62.9</v>
       </c>
       <c r="F26" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="G26" s="6">
-[...9 lines deleted...]
-    <row r="27" spans="1:9">
+      <c r="G26" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H26" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I26" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J26" s="8">
+        <v>75.975</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10">
       <c r="A27" s="4">
         <v>23</v>
       </c>
-      <c r="B27" s="4">
-[...12 lines deleted...]
-        <v>13</v>
+      <c r="B27" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C27" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F27" s="6">
+        <v>80.29</v>
       </c>
       <c r="G27" s="6">
-        <v>80.79</v>
-[...8 lines deleted...]
-    <row r="28" spans="1:9">
+        <v>73.77</v>
+      </c>
+      <c r="H27" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I27" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J27" s="8">
+        <v>77.03</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10">
       <c r="A28" s="4">
         <v>24</v>
       </c>
-      <c r="B28" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B28" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C28" s="6">
+        <v>219.3</v>
+      </c>
+      <c r="D28" s="6">
+        <v>78.38</v>
       </c>
       <c r="E28" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="6">
-        <v>73.98</v>
+        <v>80.79</v>
       </c>
       <c r="G28" s="6">
-        <v>98.27</v>
-[...8 lines deleted...]
-    <row r="29" spans="1:9">
+        <v>76.53</v>
+      </c>
+      <c r="H28" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I28" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J28" s="8">
+        <v>77.455</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10">
       <c r="A29" s="4">
         <v>25</v>
       </c>
-      <c r="B29" s="4">
-[...6 lines deleted...]
-        <v>97.95</v>
+      <c r="B29" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C29" s="6">
+        <v>196.34</v>
+      </c>
+      <c r="D29" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E29" s="6">
-        <v>67.93</v>
-[...14 lines deleted...]
-    <row r="30" spans="1:9">
+        <v>83.45</v>
+      </c>
+      <c r="F29" s="6">
+        <v>133.0</v>
+      </c>
+      <c r="G29" s="6">
+        <v>99.64</v>
+      </c>
+      <c r="H29" s="6">
+        <v>76.35</v>
+      </c>
+      <c r="I29" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J29" s="8">
+        <v>79.9</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10">
       <c r="A30" s="4">
         <v>26</v>
       </c>
-      <c r="B30" s="4">
-[...3 lines deleted...]
-        <v>37</v>
+      <c r="B30" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C30" s="6">
+        <v>97.95</v>
       </c>
       <c r="D30" s="6">
-        <v>219.5</v>
-[...5 lines deleted...]
-        <v>89.57</v>
+        <v>67.93</v>
+      </c>
+      <c r="E30" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F30" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="G30" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H30" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I30" s="8">
-[...3 lines deleted...]
-    <row r="31" spans="1:9">
+      <c r="I30" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J30" s="8">
+        <v>82.94</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10">
       <c r="A31" s="4">
         <v>27</v>
       </c>
-      <c r="B31" s="4">
-[...3 lines deleted...]
-        <v>38</v>
+      <c r="B31" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C31" s="6">
+        <v>196.72</v>
       </c>
       <c r="D31" s="6">
-        <v>95.23</v>
-[...17 lines deleted...]
-    <row r="32" spans="1:9">
+        <v>86.04</v>
+      </c>
+      <c r="E31" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F31" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" s="6">
+        <v>109.94</v>
+      </c>
+      <c r="H31" s="6">
+        <v>80.71</v>
+      </c>
+      <c r="I31" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J31" s="8">
+        <v>83.375</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10">
       <c r="A32" s="4">
         <v>28</v>
       </c>
-      <c r="B32" s="4">
-[...3 lines deleted...]
-        <v>39</v>
+      <c r="B32" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C32" s="6">
+        <v>95.23</v>
       </c>
       <c r="D32" s="6">
-        <v>196.34</v>
-[...8 lines deleted...]
-        <v>133.0</v>
+        <v>86.78</v>
+      </c>
+      <c r="E32" s="6">
+        <v>101.37</v>
+      </c>
+      <c r="F32" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="H32" s="6">
-        <v>99.64</v>
-[...5 lines deleted...]
-    <row r="33" spans="1:9">
+        <v>80.14</v>
+      </c>
+      <c r="I32" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J32" s="8">
+        <v>83.46</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10">
       <c r="A33" s="4">
         <v>29</v>
       </c>
-      <c r="B33" s="4">
-[...3 lines deleted...]
-        <v>40</v>
+      <c r="B33" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C33" s="6">
+        <v>219.5</v>
       </c>
       <c r="D33" s="6">
-        <v>170.2</v>
+        <v>85.6</v>
       </c>
       <c r="E33" s="6">
-        <v>99.0</v>
-[...2 lines deleted...]
-        <v>85.05</v>
+        <v>89.57</v>
+      </c>
+      <c r="F33" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="G33" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H33" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I33" s="8">
-[...3 lines deleted...]
-    <row r="34" spans="1:9">
+      <c r="I33" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J33" s="8">
+        <v>87.585</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10">
       <c r="A34" s="4">
         <v>30</v>
       </c>
-      <c r="B34" s="4">
-[...3 lines deleted...]
-        <v>41</v>
+      <c r="B34" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C34" s="6">
+        <v>170.2</v>
       </c>
       <c r="D34" s="6">
-        <v>92.55</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>99.0</v>
+      </c>
+      <c r="E34" s="6">
+        <v>85.05</v>
       </c>
       <c r="F34" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G34" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H34" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I34" s="8">
-[...3 lines deleted...]
-    <row r="35" spans="1:9">
+      <c r="I34" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J34" s="8">
+        <v>92.025</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10">
       <c r="A35" s="4">
         <v>31</v>
       </c>
-      <c r="B35" s="4">
-[...6 lines deleted...]
-        <v>238.65</v>
+      <c r="B35" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C35" s="6">
+        <v>92.55</v>
+      </c>
+      <c r="D35" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E35" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="F35" s="6">
-[...3 lines deleted...]
-        <v>90.21</v>
+      <c r="F35" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="H35" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I35" s="8">
-[...3 lines deleted...]
-    <row r="36" spans="1:9">
+      <c r="I35" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J35" s="8">
+        <v>92.55</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10">
       <c r="A36" s="4">
         <v>32</v>
       </c>
-      <c r="B36" s="4">
-[...6 lines deleted...]
-        <v>256.6</v>
+      <c r="B36" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C36" s="6">
+        <v>238.65</v>
+      </c>
+      <c r="D36" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E36" s="6">
-        <v>95.17</v>
+        <v>100.2</v>
       </c>
       <c r="F36" s="6">
-        <v>99.91</v>
-[...2 lines deleted...]
-        <v>120.35</v>
+        <v>90.21</v>
+      </c>
+      <c r="G36" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="H36" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I36" s="8">
-[...3 lines deleted...]
-    <row r="37" spans="1:9">
+      <c r="I36" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J36" s="8">
+        <v>95.205</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10">
       <c r="A37" s="4">
         <v>33</v>
       </c>
-      <c r="B37" s="4">
-[...5 lines deleted...]
-      <c r="D37" s="6">
+      <c r="B37" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C37" s="6">
         <v>97.76</v>
       </c>
+      <c r="D37" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E37" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="F37" s="7" t="s">
-[...2 lines deleted...]
-      <c r="G37" s="6">
+      <c r="F37" s="6">
         <v>117.37</v>
       </c>
-      <c r="H37" s="7" t="s">
-[...6 lines deleted...]
-    <row r="38" spans="1:9">
+      <c r="G37" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H37" s="6">
+        <v>96.8</v>
+      </c>
+      <c r="I37" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J37" s="8">
+        <v>97.28</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10">
       <c r="A38" s="4">
         <v>34</v>
       </c>
-      <c r="B38" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B38" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="C38" s="6">
+        <v>256.6</v>
+      </c>
+      <c r="D38" s="6">
+        <v>95.17</v>
       </c>
       <c r="E38" s="6">
-        <v>92.81</v>
+        <v>99.91</v>
       </c>
       <c r="F38" s="6">
-        <v>105.3</v>
+        <v>120.35</v>
       </c>
       <c r="G38" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="H38" s="6">
-[...6 lines deleted...]
-    <row r="39" spans="1:9">
+      <c r="H38" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I38" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J38" s="8">
+        <v>97.54</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10">
       <c r="A39" s="4">
         <v>35</v>
       </c>
-      <c r="B39" s="4">
-[...3 lines deleted...]
-        <v>46</v>
+      <c r="B39" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="C39" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D39" s="6">
-        <v>196.72</v>
+        <v>92.81</v>
       </c>
       <c r="E39" s="6">
-        <v>86.04</v>
+        <v>105.3</v>
       </c>
       <c r="F39" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="G39" s="7" t="s">
-[...9 lines deleted...]
-    <row r="40" spans="1:9">
+      <c r="G39" s="6">
+        <v>102.76</v>
+      </c>
+      <c r="H39" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I39" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J39" s="8">
+        <v>97.785</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10">
       <c r="A40" s="4">
         <v>36</v>
       </c>
-      <c r="B40" s="4">
-[...5 lines deleted...]
-      <c r="D40" s="6">
+      <c r="B40" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="C40" s="6">
         <v>295.96</v>
       </c>
+      <c r="D40" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E40" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="F40" s="7" t="s">
-        <v>13</v>
+      <c r="F40" s="6">
+        <v>102.74</v>
       </c>
       <c r="G40" s="6">
-        <v>102.74</v>
-[...1 lines deleted...]
-      <c r="H40" s="6">
         <v>97.97</v>
       </c>
-      <c r="I40" s="8">
+      <c r="H40" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I40" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J40" s="8">
         <v>100.355</v>
       </c>
     </row>
-    <row r="41" spans="1:9">
+    <row r="41" spans="1:10">
       <c r="A41" s="4">
         <v>37</v>
       </c>
-      <c r="B41" s="4">
-[...24 lines deleted...]
-    <row r="42" spans="1:9">
+      <c r="B41" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="C41" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D41" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F41" s="6">
+        <v>101.5</v>
+      </c>
+      <c r="G41" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H41" s="6">
+        <v>106.55</v>
+      </c>
+      <c r="I41" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J41" s="8">
+        <v>104.025</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10">
       <c r="A42" s="4">
         <v>38</v>
       </c>
-      <c r="B42" s="4">
-[...3 lines deleted...]
-        <v>49</v>
+      <c r="B42" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="C42" s="6">
+        <v>275.7</v>
       </c>
       <c r="D42" s="6">
-        <v>214.76</v>
-[...5 lines deleted...]
-        <v>13</v>
+        <v>117.85</v>
+      </c>
+      <c r="E42" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F42" s="6">
+        <v>93.31</v>
       </c>
       <c r="G42" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="H42" s="6">
-[...6 lines deleted...]
-    <row r="43" spans="1:9">
+      <c r="H42" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I42" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J42" s="8">
+        <v>105.58</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10">
       <c r="A43" s="4">
         <v>39</v>
       </c>
-      <c r="B43" s="4">
-[...9 lines deleted...]
-        <v>108.57</v>
+      <c r="B43" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="C43" s="6">
+        <v>214.76</v>
+      </c>
+      <c r="D43" s="6">
+        <v>124.92</v>
+      </c>
+      <c r="E43" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="G43" s="7" t="s">
-[...9 lines deleted...]
-    <row r="44" spans="1:9">
+      <c r="G43" s="6">
+        <v>92.34</v>
+      </c>
+      <c r="H43" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I43" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J43" s="8">
+        <v>108.63</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10">
       <c r="A44" s="4">
         <v>40</v>
       </c>
-      <c r="B44" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B44" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="C44" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D44" s="6">
+        <v>108.57</v>
       </c>
       <c r="E44" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F44" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G44" s="6">
-        <v>101.5</v>
+        <v>116.65</v>
       </c>
       <c r="H44" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I44" s="8">
-[...3 lines deleted...]
-    <row r="45" spans="1:9">
+      <c r="I44" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J44" s="8">
+        <v>112.61</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10">
       <c r="A45" s="4">
         <v>41</v>
       </c>
-      <c r="B45" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B45" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="C45" s="6">
+        <v>314.11</v>
+      </c>
+      <c r="D45" s="6">
+        <v>132.72</v>
       </c>
       <c r="E45" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="F45" s="6">
-        <v>104.14</v>
+      <c r="F45" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="G45" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="H45" s="7" t="s">
-[...6 lines deleted...]
-    <row r="46" spans="1:9">
+      <c r="H45" s="6">
+        <v>97.37</v>
+      </c>
+      <c r="I45" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J45" s="8">
+        <v>115.045</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10">
       <c r="A46" s="4">
         <v>42</v>
       </c>
-      <c r="B46" s="4">
-[...3 lines deleted...]
-        <v>53</v>
+      <c r="B46" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="C46" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D46" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="E46" s="7" t="s">
-        <v>13</v>
+      <c r="E46" s="6">
+        <v>104.14</v>
       </c>
       <c r="F46" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="G46" s="6">
-        <v>109.93</v>
+      <c r="G46" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="H46" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I46" s="8">
-[...3 lines deleted...]
-    <row r="47" spans="1:9">
+      <c r="I46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J46" s="8">
+        <v>127.0508</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10">
       <c r="A47" s="4">
         <v>43</v>
       </c>
-      <c r="B47" s="4">
-[...3 lines deleted...]
-        <v>54</v>
+      <c r="B47" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="C47" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D47" s="7" t="s">
         <v>13</v>
       </c>
       <c r="E47" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F47" s="6">
-        <v>113.03</v>
+        <v>109.93</v>
       </c>
       <c r="G47" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H47" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I47" s="8">
-[...3 lines deleted...]
-    <row r="48" spans="1:9">
+      <c r="I47" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J47" s="8">
+        <v>134.1146</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10">
       <c r="A48" s="4">
         <v>44</v>
       </c>
-      <c r="B48" s="4">
-[...12 lines deleted...]
-        <v>80.68</v>
+      <c r="B48" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="C48" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D48" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" s="6">
+        <v>113.03</v>
+      </c>
+      <c r="F48" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="G48" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H48" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I48" s="8">
-[...3 lines deleted...]
-    <row r="49" spans="1:9">
+      <c r="I48" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J48" s="8">
+        <v>137.8966</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10">
       <c r="A49" s="4">
         <v>45</v>
       </c>
-      <c r="B49" s="4">
-[...3 lines deleted...]
-        <v>56</v>
+      <c r="B49" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="C49" s="6">
+        <v>200.05</v>
       </c>
       <c r="D49" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="E49" s="7" t="s">
-        <v>13</v>
+      <c r="E49" s="6">
+        <v>80.68</v>
       </c>
       <c r="F49" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G49" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="H49" s="6">
-[...6 lines deleted...]
-    <row r="50" spans="1:9">
+      <c r="H49" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I49" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J49" s="8">
+        <v>140.365</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10">
       <c r="A50" s="4">
         <v>46</v>
       </c>
-      <c r="B50" s="4">
-[...3 lines deleted...]
-        <v>57</v>
+      <c r="B50" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="C50" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D50" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="E50" s="6">
-        <v>119.47</v>
+      <c r="E50" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="F50" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="G50" s="7" t="s">
-        <v>13</v>
+      <c r="G50" s="6">
+        <v>116.65</v>
       </c>
       <c r="H50" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I50" s="8">
-[...3 lines deleted...]
-    <row r="51" spans="1:9">
+      <c r="I50" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J50" s="8">
+        <v>142.313</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10">
       <c r="A51" s="4">
         <v>47</v>
       </c>
-      <c r="B51" s="4">
-[...3 lines deleted...]
-        <v>58</v>
+      <c r="B51" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="C51" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D51" s="6">
-        <v>146.74</v>
+        <v>119.47</v>
       </c>
       <c r="E51" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F51" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G51" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H51" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I51" s="8">
-[...3 lines deleted...]
-    <row r="52" spans="1:9">
+      <c r="I51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J51" s="8">
+        <v>145.7534</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10">
       <c r="A52" s="4">
         <v>48</v>
       </c>
-      <c r="B52" s="4">
-[...6 lines deleted...]
-        <v>195.94</v>
+      <c r="B52" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="C52" s="6">
+        <v>146.74</v>
+      </c>
+      <c r="D52" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E52" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="F52" s="6">
-        <v>97.87</v>
+      <c r="F52" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="G52" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H52" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I52" s="8">
-[...3 lines deleted...]
-    <row r="53" spans="1:9">
+      <c r="I52" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J52" s="8">
+        <v>146.74</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10">
       <c r="A53" s="4">
         <v>49</v>
       </c>
-      <c r="B53" s="4">
-[...9 lines deleted...]
-        <v>13</v>
+      <c r="B53" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="C53" s="6">
+        <v>195.94</v>
+      </c>
+      <c r="D53" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" s="6">
+        <v>97.87</v>
       </c>
       <c r="F53" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G53" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H53" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I53" s="8">
-[...3 lines deleted...]
-    <row r="54" spans="1:9">
+      <c r="I53" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J53" s="8">
+        <v>146.905</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10">
       <c r="A54" s="4">
         <v>50</v>
       </c>
-      <c r="B54" s="4">
-[...6 lines deleted...]
-        <v>196.76</v>
+      <c r="B54" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="C54" s="6">
+        <v>148.19</v>
+      </c>
+      <c r="D54" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E54" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F54" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G54" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="H54" s="6">
-[...6 lines deleted...]
-    <row r="55" spans="1:9">
+      <c r="H54" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I54" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J54" s="8">
+        <v>148.19</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10">
       <c r="A55" s="4">
         <v>51</v>
       </c>
-      <c r="B55" s="4">
-[...9 lines deleted...]
-        <v>95.46</v>
+      <c r="B55" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C55" s="6">
+        <v>196.76</v>
+      </c>
+      <c r="D55" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="F55" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="G55" s="7" t="s">
-        <v>13</v>
+      <c r="G55" s="6">
+        <v>106.71</v>
       </c>
       <c r="H55" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I55" s="8">
-[...3 lines deleted...]
-    <row r="56" spans="1:9">
+      <c r="I55" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J55" s="8">
+        <v>151.735</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10">
       <c r="A56" s="4">
         <v>52</v>
       </c>
-      <c r="B56" s="4">
-[...3 lines deleted...]
-        <v>63</v>
+      <c r="B56" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="C56" s="6">
+        <v>208.71</v>
       </c>
       <c r="D56" s="6">
-        <v>153.68</v>
+        <v>95.46</v>
       </c>
       <c r="E56" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F56" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G56" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H56" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I56" s="8">
-[...3 lines deleted...]
-    <row r="57" spans="1:9">
+      <c r="I56" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J56" s="8">
+        <v>152.085</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10">
       <c r="A57" s="4">
         <v>53</v>
       </c>
-      <c r="B57" s="4">
-[...3 lines deleted...]
-        <v>64</v>
+      <c r="B57" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="C57" s="6">
+        <v>153.68</v>
       </c>
       <c r="D57" s="7" t="s">
         <v>13</v>
       </c>
       <c r="E57" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F57" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="G57" s="6">
-        <v>129.03</v>
+      <c r="G57" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="H57" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I57" s="8">
-[...3 lines deleted...]
-    <row r="58" spans="1:9">
+      <c r="I57" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J57" s="8">
+        <v>153.68</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10">
       <c r="A58" s="4">
         <v>54</v>
       </c>
-      <c r="B58" s="4">
-[...6 lines deleted...]
-        <v>160.18</v>
+      <c r="B58" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C58" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D58" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E58" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="F58" s="7" t="s">
-        <v>13</v>
+      <c r="F58" s="6">
+        <v>129.03</v>
       </c>
       <c r="G58" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H58" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I58" s="8">
-[...3 lines deleted...]
-    <row r="59" spans="1:9">
+      <c r="I58" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J58" s="8">
+        <v>157.4166</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10">
       <c r="A59" s="4">
         <v>55</v>
       </c>
-      <c r="B59" s="4">
-[...6 lines deleted...]
-        <v>170.68</v>
+      <c r="B59" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="C59" s="6">
+        <v>160.18</v>
+      </c>
+      <c r="D59" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E59" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F59" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G59" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H59" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I59" s="8">
-[...3 lines deleted...]
-    <row r="60" spans="1:9">
+      <c r="I59" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J59" s="8">
+        <v>160.18</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10">
       <c r="A60" s="4">
         <v>56</v>
       </c>
-      <c r="B60" s="4">
-[...6 lines deleted...]
-        <v>194.73</v>
+      <c r="B60" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="C60" s="6">
+        <v>170.68</v>
+      </c>
+      <c r="D60" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E60" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F60" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G60" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H60" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I60" s="8">
-[...3 lines deleted...]
-    <row r="61" spans="1:9">
+      <c r="I60" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J60" s="8">
+        <v>170.68</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10">
       <c r="A61" s="4">
         <v>57</v>
       </c>
-      <c r="B61" s="4">
-[...6 lines deleted...]
-        <v>216.28</v>
+      <c r="B61" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="C61" s="6">
+        <v>194.73</v>
+      </c>
+      <c r="D61" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E61" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F61" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G61" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H61" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I61" s="8">
-[...3 lines deleted...]
-    <row r="62" spans="1:9">
+      <c r="I61" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J61" s="8">
+        <v>194.73</v>
+      </c>
+    </row>
+    <row r="62" spans="1:10">
       <c r="A62" s="4">
         <v>58</v>
       </c>
-      <c r="B62" s="4">
-[...6 lines deleted...]
-        <v>219.41</v>
+      <c r="B62" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="C62" s="6">
+        <v>216.28</v>
+      </c>
+      <c r="D62" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E62" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F62" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G62" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H62" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I62" s="8">
-[...3 lines deleted...]
-    <row r="63" spans="1:9">
+      <c r="I62" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J62" s="8">
+        <v>216.28</v>
+      </c>
+    </row>
+    <row r="63" spans="1:10">
       <c r="A63" s="4">
         <v>59</v>
       </c>
-      <c r="B63" s="4">
-[...9 lines deleted...]
-        <v>132.72</v>
+      <c r="B63" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="C63" s="6">
+        <v>219.41</v>
+      </c>
+      <c r="D63" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E63" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="F63" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G63" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H63" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I63" s="8">
-[...3 lines deleted...]
-    <row r="64" spans="1:9">
+      <c r="I63" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J63" s="8">
+        <v>219.41</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10">
       <c r="A64" s="4">
         <v>60</v>
       </c>
-      <c r="B64" s="4">
-[...5 lines deleted...]
-      <c r="D64" s="6">
+      <c r="B64" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="C64" s="6">
         <v>225.86</v>
       </c>
+      <c r="D64" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E64" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F64" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G64" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H64" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I64" s="8">
+      <c r="I64" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J64" s="8">
         <v>225.86</v>
       </c>
     </row>
-    <row r="65" spans="1:9">
+    <row r="65" spans="1:10">
       <c r="A65" s="4">
         <v>61</v>
       </c>
-      <c r="B65" s="4">
-[...5 lines deleted...]
-      <c r="D65" s="6">
+      <c r="B65" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="C65" s="6">
         <v>247.87</v>
       </c>
+      <c r="D65" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E65" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F65" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G65" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H65" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I65" s="8">
+      <c r="I65" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J65" s="8">
         <v>247.87</v>
       </c>
     </row>
-    <row r="66" spans="1:9">
+    <row r="66" spans="1:10">
       <c r="A66" s="4">
         <v>62</v>
       </c>
-      <c r="B66" s="4">
-[...5 lines deleted...]
-      <c r="D66" s="6">
+      <c r="B66" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="C66" s="6">
         <v>248.53</v>
       </c>
+      <c r="D66" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E66" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F66" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G66" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H66" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I66" s="8">
+      <c r="I66" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J66" s="8">
         <v>248.53</v>
       </c>
     </row>
-    <row r="67" spans="1:9">
+    <row r="67" spans="1:10">
       <c r="A67" s="4">
         <v>63</v>
       </c>
-      <c r="B67" s="4">
-[...5 lines deleted...]
-      <c r="D67" s="6">
+      <c r="B67" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C67" s="6">
         <v>254.95</v>
       </c>
+      <c r="D67" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E67" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F67" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G67" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H67" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I67" s="8">
+      <c r="I67" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J67" s="8">
         <v>254.95</v>
       </c>
     </row>
-    <row r="68" spans="1:9">
+    <row r="68" spans="1:10">
       <c r="A68" s="4">
         <v>64</v>
       </c>
-      <c r="B68" s="4">
-[...5 lines deleted...]
-      <c r="D68" s="6">
+      <c r="B68" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="C68" s="6">
         <v>258.04</v>
       </c>
+      <c r="D68" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E68" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F68" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G68" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H68" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I68" s="8">
+      <c r="I68" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J68" s="8">
         <v>258.04</v>
       </c>
     </row>
-    <row r="69" spans="1:9">
+    <row r="69" spans="1:10">
       <c r="A69" s="4">
         <v>65</v>
       </c>
-      <c r="B69" s="4">
-[...5 lines deleted...]
-      <c r="D69" s="6">
+      <c r="B69" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C69" s="6">
         <v>260.84</v>
       </c>
+      <c r="D69" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E69" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F69" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G69" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H69" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I69" s="8">
+      <c r="I69" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J69" s="8">
         <v>260.84</v>
       </c>
     </row>
-    <row r="70" spans="1:9">
+    <row r="70" spans="1:10">
       <c r="A70" s="4">
         <v>66</v>
       </c>
-      <c r="B70" s="4">
-[...5 lines deleted...]
-      <c r="D70" s="6">
+      <c r="B70" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="C70" s="6">
         <v>266.93</v>
       </c>
+      <c r="D70" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E70" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F70" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G70" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H70" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I70" s="8">
+      <c r="I70" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J70" s="8">
         <v>266.93</v>
       </c>
     </row>
-    <row r="71" spans="1:9">
+    <row r="71" spans="1:10">
       <c r="A71" s="4">
         <v>67</v>
       </c>
-      <c r="B71" s="4">
-[...5 lines deleted...]
-      <c r="D71" s="6">
+      <c r="B71" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="C71" s="6">
         <v>273.73</v>
       </c>
+      <c r="D71" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E71" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F71" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G71" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H71" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I71" s="8">
+      <c r="I71" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J71" s="8">
         <v>273.73</v>
       </c>
     </row>
-    <row r="72" spans="1:9">
+    <row r="72" spans="1:10">
       <c r="A72" s="4">
         <v>68</v>
       </c>
-      <c r="B72" s="4">
-[...5 lines deleted...]
-      <c r="D72" s="6">
+      <c r="B72" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="C72" s="6">
         <v>278.66</v>
       </c>
+      <c r="D72" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E72" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F72" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G72" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H72" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I72" s="8">
+      <c r="I72" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J72" s="8">
         <v>278.66</v>
       </c>
     </row>
-    <row r="73" spans="1:9">
+    <row r="73" spans="1:10">
       <c r="A73" s="4">
         <v>69</v>
       </c>
-      <c r="B73" s="4">
-[...5 lines deleted...]
-      <c r="D73" s="6">
+      <c r="B73" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="C73" s="6">
         <v>278.81</v>
       </c>
+      <c r="D73" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E73" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F73" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G73" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H73" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I73" s="8">
+      <c r="I73" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J73" s="8">
         <v>278.81</v>
       </c>
     </row>
-    <row r="74" spans="1:9">
+    <row r="74" spans="1:10">
       <c r="A74" s="4">
         <v>70</v>
       </c>
-      <c r="B74" s="4">
-[...5 lines deleted...]
-      <c r="D74" s="6">
+      <c r="B74" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="C74" s="6">
         <v>283.47</v>
       </c>
+      <c r="D74" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E74" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F74" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G74" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H74" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I74" s="8">
+      <c r="I74" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J74" s="8">
         <v>283.47</v>
       </c>
     </row>
-    <row r="75" spans="1:9">
+    <row r="75" spans="1:10">
       <c r="A75" s="4">
         <v>71</v>
       </c>
-      <c r="B75" s="4">
-[...5 lines deleted...]
-      <c r="D75" s="6">
+      <c r="B75" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="C75" s="6">
         <v>297.37</v>
       </c>
+      <c r="D75" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E75" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F75" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G75" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H75" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I75" s="8">
+      <c r="I75" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J75" s="8">
         <v>297.37</v>
       </c>
     </row>
-    <row r="76" spans="1:9">
+    <row r="76" spans="1:10">
       <c r="A76" s="4">
         <v>72</v>
       </c>
-      <c r="B76" s="4">
-[...5 lines deleted...]
-      <c r="D76" s="6">
+      <c r="B76" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="C76" s="6">
         <v>306.37</v>
       </c>
+      <c r="D76" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E76" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F76" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G76" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H76" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I76" s="8">
+      <c r="I76" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J76" s="8">
         <v>306.37</v>
       </c>
     </row>
-    <row r="77" spans="1:9">
+    <row r="77" spans="1:10">
       <c r="A77" s="4">
         <v>73</v>
       </c>
-      <c r="B77" s="4">
-[...5 lines deleted...]
-      <c r="D77" s="6">
+      <c r="B77" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="C77" s="6">
         <v>307.1</v>
       </c>
+      <c r="D77" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E77" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F77" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G77" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H77" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I77" s="8">
+      <c r="I77" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J77" s="8">
         <v>307.1</v>
       </c>
     </row>
-    <row r="78" spans="1:9">
+    <row r="78" spans="1:10">
       <c r="A78" s="4">
         <v>74</v>
       </c>
-      <c r="B78" s="4">
-[...5 lines deleted...]
-      <c r="D78" s="6">
+      <c r="B78" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="C78" s="6">
         <v>310.7</v>
       </c>
+      <c r="D78" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E78" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F78" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G78" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H78" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I78" s="8">
+      <c r="I78" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J78" s="8">
         <v>310.7</v>
       </c>
     </row>
-    <row r="79" spans="1:9">
+    <row r="79" spans="1:10">
       <c r="A79" s="4">
         <v>75</v>
       </c>
-      <c r="B79" s="4">
-[...5 lines deleted...]
-      <c r="D79" s="6">
+      <c r="B79" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="C79" s="6">
         <v>319.43</v>
       </c>
+      <c r="D79" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E79" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F79" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G79" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H79" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I79" s="8">
+      <c r="I79" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J79" s="8">
         <v>319.43</v>
       </c>
     </row>
-    <row r="80" spans="1:9">
+    <row r="80" spans="1:10">
       <c r="A80" s="4">
         <v>76</v>
       </c>
-      <c r="B80" s="4">
-[...5 lines deleted...]
-      <c r="D80" s="6">
+      <c r="B80" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="C80" s="6">
         <v>328.79</v>
       </c>
+      <c r="D80" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E80" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F80" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G80" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H80" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I80" s="8">
+      <c r="I80" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J80" s="8">
         <v>328.79</v>
       </c>
     </row>
-    <row r="81" spans="1:9">
+    <row r="81" spans="1:10">
       <c r="A81" s="4">
         <v>77</v>
       </c>
-      <c r="B81" s="4">
-[...5 lines deleted...]
-      <c r="D81" s="6">
+      <c r="B81" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="C81" s="6">
         <v>329.12</v>
       </c>
+      <c r="D81" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E81" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F81" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G81" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H81" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I81" s="8">
+      <c r="I81" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J81" s="8">
         <v>329.12</v>
       </c>
     </row>
-    <row r="82" spans="1:9">
+    <row r="82" spans="1:10">
       <c r="A82" s="4">
         <v>78</v>
       </c>
-      <c r="B82" s="4">
-[...5 lines deleted...]
-      <c r="D82" s="6">
+      <c r="B82" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="C82" s="6">
         <v>343.46</v>
       </c>
+      <c r="D82" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E82" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F82" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G82" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H82" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I82" s="8">
+      <c r="I82" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J82" s="8">
         <v>343.46</v>
       </c>
     </row>
-    <row r="83" spans="1:9">
+    <row r="83" spans="1:10">
       <c r="A83" s="4">
         <v>79</v>
       </c>
-      <c r="B83" s="4">
-[...5 lines deleted...]
-      <c r="D83" s="6">
+      <c r="B83" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="C83" s="6">
         <v>363.51</v>
       </c>
+      <c r="D83" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E83" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F83" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G83" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H83" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I83" s="8">
+      <c r="I83" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J83" s="8">
         <v>363.51</v>
       </c>
     </row>
-    <row r="84" spans="1:9">
+    <row r="84" spans="1:10">
       <c r="A84" s="4">
         <v>80</v>
       </c>
-      <c r="B84" s="4">
-[...5 lines deleted...]
-      <c r="D84" s="6">
+      <c r="B84" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="C84" s="6">
         <v>423.11</v>
       </c>
+      <c r="D84" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E84" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F84" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G84" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H84" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I84" s="8">
+      <c r="I84" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J84" s="8">
         <v>423.11</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:I1"/>
-    <mergeCell ref="A2:I2"/>
+    <mergeCell ref="A1:J1"/>
+    <mergeCell ref="A2:J2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I79"/>
+  <dimension ref="A1:J83"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A4" sqref="A4:I79"/>
+      <selection activeCell="A4" sqref="A4:J83"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="true" style="0"/>
-    <col min="2" max="2" width="14" customWidth="true" style="0"/>
-    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="14" customWidth="true" style="0"/>
+    <col min="9" max="9" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9">
+    <row r="1" spans="1:10">
       <c r="A1" s="1" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:9">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="2" spans="1:10">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:9" customHeight="1" ht="150">
+    <row r="4" spans="1:10" customHeight="1" ht="150">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="5" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="I4" s="3" t="s">
+      <c r="I4" s="5" t="s">
         <v>10</v>
       </c>
-    </row>
-    <row r="5" spans="1:9">
+      <c r="J4" s="3" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10">
       <c r="A5" s="4">
         <v>1</v>
       </c>
-      <c r="B5" s="4">
-[...6 lines deleted...]
-        <v>218.47</v>
+      <c r="B5" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="C5" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E5" s="6">
-        <v>203.93</v>
-[...2 lines deleted...]
-        <v>218.04</v>
+        <v>208.51</v>
+      </c>
+      <c r="F5" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="G5" s="6">
-        <v>206.62</v>
-[...8 lines deleted...]
-    <row r="6" spans="1:9">
+        <v>203.49</v>
+      </c>
+      <c r="H5" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I5" s="6">
+        <v>202.99</v>
+      </c>
+      <c r="J5" s="8">
+        <v>203.24</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10">
       <c r="A6" s="4">
         <v>2</v>
       </c>
-      <c r="B6" s="4">
-[...9 lines deleted...]
-        <v>13</v>
+      <c r="B6" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C6" s="6">
+        <v>218.47</v>
+      </c>
+      <c r="D6" s="6">
+        <v>203.93</v>
+      </c>
+      <c r="E6" s="6">
+        <v>218.04</v>
       </c>
       <c r="F6" s="6">
-        <v>208.51</v>
-[...11 lines deleted...]
-    <row r="7" spans="1:9">
+        <v>206.62</v>
+      </c>
+      <c r="G6" s="6">
+        <v>209.63</v>
+      </c>
+      <c r="H6" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I6" s="6">
+        <v>215.32</v>
+      </c>
+      <c r="J6" s="8">
+        <v>205.275</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10">
       <c r="A7" s="4">
         <v>3</v>
       </c>
-      <c r="B7" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B7" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="C7" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" s="6">
+        <v>215.2</v>
       </c>
       <c r="E7" s="6">
-        <v>215.2</v>
+        <v>214.86</v>
       </c>
       <c r="F7" s="6">
-        <v>214.86</v>
-[...1 lines deleted...]
-      <c r="G7" s="6">
         <v>205.48</v>
       </c>
+      <c r="G7" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="H7" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I7" s="8">
-[...3 lines deleted...]
-    <row r="8" spans="1:9">
+      <c r="I7" s="6">
+        <v>209.27</v>
+      </c>
+      <c r="J7" s="8">
+        <v>207.375</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10">
       <c r="A8" s="4">
         <v>4</v>
       </c>
-      <c r="B8" s="4">
-[...3 lines deleted...]
-        <v>96</v>
+      <c r="B8" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="C8" s="6">
+        <v>218.69</v>
       </c>
       <c r="D8" s="6">
-        <v>218.69</v>
+        <v>228.73</v>
       </c>
       <c r="E8" s="6">
-        <v>228.73</v>
+        <v>210.82</v>
       </c>
       <c r="F8" s="6">
-        <v>210.82</v>
-[...1 lines deleted...]
-      <c r="G8" s="6">
         <v>212.89</v>
       </c>
+      <c r="G8" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="H8" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I8" s="8">
-[...3 lines deleted...]
-    <row r="9" spans="1:9">
+      <c r="I8" s="6">
+        <v>207.48</v>
+      </c>
+      <c r="J8" s="8">
+        <v>209.15</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10">
       <c r="A9" s="4">
         <v>5</v>
       </c>
-      <c r="B9" s="4">
-[...3 lines deleted...]
-        <v>97</v>
+      <c r="B9" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="C9" s="6">
+        <v>222.61</v>
       </c>
       <c r="D9" s="6">
+        <v>266.78</v>
+      </c>
+      <c r="E9" s="6">
+        <v>268.59</v>
+      </c>
+      <c r="F9" s="6">
+        <v>269.28</v>
+      </c>
+      <c r="G9" s="6">
+        <v>262.98</v>
+      </c>
+      <c r="H9" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I9" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J9" s="8">
         <v>222.61</v>
       </c>
-      <c r="E9" s="6">
-[...15 lines deleted...]
-    <row r="10" spans="1:9">
+    </row>
+    <row r="10" spans="1:10">
       <c r="A10" s="4">
         <v>6</v>
       </c>
-      <c r="B10" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B10" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="C10" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" s="6">
+        <v>228.17</v>
       </c>
       <c r="E10" s="6">
-        <v>228.17</v>
+        <v>265.41</v>
       </c>
       <c r="F10" s="6">
-        <v>265.41</v>
+        <v>235.9</v>
       </c>
       <c r="G10" s="6">
-        <v>235.9</v>
-[...1 lines deleted...]
-      <c r="H10" s="6">
         <v>230.4</v>
       </c>
-      <c r="I10" s="8">
+      <c r="H10" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I10" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J10" s="8">
         <v>229.285</v>
       </c>
     </row>
-    <row r="11" spans="1:9">
+    <row r="11" spans="1:10">
       <c r="A11" s="4">
         <v>7</v>
       </c>
-      <c r="B11" s="4">
-[...6 lines deleted...]
-        <v>242.88</v>
+      <c r="B11" s="4" t="s">
+        <v>100</v>
+      </c>
+      <c r="C11" s="6">
+        <v>315.91</v>
+      </c>
+      <c r="D11" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E11" s="6">
-        <v>225.35</v>
+        <v>235.37</v>
       </c>
       <c r="F11" s="6">
-        <v>255.88</v>
-[...11 lines deleted...]
-    <row r="12" spans="1:9">
+        <v>257.32</v>
+      </c>
+      <c r="G11" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H11" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I11" s="6">
+        <v>228.78</v>
+      </c>
+      <c r="J11" s="8">
+        <v>232.075</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10">
       <c r="A12" s="4">
         <v>8</v>
       </c>
-      <c r="B12" s="4">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="B12" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="C12" s="6">
+        <v>242.88</v>
       </c>
       <c r="D12" s="6">
-        <v>238.01</v>
+        <v>225.35</v>
       </c>
       <c r="E12" s="6">
-        <v>261.71</v>
+        <v>255.88</v>
       </c>
       <c r="F12" s="6">
-        <v>268.01</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>299.59</v>
+      </c>
+      <c r="G12" s="6">
+        <v>280.45</v>
       </c>
       <c r="H12" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I12" s="8">
-[...3 lines deleted...]
-    <row r="13" spans="1:9">
+      <c r="I12" s="6">
+        <v>274.53</v>
+      </c>
+      <c r="J12" s="8">
+        <v>234.115</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10">
       <c r="A13" s="4">
         <v>9</v>
       </c>
-      <c r="B13" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B13" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="C13" s="6">
+        <v>238.01</v>
+      </c>
+      <c r="D13" s="6">
+        <v>261.71</v>
       </c>
       <c r="E13" s="6">
-        <v>228.17</v>
-[...14 lines deleted...]
-    <row r="14" spans="1:9">
+        <v>268.01</v>
+      </c>
+      <c r="F13" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H13" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I13" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J13" s="8">
+        <v>238.01</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10">
       <c r="A14" s="4">
         <v>10</v>
       </c>
-      <c r="B14" s="4">
-[...9 lines deleted...]
-        <v>13</v>
+      <c r="B14" s="4" t="s">
+        <v>103</v>
+      </c>
+      <c r="C14" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" s="6">
+        <v>228.17</v>
+      </c>
+      <c r="E14" s="6">
+        <v>248.95</v>
       </c>
       <c r="F14" s="6">
-        <v>266.86</v>
+        <v>256.98</v>
       </c>
       <c r="G14" s="6">
-        <v>242.51</v>
-[...8 lines deleted...]
-    <row r="15" spans="1:9">
+        <v>247.87</v>
+      </c>
+      <c r="H14" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I14" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J14" s="8">
+        <v>238.02</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10">
       <c r="A15" s="4">
         <v>11</v>
       </c>
-      <c r="B15" s="4">
-[...3 lines deleted...]
-        <v>103</v>
+      <c r="B15" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="C15" s="6">
+        <v>249.67</v>
       </c>
       <c r="D15" s="6">
-        <v>249.67</v>
+        <v>270.45</v>
       </c>
       <c r="E15" s="6">
-        <v>270.45</v>
-[...1 lines deleted...]
-      <c r="F15" s="6">
         <v>235.08</v>
       </c>
+      <c r="F15" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="G15" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H15" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I15" s="8">
-[...3 lines deleted...]
-    <row r="16" spans="1:9">
+      <c r="I15" s="6">
+        <v>243.36</v>
+      </c>
+      <c r="J15" s="8">
+        <v>239.22</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10">
       <c r="A16" s="4">
         <v>12</v>
       </c>
-      <c r="B16" s="4">
-[...5 lines deleted...]
-      <c r="D16" s="6">
+      <c r="B16" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="C16" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" s="6">
+        <v>266.86</v>
+      </c>
+      <c r="F16" s="6">
+        <v>242.51</v>
+      </c>
+      <c r="G16" s="6">
+        <v>236.3</v>
+      </c>
+      <c r="H16" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I16" s="6">
+        <v>256.59</v>
+      </c>
+      <c r="J16" s="8">
+        <v>239.405</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10">
+      <c r="A17" s="4">
+        <v>13</v>
+      </c>
+      <c r="B17" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="C17" s="6">
         <v>275.52</v>
       </c>
-      <c r="E16" s="6">
+      <c r="D17" s="6">
         <v>254.94</v>
       </c>
-      <c r="F16" s="6">
+      <c r="E17" s="6">
         <v>285.92</v>
       </c>
-      <c r="G16" s="6">
+      <c r="F17" s="6">
         <v>244.9</v>
       </c>
-      <c r="H16" s="6">
+      <c r="G17" s="6">
         <v>239.85</v>
       </c>
-      <c r="I16" s="8">
+      <c r="H17" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I17" s="6">
+        <v>256.14</v>
+      </c>
+      <c r="J17" s="8">
         <v>242.375</v>
       </c>
     </row>
-    <row r="17" spans="1:9">
-[...28 lines deleted...]
-    <row r="18" spans="1:9">
+    <row r="18" spans="1:10">
       <c r="A18" s="4">
         <v>14</v>
       </c>
-      <c r="B18" s="4">
-[...3 lines deleted...]
-        <v>106</v>
+      <c r="B18" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="C18" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D18" s="6">
-        <v>244.68</v>
-[...5 lines deleted...]
-        <v>13</v>
+        <v>238.6</v>
+      </c>
+      <c r="E18" s="6">
+        <v>247.22</v>
+      </c>
+      <c r="F18" s="6">
+        <v>252.19</v>
       </c>
       <c r="G18" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H18" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I18" s="8">
-[...3 lines deleted...]
-    <row r="19" spans="1:9">
+      <c r="I18" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J18" s="8">
+        <v>242.91</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10">
       <c r="A19" s="4">
         <v>15</v>
       </c>
-      <c r="B19" s="4">
-[...6 lines deleted...]
-        <v>315.91</v>
+      <c r="B19" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="C19" s="6">
+        <v>244.68</v>
+      </c>
+      <c r="D19" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="F19" s="6">
-[...3 lines deleted...]
-        <v>257.32</v>
+      <c r="F19" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="H19" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I19" s="8">
-[...3 lines deleted...]
-    <row r="20" spans="1:9">
+      <c r="I19" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J19" s="8">
+        <v>244.68</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10">
       <c r="A20" s="4">
         <v>16</v>
       </c>
-      <c r="B20" s="4">
-[...5 lines deleted...]
-      <c r="D20" s="6">
+      <c r="B20" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="C20" s="6">
         <v>250.7</v>
       </c>
+      <c r="D20" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E20" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G20" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H20" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I20" s="8">
+      <c r="I20" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J20" s="8">
         <v>250.7</v>
       </c>
     </row>
-    <row r="21" spans="1:9">
+    <row r="21" spans="1:10">
       <c r="A21" s="4">
         <v>17</v>
       </c>
-      <c r="B21" s="4">
-[...3 lines deleted...]
-        <v>109</v>
+      <c r="B21" s="4" t="s">
+        <v>110</v>
+      </c>
+      <c r="C21" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D21" s="6">
-        <v>260.32</v>
+        <v>283.13</v>
       </c>
       <c r="E21" s="6">
-        <v>275.24</v>
-[...2 lines deleted...]
-        <v>298.63</v>
+        <v>311.05</v>
+      </c>
+      <c r="F21" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="G21" s="6">
-        <v>261.99</v>
-[...8 lines deleted...]
-    <row r="22" spans="1:9">
+        <v>258.02</v>
+      </c>
+      <c r="H21" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I21" s="6">
+        <v>252.55</v>
+      </c>
+      <c r="J21" s="8">
+        <v>255.285</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10">
       <c r="A22" s="4">
         <v>18</v>
       </c>
-      <c r="B22" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B22" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="C22" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" s="6">
+        <v>257.2</v>
       </c>
       <c r="E22" s="6">
-        <v>257.2</v>
+        <v>261.37</v>
       </c>
       <c r="F22" s="6">
-        <v>261.37</v>
-[...1 lines deleted...]
-      <c r="G22" s="6">
         <v>259.03</v>
       </c>
+      <c r="G22" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="H22" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I22" s="8">
-[...3 lines deleted...]
-    <row r="23" spans="1:9">
+      <c r="I22" s="6">
+        <v>258.16</v>
+      </c>
+      <c r="J22" s="8">
+        <v>257.68</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10">
       <c r="A23" s="4">
         <v>19</v>
       </c>
-      <c r="B23" s="4">
-[...3 lines deleted...]
-        <v>111</v>
+      <c r="B23" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="C23" s="6">
+        <v>260.32</v>
       </c>
       <c r="D23" s="6">
-        <v>290.49</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>275.24</v>
+      </c>
+      <c r="E23" s="6">
+        <v>298.63</v>
       </c>
       <c r="F23" s="6">
-        <v>231.91</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>261.99</v>
+      </c>
+      <c r="G23" s="6">
+        <v>255.66</v>
       </c>
       <c r="H23" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I23" s="8">
-[...3 lines deleted...]
-    <row r="24" spans="1:9">
+      <c r="I23" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J23" s="8">
+        <v>257.99</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10">
       <c r="A24" s="4">
         <v>20</v>
       </c>
-      <c r="B24" s="4">
-[...3 lines deleted...]
-        <v>112</v>
+      <c r="B24" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="C24" s="6">
+        <v>290.49</v>
       </c>
       <c r="D24" s="7" t="s">
         <v>13</v>
       </c>
       <c r="E24" s="6">
-        <v>263.4</v>
-[...14 lines deleted...]
-    <row r="25" spans="1:9">
+        <v>231.91</v>
+      </c>
+      <c r="F24" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H24" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I24" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J24" s="8">
+        <v>261.2</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10">
       <c r="A25" s="4">
         <v>21</v>
       </c>
-      <c r="B25" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B25" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="C25" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" s="6">
+        <v>263.4</v>
       </c>
       <c r="E25" s="6">
-        <v>272.42</v>
+        <v>305.56</v>
       </c>
       <c r="F25" s="6">
-        <v>261.37</v>
+        <v>269.74</v>
       </c>
       <c r="G25" s="6">
-        <v>285.46</v>
+        <v>294.14</v>
       </c>
       <c r="H25" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I25" s="8">
-[...3 lines deleted...]
-    <row r="26" spans="1:9">
+      <c r="I25" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J25" s="8">
+        <v>266.57</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10">
       <c r="A26" s="4">
         <v>22</v>
       </c>
-      <c r="B26" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B26" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="C26" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" s="6">
+        <v>272.42</v>
       </c>
       <c r="E26" s="6">
-        <v>266.22</v>
+        <v>261.37</v>
       </c>
       <c r="F26" s="6">
-        <v>273.21</v>
-[...11 lines deleted...]
-    <row r="27" spans="1:9">
+        <v>285.46</v>
+      </c>
+      <c r="G26" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H26" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I26" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J26" s="8">
+        <v>266.895</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10">
       <c r="A27" s="4">
         <v>23</v>
       </c>
-      <c r="B27" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B27" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="C27" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" s="6">
+        <v>301.17</v>
       </c>
       <c r="E27" s="6">
-        <v>283.13</v>
+        <v>683.67</v>
       </c>
       <c r="F27" s="6">
-        <v>311.05</v>
-[...11 lines deleted...]
-    <row r="28" spans="1:9">
+        <v>260.74</v>
+      </c>
+      <c r="G27" s="6">
+        <v>294.38</v>
+      </c>
+      <c r="H27" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I27" s="6">
+        <v>274.31</v>
+      </c>
+      <c r="J27" s="8">
+        <v>267.525</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10">
       <c r="A28" s="4">
         <v>24</v>
       </c>
-      <c r="B28" s="4">
-[...9 lines deleted...]
-        <v>13</v>
+      <c r="B28" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="C28" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" s="6">
+        <v>274.96</v>
+      </c>
+      <c r="E28" s="6">
+        <v>320.87</v>
       </c>
       <c r="F28" s="6">
-        <v>279.28</v>
-[...2 lines deleted...]
-        <v>262.45</v>
+        <v>289.45</v>
+      </c>
+      <c r="G28" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="H28" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I28" s="8">
-[...3 lines deleted...]
-    <row r="29" spans="1:9">
+      <c r="I28" s="6">
+        <v>262.87</v>
+      </c>
+      <c r="J28" s="8">
+        <v>268.915</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10">
       <c r="A29" s="4">
         <v>25</v>
       </c>
-      <c r="B29" s="4">
-[...3 lines deleted...]
-        <v>117</v>
+      <c r="B29" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="C29" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D29" s="6">
-        <v>271.22</v>
-[...8 lines deleted...]
-        <v>13</v>
+        <v>266.22</v>
+      </c>
+      <c r="E29" s="6">
+        <v>273.21</v>
+      </c>
+      <c r="F29" s="6">
+        <v>277.94</v>
+      </c>
+      <c r="G29" s="6">
+        <v>278.56</v>
       </c>
       <c r="H29" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I29" s="8">
-[...3 lines deleted...]
-    <row r="30" spans="1:9">
+      <c r="I29" s="6">
+        <v>273.19</v>
+      </c>
+      <c r="J29" s="8">
+        <v>269.705</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10">
       <c r="A30" s="4">
         <v>26</v>
       </c>
-      <c r="B30" s="4">
-[...6 lines deleted...]
-        <v>272.29</v>
+      <c r="B30" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="C30" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E30" s="6">
-        <v>290.74</v>
+        <v>279.28</v>
       </c>
       <c r="F30" s="6">
-        <v>290.83</v>
-[...11 lines deleted...]
-    <row r="31" spans="1:9">
+        <v>262.45</v>
+      </c>
+      <c r="G30" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H30" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I30" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J30" s="8">
+        <v>270.865</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10">
       <c r="A31" s="4">
         <v>27</v>
       </c>
-      <c r="B31" s="4">
-[...6 lines deleted...]
-        <v>275.39</v>
+      <c r="B31" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="C31" s="6">
+        <v>271.22</v>
+      </c>
+      <c r="D31" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E31" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G31" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H31" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I31" s="8">
-[...3 lines deleted...]
-    <row r="32" spans="1:9">
+      <c r="I31" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J31" s="8">
+        <v>271.22</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10">
       <c r="A32" s="4">
         <v>28</v>
       </c>
-      <c r="B32" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B32" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="C32" s="6">
+        <v>272.29</v>
+      </c>
+      <c r="D32" s="6">
+        <v>290.74</v>
       </c>
       <c r="E32" s="6">
-        <v>287.08</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>290.83</v>
+      </c>
+      <c r="F32" s="6">
+        <v>281.7</v>
       </c>
       <c r="G32" s="6">
-        <v>271.79</v>
-[...8 lines deleted...]
-    <row r="33" spans="1:9">
+        <v>283.28</v>
+      </c>
+      <c r="H32" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I32" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J32" s="8">
+        <v>272.29</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10">
       <c r="A33" s="4">
         <v>29</v>
       </c>
-      <c r="B33" s="4">
-[...3 lines deleted...]
-        <v>121</v>
+      <c r="B33" s="4" t="s">
+        <v>122</v>
+      </c>
+      <c r="C33" s="6">
+        <v>275.39</v>
       </c>
       <c r="D33" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="E33" s="6">
-[...15 lines deleted...]
-    <row r="34" spans="1:9">
+      <c r="E33" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F33" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H33" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I33" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J33" s="8">
+        <v>275.39</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10">
       <c r="A34" s="4">
         <v>30</v>
       </c>
-      <c r="B34" s="4">
-[...3 lines deleted...]
-        <v>122</v>
+      <c r="B34" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="C34" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D34" s="6">
-        <v>280.42</v>
+        <v>287.08</v>
       </c>
       <c r="E34" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="F34" s="7" t="s">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="F34" s="6">
+        <v>271.79</v>
+      </c>
+      <c r="G34" s="6">
+        <v>279.27</v>
       </c>
       <c r="H34" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I34" s="8">
-[...3 lines deleted...]
-    <row r="35" spans="1:9">
+      <c r="I34" s="6">
+        <v>301.22</v>
+      </c>
+      <c r="J34" s="8">
+        <v>275.53</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10">
       <c r="A35" s="4">
         <v>31</v>
       </c>
-      <c r="B35" s="4">
-[...3 lines deleted...]
-        <v>123</v>
+      <c r="B35" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="C35" s="6">
+        <v>280.42</v>
       </c>
       <c r="D35" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="E35" s="6">
-[...15 lines deleted...]
-    <row r="36" spans="1:9">
+      <c r="E35" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F35" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H35" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I35" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J35" s="8">
+        <v>280.42</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10">
       <c r="A36" s="4">
         <v>32</v>
       </c>
-      <c r="B36" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B36" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="C36" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D36" s="6">
+        <v>296.94</v>
       </c>
       <c r="E36" s="6">
-        <v>285.95</v>
+        <v>320.87</v>
       </c>
       <c r="F36" s="6">
-        <v>277.83</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>283.98</v>
+      </c>
+      <c r="G36" s="6">
+        <v>278.32</v>
       </c>
       <c r="H36" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I36" s="8">
-[...3 lines deleted...]
-    <row r="37" spans="1:9">
+      <c r="I36" s="6">
+        <v>307.95</v>
+      </c>
+      <c r="J36" s="8">
+        <v>281.15</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10">
       <c r="A37" s="4">
         <v>33</v>
       </c>
-      <c r="B37" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B37" s="4" t="s">
+        <v>126</v>
+      </c>
+      <c r="C37" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D37" s="6">
+        <v>285.95</v>
       </c>
       <c r="E37" s="6">
-        <v>274.96</v>
-[...5 lines deleted...]
-        <v>289.45</v>
+        <v>277.83</v>
+      </c>
+      <c r="F37" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="H37" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I37" s="8">
-[...3 lines deleted...]
-    <row r="38" spans="1:9">
+      <c r="I37" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J37" s="8">
+        <v>281.89</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10">
       <c r="A38" s="4">
         <v>34</v>
       </c>
-      <c r="B38" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B38" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="C38" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D38" s="6">
+        <v>267.63</v>
       </c>
       <c r="E38" s="6">
-        <v>267.63</v>
-[...1 lines deleted...]
-      <c r="F38" s="6">
         <v>300.36</v>
       </c>
+      <c r="F38" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="G38" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H38" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I38" s="8">
+      <c r="I38" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J38" s="8">
         <v>283.995</v>
       </c>
     </row>
-    <row r="39" spans="1:9">
+    <row r="39" spans="1:10">
       <c r="A39" s="4">
         <v>35</v>
       </c>
-      <c r="B39" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B39" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="C39" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D39" s="6">
+        <v>271.86</v>
       </c>
       <c r="E39" s="6">
-        <v>271.86</v>
-[...1 lines deleted...]
-      <c r="F39" s="6">
         <v>296.9</v>
       </c>
+      <c r="F39" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="G39" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H39" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I39" s="8">
+      <c r="I39" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J39" s="8">
         <v>284.38</v>
       </c>
     </row>
-    <row r="40" spans="1:9">
+    <row r="40" spans="1:10">
       <c r="A40" s="4">
         <v>36</v>
       </c>
-      <c r="B40" s="4">
-[...8 lines deleted...]
-      <c r="E40" s="6">
+      <c r="B40" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="C40" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D40" s="6">
         <v>270.73</v>
       </c>
+      <c r="E40" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="F40" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="G40" s="7" t="s">
-[...2 lines deleted...]
-      <c r="H40" s="6">
+      <c r="G40" s="6">
         <v>308.54</v>
       </c>
-      <c r="I40" s="8">
-[...3 lines deleted...]
-    <row r="41" spans="1:9">
+      <c r="H40" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I40" s="6">
+        <v>307.05</v>
+      </c>
+      <c r="J40" s="8">
+        <v>288.89</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10">
       <c r="A41" s="4">
         <v>37</v>
       </c>
-      <c r="B41" s="4">
-[...3 lines deleted...]
-        <v>129</v>
+      <c r="B41" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="C41" s="6">
+        <v>307.95</v>
       </c>
       <c r="D41" s="6">
-        <v>307.95</v>
+        <v>283.13</v>
       </c>
       <c r="E41" s="6">
-        <v>283.13</v>
-[...1 lines deleted...]
-      <c r="F41" s="6">
         <v>363.91</v>
       </c>
+      <c r="F41" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="G41" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H41" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I41" s="8">
+      <c r="I41" s="6">
+        <v>334.86</v>
+      </c>
+      <c r="J41" s="8">
         <v>295.54</v>
       </c>
     </row>
-    <row r="42" spans="1:9">
+    <row r="42" spans="1:10">
       <c r="A42" s="4">
         <v>38</v>
       </c>
-      <c r="B42" s="4">
-[...5 lines deleted...]
-      <c r="D42" s="6">
+      <c r="B42" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="C42" s="6">
         <v>323.2</v>
       </c>
+      <c r="D42" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E42" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="F42" s="7" t="s">
-        <v>13</v>
+      <c r="F42" s="6">
+        <v>295.94</v>
       </c>
       <c r="G42" s="6">
-        <v>295.94</v>
-[...1 lines deleted...]
-      <c r="H42" s="6">
         <v>296.03</v>
       </c>
-      <c r="I42" s="8">
+      <c r="H42" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I42" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J42" s="8">
         <v>295.985</v>
       </c>
     </row>
-    <row r="43" spans="1:9">
+    <row r="43" spans="1:10">
       <c r="A43" s="4">
         <v>39</v>
       </c>
-      <c r="B43" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B43" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="C43" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D43" s="6">
+        <v>298.63</v>
       </c>
       <c r="E43" s="6">
-        <v>298.63</v>
-[...1 lines deleted...]
-      <c r="F43" s="6">
         <v>299.5</v>
       </c>
+      <c r="F43" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="G43" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H43" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I43" s="8">
+      <c r="I43" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J43" s="8">
         <v>299.065</v>
       </c>
     </row>
-    <row r="44" spans="1:9">
+    <row r="44" spans="1:10">
       <c r="A44" s="4">
         <v>40</v>
       </c>
-      <c r="B44" s="4">
-[...9 lines deleted...]
-        <v>13</v>
+      <c r="B44" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="C44" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D44" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" s="6">
+        <v>322.03</v>
       </c>
       <c r="F44" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G44" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H44" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I44" s="8">
-[...3 lines deleted...]
-    <row r="45" spans="1:9">
+      <c r="I44" s="6">
+        <v>282.83</v>
+      </c>
+      <c r="J44" s="8">
+        <v>302.43</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10">
       <c r="A45" s="4">
         <v>41</v>
       </c>
-      <c r="B45" s="4">
-[...3 lines deleted...]
-        <v>133</v>
+      <c r="B45" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="C45" s="6">
+        <v>303.57</v>
       </c>
       <c r="D45" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="E45" s="6">
-[...3 lines deleted...]
-        <v>301.23</v>
+      <c r="E45" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F45" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="G45" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H45" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I45" s="8">
-[...3 lines deleted...]
-    <row r="46" spans="1:9">
+      <c r="I45" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J45" s="8">
+        <v>303.57</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10">
       <c r="A46" s="4">
         <v>42</v>
       </c>
-      <c r="B46" s="4">
-[...9 lines deleted...]
-        <v>13</v>
+      <c r="B46" s="4" t="s">
+        <v>135</v>
+      </c>
+      <c r="C46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D46" s="6">
+        <v>311.88</v>
+      </c>
+      <c r="E46" s="6">
+        <v>301.23</v>
       </c>
       <c r="F46" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="G46" s="6">
-[...9 lines deleted...]
-    <row r="47" spans="1:9">
+      <c r="G46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J46" s="8">
+        <v>306.555</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10">
       <c r="A47" s="4">
         <v>43</v>
       </c>
-      <c r="B47" s="4">
-[...9 lines deleted...]
-        <v>308.5</v>
+      <c r="B47" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="C47" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D47" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="F47" s="6">
-        <v>323.18</v>
-[...11 lines deleted...]
-    <row r="48" spans="1:9">
+        <v>303.58</v>
+      </c>
+      <c r="G47" s="6">
+        <v>310.9</v>
+      </c>
+      <c r="H47" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I47" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J47" s="8">
+        <v>307.24</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10">
       <c r="A48" s="4">
         <v>44</v>
       </c>
-      <c r="B48" s="4">
-[...3 lines deleted...]
-        <v>136</v>
+      <c r="B48" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="C48" s="6">
+        <v>307.69</v>
       </c>
       <c r="D48" s="6">
-        <v>353.14</v>
+        <v>308.5</v>
       </c>
       <c r="E48" s="6">
-        <v>293.28</v>
-[...5 lines deleted...]
-        <v>13</v>
+        <v>323.18</v>
+      </c>
+      <c r="F48" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" s="6">
+        <v>314.44</v>
       </c>
       <c r="H48" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I48" s="8">
-[...3 lines deleted...]
-    <row r="49" spans="1:9">
+      <c r="I48" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J48" s="8">
+        <v>307.69</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10">
       <c r="A49" s="4">
         <v>45</v>
       </c>
-      <c r="B49" s="4">
-[...3 lines deleted...]
-        <v>137</v>
+      <c r="B49" s="4" t="s">
+        <v>138</v>
+      </c>
+      <c r="C49" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D49" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="E49" s="6">
-[...3 lines deleted...]
-        <v>317.12</v>
+      <c r="E49" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F49" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="G49" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H49" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I49" s="8">
-[...3 lines deleted...]
-    <row r="50" spans="1:9">
+      <c r="I49" s="6">
+        <v>269.15</v>
+      </c>
+      <c r="J49" s="8">
+        <v>309.15</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10">
       <c r="A50" s="4">
         <v>46</v>
       </c>
-      <c r="B50" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B50" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="C50" s="6">
+        <v>353.14</v>
+      </c>
+      <c r="D50" s="6">
+        <v>293.28</v>
       </c>
       <c r="E50" s="6">
-        <v>314.13</v>
-[...2 lines deleted...]
-        <v>314.23</v>
+        <v>325.49</v>
+      </c>
+      <c r="F50" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="G50" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H50" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I50" s="8">
-[...3 lines deleted...]
-    <row r="51" spans="1:9">
+      <c r="I50" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J50" s="8">
+        <v>309.385</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10">
       <c r="A51" s="4">
         <v>47</v>
       </c>
-      <c r="B51" s="4">
-[...9 lines deleted...]
-        <v>13</v>
+      <c r="B51" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="C51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D51" s="6">
+        <v>303.7</v>
+      </c>
+      <c r="E51" s="6">
+        <v>317.12</v>
       </c>
       <c r="F51" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="G51" s="6">
-        <v>276.12</v>
+      <c r="G51" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="H51" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I51" s="8">
-[...3 lines deleted...]
-    <row r="52" spans="1:9">
+      <c r="I51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J51" s="8">
+        <v>310.41</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10">
       <c r="A52" s="4">
         <v>48</v>
       </c>
-      <c r="B52" s="4">
-[...3 lines deleted...]
-        <v>140</v>
+      <c r="B52" s="4" t="s">
+        <v>141</v>
+      </c>
+      <c r="C52" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D52" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="E52" s="6">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="E52" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F52" s="6">
+        <v>307.34</v>
       </c>
       <c r="G52" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="H52" s="6">
-[...6 lines deleted...]
-    <row r="53" spans="1:9">
+      <c r="H52" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I52" s="6">
+        <v>317.14</v>
+      </c>
+      <c r="J52" s="8">
+        <v>312.24</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10">
       <c r="A53" s="4">
         <v>49</v>
       </c>
-      <c r="B53" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B53" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="C53" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D53" s="6">
+        <v>314.13</v>
       </c>
       <c r="E53" s="6">
-        <v>311.6</v>
+        <v>314.23</v>
       </c>
       <c r="F53" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G53" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="H53" s="6">
-[...6 lines deleted...]
-    <row r="54" spans="1:9">
+      <c r="H53" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I53" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J53" s="8">
+        <v>314.18</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10">
       <c r="A54" s="4">
         <v>50</v>
       </c>
-      <c r="B54" s="4">
-[...3 lines deleted...]
-        <v>142</v>
+      <c r="B54" s="4" t="s">
+        <v>143</v>
+      </c>
+      <c r="C54" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D54" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="E54" s="6">
-        <v>317.52</v>
+      <c r="E54" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="F54" s="6">
-        <v>345.43</v>
+        <v>276.12</v>
       </c>
       <c r="G54" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H54" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I54" s="8">
-[...3 lines deleted...]
-    <row r="55" spans="1:9">
+      <c r="I54" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J54" s="8">
+        <v>316.12</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10">
       <c r="A55" s="4">
         <v>51</v>
       </c>
-      <c r="B55" s="4">
-[...9 lines deleted...]
-        <v>326.53</v>
+      <c r="B55" s="4" t="s">
+        <v>144</v>
+      </c>
+      <c r="C55" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D55" s="6">
+        <v>308.21</v>
+      </c>
+      <c r="E55" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="F55" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="G55" s="7" t="s">
-[...9 lines deleted...]
-    <row r="56" spans="1:9">
+      <c r="G55" s="6">
+        <v>332.15</v>
+      </c>
+      <c r="H55" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I55" s="6">
+        <v>344.5</v>
+      </c>
+      <c r="J55" s="8">
+        <v>320.18</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10">
       <c r="A56" s="4">
         <v>52</v>
       </c>
-      <c r="B56" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B56" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="C56" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D56" s="6">
+        <v>311.6</v>
       </c>
       <c r="E56" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="F56" s="6">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="F56" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" s="6">
+        <v>340.88</v>
       </c>
       <c r="H56" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I56" s="8">
-[...3 lines deleted...]
-    <row r="57" spans="1:9">
+      <c r="I56" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J56" s="8">
+        <v>326.24</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10">
       <c r="A57" s="4">
         <v>53</v>
       </c>
-      <c r="B57" s="4">
-[...9 lines deleted...]
-        <v>13</v>
+      <c r="B57" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="C57" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D57" s="6">
+        <v>317.52</v>
+      </c>
+      <c r="E57" s="6">
+        <v>345.43</v>
       </c>
       <c r="F57" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="G57" s="6">
-        <v>297.08</v>
+      <c r="G57" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="H57" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I57" s="8">
-[...3 lines deleted...]
-    <row r="58" spans="1:9">
+      <c r="I57" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J57" s="8">
+        <v>331.475</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10">
       <c r="A58" s="4">
         <v>54</v>
       </c>
-      <c r="B58" s="4">
-[...3 lines deleted...]
-        <v>146</v>
+      <c r="B58" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="C58" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D58" s="6">
-        <v>338.57</v>
+        <v>326.53</v>
       </c>
       <c r="E58" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F58" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="G58" s="7" t="s">
-        <v>13</v>
+      <c r="G58" s="6">
+        <v>340.41</v>
       </c>
       <c r="H58" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I58" s="8">
-[...3 lines deleted...]
-    <row r="59" spans="1:9">
+      <c r="I58" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J58" s="8">
+        <v>333.47</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10">
       <c r="A59" s="4">
         <v>55</v>
       </c>
-      <c r="B59" s="4">
-[...3 lines deleted...]
-        <v>147</v>
+      <c r="B59" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="C59" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D59" s="7" t="s">
         <v>13</v>
       </c>
       <c r="E59" s="6">
-        <v>342.32</v>
-[...2 lines deleted...]
-        <v>335.89</v>
+        <v>294.01</v>
+      </c>
+      <c r="F59" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="G59" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H59" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I59" s="8">
-[...3 lines deleted...]
-    <row r="60" spans="1:9">
+      <c r="I59" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J59" s="8">
+        <v>334.01</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10">
       <c r="A60" s="4">
         <v>56</v>
       </c>
-      <c r="B60" s="4">
-[...3 lines deleted...]
-        <v>148</v>
+      <c r="B60" s="4" t="s">
+        <v>149</v>
+      </c>
+      <c r="C60" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D60" s="7" t="s">
         <v>13</v>
       </c>
       <c r="E60" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F60" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G60" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="H60" s="6">
-[...6 lines deleted...]
-    <row r="61" spans="1:9">
+      <c r="H60" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I60" s="6">
+        <v>294.49</v>
+      </c>
+      <c r="J60" s="8">
+        <v>334.49</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10">
       <c r="A61" s="4">
         <v>57</v>
       </c>
-      <c r="B61" s="4">
-[...3 lines deleted...]
-        <v>149</v>
+      <c r="B61" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="C61" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D61" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="E61" s="6">
-        <v>367.97</v>
+      <c r="E61" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="F61" s="6">
-        <v>351.2</v>
+        <v>297.08</v>
       </c>
       <c r="G61" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="H61" s="6">
-[...6 lines deleted...]
-    <row r="62" spans="1:9">
+      <c r="H61" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I61" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J61" s="8">
+        <v>337.08</v>
+      </c>
+    </row>
+    <row r="62" spans="1:10">
       <c r="A62" s="4">
         <v>58</v>
       </c>
-      <c r="B62" s="4">
-[...3 lines deleted...]
-        <v>150</v>
+      <c r="B62" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="C62" s="6">
+        <v>338.57</v>
       </c>
       <c r="D62" s="7" t="s">
         <v>13</v>
       </c>
       <c r="E62" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="F62" s="6">
-        <v>307.3</v>
+      <c r="F62" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="G62" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H62" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I62" s="8">
-[...3 lines deleted...]
-    <row r="63" spans="1:9">
+      <c r="I62" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J62" s="8">
+        <v>338.57</v>
+      </c>
+    </row>
+    <row r="63" spans="1:10">
       <c r="A63" s="4">
         <v>59</v>
       </c>
-      <c r="B63" s="4">
-[...9 lines deleted...]
-        <v>13</v>
+      <c r="B63" s="4" t="s">
+        <v>152</v>
+      </c>
+      <c r="C63" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D63" s="6">
+        <v>342.32</v>
+      </c>
+      <c r="E63" s="6">
+        <v>335.89</v>
       </c>
       <c r="F63" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="G63" s="6">
-        <v>307.34</v>
+      <c r="G63" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="H63" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I63" s="8">
-[...3 lines deleted...]
-    <row r="64" spans="1:9">
+      <c r="I63" s="6">
+        <v>397.2</v>
+      </c>
+      <c r="J63" s="8">
+        <v>339.105</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10">
       <c r="A64" s="4">
         <v>60</v>
       </c>
-      <c r="B64" s="4">
-[...3 lines deleted...]
-        <v>152</v>
+      <c r="B64" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="C64" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D64" s="7" t="s">
         <v>13</v>
       </c>
       <c r="E64" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="F64" s="6">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="F64" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" s="6">
+        <v>304.76</v>
       </c>
       <c r="H64" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I64" s="8">
-[...3 lines deleted...]
-    <row r="65" spans="1:9">
+      <c r="I64" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J64" s="8">
+        <v>344.76</v>
+      </c>
+    </row>
+    <row r="65" spans="1:10">
       <c r="A65" s="4">
         <v>61</v>
       </c>
-      <c r="B65" s="4">
-[...9 lines deleted...]
-        <v>13</v>
+      <c r="B65" s="4" t="s">
+        <v>154</v>
+      </c>
+      <c r="C65" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D65" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E65" s="6">
+        <v>307.3</v>
       </c>
       <c r="F65" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G65" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="H65" s="6">
-[...6 lines deleted...]
-    <row r="66" spans="1:9">
+      <c r="H65" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I65" s="6">
+        <v>383.08</v>
+      </c>
+      <c r="J65" s="8">
+        <v>345.19</v>
+      </c>
+    </row>
+    <row r="66" spans="1:10">
       <c r="A66" s="4">
         <v>62</v>
       </c>
-      <c r="B66" s="4">
-[...3 lines deleted...]
-        <v>154</v>
+      <c r="B66" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="C66" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D66" s="6">
-        <v>352.71</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>367.97</v>
+      </c>
+      <c r="E66" s="6">
+        <v>351.2</v>
       </c>
       <c r="F66" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="G66" s="7" t="s">
-        <v>13</v>
+      <c r="G66" s="6">
+        <v>340.65</v>
       </c>
       <c r="H66" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I66" s="8">
-[...3 lines deleted...]
-    <row r="67" spans="1:9">
+      <c r="I66" s="6">
+        <v>360.2</v>
+      </c>
+      <c r="J66" s="8">
+        <v>345.925</v>
+      </c>
+    </row>
+    <row r="67" spans="1:10">
       <c r="A67" s="4">
         <v>63</v>
       </c>
-      <c r="B67" s="4">
-[...3 lines deleted...]
-        <v>155</v>
+      <c r="B67" s="4" t="s">
+        <v>156</v>
+      </c>
+      <c r="C67" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D67" s="7" t="s">
         <v>13</v>
       </c>
       <c r="E67" s="6">
-        <v>351.62</v>
-[...2 lines deleted...]
-        <v>355.25</v>
+        <v>308.45</v>
+      </c>
+      <c r="F67" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="G67" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H67" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I67" s="8">
-[...3 lines deleted...]
-    <row r="68" spans="1:9">
+      <c r="I67" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J67" s="8">
+        <v>348.45</v>
+      </c>
+    </row>
+    <row r="68" spans="1:10">
       <c r="A68" s="4">
         <v>64</v>
       </c>
-      <c r="B68" s="4">
-[...3 lines deleted...]
-        <v>156</v>
+      <c r="B68" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="C68" s="6">
+        <v>370.98</v>
       </c>
       <c r="D68" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="E68" s="6">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="E68" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F68" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" s="6">
+        <v>328.61</v>
       </c>
       <c r="H68" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I68" s="8">
-[...3 lines deleted...]
-    <row r="69" spans="1:9">
+      <c r="I68" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J68" s="8">
+        <v>349.795</v>
+      </c>
+    </row>
+    <row r="69" spans="1:10">
       <c r="A69" s="4">
         <v>65</v>
       </c>
-      <c r="B69" s="4">
-[...3 lines deleted...]
-        <v>157</v>
+      <c r="B69" s="4" t="s">
+        <v>158</v>
+      </c>
+      <c r="C69" s="6">
+        <v>352.71</v>
       </c>
       <c r="D69" s="7" t="s">
         <v>13</v>
       </c>
       <c r="E69" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="F69" s="6">
-        <v>322.03</v>
+      <c r="F69" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="G69" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H69" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I69" s="8">
-[...3 lines deleted...]
-    <row r="70" spans="1:9">
+      <c r="I69" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J69" s="8">
+        <v>352.71</v>
+      </c>
+    </row>
+    <row r="70" spans="1:10">
       <c r="A70" s="4">
         <v>66</v>
       </c>
-      <c r="B70" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B70" s="4" t="s">
+        <v>159</v>
+      </c>
+      <c r="C70" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D70" s="6">
+        <v>351.62</v>
       </c>
       <c r="E70" s="6">
-        <v>329.35</v>
+        <v>355.25</v>
       </c>
       <c r="F70" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G70" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H70" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I70" s="8">
-[...3 lines deleted...]
-    <row r="71" spans="1:9">
+      <c r="I70" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J70" s="8">
+        <v>353.435</v>
+      </c>
+    </row>
+    <row r="71" spans="1:10">
       <c r="A71" s="4">
         <v>67</v>
       </c>
-      <c r="B71" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B71" s="4" t="s">
+        <v>160</v>
+      </c>
+      <c r="C71" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D71" s="6">
+        <v>365.71</v>
       </c>
       <c r="E71" s="6">
-        <v>358.95</v>
+        <v>353.8</v>
       </c>
       <c r="F71" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G71" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="H71" s="6">
-[...6 lines deleted...]
-    <row r="72" spans="1:9">
+      <c r="H71" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I71" s="6">
+        <v>371.41</v>
+      </c>
+      <c r="J71" s="8">
+        <v>359.755</v>
+      </c>
+    </row>
+    <row r="72" spans="1:10">
       <c r="A72" s="4">
         <v>68</v>
       </c>
-      <c r="B72" s="4">
-[...12 lines deleted...]
-        <v>404.35</v>
+      <c r="B72" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="C72" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D72" s="6">
+        <v>329.35</v>
+      </c>
+      <c r="E72" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F72" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="G72" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="H72" s="6">
-[...6 lines deleted...]
-    <row r="73" spans="1:9">
+      <c r="H72" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I72" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J72" s="8">
+        <v>369.35</v>
+      </c>
+    </row>
+    <row r="73" spans="1:10">
       <c r="A73" s="4">
         <v>69</v>
       </c>
-      <c r="B73" s="4">
-[...15 lines deleted...]
-        <v>13</v>
+      <c r="B73" s="4" t="s">
+        <v>162</v>
+      </c>
+      <c r="C73" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D73" s="6">
+        <v>358.95</v>
+      </c>
+      <c r="E73" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F73" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" s="6">
+        <v>394.0</v>
       </c>
       <c r="H73" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I73" s="8">
-[...3 lines deleted...]
-    <row r="74" spans="1:9">
+      <c r="I73" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J73" s="8">
+        <v>376.475</v>
+      </c>
+    </row>
+    <row r="74" spans="1:10">
       <c r="A74" s="4">
         <v>70</v>
       </c>
-      <c r="B74" s="4">
-[...9 lines deleted...]
-        <v>13</v>
+      <c r="B74" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="C74" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D74" s="6">
+        <v>387.41</v>
+      </c>
+      <c r="E74" s="6">
+        <v>404.35</v>
       </c>
       <c r="F74" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="G74" s="7" t="s">
-[...9 lines deleted...]
-    <row r="75" spans="1:9">
+      <c r="G74" s="6">
+        <v>370.86</v>
+      </c>
+      <c r="H74" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I74" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J74" s="8">
+        <v>379.135</v>
+      </c>
+    </row>
+    <row r="75" spans="1:10">
       <c r="A75" s="4">
         <v>71</v>
       </c>
-      <c r="B75" s="4">
-[...12 lines deleted...]
-        <v>351.49</v>
+      <c r="B75" s="4" t="s">
+        <v>164</v>
+      </c>
+      <c r="C75" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D75" s="6">
+        <v>384.88</v>
+      </c>
+      <c r="E75" s="6">
+        <v>377.78</v>
+      </c>
+      <c r="F75" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="G75" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H75" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I75" s="8">
-[...3 lines deleted...]
-    <row r="76" spans="1:9">
+      <c r="I75" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J75" s="8">
+        <v>381.33</v>
+      </c>
+    </row>
+    <row r="76" spans="1:10">
       <c r="A76" s="4">
         <v>72</v>
       </c>
-      <c r="B76" s="4">
-[...3 lines deleted...]
-        <v>164</v>
+      <c r="B76" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="C76" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D76" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="E76" s="6">
-[...15 lines deleted...]
-    <row r="77" spans="1:9">
+      <c r="E76" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F76" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" s="6">
+        <v>348.2</v>
+      </c>
+      <c r="H76" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I76" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J76" s="8">
+        <v>388.2</v>
+      </c>
+    </row>
+    <row r="77" spans="1:10">
       <c r="A77" s="4">
         <v>73</v>
       </c>
-      <c r="B77" s="4">
-[...3 lines deleted...]
-        <v>165</v>
+      <c r="B77" s="4" t="s">
+        <v>166</v>
+      </c>
+      <c r="C77" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D77" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="E77" s="7" t="s">
-[...3 lines deleted...]
-        <v>353.22</v>
+      <c r="E77" s="6">
+        <v>351.49</v>
+      </c>
+      <c r="F77" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="G77" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H77" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I77" s="8">
-[...3 lines deleted...]
-    <row r="78" spans="1:9">
+      <c r="I77" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J77" s="8">
+        <v>391.49</v>
+      </c>
+    </row>
+    <row r="78" spans="1:10">
       <c r="A78" s="4">
         <v>74</v>
       </c>
-      <c r="B78" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B78" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="C78" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D78" s="6">
+        <v>401.79</v>
       </c>
       <c r="E78" s="6">
-        <v>435.61</v>
-[...5 lines deleted...]
-        <v>13</v>
+        <v>417.35</v>
+      </c>
+      <c r="F78" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" s="6">
+        <v>382.43</v>
       </c>
       <c r="H78" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I78" s="8">
-[...3 lines deleted...]
-    <row r="79" spans="1:9">
+      <c r="I78" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J78" s="8">
+        <v>392.11</v>
+      </c>
+    </row>
+    <row r="79" spans="1:10">
       <c r="A79" s="4">
         <v>75</v>
       </c>
-      <c r="B79" s="4">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="B79" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C79" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D79" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="E79" s="7" t="s">
-        <v>13</v>
+      <c r="E79" s="6">
+        <v>353.22</v>
       </c>
       <c r="F79" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G79" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="H79" s="6">
+      <c r="H79" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I79" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J79" s="8">
+        <v>393.22</v>
+      </c>
+    </row>
+    <row r="80" spans="1:10">
+      <c r="A80" s="4">
+        <v>76</v>
+      </c>
+      <c r="B80" s="4" t="s">
+        <v>169</v>
+      </c>
+      <c r="C80" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D80" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E80" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F80" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" s="6">
         <v>440.74</v>
       </c>
-      <c r="I79" s="8">
-        <v>480.74</v>
+      <c r="H80" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I80" s="6">
+        <v>347.42</v>
+      </c>
+      <c r="J80" s="8">
+        <v>394.08</v>
+      </c>
+    </row>
+    <row r="81" spans="1:10">
+      <c r="A81" s="4">
+        <v>77</v>
+      </c>
+      <c r="B81" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="C81" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D81" s="6">
+        <v>435.61</v>
+      </c>
+      <c r="E81" s="6">
+        <v>406.08</v>
+      </c>
+      <c r="F81" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G81" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H81" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I81" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J81" s="8">
+        <v>420.845</v>
+      </c>
+    </row>
+    <row r="82" spans="1:10">
+      <c r="A82" s="4">
+        <v>78</v>
+      </c>
+      <c r="B82" s="4" t="s">
+        <v>171</v>
+      </c>
+      <c r="C82" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D82" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E82" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F82" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G82" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H82" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I82" s="6">
+        <v>393.17</v>
+      </c>
+      <c r="J82" s="8">
+        <v>433.17</v>
+      </c>
+    </row>
+    <row r="83" spans="1:10">
+      <c r="A83" s="4">
+        <v>79</v>
+      </c>
+      <c r="B83" s="4" t="s">
+        <v>172</v>
+      </c>
+      <c r="C83" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D83" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E83" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F83" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G83" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H83" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I83" s="6">
+        <v>445.42</v>
+      </c>
+      <c r="J83" s="8">
+        <v>485.42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:I1"/>
-    <mergeCell ref="A2:I2"/>
+    <mergeCell ref="A1:J1"/>
+    <mergeCell ref="A2:J2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I70"/>
+  <dimension ref="A1:J70"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A4" sqref="A4:I70"/>
+      <selection activeCell="A4" sqref="A4:J70"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="true" style="0"/>
-    <col min="2" max="2" width="14" customWidth="true" style="0"/>
-    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="14" customWidth="true" style="0"/>
+    <col min="9" max="9" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9">
+    <row r="1" spans="1:10">
       <c r="A1" s="1" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:9">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="2" spans="1:10">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:9" customHeight="1" ht="150">
+    <row r="4" spans="1:10" customHeight="1" ht="150">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="5" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="I4" s="3" t="s">
+      <c r="I4" s="5" t="s">
         <v>10</v>
       </c>
-    </row>
-    <row r="5" spans="1:9">
+      <c r="J4" s="3" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10">
       <c r="A5" s="4">
         <v>1</v>
       </c>
-      <c r="B5" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B5" s="4" t="s">
+        <v>174</v>
+      </c>
+      <c r="C5" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" s="6">
+        <v>18.03</v>
       </c>
       <c r="E5" s="6">
-        <v>18.03</v>
+        <v>20.24</v>
       </c>
       <c r="F5" s="6">
-        <v>20.24</v>
+        <v>9.44</v>
       </c>
       <c r="G5" s="6">
-        <v>9.44</v>
+        <v>16.47</v>
       </c>
       <c r="H5" s="6">
-        <v>16.47</v>
-[...1 lines deleted...]
-      <c r="I5" s="8">
+        <v>15.52</v>
+      </c>
+      <c r="I5" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J5" s="8">
         <v>0.0</v>
       </c>
     </row>
-    <row r="6" spans="1:9">
+    <row r="6" spans="1:10">
       <c r="A6" s="4">
         <v>2</v>
       </c>
-      <c r="B6" s="4">
-[...3 lines deleted...]
-        <v>170</v>
+      <c r="B6" s="4" t="s">
+        <v>175</v>
+      </c>
+      <c r="C6" s="6">
+        <v>24.62</v>
       </c>
       <c r="D6" s="6">
+        <v>39.01</v>
+      </c>
+      <c r="E6" s="6">
+        <v>33.17</v>
+      </c>
+      <c r="F6" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" s="6">
+        <v>30.65</v>
+      </c>
+      <c r="H6" s="6">
+        <v>48.88</v>
+      </c>
+      <c r="I6" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J6" s="8">
         <v>24.62</v>
       </c>
-      <c r="E6" s="6">
-[...15 lines deleted...]
-    <row r="7" spans="1:9">
+    </row>
+    <row r="7" spans="1:10">
       <c r="A7" s="4">
         <v>3</v>
       </c>
-      <c r="B7" s="4">
-[...3 lines deleted...]
-        <v>171</v>
+      <c r="B7" s="4" t="s">
+        <v>176</v>
+      </c>
+      <c r="C7" s="6">
+        <v>99.65</v>
       </c>
       <c r="D7" s="6">
-        <v>99.65</v>
+        <v>40.58</v>
       </c>
       <c r="E7" s="6">
-        <v>40.58</v>
-[...1 lines deleted...]
-      <c r="F7" s="6">
         <v>35.47</v>
       </c>
-      <c r="G7" s="7" t="s">
-[...2 lines deleted...]
-      <c r="H7" s="6">
+      <c r="F7" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" s="6">
         <v>46.01</v>
       </c>
-      <c r="I7" s="8">
+      <c r="H7" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I7" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J7" s="8">
         <v>38.025</v>
       </c>
     </row>
-    <row r="8" spans="1:9">
+    <row r="8" spans="1:10">
       <c r="A8" s="4">
         <v>4</v>
       </c>
-      <c r="B8" s="4">
-[...3 lines deleted...]
-        <v>172</v>
+      <c r="B8" s="4" t="s">
+        <v>177</v>
+      </c>
+      <c r="C8" s="6">
+        <v>41.95</v>
       </c>
       <c r="D8" s="6">
+        <v>63.98</v>
+      </c>
+      <c r="E8" s="6">
+        <v>67.81</v>
+      </c>
+      <c r="F8" s="6">
+        <v>77.98</v>
+      </c>
+      <c r="G8" s="6">
+        <v>69.6</v>
+      </c>
+      <c r="H8" s="6">
+        <v>54.04</v>
+      </c>
+      <c r="I8" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J8" s="8">
         <v>41.95</v>
       </c>
-      <c r="E8" s="6">
-[...15 lines deleted...]
-    <row r="9" spans="1:9">
+    </row>
+    <row r="9" spans="1:10">
       <c r="A9" s="4">
         <v>5</v>
       </c>
-      <c r="B9" s="4">
-[...3 lines deleted...]
-        <v>173</v>
+      <c r="B9" s="4" t="s">
+        <v>178</v>
+      </c>
+      <c r="C9" s="6">
+        <v>100.79</v>
       </c>
       <c r="D9" s="6">
-        <v>100.79</v>
+        <v>47.43</v>
       </c>
       <c r="E9" s="6">
-        <v>47.43</v>
-[...1 lines deleted...]
-      <c r="F9" s="6">
         <v>38.06</v>
       </c>
-      <c r="G9" s="7" t="s">
-        <v>13</v>
+      <c r="F9" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" s="6">
+        <v>49.58</v>
       </c>
       <c r="H9" s="6">
-        <v>49.58</v>
-[...1 lines deleted...]
-      <c r="I9" s="8">
+        <v>48.21</v>
+      </c>
+      <c r="I9" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J9" s="8">
         <v>42.745</v>
       </c>
     </row>
-    <row r="10" spans="1:9">
+    <row r="10" spans="1:10">
       <c r="A10" s="4">
         <v>6</v>
       </c>
-      <c r="B10" s="4">
-[...3 lines deleted...]
-        <v>174</v>
+      <c r="B10" s="4" t="s">
+        <v>179</v>
+      </c>
+      <c r="C10" s="6">
+        <v>48.38</v>
       </c>
       <c r="D10" s="6">
+        <v>60.84</v>
+      </c>
+      <c r="E10" s="6">
+        <v>65.37</v>
+      </c>
+      <c r="F10" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" s="6">
+        <v>118.67</v>
+      </c>
+      <c r="H10" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I10" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J10" s="8">
         <v>48.38</v>
       </c>
-      <c r="E10" s="6">
-[...15 lines deleted...]
-    <row r="11" spans="1:9">
+    </row>
+    <row r="11" spans="1:10">
       <c r="A11" s="4">
         <v>7</v>
       </c>
-      <c r="B11" s="4">
-[...3 lines deleted...]
-        <v>175</v>
+      <c r="B11" s="4" t="s">
+        <v>180</v>
+      </c>
+      <c r="C11" s="6">
+        <v>51.7</v>
       </c>
       <c r="D11" s="6">
-        <v>51.7</v>
+        <v>61.27</v>
       </c>
       <c r="E11" s="6">
-        <v>61.27</v>
+        <v>45.53</v>
       </c>
       <c r="F11" s="6">
-        <v>45.53</v>
-[...1 lines deleted...]
-      <c r="G11" s="6">
         <v>58.07</v>
       </c>
-      <c r="H11" s="7" t="s">
-[...2 lines deleted...]
-      <c r="I11" s="8">
+      <c r="G11" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H11" s="6">
+        <v>61.02</v>
+      </c>
+      <c r="I11" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J11" s="8">
         <v>48.615</v>
       </c>
     </row>
-    <row r="12" spans="1:9">
+    <row r="12" spans="1:10">
       <c r="A12" s="4">
         <v>8</v>
       </c>
-      <c r="B12" s="4">
-[...3 lines deleted...]
-        <v>176</v>
+      <c r="B12" s="4" t="s">
+        <v>181</v>
+      </c>
+      <c r="C12" s="6">
+        <v>51.81</v>
       </c>
       <c r="D12" s="6">
+        <v>52.85</v>
+      </c>
+      <c r="E12" s="6">
+        <v>61.2</v>
+      </c>
+      <c r="F12" s="6">
+        <v>63.07</v>
+      </c>
+      <c r="G12" s="6">
+        <v>73.53</v>
+      </c>
+      <c r="H12" s="6">
+        <v>62.07</v>
+      </c>
+      <c r="I12" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J12" s="8">
         <v>51.81</v>
       </c>
-      <c r="E12" s="6">
-[...15 lines deleted...]
-    <row r="13" spans="1:9">
+    </row>
+    <row r="13" spans="1:10">
       <c r="A13" s="4">
         <v>9</v>
       </c>
-      <c r="B13" s="4">
-[...3 lines deleted...]
-        <v>177</v>
+      <c r="B13" s="4" t="s">
+        <v>182</v>
+      </c>
+      <c r="C13" s="6">
+        <v>53.9</v>
       </c>
       <c r="D13" s="6">
+        <v>58.13</v>
+      </c>
+      <c r="E13" s="6">
+        <v>67.81</v>
+      </c>
+      <c r="F13" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" s="6">
+        <v>63.16</v>
+      </c>
+      <c r="H13" s="6">
+        <v>57.67</v>
+      </c>
+      <c r="I13" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J13" s="8">
         <v>53.9</v>
       </c>
-      <c r="E13" s="6">
-[...15 lines deleted...]
-    <row r="14" spans="1:9">
+    </row>
+    <row r="14" spans="1:10">
       <c r="A14" s="4">
         <v>10</v>
       </c>
-      <c r="B14" s="4">
-[...5 lines deleted...]
-      <c r="D14" s="6">
+      <c r="B14" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="C14" s="6">
         <v>58.59</v>
       </c>
+      <c r="D14" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E14" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="F14" s="7" t="s">
-        <v>13</v>
+      <c r="F14" s="6">
+        <v>125.75</v>
       </c>
       <c r="G14" s="6">
-        <v>125.75</v>
+        <v>125.11</v>
       </c>
       <c r="H14" s="6">
-        <v>125.11</v>
-[...1 lines deleted...]
-      <c r="I14" s="8">
+        <v>101.93</v>
+      </c>
+      <c r="I14" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J14" s="8">
         <v>58.59</v>
       </c>
     </row>
-    <row r="15" spans="1:9">
+    <row r="15" spans="1:10">
       <c r="A15" s="4">
         <v>11</v>
       </c>
-      <c r="B15" s="4">
-[...3 lines deleted...]
-        <v>179</v>
+      <c r="B15" s="4" t="s">
+        <v>184</v>
+      </c>
+      <c r="C15" s="6">
+        <v>58.68</v>
       </c>
       <c r="D15" s="6">
+        <v>105.8</v>
+      </c>
+      <c r="E15" s="6">
+        <v>90.38</v>
+      </c>
+      <c r="F15" s="6">
+        <v>92.64</v>
+      </c>
+      <c r="G15" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H15" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I15" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J15" s="8">
         <v>58.68</v>
       </c>
-      <c r="E15" s="6">
-[...15 lines deleted...]
-    <row r="16" spans="1:9">
+    </row>
+    <row r="16" spans="1:10">
       <c r="A16" s="4">
         <v>12</v>
       </c>
-      <c r="B16" s="4">
-[...3 lines deleted...]
-        <v>180</v>
+      <c r="B16" s="4" t="s">
+        <v>185</v>
+      </c>
+      <c r="C16" s="6">
+        <v>121.39</v>
       </c>
       <c r="D16" s="6">
-        <v>121.39</v>
+        <v>55.56</v>
       </c>
       <c r="E16" s="6">
-        <v>55.56</v>
+        <v>64.07</v>
       </c>
       <c r="F16" s="6">
-        <v>64.07</v>
-[...1 lines deleted...]
-      <c r="G16" s="6">
         <v>68.94</v>
       </c>
-      <c r="H16" s="7" t="s">
-[...2 lines deleted...]
-      <c r="I16" s="8">
+      <c r="G16" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H16" s="6">
+        <v>88.55</v>
+      </c>
+      <c r="I16" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J16" s="8">
         <v>59.815</v>
       </c>
     </row>
-    <row r="17" spans="1:9">
+    <row r="17" spans="1:10">
       <c r="A17" s="4">
         <v>13</v>
       </c>
-      <c r="B17" s="4">
-[...3 lines deleted...]
-        <v>181</v>
+      <c r="B17" s="4" t="s">
+        <v>186</v>
+      </c>
+      <c r="C17" s="6">
+        <v>112.19</v>
       </c>
       <c r="D17" s="6">
-        <v>112.19</v>
+        <v>66.27</v>
       </c>
       <c r="E17" s="6">
-        <v>66.27</v>
-[...1 lines deleted...]
-      <c r="F17" s="6">
         <v>62.06</v>
       </c>
+      <c r="F17" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="G17" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H17" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I17" s="8">
+      <c r="I17" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J17" s="8">
         <v>64.165</v>
       </c>
     </row>
-    <row r="18" spans="1:9">
+    <row r="18" spans="1:10">
       <c r="A18" s="4">
         <v>14</v>
       </c>
-      <c r="B18" s="4">
-[...3 lines deleted...]
-        <v>182</v>
+      <c r="B18" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="C18" s="6">
+        <v>141.76</v>
       </c>
       <c r="D18" s="6">
-        <v>141.76</v>
+        <v>81.97</v>
       </c>
       <c r="E18" s="6">
-        <v>81.97</v>
+        <v>79.88</v>
       </c>
       <c r="F18" s="6">
-        <v>79.88</v>
+        <v>54.28</v>
       </c>
       <c r="G18" s="6">
-        <v>54.28</v>
+        <v>87.11</v>
       </c>
       <c r="H18" s="6">
-        <v>87.11</v>
-[...1 lines deleted...]
-      <c r="I18" s="8">
+        <v>89.12</v>
+      </c>
+      <c r="I18" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J18" s="8">
         <v>67.08</v>
       </c>
     </row>
-    <row r="19" spans="1:9">
+    <row r="19" spans="1:10">
       <c r="A19" s="4">
         <v>15</v>
       </c>
-      <c r="B19" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B19" s="4" t="s">
+        <v>188</v>
+      </c>
+      <c r="C19" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" s="6">
+        <v>84.11</v>
       </c>
       <c r="E19" s="6">
-        <v>84.11</v>
+        <v>72.55</v>
       </c>
       <c r="F19" s="6">
-        <v>72.55</v>
+        <v>71.87</v>
       </c>
       <c r="G19" s="6">
-        <v>71.87</v>
-[...1 lines deleted...]
-      <c r="H19" s="6">
         <v>69.84</v>
       </c>
-      <c r="I19" s="8">
+      <c r="H19" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I19" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J19" s="8">
         <v>70.855</v>
       </c>
     </row>
-    <row r="20" spans="1:9">
+    <row r="20" spans="1:10">
       <c r="A20" s="4">
         <v>16</v>
       </c>
-      <c r="B20" s="4">
-[...5 lines deleted...]
-      <c r="D20" s="6">
+      <c r="B20" s="4" t="s">
+        <v>189</v>
+      </c>
+      <c r="C20" s="6">
         <v>71.76</v>
       </c>
+      <c r="D20" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E20" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="G20" s="7" t="s">
-[...2 lines deleted...]
-      <c r="H20" s="6">
+      <c r="G20" s="6">
         <v>114.03</v>
       </c>
-      <c r="I20" s="8">
+      <c r="H20" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I20" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J20" s="8">
         <v>71.76</v>
       </c>
     </row>
-    <row r="21" spans="1:9">
+    <row r="21" spans="1:10">
       <c r="A21" s="4">
         <v>17</v>
       </c>
-      <c r="B21" s="4">
-[...9 lines deleted...]
-        <v>13</v>
+      <c r="B21" s="4" t="s">
+        <v>190</v>
+      </c>
+      <c r="C21" s="6">
+        <v>85.14</v>
+      </c>
+      <c r="D21" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" s="6">
+        <v>81.03</v>
       </c>
       <c r="F21" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="G21" s="6">
-        <v>73.22</v>
+      <c r="G21" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="H21" s="6">
-        <v>75.91</v>
-[...5 lines deleted...]
-    <row r="22" spans="1:9">
+        <v>65.8</v>
+      </c>
+      <c r="I21" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J21" s="8">
+        <v>73.415</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10">
       <c r="A22" s="4">
         <v>18</v>
       </c>
-      <c r="B22" s="4">
-[...6 lines deleted...]
-        <v>75.38</v>
+      <c r="B22" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="C22" s="6">
+        <v>107.06</v>
+      </c>
+      <c r="D22" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E22" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="F22" s="7" t="s">
-[...12 lines deleted...]
-    <row r="23" spans="1:9">
+      <c r="F22" s="6">
+        <v>73.22</v>
+      </c>
+      <c r="G22" s="6">
+        <v>75.91</v>
+      </c>
+      <c r="H22" s="6">
+        <v>90.27</v>
+      </c>
+      <c r="I22" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J22" s="8">
+        <v>74.565</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10">
       <c r="A23" s="4">
         <v>19</v>
       </c>
-      <c r="B23" s="4">
-[...24 lines deleted...]
-    <row r="24" spans="1:9">
+      <c r="B23" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="C23" s="6">
+        <v>75.38</v>
+      </c>
+      <c r="D23" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F23" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H23" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I23" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J23" s="8">
+        <v>75.38</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10">
       <c r="A24" s="4">
         <v>20</v>
       </c>
-      <c r="B24" s="4">
-[...3 lines deleted...]
-        <v>188</v>
+      <c r="B24" s="4" t="s">
+        <v>193</v>
+      </c>
+      <c r="C24" s="6">
+        <v>129.12</v>
       </c>
       <c r="D24" s="6">
-        <v>85.14</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>75.12</v>
+      </c>
+      <c r="E24" s="6">
+        <v>89.08</v>
       </c>
       <c r="F24" s="6">
-        <v>81.03</v>
-[...11 lines deleted...]
-    <row r="25" spans="1:9">
+        <v>127.83</v>
+      </c>
+      <c r="G24" s="6">
+        <v>101.4</v>
+      </c>
+      <c r="H24" s="6">
+        <v>98.87</v>
+      </c>
+      <c r="I24" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J24" s="8">
+        <v>82.1</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10">
       <c r="A25" s="4">
         <v>21</v>
       </c>
-      <c r="B25" s="4">
-[...5 lines deleted...]
-      <c r="D25" s="6">
+      <c r="B25" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="C25" s="6">
         <v>83.44</v>
       </c>
+      <c r="D25" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E25" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F25" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G25" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H25" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I25" s="8">
+      <c r="I25" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J25" s="8">
         <v>83.44</v>
       </c>
     </row>
-    <row r="26" spans="1:9">
+    <row r="26" spans="1:10">
       <c r="A26" s="4">
         <v>22</v>
       </c>
-      <c r="B26" s="4">
-[...3 lines deleted...]
-        <v>190</v>
+      <c r="B26" s="4" t="s">
+        <v>195</v>
+      </c>
+      <c r="C26" s="6">
+        <v>131.7</v>
       </c>
       <c r="D26" s="6">
-        <v>131.7</v>
+        <v>83.68</v>
       </c>
       <c r="E26" s="6">
-        <v>83.68</v>
-[...1 lines deleted...]
-      <c r="F26" s="6">
         <v>87.64</v>
       </c>
-      <c r="G26" s="7" t="s">
-        <v>13</v>
+      <c r="F26" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" s="6">
+        <v>126.06</v>
       </c>
       <c r="H26" s="6">
-        <v>126.06</v>
-[...1 lines deleted...]
-      <c r="I26" s="8">
+        <v>106.42</v>
+      </c>
+      <c r="I26" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J26" s="8">
         <v>85.66</v>
       </c>
     </row>
-    <row r="27" spans="1:9">
+    <row r="27" spans="1:10">
       <c r="A27" s="4">
         <v>23</v>
       </c>
-      <c r="B27" s="4">
-[...8 lines deleted...]
-      <c r="E27" s="6">
+      <c r="B27" s="4" t="s">
+        <v>196</v>
+      </c>
+      <c r="C27" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" s="6">
         <v>70.83</v>
       </c>
+      <c r="E27" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="F27" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G27" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H27" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I27" s="8">
+      <c r="I27" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J27" s="8">
         <v>86.4126</v>
       </c>
     </row>
-    <row r="28" spans="1:9">
+    <row r="28" spans="1:10">
       <c r="A28" s="4">
         <v>24</v>
       </c>
-      <c r="B28" s="4">
-[...3 lines deleted...]
-        <v>192</v>
+      <c r="B28" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="C28" s="6">
+        <v>88.82</v>
       </c>
       <c r="D28" s="6">
+        <v>108.94</v>
+      </c>
+      <c r="E28" s="6">
+        <v>114.66</v>
+      </c>
+      <c r="F28" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H28" s="6">
+        <v>108.24</v>
+      </c>
+      <c r="I28" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J28" s="8">
         <v>88.82</v>
       </c>
-      <c r="E28" s="6">
-[...15 lines deleted...]
-    <row r="29" spans="1:9">
+    </row>
+    <row r="29" spans="1:10">
       <c r="A29" s="4">
         <v>25</v>
       </c>
-      <c r="B29" s="4">
-[...3 lines deleted...]
-        <v>193</v>
+      <c r="B29" s="4" t="s">
+        <v>198</v>
+      </c>
+      <c r="C29" s="6">
+        <v>117.75</v>
       </c>
       <c r="D29" s="6">
-        <v>117.75</v>
+        <v>92.67</v>
       </c>
       <c r="E29" s="6">
-        <v>92.67</v>
+        <v>94.54</v>
       </c>
       <c r="F29" s="6">
-        <v>94.54</v>
+        <v>90.2</v>
       </c>
       <c r="G29" s="6">
-        <v>90.2</v>
+        <v>92.11</v>
       </c>
       <c r="H29" s="6">
-        <v>92.11</v>
-[...5 lines deleted...]
-    <row r="30" spans="1:9">
+        <v>90.08</v>
+      </c>
+      <c r="I29" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J29" s="8">
+        <v>90.14</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10">
       <c r="A30" s="4">
         <v>26</v>
       </c>
-      <c r="B30" s="4">
-[...3 lines deleted...]
-        <v>194</v>
+      <c r="B30" s="4" t="s">
+        <v>199</v>
+      </c>
+      <c r="C30" s="6">
+        <v>202.14</v>
       </c>
       <c r="D30" s="6">
-        <v>202.14</v>
+        <v>87.96</v>
       </c>
       <c r="E30" s="6">
-        <v>87.96</v>
+        <v>98.57</v>
       </c>
       <c r="F30" s="6">
-        <v>98.57</v>
-[...1 lines deleted...]
-      <c r="G30" s="6">
         <v>118.66</v>
       </c>
+      <c r="G30" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="H30" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I30" s="8">
+      <c r="I30" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J30" s="8">
         <v>93.265</v>
       </c>
     </row>
-    <row r="31" spans="1:9">
+    <row r="31" spans="1:10">
       <c r="A31" s="4">
         <v>27</v>
       </c>
-      <c r="B31" s="4">
-[...3 lines deleted...]
-        <v>195</v>
+      <c r="B31" s="4" t="s">
+        <v>200</v>
+      </c>
+      <c r="C31" s="6">
+        <v>195.82</v>
       </c>
       <c r="D31" s="6">
-        <v>195.82</v>
+        <v>74.4</v>
       </c>
       <c r="E31" s="6">
-        <v>74.4</v>
-[...1 lines deleted...]
-      <c r="F31" s="6">
         <v>112.22</v>
       </c>
+      <c r="F31" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="G31" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H31" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I31" s="8">
+      <c r="I31" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J31" s="8">
         <v>93.31</v>
       </c>
     </row>
-    <row r="32" spans="1:9">
+    <row r="32" spans="1:10">
       <c r="A32" s="4">
         <v>28</v>
       </c>
-      <c r="B32" s="4">
-[...3 lines deleted...]
-        <v>196</v>
+      <c r="B32" s="4" t="s">
+        <v>201</v>
+      </c>
+      <c r="C32" s="6">
+        <v>184.72</v>
       </c>
       <c r="D32" s="6">
-        <v>184.72</v>
+        <v>102.8</v>
       </c>
       <c r="E32" s="6">
-        <v>102.8</v>
+        <v>83.91</v>
       </c>
       <c r="F32" s="6">
-        <v>83.91</v>
+        <v>109.5</v>
       </c>
       <c r="G32" s="6">
-        <v>109.5</v>
+        <v>114.27</v>
       </c>
       <c r="H32" s="6">
-        <v>114.27</v>
-[...1 lines deleted...]
-      <c r="I32" s="8">
+        <v>126.21</v>
+      </c>
+      <c r="I32" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J32" s="8">
         <v>93.355</v>
       </c>
     </row>
-    <row r="33" spans="1:9">
+    <row r="33" spans="1:10">
       <c r="A33" s="4">
         <v>29</v>
       </c>
-      <c r="B33" s="4">
-[...5 lines deleted...]
-      <c r="D33" s="6">
+      <c r="B33" s="4" t="s">
+        <v>202</v>
+      </c>
+      <c r="C33" s="6">
         <v>94.83</v>
       </c>
+      <c r="D33" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E33" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="G33" s="7" t="s">
-        <v>13</v>
+      <c r="G33" s="6">
+        <v>121.77</v>
       </c>
       <c r="H33" s="6">
-        <v>121.77</v>
-[...1 lines deleted...]
-      <c r="I33" s="8">
+        <v>114.35</v>
+      </c>
+      <c r="I33" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J33" s="8">
         <v>94.83</v>
       </c>
     </row>
-    <row r="34" spans="1:9">
+    <row r="34" spans="1:10">
       <c r="A34" s="4">
         <v>30</v>
       </c>
-      <c r="B34" s="4">
-[...5 lines deleted...]
-      <c r="D34" s="6">
+      <c r="B34" s="4" t="s">
+        <v>203</v>
+      </c>
+      <c r="C34" s="6">
         <v>178.95</v>
       </c>
+      <c r="D34" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E34" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="F34" s="7" t="s">
-        <v>13</v>
+      <c r="F34" s="6">
+        <v>93.86</v>
       </c>
       <c r="G34" s="6">
-        <v>93.86</v>
-[...1 lines deleted...]
-      <c r="H34" s="6">
         <v>102.24</v>
       </c>
-      <c r="I34" s="8">
+      <c r="H34" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I34" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J34" s="8">
         <v>98.05</v>
       </c>
     </row>
-    <row r="35" spans="1:9">
+    <row r="35" spans="1:10">
       <c r="A35" s="4">
         <v>31</v>
       </c>
-      <c r="B35" s="4">
-[...3 lines deleted...]
-        <v>199</v>
+      <c r="B35" s="4" t="s">
+        <v>204</v>
+      </c>
+      <c r="C35" s="6">
+        <v>113.32</v>
       </c>
       <c r="D35" s="6">
-        <v>113.32</v>
+        <v>93.53</v>
       </c>
       <c r="E35" s="6">
-        <v>93.53</v>
+        <v>103.31</v>
       </c>
       <c r="F35" s="6">
-        <v>103.31</v>
+        <v>127.95</v>
       </c>
       <c r="G35" s="6">
-        <v>127.95</v>
-[...1 lines deleted...]
-      <c r="H35" s="6">
         <v>113.79</v>
       </c>
-      <c r="I35" s="8">
+      <c r="H35" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I35" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J35" s="8">
         <v>98.42</v>
       </c>
     </row>
-    <row r="36" spans="1:9">
+    <row r="36" spans="1:10">
       <c r="A36" s="4">
         <v>32</v>
       </c>
-      <c r="B36" s="4">
-[...5 lines deleted...]
-      <c r="D36" s="6">
+      <c r="B36" s="4" t="s">
+        <v>205</v>
+      </c>
+      <c r="C36" s="6">
         <v>98.44</v>
       </c>
+      <c r="D36" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E36" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="F36" s="7" t="s">
-[...2 lines deleted...]
-      <c r="G36" s="6">
+      <c r="F36" s="6">
         <v>105.22</v>
       </c>
+      <c r="G36" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="H36" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I36" s="8">
+      <c r="I36" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J36" s="8">
         <v>98.44</v>
       </c>
     </row>
-    <row r="37" spans="1:9">
+    <row r="37" spans="1:10">
       <c r="A37" s="4">
         <v>33</v>
       </c>
-      <c r="B37" s="4">
-[...5 lines deleted...]
-      <c r="D37" s="6">
+      <c r="B37" s="4" t="s">
+        <v>206</v>
+      </c>
+      <c r="C37" s="6">
         <v>98.9</v>
       </c>
+      <c r="D37" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E37" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="F37" s="7" t="s">
-[...2 lines deleted...]
-      <c r="G37" s="6">
+      <c r="F37" s="6">
         <v>150.31</v>
       </c>
+      <c r="G37" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="H37" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I37" s="8">
+      <c r="I37" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J37" s="8">
         <v>98.9</v>
       </c>
     </row>
-    <row r="38" spans="1:9">
+    <row r="38" spans="1:10">
       <c r="A38" s="4">
         <v>34</v>
       </c>
-      <c r="B38" s="4">
-[...3 lines deleted...]
-        <v>202</v>
+      <c r="B38" s="4" t="s">
+        <v>207</v>
+      </c>
+      <c r="C38" s="6">
+        <v>120.66</v>
       </c>
       <c r="D38" s="6">
-        <v>120.66</v>
+        <v>90.1</v>
       </c>
       <c r="E38" s="6">
-        <v>90.1</v>
+        <v>113.51</v>
       </c>
       <c r="F38" s="6">
-        <v>113.51</v>
-[...1 lines deleted...]
-      <c r="G38" s="6">
         <v>110.48</v>
       </c>
-      <c r="H38" s="7" t="s">
-[...2 lines deleted...]
-      <c r="I38" s="8">
+      <c r="G38" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H38" s="6">
+        <v>127.93</v>
+      </c>
+      <c r="I38" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J38" s="8">
         <v>100.29</v>
       </c>
     </row>
-    <row r="39" spans="1:9">
+    <row r="39" spans="1:10">
       <c r="A39" s="4">
         <v>35</v>
       </c>
-      <c r="B39" s="4">
-[...3 lines deleted...]
-        <v>203</v>
+      <c r="B39" s="4" t="s">
+        <v>208</v>
+      </c>
+      <c r="C39" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D39" s="6">
-        <v>155.43</v>
-[...2 lines deleted...]
-        <v>95.81</v>
+        <v>99.38</v>
+      </c>
+      <c r="E39" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="F39" s="6">
-        <v>107.05</v>
+        <v>124.41</v>
       </c>
       <c r="G39" s="6">
-        <v>112.56</v>
+        <v>118.55</v>
       </c>
       <c r="H39" s="6">
-        <v>117.24</v>
-[...5 lines deleted...]
-    <row r="40" spans="1:9">
+        <v>102.21</v>
+      </c>
+      <c r="I39" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J39" s="8">
+        <v>100.795</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10">
       <c r="A40" s="4">
         <v>36</v>
       </c>
-      <c r="B40" s="4">
-[...9 lines deleted...]
-        <v>102.8</v>
+      <c r="B40" s="4" t="s">
+        <v>209</v>
+      </c>
+      <c r="C40" s="6">
+        <v>163.33</v>
+      </c>
+      <c r="D40" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="F40" s="6">
-        <v>113.51</v>
+        <v>115.37</v>
       </c>
       <c r="G40" s="6">
-        <v>102.29</v>
+        <v>115.81</v>
       </c>
       <c r="H40" s="6">
-        <v>116.77</v>
-[...5 lines deleted...]
-    <row r="41" spans="1:9">
+        <v>87.21</v>
+      </c>
+      <c r="I40" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J40" s="8">
+        <v>101.29</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10">
       <c r="A41" s="4">
         <v>37</v>
       </c>
-      <c r="B41" s="4">
-[...3 lines deleted...]
-        <v>205</v>
+      <c r="B41" s="4" t="s">
+        <v>210</v>
+      </c>
+      <c r="C41" s="6">
+        <v>155.43</v>
       </c>
       <c r="D41" s="6">
-        <v>106.83</v>
-[...5 lines deleted...]
-        <v>13</v>
+        <v>95.81</v>
+      </c>
+      <c r="E41" s="6">
+        <v>107.05</v>
+      </c>
+      <c r="F41" s="6">
+        <v>112.56</v>
       </c>
       <c r="G41" s="6">
-        <v>134.55</v>
+        <v>117.24</v>
       </c>
       <c r="H41" s="6">
-        <v>118.32</v>
-[...5 lines deleted...]
-    <row r="42" spans="1:9">
+        <v>112.92</v>
+      </c>
+      <c r="I41" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J41" s="8">
+        <v>101.43</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10">
       <c r="A42" s="4">
         <v>38</v>
       </c>
-      <c r="B42" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B42" s="4" t="s">
+        <v>211</v>
+      </c>
+      <c r="C42" s="6">
+        <v>182.43</v>
+      </c>
+      <c r="D42" s="6">
+        <v>102.8</v>
       </c>
       <c r="E42" s="6">
-        <v>99.38</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>113.51</v>
+      </c>
+      <c r="F42" s="6">
+        <v>102.29</v>
       </c>
       <c r="G42" s="6">
-        <v>124.41</v>
-[...8 lines deleted...]
-    <row r="43" spans="1:9">
+        <v>116.77</v>
+      </c>
+      <c r="H42" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I42" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J42" s="8">
+        <v>102.545</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10">
       <c r="A43" s="4">
         <v>39</v>
       </c>
-      <c r="B43" s="4">
-[...6 lines deleted...]
-        <v>111.31</v>
+      <c r="B43" s="4" t="s">
+        <v>212</v>
+      </c>
+      <c r="C43" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D43" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E43" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="F43" s="6">
-[...12 lines deleted...]
-    <row r="44" spans="1:9">
+      <c r="F43" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" s="6">
+        <v>100.57</v>
+      </c>
+      <c r="H43" s="6">
+        <v>111.96</v>
+      </c>
+      <c r="I43" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J43" s="8">
+        <v>106.265</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10">
       <c r="A44" s="4">
         <v>40</v>
       </c>
-      <c r="B44" s="4">
-[...3 lines deleted...]
-        <v>208</v>
+      <c r="B44" s="4" t="s">
+        <v>213</v>
+      </c>
+      <c r="C44" s="6">
+        <v>106.83</v>
       </c>
       <c r="D44" s="7" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="F44" s="7" t="s">
-        <v>13</v>
+      <c r="F44" s="6">
+        <v>134.55</v>
       </c>
       <c r="G44" s="6">
-        <v>113.41</v>
-[...8 lines deleted...]
-    <row r="45" spans="1:9">
+        <v>118.32</v>
+      </c>
+      <c r="H44" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I44" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J44" s="8">
+        <v>106.83</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10">
       <c r="A45" s="4">
         <v>41</v>
       </c>
-      <c r="B45" s="4">
-[...9 lines deleted...]
-        <v>13</v>
+      <c r="B45" s="4" t="s">
+        <v>214</v>
+      </c>
+      <c r="C45" s="6">
+        <v>111.31</v>
+      </c>
+      <c r="D45" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" s="6">
+        <v>110.35</v>
       </c>
       <c r="F45" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="G45" s="6">
-[...9 lines deleted...]
-    <row r="46" spans="1:9">
+      <c r="G45" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H45" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I45" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J45" s="8">
+        <v>110.83</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10">
       <c r="A46" s="4">
         <v>42</v>
       </c>
-      <c r="B46" s="4">
-[...12 lines deleted...]
-        <v>13</v>
+      <c r="B46" s="4" t="s">
+        <v>215</v>
+      </c>
+      <c r="C46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F46" s="6">
+        <v>113.41</v>
       </c>
       <c r="G46" s="6">
-        <v>134.91</v>
-[...8 lines deleted...]
-    <row r="47" spans="1:9">
+        <v>113.79</v>
+      </c>
+      <c r="H46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J46" s="8">
+        <v>113.6</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10">
       <c r="A47" s="4">
         <v>43</v>
       </c>
-      <c r="B47" s="4">
-[...5 lines deleted...]
-      <c r="D47" s="6">
+      <c r="B47" s="4" t="s">
+        <v>216</v>
+      </c>
+      <c r="C47" s="6">
         <v>130.21</v>
       </c>
-      <c r="E47" s="7" t="s">
-[...2 lines deleted...]
-      <c r="F47" s="6">
+      <c r="D47" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" s="6">
         <v>113.51</v>
       </c>
+      <c r="F47" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="G47" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="H47" s="7" t="s">
-[...6 lines deleted...]
-    <row r="48" spans="1:9">
+      <c r="H47" s="6">
+        <v>121.52</v>
+      </c>
+      <c r="I47" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J47" s="8">
+        <v>117.515</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10">
       <c r="A48" s="4">
         <v>44</v>
       </c>
-      <c r="B48" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B48" s="4" t="s">
+        <v>217</v>
+      </c>
+      <c r="C48" s="6">
+        <v>177.31</v>
+      </c>
+      <c r="D48" s="6">
+        <v>110.94</v>
       </c>
       <c r="E48" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="F48" s="7" t="s">
-[...12 lines deleted...]
-    <row r="49" spans="1:9">
+      <c r="F48" s="6">
+        <v>134.91</v>
+      </c>
+      <c r="G48" s="6">
+        <v>124.99</v>
+      </c>
+      <c r="H48" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I48" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J48" s="8">
+        <v>117.965</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10">
       <c r="A49" s="4">
         <v>45</v>
       </c>
-      <c r="B49" s="4">
-[...6 lines deleted...]
-        <v>125.05</v>
+      <c r="B49" s="4" t="s">
+        <v>218</v>
+      </c>
+      <c r="C49" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D49" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E49" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="F49" s="7" t="s">
-        <v>13</v>
+      <c r="F49" s="6">
+        <v>133.57</v>
       </c>
       <c r="G49" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="H49" s="7" t="s">
-[...6 lines deleted...]
-    <row r="50" spans="1:9">
+      <c r="H49" s="6">
+        <v>112.35</v>
+      </c>
+      <c r="I49" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J49" s="8">
+        <v>122.96</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10">
       <c r="A50" s="4">
         <v>46</v>
       </c>
-      <c r="B50" s="4">
-[...6 lines deleted...]
-        <v>156.3</v>
+      <c r="B50" s="4" t="s">
+        <v>219</v>
+      </c>
+      <c r="C50" s="6">
+        <v>125.05</v>
+      </c>
+      <c r="D50" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E50" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="F50" s="6">
-        <v>113.8</v>
+      <c r="F50" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="G50" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H50" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I50" s="8">
-[...3 lines deleted...]
-    <row r="51" spans="1:9">
+      <c r="I50" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J50" s="8">
+        <v>125.05</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10">
       <c r="A51" s="4">
         <v>47</v>
       </c>
-      <c r="B51" s="4">
-[...9 lines deleted...]
-        <v>13</v>
+      <c r="B51" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="C51" s="6">
+        <v>156.3</v>
+      </c>
+      <c r="D51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" s="6">
+        <v>113.8</v>
       </c>
       <c r="F51" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G51" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H51" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I51" s="8">
-[...3 lines deleted...]
-    <row r="52" spans="1:9">
+      <c r="I51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J51" s="8">
+        <v>135.05</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10">
       <c r="A52" s="4">
         <v>48</v>
       </c>
-      <c r="B52" s="4">
-[...6 lines deleted...]
-        <v>183.67</v>
+      <c r="B52" s="4" t="s">
+        <v>221</v>
+      </c>
+      <c r="C52" s="6">
+        <v>145.76</v>
+      </c>
+      <c r="D52" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="E52" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="F52" s="6">
-        <v>121.27</v>
+      <c r="F52" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="G52" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H52" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I52" s="8">
-[...3 lines deleted...]
-    <row r="53" spans="1:9">
+      <c r="I52" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J52" s="8">
+        <v>145.76</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10">
       <c r="A53" s="4">
         <v>49</v>
       </c>
-      <c r="B53" s="4">
-[...9 lines deleted...]
-        <v>13</v>
+      <c r="B53" s="4" t="s">
+        <v>222</v>
+      </c>
+      <c r="C53" s="6">
+        <v>183.67</v>
+      </c>
+      <c r="D53" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" s="6">
+        <v>121.27</v>
       </c>
       <c r="F53" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G53" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H53" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I53" s="8">
-[...3 lines deleted...]
-    <row r="54" spans="1:9">
+      <c r="I53" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J53" s="8">
+        <v>152.47</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10">
       <c r="A54" s="4">
         <v>50</v>
       </c>
-      <c r="B54" s="4">
-[...3 lines deleted...]
-        <v>218</v>
+      <c r="B54" s="4" t="s">
+        <v>223</v>
+      </c>
+      <c r="C54" s="6">
+        <v>158.5</v>
       </c>
       <c r="D54" s="7" t="s">
         <v>13</v>
       </c>
       <c r="E54" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F54" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="G54" s="6">
-        <v>133.57</v>
+      <c r="G54" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="H54" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I54" s="8">
-[...3 lines deleted...]
-    <row r="55" spans="1:9">
+      <c r="I54" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J54" s="8">
+        <v>158.5</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10">
       <c r="A55" s="4">
         <v>51</v>
       </c>
-      <c r="B55" s="4">
-[...5 lines deleted...]
-      <c r="D55" s="6">
+      <c r="B55" s="4" t="s">
+        <v>224</v>
+      </c>
+      <c r="C55" s="6">
         <v>221.45</v>
       </c>
+      <c r="D55" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E55" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="F55" s="7" t="s">
-[...2 lines deleted...]
-      <c r="G55" s="6">
+      <c r="F55" s="6">
         <v>119.4</v>
       </c>
+      <c r="G55" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="H55" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I55" s="8">
+      <c r="I55" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J55" s="8">
         <v>170.425</v>
       </c>
     </row>
-    <row r="56" spans="1:9">
+    <row r="56" spans="1:10">
       <c r="A56" s="4">
         <v>52</v>
       </c>
-      <c r="B56" s="4">
-[...5 lines deleted...]
-      <c r="D56" s="6">
+      <c r="B56" s="4" t="s">
+        <v>225</v>
+      </c>
+      <c r="C56" s="6">
         <v>179.83</v>
       </c>
+      <c r="D56" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E56" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F56" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G56" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H56" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I56" s="8">
+      <c r="I56" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J56" s="8">
         <v>179.83</v>
       </c>
     </row>
-    <row r="57" spans="1:9">
+    <row r="57" spans="1:10">
       <c r="A57" s="4">
         <v>53</v>
       </c>
-      <c r="B57" s="4">
-[...5 lines deleted...]
-      <c r="D57" s="6">
+      <c r="B57" s="4" t="s">
+        <v>226</v>
+      </c>
+      <c r="C57" s="6">
         <v>184.45</v>
       </c>
+      <c r="D57" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E57" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F57" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G57" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H57" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I57" s="8">
+      <c r="I57" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J57" s="8">
         <v>184.45</v>
       </c>
     </row>
-    <row r="58" spans="1:9">
+    <row r="58" spans="1:10">
       <c r="A58" s="4">
         <v>54</v>
       </c>
-      <c r="B58" s="4">
-[...5 lines deleted...]
-      <c r="D58" s="6">
+      <c r="B58" s="4" t="s">
+        <v>227</v>
+      </c>
+      <c r="C58" s="6">
         <v>184.55</v>
       </c>
+      <c r="D58" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E58" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F58" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G58" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H58" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I58" s="8">
+      <c r="I58" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J58" s="8">
         <v>184.55</v>
       </c>
     </row>
-    <row r="59" spans="1:9">
+    <row r="59" spans="1:10">
       <c r="A59" s="4">
         <v>55</v>
       </c>
-      <c r="B59" s="4">
-[...5 lines deleted...]
-      <c r="D59" s="6">
+      <c r="B59" s="4" t="s">
+        <v>228</v>
+      </c>
+      <c r="C59" s="6">
         <v>185.78</v>
       </c>
+      <c r="D59" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E59" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F59" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G59" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H59" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I59" s="8">
+      <c r="I59" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J59" s="8">
         <v>185.78</v>
       </c>
     </row>
-    <row r="60" spans="1:9">
+    <row r="60" spans="1:10">
       <c r="A60" s="4">
         <v>56</v>
       </c>
-      <c r="B60" s="4">
-[...5 lines deleted...]
-      <c r="D60" s="6">
+      <c r="B60" s="4" t="s">
+        <v>229</v>
+      </c>
+      <c r="C60" s="6">
         <v>187.34</v>
       </c>
+      <c r="D60" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E60" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F60" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G60" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H60" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I60" s="8">
+      <c r="I60" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J60" s="8">
         <v>187.34</v>
       </c>
     </row>
-    <row r="61" spans="1:9">
+    <row r="61" spans="1:10">
       <c r="A61" s="4">
         <v>57</v>
       </c>
-      <c r="B61" s="4">
-[...5 lines deleted...]
-      <c r="D61" s="6">
+      <c r="B61" s="4" t="s">
+        <v>230</v>
+      </c>
+      <c r="C61" s="6">
         <v>206.92</v>
       </c>
+      <c r="D61" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E61" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F61" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G61" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H61" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I61" s="8">
+      <c r="I61" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J61" s="8">
         <v>206.92</v>
       </c>
     </row>
-    <row r="62" spans="1:9">
+    <row r="62" spans="1:10">
       <c r="A62" s="4">
         <v>58</v>
       </c>
-      <c r="B62" s="4">
-[...5 lines deleted...]
-      <c r="D62" s="6">
+      <c r="B62" s="4" t="s">
+        <v>231</v>
+      </c>
+      <c r="C62" s="6">
         <v>209.4</v>
       </c>
+      <c r="D62" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E62" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F62" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G62" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H62" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I62" s="8">
+      <c r="I62" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J62" s="8">
         <v>209.4</v>
       </c>
     </row>
-    <row r="63" spans="1:9">
+    <row r="63" spans="1:10">
       <c r="A63" s="4">
         <v>59</v>
       </c>
-      <c r="B63" s="4">
-[...5 lines deleted...]
-      <c r="D63" s="6">
+      <c r="B63" s="4" t="s">
+        <v>232</v>
+      </c>
+      <c r="C63" s="6">
         <v>213.47</v>
       </c>
+      <c r="D63" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E63" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F63" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G63" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H63" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I63" s="8">
+      <c r="I63" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J63" s="8">
         <v>213.47</v>
       </c>
     </row>
-    <row r="64" spans="1:9">
+    <row r="64" spans="1:10">
       <c r="A64" s="4">
         <v>60</v>
       </c>
-      <c r="B64" s="4">
-[...5 lines deleted...]
-      <c r="D64" s="6">
+      <c r="B64" s="4" t="s">
+        <v>233</v>
+      </c>
+      <c r="C64" s="6">
         <v>215.87</v>
       </c>
+      <c r="D64" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E64" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F64" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G64" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H64" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I64" s="8">
+      <c r="I64" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J64" s="8">
         <v>215.87</v>
       </c>
     </row>
-    <row r="65" spans="1:9">
+    <row r="65" spans="1:10">
       <c r="A65" s="4">
         <v>61</v>
       </c>
-      <c r="B65" s="4">
-[...5 lines deleted...]
-      <c r="D65" s="6">
+      <c r="B65" s="4" t="s">
+        <v>234</v>
+      </c>
+      <c r="C65" s="6">
         <v>229.48</v>
       </c>
+      <c r="D65" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E65" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F65" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G65" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H65" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I65" s="8">
+      <c r="I65" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J65" s="8">
         <v>229.48</v>
       </c>
     </row>
-    <row r="66" spans="1:9">
+    <row r="66" spans="1:10">
       <c r="A66" s="4">
         <v>62</v>
       </c>
-      <c r="B66" s="4">
-[...5 lines deleted...]
-      <c r="D66" s="6">
+      <c r="B66" s="4" t="s">
+        <v>235</v>
+      </c>
+      <c r="C66" s="6">
         <v>232.34</v>
       </c>
+      <c r="D66" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E66" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F66" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G66" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H66" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I66" s="8">
+      <c r="I66" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J66" s="8">
         <v>232.34</v>
       </c>
     </row>
-    <row r="67" spans="1:9">
+    <row r="67" spans="1:10">
       <c r="A67" s="4">
         <v>63</v>
       </c>
-      <c r="B67" s="4">
-[...5 lines deleted...]
-      <c r="D67" s="6">
+      <c r="B67" s="4" t="s">
+        <v>236</v>
+      </c>
+      <c r="C67" s="6">
         <v>244.02</v>
       </c>
+      <c r="D67" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E67" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F67" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G67" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H67" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I67" s="8">
+      <c r="I67" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J67" s="8">
         <v>244.02</v>
       </c>
     </row>
-    <row r="68" spans="1:9">
+    <row r="68" spans="1:10">
       <c r="A68" s="4">
         <v>64</v>
       </c>
-      <c r="B68" s="4">
-[...5 lines deleted...]
-      <c r="D68" s="6">
+      <c r="B68" s="4" t="s">
+        <v>237</v>
+      </c>
+      <c r="C68" s="6">
         <v>275.74</v>
       </c>
+      <c r="D68" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E68" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F68" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G68" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H68" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I68" s="8">
+      <c r="I68" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J68" s="8">
         <v>275.74</v>
       </c>
     </row>
-    <row r="69" spans="1:9">
+    <row r="69" spans="1:10">
       <c r="A69" s="4">
         <v>65</v>
       </c>
-      <c r="B69" s="4">
-[...5 lines deleted...]
-      <c r="D69" s="6">
+      <c r="B69" s="4" t="s">
+        <v>238</v>
+      </c>
+      <c r="C69" s="6">
         <v>286.84</v>
       </c>
+      <c r="D69" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E69" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F69" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G69" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H69" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I69" s="8">
+      <c r="I69" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J69" s="8">
         <v>286.84</v>
       </c>
     </row>
-    <row r="70" spans="1:9">
+    <row r="70" spans="1:10">
       <c r="A70" s="4">
         <v>66</v>
       </c>
-      <c r="B70" s="4">
-[...5 lines deleted...]
-      <c r="D70" s="6">
+      <c r="B70" s="4" t="s">
+        <v>239</v>
+      </c>
+      <c r="C70" s="6">
         <v>295.1</v>
       </c>
+      <c r="D70" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E70" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F70" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G70" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H70" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I70" s="8">
+      <c r="I70" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J70" s="8">
         <v>295.1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:I1"/>
-    <mergeCell ref="A2:I2"/>
+    <mergeCell ref="A1:J1"/>
+    <mergeCell ref="A2:J2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I64"/>
+  <dimension ref="A1:J68"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A4" sqref="A4:I64"/>
+      <selection activeCell="A4" sqref="A4:J68"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="true" style="0"/>
-    <col min="2" max="2" width="14" customWidth="true" style="0"/>
-    <col min="3" max="3" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="14" customWidth="true" style="0"/>
+    <col min="9" max="9" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9">
+    <row r="1" spans="1:10">
       <c r="A1" s="1" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:9">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="2" spans="1:10">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:9" customHeight="1" ht="150">
+    <row r="4" spans="1:10" customHeight="1" ht="150">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="5" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="I4" s="3" t="s">
+      <c r="I4" s="5" t="s">
         <v>10</v>
       </c>
-    </row>
-    <row r="5" spans="1:9">
+      <c r="J4" s="3" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10">
       <c r="A5" s="4">
         <v>1</v>
       </c>
-      <c r="B5" s="4">
-[...3 lines deleted...]
-        <v>236</v>
+      <c r="B5" s="4" t="s">
+        <v>241</v>
+      </c>
+      <c r="C5" s="6">
+        <v>105.23</v>
       </c>
       <c r="D5" s="6">
-        <v>105.23</v>
+        <v>121.68</v>
       </c>
       <c r="E5" s="6">
-        <v>121.68</v>
+        <v>103.44</v>
       </c>
       <c r="F5" s="6">
-        <v>103.44</v>
+        <v>110.24</v>
       </c>
       <c r="G5" s="6">
-        <v>110.24</v>
-[...1 lines deleted...]
-      <c r="H5" s="6">
         <v>120.15</v>
       </c>
-      <c r="I5" s="8">
+      <c r="H5" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I5" s="6">
+        <v>123.64</v>
+      </c>
+      <c r="J5" s="8">
         <v>104.335</v>
       </c>
     </row>
-    <row r="6" spans="1:9">
+    <row r="6" spans="1:10">
       <c r="A6" s="4">
         <v>2</v>
       </c>
-      <c r="B6" s="4">
-[...3 lines deleted...]
-        <v>237</v>
+      <c r="B6" s="4" t="s">
+        <v>242</v>
+      </c>
+      <c r="C6" s="6">
+        <v>118.48</v>
       </c>
       <c r="D6" s="6">
-        <v>118.48</v>
+        <v>142.93</v>
       </c>
       <c r="E6" s="6">
-        <v>142.93</v>
+        <v>146.74</v>
       </c>
       <c r="F6" s="6">
-        <v>146.74</v>
+        <v>113.94</v>
       </c>
       <c r="G6" s="6">
-        <v>113.94</v>
-[...1 lines deleted...]
-      <c r="H6" s="6">
         <v>106.59</v>
       </c>
-      <c r="I6" s="8">
-[...3 lines deleted...]
-    <row r="7" spans="1:9">
+      <c r="H6" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I6" s="6">
+        <v>113.49</v>
+      </c>
+      <c r="J6" s="8">
+        <v>110.04</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10">
       <c r="A7" s="4">
         <v>3</v>
       </c>
-      <c r="B7" s="4">
-[...3 lines deleted...]
-        <v>238</v>
+      <c r="B7" s="4" t="s">
+        <v>243</v>
+      </c>
+      <c r="C7" s="6">
+        <v>115.5</v>
       </c>
       <c r="D7" s="6">
+        <v>119.14</v>
+      </c>
+      <c r="E7" s="6">
+        <v>142.38</v>
+      </c>
+      <c r="F7" s="6">
+        <v>142.01</v>
+      </c>
+      <c r="G7" s="6">
+        <v>139.09</v>
+      </c>
+      <c r="H7" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I7" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J7" s="8">
         <v>115.5</v>
       </c>
-      <c r="E7" s="6">
-[...15 lines deleted...]
-    <row r="8" spans="1:9">
+    </row>
+    <row r="8" spans="1:10">
       <c r="A8" s="4">
         <v>4</v>
       </c>
-      <c r="B8" s="4">
-[...3 lines deleted...]
-        <v>239</v>
+      <c r="B8" s="4" t="s">
+        <v>244</v>
+      </c>
+      <c r="C8" s="6">
+        <v>136.04</v>
       </c>
       <c r="D8" s="6">
-        <v>136.04</v>
+        <v>117.72</v>
       </c>
       <c r="E8" s="6">
-        <v>117.72</v>
+        <v>142.96</v>
       </c>
       <c r="F8" s="6">
-        <v>142.96</v>
+        <v>141.22</v>
       </c>
       <c r="G8" s="6">
-        <v>141.22</v>
-[...1 lines deleted...]
-      <c r="H8" s="6">
         <v>143.53</v>
       </c>
-      <c r="I8" s="8">
+      <c r="H8" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I8" s="6">
+        <v>137.55</v>
+      </c>
+      <c r="J8" s="8">
         <v>126.88</v>
       </c>
     </row>
-    <row r="9" spans="1:9">
+    <row r="9" spans="1:10">
       <c r="A9" s="4">
         <v>5</v>
       </c>
-      <c r="B9" s="4">
-[...3 lines deleted...]
-        <v>240</v>
+      <c r="B9" s="4" t="s">
+        <v>245</v>
+      </c>
+      <c r="C9" s="6">
+        <v>182.53</v>
       </c>
       <c r="D9" s="6">
-        <v>192.25</v>
+        <v>192.2</v>
       </c>
       <c r="E9" s="6">
-        <v>132.16</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>172.32</v>
+      </c>
+      <c r="F9" s="6">
+        <v>152.33</v>
       </c>
       <c r="G9" s="6">
-        <v>138.53</v>
-[...8 lines deleted...]
-    <row r="10" spans="1:9">
+        <v>132.78</v>
+      </c>
+      <c r="H9" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I9" s="6">
+        <v>122.54</v>
+      </c>
+      <c r="J9" s="8">
+        <v>127.66</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10">
       <c r="A10" s="4">
         <v>6</v>
       </c>
-      <c r="B10" s="4">
-[...3 lines deleted...]
-        <v>241</v>
+      <c r="B10" s="4" t="s">
+        <v>246</v>
+      </c>
+      <c r="C10" s="6">
+        <v>136.27</v>
       </c>
       <c r="D10" s="6">
-        <v>136.27</v>
+        <v>173.51</v>
       </c>
       <c r="E10" s="6">
-        <v>173.51</v>
+        <v>170.28</v>
       </c>
       <c r="F10" s="6">
-        <v>170.28</v>
+        <v>144.36</v>
       </c>
       <c r="G10" s="6">
-        <v>144.36</v>
-[...1 lines deleted...]
-      <c r="H10" s="6">
         <v>160.6</v>
       </c>
-      <c r="I10" s="8">
-[...3 lines deleted...]
-    <row r="11" spans="1:9">
+      <c r="H10" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I10" s="6">
+        <v>122.98</v>
+      </c>
+      <c r="J10" s="8">
+        <v>129.625</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10">
       <c r="A11" s="4">
         <v>7</v>
       </c>
-      <c r="B11" s="4">
-[...3 lines deleted...]
-        <v>242</v>
+      <c r="B11" s="4" t="s">
+        <v>247</v>
+      </c>
+      <c r="C11" s="6">
+        <v>192.25</v>
       </c>
       <c r="D11" s="6">
-        <v>139.43</v>
-[...2 lines deleted...]
-        <v>136.13</v>
+        <v>132.16</v>
+      </c>
+      <c r="E11" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="F11" s="6">
-        <v>146.16</v>
+        <v>138.53</v>
       </c>
       <c r="G11" s="6">
-        <v>235.96</v>
-[...8 lines deleted...]
-    <row r="12" spans="1:9">
+        <v>134.88</v>
+      </c>
+      <c r="H11" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I11" s="6">
+        <v>136.67</v>
+      </c>
+      <c r="J11" s="8">
+        <v>133.52</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10">
       <c r="A12" s="4">
         <v>8</v>
       </c>
-      <c r="B12" s="4">
-[...3 lines deleted...]
-        <v>243</v>
+      <c r="B12" s="4" t="s">
+        <v>248</v>
+      </c>
+      <c r="C12" s="6">
+        <v>139.43</v>
       </c>
       <c r="D12" s="6">
-        <v>182.53</v>
+        <v>136.13</v>
       </c>
       <c r="E12" s="6">
-        <v>192.2</v>
+        <v>146.16</v>
       </c>
       <c r="F12" s="6">
-        <v>172.32</v>
+        <v>235.96</v>
       </c>
       <c r="G12" s="6">
-        <v>152.33</v>
-[...8 lines deleted...]
-    <row r="13" spans="1:9">
+        <v>216.25</v>
+      </c>
+      <c r="H12" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I12" s="6">
+        <v>174.2</v>
+      </c>
+      <c r="J12" s="8">
+        <v>137.78</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10">
       <c r="A13" s="4">
         <v>9</v>
       </c>
-      <c r="B13" s="4">
-[...3 lines deleted...]
-        <v>244</v>
+      <c r="B13" s="4" t="s">
+        <v>249</v>
+      </c>
+      <c r="C13" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D13" s="6">
-        <v>188.29</v>
+        <v>200.13</v>
       </c>
       <c r="E13" s="6">
-        <v>144.34</v>
+        <v>188.3</v>
       </c>
       <c r="F13" s="6">
-        <v>183.07</v>
+        <v>147.17</v>
       </c>
       <c r="G13" s="6">
-        <v>187.8</v>
-[...8 lines deleted...]
-    <row r="14" spans="1:9">
+        <v>163.17</v>
+      </c>
+      <c r="H13" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I13" s="6">
+        <v>136.45</v>
+      </c>
+      <c r="J13" s="8">
+        <v>141.81</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10">
       <c r="A14" s="4">
         <v>10</v>
       </c>
-      <c r="B14" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B14" s="4" t="s">
+        <v>250</v>
+      </c>
+      <c r="C14" s="6">
+        <v>188.29</v>
+      </c>
+      <c r="D14" s="6">
+        <v>144.34</v>
       </c>
       <c r="E14" s="6">
-        <v>160.77</v>
+        <v>183.07</v>
       </c>
       <c r="F14" s="6">
-        <v>159.82</v>
-[...11 lines deleted...]
-    <row r="15" spans="1:9">
+        <v>187.8</v>
+      </c>
+      <c r="G14" s="6">
+        <v>150.31</v>
+      </c>
+      <c r="H14" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I14" s="6">
+        <v>148.81</v>
+      </c>
+      <c r="J14" s="8">
+        <v>146.575</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10">
       <c r="A15" s="4">
         <v>11</v>
       </c>
-      <c r="B15" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B15" s="4" t="s">
+        <v>251</v>
+      </c>
+      <c r="C15" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" s="6">
+        <v>160.77</v>
       </c>
       <c r="E15" s="6">
-        <v>200.13</v>
-[...2 lines deleted...]
-        <v>188.3</v>
+        <v>159.82</v>
+      </c>
+      <c r="F15" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="G15" s="6">
-        <v>147.17</v>
-[...8 lines deleted...]
-    <row r="16" spans="1:9">
+        <v>136.99</v>
+      </c>
+      <c r="H15" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I15" s="6">
+        <v>198.92</v>
+      </c>
+      <c r="J15" s="8">
+        <v>148.405</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10">
       <c r="A16" s="4">
         <v>12</v>
       </c>
-      <c r="B16" s="4">
-[...8 lines deleted...]
-      <c r="E16" s="6">
+      <c r="B16" s="4" t="s">
+        <v>252</v>
+      </c>
+      <c r="C16" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" s="6">
         <v>182.01</v>
       </c>
-      <c r="F16" s="7" t="s">
-        <v>13</v>
+      <c r="E16" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F16" s="6">
+        <v>168.94</v>
       </c>
       <c r="G16" s="6">
-        <v>168.94</v>
-[...1 lines deleted...]
-      <c r="H16" s="6">
         <v>159.66</v>
       </c>
-      <c r="I16" s="8">
-[...3 lines deleted...]
-    <row r="17" spans="1:9">
+      <c r="H16" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I16" s="6">
+        <v>167.13</v>
+      </c>
+      <c r="J16" s="8">
+        <v>163.395</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10">
       <c r="A17" s="4">
         <v>13</v>
       </c>
-      <c r="B17" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B17" s="4" t="s">
+        <v>253</v>
+      </c>
+      <c r="C17" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" s="6">
+        <v>183.99</v>
       </c>
       <c r="E17" s="6">
-        <v>183.99</v>
+        <v>181.03</v>
       </c>
       <c r="F17" s="6">
-        <v>181.03</v>
+        <v>169.62</v>
       </c>
       <c r="G17" s="6">
-        <v>169.62</v>
-[...1 lines deleted...]
-      <c r="H17" s="6">
         <v>163.41</v>
       </c>
-      <c r="I17" s="8">
+      <c r="H17" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I17" s="6">
+        <v>179.72</v>
+      </c>
+      <c r="J17" s="8">
         <v>166.515</v>
       </c>
     </row>
-    <row r="18" spans="1:9">
+    <row r="18" spans="1:10">
       <c r="A18" s="4">
         <v>14</v>
       </c>
-      <c r="B18" s="4">
-[...3 lines deleted...]
-        <v>249</v>
+      <c r="B18" s="4" t="s">
+        <v>254</v>
+      </c>
+      <c r="C18" s="6">
+        <v>278.14</v>
       </c>
       <c r="D18" s="6">
-        <v>211.88</v>
+        <v>175.49</v>
       </c>
       <c r="E18" s="6">
-        <v>175.21</v>
+        <v>177.84</v>
       </c>
       <c r="F18" s="6">
-        <v>170.86</v>
+        <v>182.19</v>
       </c>
       <c r="G18" s="6">
-        <v>167.37</v>
-[...8 lines deleted...]
-    <row r="19" spans="1:9">
+        <v>170.65</v>
+      </c>
+      <c r="H18" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I18" s="6">
+        <v>162.72</v>
+      </c>
+      <c r="J18" s="8">
+        <v>166.685</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10">
       <c r="A19" s="4">
         <v>15</v>
       </c>
-      <c r="B19" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B19" s="4" t="s">
+        <v>255</v>
+      </c>
+      <c r="C19" s="6">
+        <v>211.88</v>
+      </c>
+      <c r="D19" s="6">
+        <v>175.21</v>
       </c>
       <c r="E19" s="6">
-        <v>169.26</v>
+        <v>170.86</v>
       </c>
       <c r="F19" s="6">
-        <v>182.78</v>
-[...11 lines deleted...]
-    <row r="20" spans="1:9">
+        <v>167.37</v>
+      </c>
+      <c r="G19" s="6">
+        <v>168.78</v>
+      </c>
+      <c r="H19" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I19" s="6">
+        <v>187.88</v>
+      </c>
+      <c r="J19" s="8">
+        <v>168.075</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10">
       <c r="A20" s="4">
         <v>16</v>
       </c>
-      <c r="B20" s="4">
-[...3 lines deleted...]
-        <v>251</v>
+      <c r="B20" s="4" t="s">
+        <v>256</v>
+      </c>
+      <c r="C20" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D20" s="6">
-        <v>211.88</v>
+        <v>169.26</v>
       </c>
       <c r="E20" s="6">
-        <v>182.86</v>
-[...2 lines deleted...]
-        <v>185.68</v>
+        <v>182.78</v>
+      </c>
+      <c r="F20" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="G20" s="6">
-        <v>171.53</v>
-[...8 lines deleted...]
-    <row r="21" spans="1:9">
+        <v>168.08</v>
+      </c>
+      <c r="H20" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I20" s="6">
+        <v>184.35</v>
+      </c>
+      <c r="J20" s="8">
+        <v>168.67</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10">
       <c r="A21" s="4">
         <v>17</v>
       </c>
-      <c r="B21" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B21" s="4" t="s">
+        <v>257</v>
+      </c>
+      <c r="C21" s="6">
+        <v>211.88</v>
+      </c>
+      <c r="D21" s="6">
+        <v>182.86</v>
       </c>
       <c r="E21" s="6">
-        <v>199.57</v>
+        <v>185.68</v>
       </c>
       <c r="F21" s="6">
-        <v>190.91</v>
+        <v>171.53</v>
       </c>
       <c r="G21" s="6">
-        <v>151.1</v>
+        <v>166.21</v>
       </c>
       <c r="H21" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I21" s="8">
-[...3 lines deleted...]
-    <row r="22" spans="1:9">
+      <c r="I21" s="6">
+        <v>216.8</v>
+      </c>
+      <c r="J21" s="8">
+        <v>168.87</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10">
       <c r="A22" s="4">
         <v>18</v>
       </c>
-      <c r="B22" s="4">
-[...3 lines deleted...]
-        <v>253</v>
+      <c r="B22" s="4" t="s">
+        <v>258</v>
+      </c>
+      <c r="C22" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D22" s="6">
-        <v>278.14</v>
+        <v>199.57</v>
       </c>
       <c r="E22" s="6">
-        <v>175.49</v>
+        <v>190.91</v>
       </c>
       <c r="F22" s="6">
-        <v>177.84</v>
-[...11 lines deleted...]
-    <row r="23" spans="1:9">
+        <v>151.1</v>
+      </c>
+      <c r="G22" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H22" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I22" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J22" s="8">
+        <v>171.005</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10">
       <c r="A23" s="4">
         <v>19</v>
       </c>
-      <c r="B23" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B23" s="4" t="s">
+        <v>259</v>
+      </c>
+      <c r="C23" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" s="6">
+        <v>175.21</v>
       </c>
       <c r="E23" s="6">
-        <v>175.21</v>
+        <v>177.26</v>
       </c>
       <c r="F23" s="6">
-        <v>177.26</v>
+        <v>182.41</v>
       </c>
       <c r="G23" s="6">
-        <v>182.41</v>
-[...1 lines deleted...]
-      <c r="H23" s="6">
         <v>172.29</v>
       </c>
-      <c r="I23" s="8">
+      <c r="H23" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I23" s="6">
+        <v>235.79</v>
+      </c>
+      <c r="J23" s="8">
         <v>173.75</v>
       </c>
     </row>
-    <row r="24" spans="1:9">
+    <row r="24" spans="1:10">
       <c r="A24" s="4">
         <v>20</v>
       </c>
-      <c r="B24" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B24" s="4" t="s">
+        <v>260</v>
+      </c>
+      <c r="C24" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" s="6">
+        <v>176.34</v>
       </c>
       <c r="E24" s="6">
-        <v>176.34</v>
+        <v>177.26</v>
       </c>
       <c r="F24" s="6">
-        <v>177.26</v>
+        <v>201.05</v>
       </c>
       <c r="G24" s="6">
-        <v>201.05</v>
-[...1 lines deleted...]
-      <c r="H24" s="6">
         <v>194.03</v>
       </c>
-      <c r="I24" s="8">
-[...3 lines deleted...]
-    <row r="25" spans="1:9">
+      <c r="H24" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I24" s="6">
+        <v>175.74</v>
+      </c>
+      <c r="J24" s="8">
+        <v>176.04</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10">
       <c r="A25" s="4">
         <v>21</v>
       </c>
-      <c r="B25" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B25" s="4" t="s">
+        <v>261</v>
+      </c>
+      <c r="C25" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" s="6">
+        <v>167.28</v>
       </c>
       <c r="E25" s="6">
-        <v>167.28</v>
-[...1 lines deleted...]
-      <c r="F25" s="6">
         <v>187.14</v>
       </c>
-      <c r="G25" s="7" t="s">
-[...2 lines deleted...]
-      <c r="H25" s="6">
+      <c r="F25" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" s="6">
         <v>240.8</v>
       </c>
-      <c r="I25" s="8">
+      <c r="H25" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I25" s="6">
+        <v>222.98</v>
+      </c>
+      <c r="J25" s="8">
         <v>177.21</v>
       </c>
     </row>
-    <row r="26" spans="1:9">
+    <row r="26" spans="1:10">
       <c r="A26" s="4">
         <v>22</v>
       </c>
-      <c r="B26" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B26" s="4" t="s">
+        <v>262</v>
+      </c>
+      <c r="C26" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" s="6">
+        <v>200.7</v>
       </c>
       <c r="E26" s="6">
-        <v>200.7</v>
-[...1 lines deleted...]
-      <c r="F26" s="6">
         <v>191.21</v>
       </c>
-      <c r="G26" s="7" t="s">
-[...2 lines deleted...]
-      <c r="H26" s="6">
+      <c r="F26" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" s="6">
         <v>166.68</v>
       </c>
-      <c r="I26" s="8">
+      <c r="H26" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I26" s="6">
+        <v>204.0</v>
+      </c>
+      <c r="J26" s="8">
         <v>178.945</v>
       </c>
     </row>
-    <row r="27" spans="1:9">
+    <row r="27" spans="1:10">
       <c r="A27" s="4">
         <v>23</v>
       </c>
-      <c r="B27" s="4">
-[...3 lines deleted...]
-        <v>258</v>
+      <c r="B27" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="C27" s="6">
+        <v>224.64</v>
       </c>
       <c r="D27" s="6">
-        <v>224.64</v>
+        <v>221.09</v>
       </c>
       <c r="E27" s="6">
-        <v>221.09</v>
+        <v>177.84</v>
       </c>
       <c r="F27" s="6">
-        <v>177.84</v>
-[...1 lines deleted...]
-      <c r="G27" s="6">
         <v>185.78</v>
       </c>
+      <c r="G27" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="H27" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I27" s="8">
-[...3 lines deleted...]
-    <row r="28" spans="1:9">
+      <c r="I27" s="6">
+        <v>184.35</v>
+      </c>
+      <c r="J27" s="8">
+        <v>181.095</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10">
       <c r="A28" s="4">
         <v>24</v>
       </c>
-      <c r="B28" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B28" s="4" t="s">
+        <v>264</v>
+      </c>
+      <c r="C28" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" s="6">
+        <v>189.09</v>
       </c>
       <c r="E28" s="6">
-        <v>206.08</v>
+        <v>187.14</v>
       </c>
       <c r="F28" s="6">
-        <v>188.59</v>
+        <v>218.89</v>
       </c>
       <c r="G28" s="6">
-        <v>212.38</v>
-[...8 lines deleted...]
-    <row r="29" spans="1:9">
+        <v>210.63</v>
+      </c>
+      <c r="H28" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I28" s="6">
+        <v>185.23</v>
+      </c>
+      <c r="J28" s="8">
+        <v>186.185</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10">
       <c r="A29" s="4">
         <v>25</v>
       </c>
-      <c r="B29" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B29" s="4" t="s">
+        <v>265</v>
+      </c>
+      <c r="C29" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" s="6">
+        <v>206.08</v>
       </c>
       <c r="E29" s="6">
-        <v>189.09</v>
+        <v>188.59</v>
       </c>
       <c r="F29" s="6">
-        <v>187.14</v>
+        <v>212.38</v>
       </c>
       <c r="G29" s="6">
-        <v>218.89</v>
-[...8 lines deleted...]
-    <row r="30" spans="1:9">
+        <v>186.32</v>
+      </c>
+      <c r="H29" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I29" s="6">
+        <v>197.15</v>
+      </c>
+      <c r="J29" s="8">
+        <v>187.455</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10">
       <c r="A30" s="4">
         <v>26</v>
       </c>
-      <c r="B30" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B30" s="4" t="s">
+        <v>266</v>
+      </c>
+      <c r="C30" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" s="6">
+        <v>170.96</v>
       </c>
       <c r="E30" s="6">
-        <v>170.96</v>
-[...1 lines deleted...]
-      <c r="F30" s="6">
         <v>206.9</v>
       </c>
+      <c r="F30" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="G30" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H30" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I30" s="8">
+      <c r="I30" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J30" s="8">
         <v>188.93</v>
       </c>
     </row>
-    <row r="31" spans="1:9">
+    <row r="31" spans="1:10">
       <c r="A31" s="4">
         <v>27</v>
       </c>
-      <c r="B31" s="4">
-[...3 lines deleted...]
-        <v>262</v>
+      <c r="B31" s="4" t="s">
+        <v>267</v>
+      </c>
+      <c r="C31" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D31" s="6">
-        <v>217.02</v>
-[...5 lines deleted...]
-        <v>13</v>
+        <v>197.58</v>
+      </c>
+      <c r="E31" s="6">
+        <v>218.52</v>
+      </c>
+      <c r="F31" s="6">
+        <v>224.51</v>
       </c>
       <c r="G31" s="6">
-        <v>199.7</v>
-[...8 lines deleted...]
-    <row r="32" spans="1:9">
+        <v>192.16</v>
+      </c>
+      <c r="H31" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I31" s="6">
+        <v>193.18</v>
+      </c>
+      <c r="J31" s="8">
+        <v>192.67</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10">
       <c r="A32" s="4">
         <v>28</v>
       </c>
-      <c r="B32" s="4">
-[...3 lines deleted...]
-        <v>263</v>
+      <c r="B32" s="4" t="s">
+        <v>268</v>
+      </c>
+      <c r="C32" s="6">
+        <v>217.02</v>
       </c>
       <c r="D32" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="E32" s="6">
-        <v>192.49</v>
+      <c r="E32" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="F32" s="6">
-        <v>196.73</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>199.7</v>
+      </c>
+      <c r="G32" s="6">
+        <v>186.79</v>
       </c>
       <c r="H32" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I32" s="8">
-[...3 lines deleted...]
-    <row r="33" spans="1:9">
+      <c r="I32" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J32" s="8">
+        <v>193.245</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10">
       <c r="A33" s="4">
         <v>29</v>
       </c>
-      <c r="B33" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B33" s="4" t="s">
+        <v>269</v>
+      </c>
+      <c r="C33" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" s="6">
+        <v>192.49</v>
       </c>
       <c r="E33" s="6">
-        <v>197.58</v>
-[...14 lines deleted...]
-    <row r="34" spans="1:9">
+        <v>196.73</v>
+      </c>
+      <c r="F33" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H33" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I33" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J33" s="8">
+        <v>194.61</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10">
       <c r="A34" s="4">
         <v>30</v>
       </c>
-      <c r="B34" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B34" s="4" t="s">
+        <v>270</v>
+      </c>
+      <c r="C34" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D34" s="6">
+        <v>208.06</v>
       </c>
       <c r="E34" s="6">
-        <v>208.06</v>
+        <v>227.24</v>
       </c>
       <c r="F34" s="6">
-        <v>227.24</v>
+        <v>214.29</v>
       </c>
       <c r="G34" s="6">
-        <v>214.29</v>
-[...1 lines deleted...]
-      <c r="H34" s="6">
         <v>192.16</v>
       </c>
-      <c r="I34" s="8">
+      <c r="H34" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I34" s="6">
+        <v>210.84</v>
+      </c>
+      <c r="J34" s="8">
         <v>200.11</v>
       </c>
     </row>
-    <row r="35" spans="1:9">
+    <row r="35" spans="1:10">
       <c r="A35" s="4">
         <v>31</v>
       </c>
-      <c r="B35" s="4">
-[...5 lines deleted...]
-      <c r="D35" s="6">
+      <c r="B35" s="4" t="s">
+        <v>271</v>
+      </c>
+      <c r="C35" s="6">
         <v>205.28</v>
       </c>
+      <c r="D35" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E35" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="G35" s="7" t="s">
-[...2 lines deleted...]
-      <c r="H35" s="6">
+      <c r="G35" s="6">
         <v>205.26</v>
       </c>
-      <c r="I35" s="8">
+      <c r="H35" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I35" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J35" s="8">
         <v>205.27</v>
       </c>
     </row>
-    <row r="36" spans="1:9">
+    <row r="36" spans="1:10">
       <c r="A36" s="4">
         <v>32</v>
       </c>
-      <c r="B36" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B36" s="4" t="s">
+        <v>272</v>
+      </c>
+      <c r="C36" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D36" s="6">
+        <v>258.19</v>
       </c>
       <c r="E36" s="6">
-        <v>258.19</v>
+        <v>274.61</v>
       </c>
       <c r="F36" s="6">
-        <v>274.61</v>
+        <v>199.81</v>
       </c>
       <c r="G36" s="6">
-        <v>199.81</v>
-[...1 lines deleted...]
-      <c r="H36" s="6">
         <v>218.82</v>
       </c>
-      <c r="I36" s="8">
+      <c r="H36" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I36" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J36" s="8">
         <v>209.315</v>
       </c>
     </row>
-    <row r="37" spans="1:9">
+    <row r="37" spans="1:10">
       <c r="A37" s="4">
         <v>33</v>
       </c>
-      <c r="B37" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B37" s="4" t="s">
+        <v>273</v>
+      </c>
+      <c r="C37" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D37" s="6">
+        <v>201.83</v>
       </c>
       <c r="E37" s="6">
-        <v>201.83</v>
-[...1 lines deleted...]
-      <c r="F37" s="6">
         <v>219.1</v>
       </c>
+      <c r="F37" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="G37" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H37" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I37" s="8">
+      <c r="I37" s="6">
+        <v>269.78</v>
+      </c>
+      <c r="J37" s="8">
         <v>210.465</v>
       </c>
     </row>
-    <row r="38" spans="1:9">
+    <row r="38" spans="1:10">
       <c r="A38" s="4">
         <v>34</v>
       </c>
-      <c r="B38" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B38" s="4" t="s">
+        <v>274</v>
+      </c>
+      <c r="C38" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D38" s="6">
+        <v>219.11</v>
       </c>
       <c r="E38" s="6">
-        <v>219.11</v>
+        <v>216.78</v>
       </c>
       <c r="F38" s="6">
-        <v>216.78</v>
+        <v>241.34</v>
       </c>
       <c r="G38" s="6">
-        <v>241.34</v>
-[...1 lines deleted...]
-      <c r="H38" s="6">
         <v>226.53</v>
       </c>
-      <c r="I38" s="8">
+      <c r="H38" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I38" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J38" s="8">
         <v>217.945</v>
       </c>
     </row>
-    <row r="39" spans="1:9">
+    <row r="39" spans="1:10">
       <c r="A39" s="4">
         <v>35</v>
       </c>
-      <c r="B39" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B39" s="4" t="s">
+        <v>275</v>
+      </c>
+      <c r="C39" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D39" s="6">
+        <v>197.58</v>
       </c>
       <c r="E39" s="6">
-        <v>197.58</v>
-[...1 lines deleted...]
-      <c r="F39" s="6">
         <v>246.42</v>
       </c>
+      <c r="F39" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="G39" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H39" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I39" s="8">
+      <c r="I39" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J39" s="8">
         <v>222.0</v>
       </c>
     </row>
-    <row r="40" spans="1:9">
+    <row r="40" spans="1:10">
       <c r="A40" s="4">
         <v>36</v>
       </c>
-      <c r="B40" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B40" s="4" t="s">
+        <v>276</v>
+      </c>
+      <c r="C40" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D40" s="6">
+        <v>222.51</v>
       </c>
       <c r="E40" s="6">
-        <v>222.51</v>
-[...1 lines deleted...]
-      <c r="F40" s="6">
         <v>223.17</v>
       </c>
+      <c r="F40" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="G40" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H40" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I40" s="8">
+      <c r="I40" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J40" s="8">
         <v>222.84</v>
       </c>
     </row>
-    <row r="41" spans="1:9">
+    <row r="41" spans="1:10">
       <c r="A41" s="4">
         <v>37</v>
       </c>
-      <c r="B41" s="4">
-[...3 lines deleted...]
-        <v>272</v>
+      <c r="B41" s="4" t="s">
+        <v>277</v>
+      </c>
+      <c r="C41" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D41" s="7" t="s">
         <v>13</v>
       </c>
       <c r="E41" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="F41" s="7" t="s">
-        <v>13</v>
+      <c r="F41" s="6">
+        <v>214.07</v>
       </c>
       <c r="G41" s="6">
-        <v>214.07</v>
-[...1 lines deleted...]
-      <c r="H41" s="6">
         <v>248.28</v>
       </c>
-      <c r="I41" s="8">
-[...3 lines deleted...]
-    <row r="42" spans="1:9">
+      <c r="H41" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I41" s="6">
+        <v>246.82</v>
+      </c>
+      <c r="J41" s="8">
+        <v>230.445</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10">
       <c r="A42" s="4">
         <v>38</v>
       </c>
-      <c r="B42" s="4">
-[...5 lines deleted...]
-      <c r="D42" s="6">
+      <c r="B42" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="C42" s="6">
         <v>231.45</v>
       </c>
+      <c r="D42" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="E42" s="7" t="s">
         <v>13</v>
       </c>
       <c r="F42" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G42" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H42" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I42" s="8">
+      <c r="I42" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J42" s="8">
         <v>231.45</v>
       </c>
     </row>
-    <row r="43" spans="1:9">
+    <row r="43" spans="1:10">
       <c r="A43" s="4">
         <v>39</v>
       </c>
-      <c r="B43" s="4">
-[...3 lines deleted...]
-        <v>274</v>
+      <c r="B43" s="4" t="s">
+        <v>279</v>
+      </c>
+      <c r="C43" s="6">
+        <v>375.13</v>
       </c>
       <c r="D43" s="6">
-        <v>375.13</v>
+        <v>225.34</v>
       </c>
       <c r="E43" s="6">
-        <v>225.34</v>
-[...1 lines deleted...]
-      <c r="F43" s="6">
         <v>237.99</v>
       </c>
+      <c r="F43" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="G43" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H43" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I43" s="8">
+      <c r="I43" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J43" s="8">
         <v>231.665</v>
       </c>
     </row>
-    <row r="44" spans="1:9">
+    <row r="44" spans="1:10">
       <c r="A44" s="4">
         <v>40</v>
       </c>
-      <c r="B44" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B44" s="4" t="s">
+        <v>280</v>
+      </c>
+      <c r="C44" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D44" s="6">
+        <v>250.26</v>
       </c>
       <c r="E44" s="6">
-        <v>250.26</v>
+        <v>266.76</v>
       </c>
       <c r="F44" s="6">
-        <v>266.76</v>
-[...1 lines deleted...]
-      <c r="G44" s="6">
         <v>219.57</v>
       </c>
+      <c r="G44" s="7" t="s">
+        <v>13</v>
+      </c>
       <c r="H44" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I44" s="8">
+      <c r="I44" s="6">
+        <v>283.47</v>
+      </c>
+      <c r="J44" s="8">
         <v>234.915</v>
       </c>
     </row>
-    <row r="45" spans="1:9">
+    <row r="45" spans="1:10">
       <c r="A45" s="4">
         <v>41</v>
       </c>
-      <c r="B45" s="4">
-[...3 lines deleted...]
-        <v>276</v>
+      <c r="B45" s="4" t="s">
+        <v>281</v>
+      </c>
+      <c r="C45" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D45" s="7" t="s">
         <v>13</v>
       </c>
       <c r="E45" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="F45" s="6">
-        <v>267.06</v>
+      <c r="F45" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="G45" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="H45" s="6">
-[...6 lines deleted...]
-    <row r="46" spans="1:9">
+      <c r="H45" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I45" s="6">
+        <v>204.88</v>
+      </c>
+      <c r="J45" s="8">
+        <v>244.88</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10">
       <c r="A46" s="4">
         <v>42</v>
       </c>
-      <c r="B46" s="4">
-[...3 lines deleted...]
-        <v>277</v>
+      <c r="B46" s="4" t="s">
+        <v>282</v>
+      </c>
+      <c r="C46" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D46" s="7" t="s">
         <v>13</v>
       </c>
       <c r="E46" s="6">
-        <v>249.13</v>
-[...5 lines deleted...]
-        <v>13</v>
+        <v>267.06</v>
+      </c>
+      <c r="F46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" s="6">
+        <v>222.79</v>
       </c>
       <c r="H46" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I46" s="8">
-[...3 lines deleted...]
-    <row r="47" spans="1:9">
+      <c r="I46" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J46" s="8">
+        <v>244.925</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10">
       <c r="A47" s="4">
         <v>43</v>
       </c>
-      <c r="B47" s="4">
-[...3 lines deleted...]
-        <v>278</v>
+      <c r="B47" s="4" t="s">
+        <v>283</v>
+      </c>
+      <c r="C47" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D47" s="6">
-        <v>333.41</v>
+        <v>249.13</v>
       </c>
       <c r="E47" s="6">
-        <v>318.51</v>
-[...5 lines deleted...]
-        <v>225.85</v>
+        <v>242.64</v>
+      </c>
+      <c r="F47" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="H47" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I47" s="8">
-[...3 lines deleted...]
-    <row r="48" spans="1:9">
+      <c r="I47" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J47" s="8">
+        <v>245.885</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10">
       <c r="A48" s="4">
         <v>44</v>
       </c>
-      <c r="B48" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B48" s="4" t="s">
+        <v>284</v>
+      </c>
+      <c r="C48" s="6">
+        <v>333.41</v>
+      </c>
+      <c r="D48" s="6">
+        <v>318.51</v>
       </c>
       <c r="E48" s="6">
-        <v>251.39</v>
+        <v>267.06</v>
       </c>
       <c r="F48" s="6">
-        <v>242.35</v>
+        <v>225.85</v>
       </c>
       <c r="G48" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H48" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I48" s="8">
-[...3 lines deleted...]
-    <row r="49" spans="1:9">
+      <c r="I48" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J48" s="8">
+        <v>246.455</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10">
       <c r="A49" s="4">
         <v>45</v>
       </c>
-      <c r="B49" s="4">
-[...9 lines deleted...]
-        <v>13</v>
+      <c r="B49" s="4" t="s">
+        <v>285</v>
+      </c>
+      <c r="C49" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D49" s="6">
+        <v>251.39</v>
+      </c>
+      <c r="E49" s="6">
+        <v>242.35</v>
       </c>
       <c r="F49" s="7" t="s">
         <v>13</v>
       </c>
       <c r="G49" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="H49" s="6">
-[...6 lines deleted...]
-    <row r="50" spans="1:9">
+      <c r="H49" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I49" s="6">
+        <v>353.45</v>
+      </c>
+      <c r="J49" s="8">
+        <v>246.87</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10">
       <c r="A50" s="4">
         <v>46</v>
       </c>
-      <c r="B50" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B50" s="4" t="s">
+        <v>286</v>
+      </c>
+      <c r="C50" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D50" s="6">
+        <v>281.98</v>
       </c>
       <c r="E50" s="6">
-        <v>282.55</v>
-[...5 lines deleted...]
-        <v>13</v>
+        <v>275.19</v>
+      </c>
+      <c r="F50" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" s="6">
+        <v>281.95</v>
       </c>
       <c r="H50" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I50" s="8">
-[...3 lines deleted...]
-    <row r="51" spans="1:9">
+      <c r="I50" s="6">
+        <v>230.93</v>
+      </c>
+      <c r="J50" s="8">
+        <v>253.06</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10">
       <c r="A51" s="4">
         <v>47</v>
       </c>
-      <c r="B51" s="4">
-[...12 lines deleted...]
-        <v>302.8</v>
+      <c r="B51" s="4" t="s">
+        <v>287</v>
+      </c>
+      <c r="C51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F51" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="G51" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="H51" s="6">
-[...6 lines deleted...]
-    <row r="52" spans="1:9">
+      <c r="H51" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I51" s="6">
+        <v>214.37</v>
+      </c>
+      <c r="J51" s="8">
+        <v>254.37</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10">
       <c r="A52" s="4">
         <v>48</v>
       </c>
-      <c r="B52" s="4">
-[...24 lines deleted...]
-    <row r="53" spans="1:9">
+      <c r="B52" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="C52" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D52" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F52" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" s="6">
+        <v>215.31</v>
+      </c>
+      <c r="H52" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I52" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J52" s="8">
+        <v>255.31</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10">
       <c r="A53" s="4">
         <v>49</v>
       </c>
-      <c r="B53" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B53" s="4" t="s">
+        <v>289</v>
+      </c>
+      <c r="C53" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D53" s="6">
+        <v>282.55</v>
       </c>
       <c r="E53" s="6">
-        <v>255.07</v>
-[...2 lines deleted...]
-        <v>274.32</v>
+        <v>235.09</v>
+      </c>
+      <c r="F53" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="G53" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H53" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I53" s="8">
-[...3 lines deleted...]
-    <row r="54" spans="1:9">
+      <c r="I53" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J53" s="8">
+        <v>258.82</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10">
       <c r="A54" s="4">
         <v>50</v>
       </c>
-      <c r="B54" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B54" s="4" t="s">
+        <v>290</v>
+      </c>
+      <c r="C54" s="6">
+        <v>263.13</v>
+      </c>
+      <c r="D54" s="6">
+        <v>274.62</v>
       </c>
       <c r="E54" s="6">
-        <v>260.74</v>
-[...14 lines deleted...]
-    <row r="55" spans="1:9">
+        <v>302.8</v>
+      </c>
+      <c r="F54" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" s="6">
+        <v>254.82</v>
+      </c>
+      <c r="H54" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I54" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J54" s="8">
+        <v>258.975</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10">
       <c r="A55" s="4">
         <v>51</v>
       </c>
-      <c r="B55" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B55" s="4" t="s">
+        <v>291</v>
+      </c>
+      <c r="C55" s="6">
+        <v>264.72</v>
+      </c>
+      <c r="D55" s="6">
+        <v>259.04</v>
       </c>
       <c r="E55" s="6">
-        <v>281.98</v>
-[...7 lines deleted...]
-      <c r="H55" s="6">
+        <v>334.48</v>
+      </c>
+      <c r="F55" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" s="6">
         <v>281.95</v>
       </c>
-      <c r="I55" s="8">
-[...3 lines deleted...]
-    <row r="56" spans="1:9">
+      <c r="H55" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I55" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J55" s="8">
+        <v>261.88</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10">
       <c r="A56" s="4">
         <v>52</v>
       </c>
-      <c r="B56" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B56" s="4" t="s">
+        <v>292</v>
+      </c>
+      <c r="C56" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D56" s="6">
+        <v>255.07</v>
       </c>
       <c r="E56" s="6">
-        <v>265.27</v>
-[...2 lines deleted...]
-        <v>346.97</v>
+        <v>274.32</v>
+      </c>
+      <c r="F56" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="G56" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="H56" s="6">
-[...6 lines deleted...]
-    <row r="57" spans="1:9">
+      <c r="H56" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I56" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J56" s="8">
+        <v>264.695</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10">
       <c r="A57" s="4">
         <v>53</v>
       </c>
-      <c r="B57" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B57" s="4" t="s">
+        <v>293</v>
+      </c>
+      <c r="C57" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D57" s="6">
+        <v>265.27</v>
       </c>
       <c r="E57" s="6">
-        <v>298.41</v>
-[...5 lines deleted...]
-        <v>13</v>
+        <v>346.97</v>
+      </c>
+      <c r="F57" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" s="6">
+        <v>302.52</v>
       </c>
       <c r="H57" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I57" s="8">
-[...3 lines deleted...]
-    <row r="58" spans="1:9">
+      <c r="I57" s="6">
+        <v>268.9</v>
+      </c>
+      <c r="J57" s="8">
+        <v>267.085</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10">
       <c r="A58" s="4">
         <v>54</v>
       </c>
-      <c r="B58" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B58" s="4" t="s">
+        <v>294</v>
+      </c>
+      <c r="C58" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D58" s="6">
+        <v>260.74</v>
       </c>
       <c r="E58" s="6">
-        <v>283.96</v>
-[...14 lines deleted...]
-    <row r="59" spans="1:9">
+        <v>290.89</v>
+      </c>
+      <c r="F58" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" s="6">
+        <v>332.68</v>
+      </c>
+      <c r="H58" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I58" s="6">
+        <v>287.22</v>
+      </c>
+      <c r="J58" s="8">
+        <v>273.98</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10">
       <c r="A59" s="4">
         <v>55</v>
       </c>
-      <c r="B59" s="4">
-[...6 lines deleted...]
-        <v>13</v>
+      <c r="B59" s="4" t="s">
+        <v>295</v>
+      </c>
+      <c r="C59" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D59" s="6">
+        <v>298.41</v>
       </c>
       <c r="E59" s="6">
-        <v>277.16</v>
-[...2 lines deleted...]
-        <v>319.95</v>
+        <v>269.67</v>
+      </c>
+      <c r="F59" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="G59" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H59" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="I59" s="8">
-[...3 lines deleted...]
-    <row r="60" spans="1:9">
+      <c r="I59" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J59" s="8">
+        <v>284.04</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10">
       <c r="A60" s="4">
         <v>56</v>
       </c>
-      <c r="B60" s="4">
-[...9 lines deleted...]
-        <v>13</v>
+      <c r="B60" s="4" t="s">
+        <v>296</v>
+      </c>
+      <c r="C60" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D60" s="6">
+        <v>283.96</v>
+      </c>
+      <c r="E60" s="6">
+        <v>298.73</v>
       </c>
       <c r="F60" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="G60" s="7" t="s">
-[...9 lines deleted...]
-    <row r="61" spans="1:9">
+      <c r="G60" s="6">
+        <v>339.7</v>
+      </c>
+      <c r="H60" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I60" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J60" s="8">
+        <v>291.345</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10">
       <c r="A61" s="4">
         <v>57</v>
       </c>
-      <c r="B61" s="4">
-[...12 lines deleted...]
-        <v>286.53</v>
+      <c r="B61" s="4" t="s">
+        <v>297</v>
+      </c>
+      <c r="C61" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D61" s="6">
+        <v>277.16</v>
+      </c>
+      <c r="E61" s="6">
+        <v>319.95</v>
+      </c>
+      <c r="F61" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="G61" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="H61" s="6">
-[...6 lines deleted...]
-    <row r="62" spans="1:9">
+      <c r="H61" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I61" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J61" s="8">
+        <v>298.555</v>
+      </c>
+    </row>
+    <row r="62" spans="1:10">
       <c r="A62" s="4">
         <v>58</v>
       </c>
-      <c r="B62" s="4">
-[...3 lines deleted...]
-        <v>293</v>
+      <c r="B62" s="4" t="s">
+        <v>298</v>
+      </c>
+      <c r="C62" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D62" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="E62" s="6">
-[...15 lines deleted...]
-    <row r="63" spans="1:9">
+      <c r="E62" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F62" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" s="6">
+        <v>259.5</v>
+      </c>
+      <c r="H62" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I62" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J62" s="8">
+        <v>299.5</v>
+      </c>
+    </row>
+    <row r="63" spans="1:10">
       <c r="A63" s="4">
         <v>59</v>
       </c>
-      <c r="B63" s="4">
-[...3 lines deleted...]
-        <v>294</v>
+      <c r="B63" s="4" t="s">
+        <v>299</v>
+      </c>
+      <c r="C63" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D63" s="6">
-        <v>350.41</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>387.33</v>
+      </c>
+      <c r="E63" s="6">
+        <v>349.59</v>
       </c>
       <c r="F63" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="G63" s="7" t="s">
-[...9 lines deleted...]
-    <row r="64" spans="1:9">
+      <c r="G63" s="6">
+        <v>341.57</v>
+      </c>
+      <c r="H63" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I63" s="6">
+        <v>269.56</v>
+      </c>
+      <c r="J63" s="8">
+        <v>305.565</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10">
       <c r="A64" s="4">
         <v>60</v>
       </c>
-      <c r="B64" s="4">
-[...3 lines deleted...]
-        <v>295</v>
+      <c r="B64" s="4" t="s">
+        <v>300</v>
+      </c>
+      <c r="C64" s="7" t="s">
+        <v>13</v>
       </c>
       <c r="D64" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="E64" s="7" t="s">
-        <v>13</v>
+      <c r="E64" s="6">
+        <v>286.53</v>
       </c>
       <c r="F64" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="G64" s="7" t="s">
-[...2 lines deleted...]
-      <c r="H64" s="6">
+      <c r="G64" s="6">
+        <v>341.8</v>
+      </c>
+      <c r="H64" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I64" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J64" s="8">
+        <v>314.165</v>
+      </c>
+    </row>
+    <row r="65" spans="1:10">
+      <c r="A65" s="4">
+        <v>61</v>
+      </c>
+      <c r="B65" s="4" t="s">
+        <v>301</v>
+      </c>
+      <c r="C65" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D65" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E65" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F65" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H65" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I65" s="6">
+        <v>297.15</v>
+      </c>
+      <c r="J65" s="8">
+        <v>337.15</v>
+      </c>
+    </row>
+    <row r="66" spans="1:10">
+      <c r="A66" s="4">
+        <v>62</v>
+      </c>
+      <c r="B66" s="4" t="s">
+        <v>302</v>
+      </c>
+      <c r="C66" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D66" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E66" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F66" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="H66" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I66" s="6">
+        <v>300.91</v>
+      </c>
+      <c r="J66" s="8">
+        <v>340.91</v>
+      </c>
+    </row>
+    <row r="67" spans="1:10">
+      <c r="A67" s="4">
+        <v>63</v>
+      </c>
+      <c r="B67" s="4" t="s">
+        <v>303</v>
+      </c>
+      <c r="C67" s="6">
+        <v>350.41</v>
+      </c>
+      <c r="D67" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E67" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F67" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" s="6">
+        <v>403.06</v>
+      </c>
+      <c r="H67" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I67" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J67" s="8">
+        <v>350.41</v>
+      </c>
+    </row>
+    <row r="68" spans="1:10">
+      <c r="A68" s="4">
+        <v>64</v>
+      </c>
+      <c r="B68" s="4" t="s">
+        <v>304</v>
+      </c>
+      <c r="C68" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D68" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E68" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F68" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" s="6">
         <v>330.58</v>
       </c>
-      <c r="I64" s="8">
+      <c r="H68" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="I68" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J68" s="8">
         <v>370.58</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:I1"/>
-    <mergeCell ref="A2:I2"/>
+    <mergeCell ref="A1:J1"/>
+    <mergeCell ref="A2:J2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>