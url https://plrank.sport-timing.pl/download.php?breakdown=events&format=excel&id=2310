--- v0 (2026-02-01)
+++ v1 (2026-03-19)
@@ -18,972 +18,1024 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Mężczyźni - Junior młodszy" sheetId="1" r:id="rId4"/>
     <sheet name="Mężczyźni - Młodzik" sheetId="2" r:id="rId5"/>
     <sheet name="Kobiety - Junior młodszy" sheetId="3" r:id="rId6"/>
     <sheet name="Kobiety - Młodzik" sheetId="4" r:id="rId7"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="305">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="321">
   <si>
     <t>Młodzieżowy Puchar Polski - Mężczyźni - Junior młodszy</t>
   </si>
   <si>
     <t>Sezon: 2025/2026 | Typ licencji: ZJAZDY</t>
   </si>
   <si>
     <t>Poz.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Licencja</t>
   </si>
   <si>
     <t>Zawodnik</t>
   </si>
   <si>
     <t>MTSF
 26.10.2025</t>
   </si>
   <si>
     <t>MPP I
 20.12.2025</t>
   </si>
   <si>
     <t>MPP I
 21.12.2025</t>
   </si>
   <si>
     <t>MPP II
 03.01.2026</t>
   </si>
   <si>
     <t>MPP II
 04.01.2026</t>
   </si>
   <si>
     <t>MPP III
 22.01.2026</t>
   </si>
   <si>
     <t>MPP III
 23.01.2026</t>
   </si>
   <si>
+    <t>MPP IV
+09.02.2026</t>
+  </si>
+  <si>
+    <t>MPP IV
+10.02.2026</t>
+  </si>
+  <si>
+    <t>MPP V
+09.03.2026</t>
+  </si>
+  <si>
+    <t>MPP V
+10.03.2026</t>
+  </si>
+  <si>
     <t>Punkty</t>
   </si>
   <si>
     <t>Kosma Szafrański</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Stanisław Ćwikła</t>
   </si>
   <si>
     <t>Wojciech Przybyła</t>
   </si>
   <si>
     <t>Jakub Muniak</t>
   </si>
   <si>
     <t>Konrad Stojanik</t>
   </si>
   <si>
+    <t>Jan Jędrol</t>
+  </si>
+  <si>
+    <t>Jan Szmaja</t>
+  </si>
+  <si>
+    <t>Kamil Frycz</t>
+  </si>
+  <si>
+    <t>Jan Poborski</t>
+  </si>
+  <si>
     <t>Filip Ciślak</t>
   </si>
   <si>
-    <t>Jan Poborski</t>
+    <t>Tymon Bobrzyński</t>
+  </si>
+  <si>
+    <t>Antoni Kałuża</t>
+  </si>
+  <si>
+    <t>Tomasz Rojek</t>
+  </si>
+  <si>
+    <t>Feliks Miłosz</t>
+  </si>
+  <si>
+    <t>Ignacy Kozłowski</t>
+  </si>
+  <si>
+    <t>Mikołaj Michałowicz</t>
+  </si>
+  <si>
+    <t>Leonardo Brusco</t>
+  </si>
+  <si>
+    <t>Tymon Kozłowski</t>
   </si>
   <si>
     <t>Piotr Bobeł</t>
   </si>
   <si>
     <t>Antoni Gacek</t>
   </si>
   <si>
-    <t>Tomasz Rojek</t>
-[...4 lines deleted...]
-  <si>
     <t>Jan Czajkowski</t>
   </si>
   <si>
-    <t>Jan Jędrol</t>
-[...16 lines deleted...]
-  <si>
     <t>Szymon Ptaszkiewicz</t>
   </si>
   <si>
+    <t>Artur Jacyno</t>
+  </si>
+  <si>
     <t>Grzegorz Pencarski</t>
   </si>
   <si>
     <t>Bartłomiej Więckowski</t>
   </si>
   <si>
+    <t>Bartłomiej Surdy</t>
+  </si>
+  <si>
+    <t>Leon Łodziński</t>
+  </si>
+  <si>
     <t>Jan Janicki</t>
   </si>
   <si>
-    <t>Tymon Bobrzyński</t>
-[...2 lines deleted...]
-    <t>Ignacy Kozłowski</t>
+    <t>Jakub Haber</t>
+  </si>
+  <si>
+    <t>Stanisław Górnikowski</t>
+  </si>
+  <si>
+    <t>Karol Kwiatkowski</t>
   </si>
   <si>
     <t>Ruben Cirut</t>
   </si>
   <si>
-    <t>Stanisław Górnikowski</t>
+    <t>Stanisław Mars</t>
   </si>
   <si>
     <t>Karol Stompór</t>
   </si>
   <si>
-    <t>Leon Łodziński</t>
+    <t>Paweł Król</t>
+  </si>
+  <si>
+    <t>Antoni Czerwiński-molski</t>
+  </si>
+  <si>
+    <t>Bartłomiej Żółtak</t>
   </si>
   <si>
     <t>Artemi Chornous</t>
   </si>
   <si>
-    <t>Artur Jacyno</t>
+    <t>Stanisław Kuklewicz</t>
+  </si>
+  <si>
+    <t>Stanisław Moszczyński</t>
+  </si>
+  <si>
+    <t>Leon Marciniak</t>
   </si>
   <si>
     <t>Iwo Olszewski</t>
   </si>
   <si>
-    <t>Leonardo Brusco</t>
-[...23 lines deleted...]
-    <t>Leon Marciniak</t>
+    <t>Jan Jakubowski</t>
+  </si>
+  <si>
+    <t>Maciej Rusztowicz</t>
+  </si>
+  <si>
+    <t>Feliks Olesiński</t>
   </si>
   <si>
     <t>Jan Kowalczyk</t>
   </si>
   <si>
+    <t>Michał Stec</t>
+  </si>
+  <si>
+    <t>Benjamin Barabaś-latif</t>
+  </si>
+  <si>
+    <t>Mateusz Przybysz</t>
+  </si>
+  <si>
     <t>Franciszek Sajdak</t>
   </si>
   <si>
-    <t>Jan Jakubowski</t>
-[...2 lines deleted...]
-    <t>Maciej Rusztowicz</t>
+    <t>Sebastian Kowalczyk</t>
+  </si>
+  <si>
+    <t>Kacper Kristof</t>
+  </si>
+  <si>
+    <t>Igor Klimkowski</t>
   </si>
   <si>
     <t>Michał Ślizowski</t>
   </si>
   <si>
+    <t>Zachary Wysocki</t>
+  </si>
+  <si>
+    <t>Jan Kalina</t>
+  </si>
+  <si>
+    <t>Jan Kryński</t>
+  </si>
+  <si>
     <t>Konstanty Trusewicz</t>
   </si>
   <si>
+    <t>Edward Kink</t>
+  </si>
+  <si>
+    <t>Stanisław Paciorek</t>
+  </si>
+  <si>
+    <t>Cezary Szelenbaum</t>
+  </si>
+  <si>
     <t>Dominik Czuchraj</t>
   </si>
   <si>
-    <t>Bartłomiej Żółtak</t>
-[...8 lines deleted...]
-    <t>Feliks Olesiński</t>
+    <t>Mikołaj Bondar</t>
+  </si>
+  <si>
+    <t>Paweł Chowaniec</t>
   </si>
   <si>
     <t>Wincenty Mrowiecki</t>
   </si>
   <si>
+    <t>Ryszard Hermanowicz</t>
+  </si>
+  <si>
     <t>Wojciech Donocik</t>
   </si>
   <si>
     <t>Jakub Stożek</t>
   </si>
   <si>
-    <t>Paweł Chowaniec</t>
-[...1 lines deleted...]
-  <si>
     <t>Marek Monica</t>
   </si>
   <si>
-    <t>Igor Klimkowski</t>
+    <t>Zenon Suchenek</t>
+  </si>
+  <si>
+    <t>Tomasz Budny</t>
+  </si>
+  <si>
+    <t>Jan Ryskala</t>
+  </si>
+  <si>
+    <t>Piotr Machajski</t>
+  </si>
+  <si>
+    <t>Jan Długopolski</t>
+  </si>
+  <si>
+    <t>Bruno Szafrański-mądry</t>
+  </si>
+  <si>
+    <t>Tadeusz Mandyna</t>
+  </si>
+  <si>
+    <t>Michał Szota</t>
+  </si>
+  <si>
+    <t>Borys Szafrański-mądry</t>
   </si>
   <si>
     <t>Ihor Zarutskyy</t>
   </si>
   <si>
-    <t>Michał Stec</t>
-[...28 lines deleted...]
-  <si>
     <t>Tymon Bogusławski</t>
   </si>
   <si>
-    <t>Zenon Suchenek</t>
-[...16 lines deleted...]
-  <si>
     <t>Młodzieżowy Puchar Polski - Mężczyźni - Młodzik</t>
   </si>
   <si>
     <t>Filip Soprych</t>
   </si>
   <si>
+    <t>Jakub Przybyła</t>
+  </si>
+  <si>
     <t>Mikołaj Szmaja</t>
   </si>
   <si>
-    <t>Jakub Przybyła</t>
+    <t>Iwo Gazda</t>
   </si>
   <si>
     <t>Andrzej Jędrol</t>
   </si>
   <si>
+    <t>Jan Stoch</t>
+  </si>
+  <si>
     <t>Antoni Lenkiewicz</t>
   </si>
   <si>
     <t>Kacper Zagórski</t>
   </si>
   <si>
-    <t>Jan Stoch</t>
+    <t>Jonas Stanek</t>
+  </si>
+  <si>
+    <t>Leon Leonowicz</t>
+  </si>
+  <si>
+    <t>Gustaw Leśniewski</t>
+  </si>
+  <si>
+    <t>Szymon Piaścik</t>
   </si>
   <si>
     <t>Alexander Rajpold</t>
   </si>
   <si>
-    <t>Jonas Stanek</t>
-[...5 lines deleted...]
-    <t>Leon Leonowicz</t>
+    <t>Paweł Zwierzyński</t>
+  </si>
+  <si>
+    <t>Jakub Tarnawski</t>
+  </si>
+  <si>
+    <t>Dominik Kowalczyk</t>
+  </si>
+  <si>
+    <t>Leon Uchański</t>
   </si>
   <si>
     <t>Maciej Kułach</t>
   </si>
   <si>
-    <t>Gustaw Leśniewski</t>
-[...14 lines deleted...]
-    <t>Leon Uchański</t>
+    <t>Jan Weiss</t>
+  </si>
+  <si>
+    <t>Józef Olesiński</t>
+  </si>
+  <si>
+    <t>Patryk Szukalski</t>
+  </si>
+  <si>
+    <t>Jakub Gałaszek</t>
+  </si>
+  <si>
+    <t>Jan Ciszewicz</t>
+  </si>
+  <si>
+    <t>Jan Herman-wojtyna</t>
+  </si>
+  <si>
+    <t>Franciszek Widliński</t>
+  </si>
+  <si>
+    <t>Jan Bitner</t>
+  </si>
+  <si>
+    <t>Jakub Gospodarczyk</t>
+  </si>
+  <si>
+    <t>Radosław Węglarz</t>
   </si>
   <si>
     <t>Maximilian Kondrat</t>
   </si>
   <si>
-    <t>Radosław Węglarz</t>
-[...4 lines deleted...]
-  <si>
     <t>Leon Jastrzębski</t>
   </si>
   <si>
-    <t>Jan Weiss</t>
-[...5 lines deleted...]
-    <t>Patryk Szukalski</t>
+    <t>Tymoteusz Śpiewak</t>
   </si>
   <si>
     <t>Jakub Sobolewski</t>
   </si>
   <si>
-    <t>Józef Olesiński</t>
+    <t>Leon Jankowski</t>
+  </si>
+  <si>
+    <t>Witold Stokłosa</t>
+  </si>
+  <si>
+    <t>Filip Wykrota</t>
+  </si>
+  <si>
+    <t>Wojciech Małek</t>
+  </si>
+  <si>
+    <t>Mateusz Ziora</t>
   </si>
   <si>
     <t>Fryderyk Giza</t>
   </si>
   <si>
-    <t>Mateusz Ziora</t>
-[...7 lines deleted...]
-  <si>
     <t>Alexander Kondrat</t>
   </si>
   <si>
+    <t>Jakub Sobczak</t>
+  </si>
+  <si>
     <t>Tymoteusz Gajdek</t>
   </si>
   <si>
     <t>Piotr Bruno Łubkowski</t>
   </si>
   <si>
-    <t>Jan Bitner</t>
+    <t>Andrzej Ostrowski</t>
+  </si>
+  <si>
+    <t>Adam Kuklewicz</t>
+  </si>
+  <si>
+    <t>Tadeusz Czajka</t>
+  </si>
+  <si>
+    <t>Iwo Palusiński</t>
   </si>
   <si>
     <t>Antoni Stawiarski</t>
   </si>
   <si>
-    <t>Tymoteusz Śpiewak</t>
-[...2 lines deleted...]
-    <t>Witold Stokłosa</t>
+    <t>Igor Nowak</t>
+  </si>
+  <si>
+    <t>Michał Różycki</t>
+  </si>
+  <si>
+    <t>Michał Skutil</t>
+  </si>
+  <si>
+    <t>Kacper Kacprzak</t>
+  </si>
+  <si>
+    <t>Jan Mirowski</t>
+  </si>
+  <si>
+    <t>Maks Chybiński-golonka</t>
   </si>
   <si>
     <t>Szymon Kajka</t>
   </si>
   <si>
-    <t>Tadeusz Czajka</t>
+    <t>Olivier Skiba</t>
   </si>
   <si>
     <t>Kacper Iwanicki</t>
   </si>
   <si>
-    <t>Leon Jankowski</t>
-[...2 lines deleted...]
-    <t>Michał Różycki</t>
+    <t>Ignacy Sypień</t>
   </si>
   <si>
     <t>Franciszek Wiśniewski</t>
   </si>
   <si>
-    <t>Andrzej Ostrowski</t>
-[...5 lines deleted...]
-    <t>Michał Skutil</t>
+    <t>Klemens Kaźmierczak</t>
+  </si>
+  <si>
+    <t>Jan Kniaziowski</t>
+  </si>
+  <si>
+    <t>Wojciech Rukszto</t>
   </si>
   <si>
     <t>Jakub Kałuża</t>
   </si>
   <si>
     <t>Maciej Gryszka</t>
   </si>
   <si>
-    <t>Maks Chybiński-golonka</t>
+    <t>Klemens Długopolski</t>
   </si>
   <si>
     <t>Antoni Broś</t>
   </si>
   <si>
-    <t>Kacper Kacprzak</t>
+    <t>Jakub Koba</t>
   </si>
   <si>
     <t>Miłosz Bucki</t>
   </si>
   <si>
-    <t>Jakub Koba</t>
-[...1 lines deleted...]
-  <si>
     <t>Maksymilian Malec</t>
   </si>
   <si>
     <t>Iwo Hawrylik</t>
   </si>
   <si>
-    <t>Jan Kniaziowski</t>
-[...5 lines deleted...]
-    <t>Adam Kuklewicz</t>
+    <t>Bartosz Kaczmarski</t>
+  </si>
+  <si>
+    <t>Antoni Janicki</t>
   </si>
   <si>
     <t>Antoni Banasiak</t>
   </si>
   <si>
-    <t>Antoni Janicki</t>
-[...8 lines deleted...]
-    <t>Ignacy Sypień</t>
+    <t>Adam Domagalski</t>
   </si>
   <si>
     <t>Michał Franke</t>
   </si>
   <si>
-    <t>Jan Mirowski</t>
-[...4 lines deleted...]
-  <si>
     <t>Mikołaj Juraszek</t>
   </si>
   <si>
+    <t>Dominik Prochownik</t>
+  </si>
+  <si>
+    <t>Aleksander Barszczyk</t>
+  </si>
+  <si>
     <t>Oliwier Jachimowicz</t>
   </si>
   <si>
     <t>Rafał Łukaszewski</t>
   </si>
   <si>
-    <t>Aleksander Barszczyk</t>
-[...4 lines deleted...]
-  <si>
     <t>Jan Okólski-komakhidze</t>
   </si>
   <si>
-    <t>Iwo Palusiński</t>
-[...1 lines deleted...]
-  <si>
     <t>Młodzieżowy Puchar Polski - Kobiety - Junior młodszy</t>
   </si>
   <si>
     <t>Natasza Kamińska</t>
   </si>
   <si>
+    <t>Izabela Kasperkiewicz</t>
+  </si>
+  <si>
+    <t>Zuzanna Ryskala</t>
+  </si>
+  <si>
     <t>Victoria Procenko</t>
   </si>
   <si>
+    <t>Hanna Pierlak</t>
+  </si>
+  <si>
+    <t>Julia Gałuszka</t>
+  </si>
+  <si>
     <t>Mika Oczkoś</t>
   </si>
   <si>
-    <t>Izabela Kasperkiewicz</t>
-[...5 lines deleted...]
-    <t>Zuzanna Ryskala</t>
+    <t>Amelia Masiak</t>
+  </si>
+  <si>
+    <t>Zuzanna Maria Leśniak</t>
+  </si>
+  <si>
+    <t>Ksenia Jasińska</t>
   </si>
   <si>
     <t>Jagoda Wojciechowska</t>
   </si>
   <si>
-    <t>Julia Gałuszka</t>
-[...2 lines deleted...]
-    <t>Zuzanna Maria Leśniak</t>
+    <t>Hanna Tramś</t>
+  </si>
+  <si>
+    <t>Amelia Targosz</t>
+  </si>
+  <si>
+    <t>Odeta Nelke</t>
   </si>
   <si>
     <t>Natalia Łaciak</t>
   </si>
   <si>
-    <t>Hanna Tramś</t>
-[...7 lines deleted...]
-  <si>
     <t>Marta Ziętek</t>
   </si>
   <si>
     <t>Zlata Bezrodna</t>
   </si>
   <si>
-    <t>Ksenia Jasińska</t>
+    <t>Katarzyna Krupa</t>
   </si>
   <si>
     <t>Lena Kopecka</t>
   </si>
   <si>
-    <t>Katarzyna Krupa</t>
+    <t>Hanna Łamacz</t>
+  </si>
+  <si>
+    <t>Lena Gazda</t>
+  </si>
+  <si>
+    <t>Hanna Łodzińska</t>
   </si>
   <si>
     <t>Aleksandra Kalisz</t>
   </si>
   <si>
-    <t>Lena Gazda</t>
+    <t>Paulina Zajączkowska</t>
   </si>
   <si>
     <t>Alicja Piłat</t>
   </si>
   <si>
-    <t>Odeta Nelke</t>
-[...5 lines deleted...]
-    <t>Hanna Łodzińska</t>
+    <t>Alicja Burakowska</t>
+  </si>
+  <si>
+    <t>Alicja Telec</t>
+  </si>
+  <si>
+    <t>Alicja Pieczyńska</t>
+  </si>
+  <si>
+    <t>Zofia Kasperska</t>
+  </si>
+  <si>
+    <t>Olga Kanclerz</t>
+  </si>
+  <si>
+    <t>Ewa Maria Łubkowska</t>
+  </si>
+  <si>
+    <t>Kathrin Leskova</t>
   </si>
   <si>
     <t>Hanna Chrobak</t>
   </si>
   <si>
-    <t>Alicja Telec</t>
+    <t>Anna Gajda</t>
+  </si>
+  <si>
+    <t>Aleksandra Karsznia</t>
   </si>
   <si>
     <t>Justyna Trząska</t>
   </si>
   <si>
     <t>Maja Wójciak</t>
   </si>
   <si>
-    <t>Kathrin Leskova</t>
+    <t>Melania Uchańska</t>
   </si>
   <si>
     <t>Gabriela Bizub</t>
   </si>
   <si>
-    <t>Alicja Pieczyńska</t>
-[...11 lines deleted...]
-    <t>Hanna Łamacz</t>
+    <t>Zofia Wasilewska</t>
+  </si>
+  <si>
+    <t>Helena Bartczak</t>
+  </si>
+  <si>
+    <t>Zofia Wyród</t>
+  </si>
+  <si>
+    <t>Hanna Schabowska</t>
+  </si>
+  <si>
+    <t>Zuzanna Gocman</t>
+  </si>
+  <si>
+    <t>Pola Stanisławska</t>
   </si>
   <si>
     <t>Oliwia Sosenko</t>
   </si>
   <si>
-    <t>Olga Kanclerz</t>
-[...1 lines deleted...]
-  <si>
     <t>Julia Moch</t>
   </si>
   <si>
-    <t>Anna Gajda</t>
-[...5 lines deleted...]
-    <t>Zofia Wasilewska</t>
+    <t>Magda Różańska</t>
   </si>
   <si>
     <t>Helena Nikiel</t>
   </si>
   <si>
     <t>Maja Mozolewska</t>
   </si>
   <si>
+    <t>Nadia Wyrwas</t>
+  </si>
+  <si>
+    <t>Helena Stolarska-laszczak</t>
+  </si>
+  <si>
+    <t>Maja Pociask</t>
+  </si>
+  <si>
     <t>Emilia Janos</t>
   </si>
   <si>
-    <t>Aleksandra Karsznia</t>
-[...2 lines deleted...]
-    <t>Melania Uchańska</t>
+    <t>Wera Stefaniak</t>
   </si>
   <si>
     <t>Ewa Bielak</t>
   </si>
   <si>
-    <t>Wera Stefaniak</t>
-[...2 lines deleted...]
-    <t>Nadia Wyrwas</t>
+    <t>Milena Rytlewska</t>
   </si>
   <si>
     <t>Milena Mitka</t>
   </si>
   <si>
-    <t>Hanna Schabowska</t>
-[...5 lines deleted...]
-    <t>Helena Stolarska-laszczak</t>
+    <t>Kinga Szkudlarek</t>
   </si>
   <si>
     <t>Martyna Golba</t>
   </si>
   <si>
     <t>Stefania Horodecka</t>
   </si>
   <si>
-    <t>Maja Pociask</t>
-[...1 lines deleted...]
-  <si>
     <t>Hanna Maciejowska</t>
   </si>
   <si>
-    <t>Magda Różańska</t>
-[...4 lines deleted...]
-  <si>
     <t>Hanna Palusińska</t>
   </si>
   <si>
     <t>Maya Ryś</t>
   </si>
   <si>
-    <t>Zuzanna Gocman</t>
+    <t>Lena Truchan</t>
   </si>
   <si>
     <t>Justyna Jarząbek</t>
   </si>
   <si>
+    <t>Maria Treger</t>
+  </si>
+  <si>
     <t>Maria Magdalena Rafa</t>
   </si>
   <si>
     <t>Kalina Waluś</t>
   </si>
   <si>
-    <t>Milena Rytlewska</t>
+    <t>Konstancja Sowiźrał</t>
   </si>
   <si>
     <t>Maja Chowaniec</t>
   </si>
   <si>
     <t>Antonina Gąsienica-józkowy</t>
   </si>
   <si>
     <t>Julia Obiedzińska</t>
   </si>
   <si>
     <t>Julia Bizub</t>
   </si>
   <si>
-    <t>Konstancja Sowiźrał</t>
-[...7 lines deleted...]
-  <si>
     <t>Młodzieżowy Puchar Polski - Kobiety - Młodzik</t>
   </si>
   <si>
     <t>Aleksandra Kasperkiewicz</t>
   </si>
   <si>
+    <t>Marianna Babiak</t>
+  </si>
+  <si>
     <t>Natalia Nowaczyk</t>
   </si>
   <si>
-    <t>Marianna Babiak</t>
+    <t>Lidia Gzyl</t>
   </si>
   <si>
     <t>Julia Borys</t>
   </si>
   <si>
-    <t>Lidia Gzyl</t>
-[...1 lines deleted...]
-  <si>
     <t>Julia Zając</t>
   </si>
   <si>
+    <t>Maja Król</t>
+  </si>
+  <si>
     <t>Martyna Nowaczyk</t>
   </si>
   <si>
-    <t>Maja Król</t>
+    <t>Nina Koncewicz</t>
+  </si>
+  <si>
+    <t>Franciszka Olesińska</t>
+  </si>
+  <si>
+    <t>Barbara Stępień</t>
+  </si>
+  <si>
+    <t>Natasza Jakubiec</t>
+  </si>
+  <si>
+    <t>Zofia Katarzyna Leśniak</t>
+  </si>
+  <si>
+    <t>Dominika Sowa</t>
+  </si>
+  <si>
+    <t>Zuzanna Kuśnierz</t>
   </si>
   <si>
     <t>Krystyna Skóbel</t>
   </si>
   <si>
-    <t>Barbara Stępień</t>
-[...13 lines deleted...]
-  <si>
     <t>Julia Kolasa</t>
   </si>
   <si>
     <t>Sonia Łoboda</t>
   </si>
   <si>
-    <t>Dominika Sowa</t>
-[...4 lines deleted...]
-  <si>
     <t>Maria Kenig</t>
   </si>
   <si>
+    <t>Milena Gronuś</t>
+  </si>
+  <si>
     <t>Zofia Korzeniowska</t>
   </si>
   <si>
     <t>Hanna Krawczyk</t>
   </si>
   <si>
+    <t>Nikola Kubicka</t>
+  </si>
+  <si>
+    <t>Dominika Spesova</t>
+  </si>
+  <si>
     <t>Natalia Januszko</t>
   </si>
   <si>
+    <t>Jagoda Marzec</t>
+  </si>
+  <si>
     <t>Alicja Buksa</t>
   </si>
   <si>
-    <t>Jagoda Marzec</t>
-[...5 lines deleted...]
-    <t>Nikola Kubicka</t>
+    <t>Ksenia Zwolińska</t>
+  </si>
+  <si>
+    <t>Maria Chmielewska</t>
+  </si>
+  <si>
+    <t>Zofia Powiecka</t>
+  </si>
+  <si>
+    <t>Karolina Turek</t>
   </si>
   <si>
     <t>Liliana Stoch</t>
   </si>
   <si>
-    <t>Karolina Turek</t>
-[...2 lines deleted...]
-    <t>Dominika Spesova</t>
+    <t>Julia Parylak</t>
+  </si>
+  <si>
+    <t>Emilia Koncewicz</t>
+  </si>
+  <si>
+    <t>Anna Kosicka</t>
+  </si>
+  <si>
+    <t>Olivia Nowacka</t>
+  </si>
+  <si>
+    <t>Lena Burczyńska</t>
   </si>
   <si>
     <t>Urszula Kozysa</t>
   </si>
   <si>
     <t>Hanna Wróbel</t>
   </si>
   <si>
-    <t>Emilia Koncewicz</t>
+    <t>Nadia Kochanowicz</t>
+  </si>
+  <si>
+    <t>Nina Nowak</t>
   </si>
   <si>
     <t>Jagoda Pichlak</t>
   </si>
   <si>
+    <t>Kalina Chojnacka</t>
+  </si>
+  <si>
     <t>Maryna Marzec</t>
   </si>
   <si>
-    <t>Zofia Powiecka</t>
+    <t>Bieta Bezrodna</t>
+  </si>
+  <si>
+    <t>Nadia Sosenko</t>
   </si>
   <si>
     <t>Martyna Buczel</t>
   </si>
   <si>
-    <t>Anna Kosicka</t>
+    <t>Aleksandra Mokrzańska</t>
+  </si>
+  <si>
+    <t>Pola Malewicz</t>
   </si>
   <si>
     <t>Kalina Dębska</t>
   </si>
   <si>
-    <t>Nadia Sosenko</t>
-[...4 lines deleted...]
-  <si>
     <t>Hanna Pysz</t>
   </si>
   <si>
     <t>Matylda Kruk</t>
   </si>
   <si>
-    <t>Olivia Nowacka</t>
-[...2 lines deleted...]
-    <t>Aleksandra Mokrzańska</t>
+    <t>Maria Owczarz</t>
+  </si>
+  <si>
+    <t>Julia Łasisz</t>
   </si>
   <si>
     <t>Zofia Chorabik</t>
   </si>
   <si>
-    <t>Lena Burczyńska</t>
-[...1 lines deleted...]
-  <si>
     <t>Julia Cmokowicz</t>
   </si>
   <si>
-    <t>Kalina Chojnacka</t>
-[...4 lines deleted...]
-  <si>
     <t>Adrianna Olszewska</t>
   </si>
   <si>
     <t>Łucja Copija</t>
   </si>
   <si>
+    <t>Zofia Kasprzak</t>
+  </si>
+  <si>
     <t>Maria Latasz</t>
   </si>
   <si>
-    <t>Ksenia Zwolińska</t>
-[...13 lines deleted...]
-  <si>
     <t>Natalia Derecka</t>
   </si>
   <si>
-    <t>Pola Malewicz</t>
-[...2 lines deleted...]
-    <t>Julia Łasisz</t>
+    <t>Adrianna Sinicka</t>
+  </si>
+  <si>
+    <t>Lena Kiryk</t>
   </si>
   <si>
     <t>Maria Sorenkova</t>
   </si>
   <si>
     <t>Marianna Jasińska</t>
   </si>
   <si>
+    <t>Antonina Gaś</t>
+  </si>
+  <si>
     <t>Bogna Bizoń</t>
-  </si>
-[...7 lines deleted...]
-    <t>Antonina Gaś</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1361,10469 +1413,13681 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K79"/>
+  <dimension ref="A1:N84"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A4" sqref="A4:K79"/>
+      <selection activeCell="A4" sqref="A4:N84"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="true" style="0"/>
-    <col min="2" max="2" width="14" customWidth="true" style="0"/>
-    <col min="3" max="3" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="14" customWidth="true" style="0"/>
     <col min="9" max="9" width="14" customWidth="true" style="0"/>
     <col min="10" max="10" width="14" customWidth="true" style="0"/>
+    <col min="11" max="11" width="14" customWidth="true" style="0"/>
+    <col min="12" max="12" width="14" customWidth="true" style="0"/>
+    <col min="13" max="13" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11">
+    <row r="1" spans="1:14">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:11">
+    <row r="2" spans="1:14">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:11" customHeight="1" ht="150">
+    <row r="4" spans="1:14" customHeight="1" ht="150">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="5" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="5" t="s">
         <v>9</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>10</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="K4" s="3" t="s">
+      <c r="K4" s="5" t="s">
         <v>12</v>
       </c>
-    </row>
-    <row r="5" spans="1:11">
+      <c r="L4" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="M4" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="N4" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="5" spans="1:14">
       <c r="A5" s="4">
         <v>1</v>
       </c>
-      <c r="B5" s="4">
-[...6 lines deleted...]
-        <v>14</v>
+      <c r="B5" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="C5" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D5" s="7">
+        <v>100.0</v>
       </c>
       <c r="E5" s="7">
+        <v>80.0</v>
+      </c>
+      <c r="F5" s="7">
+        <v>60.0</v>
+      </c>
+      <c r="G5" s="7">
+        <v>80.0</v>
+      </c>
+      <c r="H5" s="7">
         <v>100.0</v>
       </c>
-      <c r="F5" s="7">
-[...8 lines deleted...]
-      <c r="I5" s="7">
+      <c r="I5" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J5" s="7">
         <v>100.0</v>
       </c>
-      <c r="J5" s="6" t="s">
-[...6 lines deleted...]
-    <row r="6" spans="1:11">
+      <c r="K5" s="7">
+        <v>100.0</v>
+      </c>
+      <c r="L5" s="7">
+        <v>45.0</v>
+      </c>
+      <c r="M5" s="7">
+        <v>29.0</v>
+      </c>
+      <c r="N5" s="8">
+        <v>694.0</v>
+      </c>
+    </row>
+    <row r="6" spans="1:14">
       <c r="A6" s="4">
         <v>2</v>
       </c>
-      <c r="B6" s="4">
-[...5 lines deleted...]
-      <c r="D6" s="7">
+      <c r="B6" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="C6" s="7">
         <v>32.0</v>
       </c>
-      <c r="E6" s="6" t="s">
-        <v>14</v>
+      <c r="D6" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E6" s="7">
+        <v>100.0</v>
       </c>
       <c r="F6" s="7">
         <v>100.0</v>
       </c>
       <c r="G6" s="7">
         <v>100.0</v>
       </c>
       <c r="H6" s="7">
+        <v>80.0</v>
+      </c>
+      <c r="I6" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J6" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K6" s="7">
+        <v>80.0</v>
+      </c>
+      <c r="L6" s="7">
         <v>100.0</v>
       </c>
-      <c r="I6" s="7">
-[...9 lines deleted...]
-    <row r="7" spans="1:11">
+      <c r="M6" s="7">
+        <v>100.0</v>
+      </c>
+      <c r="N6" s="8">
+        <v>692.0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:14">
       <c r="A7" s="4">
         <v>3</v>
       </c>
-      <c r="B7" s="4">
-[...3 lines deleted...]
-        <v>16</v>
+      <c r="B7" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C7" s="7">
+        <v>100.0</v>
       </c>
       <c r="D7" s="7">
-        <v>100.0</v>
+        <v>26.0</v>
       </c>
       <c r="E7" s="7">
-        <v>26.0</v>
+        <v>50.0</v>
       </c>
       <c r="F7" s="7">
         <v>50.0</v>
       </c>
       <c r="G7" s="7">
-        <v>50.0</v>
+        <v>45.0</v>
       </c>
       <c r="H7" s="7">
         <v>45.0</v>
       </c>
       <c r="I7" s="7">
-        <v>45.0</v>
+        <v>80.0</v>
       </c>
       <c r="J7" s="7">
         <v>80.0</v>
       </c>
-      <c r="K7" s="8">
-[...3 lines deleted...]
-    <row r="8" spans="1:11">
+      <c r="K7" s="7">
+        <v>60.0</v>
+      </c>
+      <c r="L7" s="7">
+        <v>60.0</v>
+      </c>
+      <c r="M7" s="7">
+        <v>40.0</v>
+      </c>
+      <c r="N7" s="8">
+        <v>636.0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:14">
       <c r="A8" s="4">
         <v>4</v>
       </c>
-      <c r="B8" s="4">
-[...5 lines deleted...]
-      <c r="D8" s="7">
+      <c r="B8" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C8" s="7">
         <v>13.0</v>
       </c>
+      <c r="D8" s="6" t="s">
+        <v>17</v>
+      </c>
       <c r="E8" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="F8" s="7">
+        <v>80.0</v>
       </c>
       <c r="G8" s="7">
+        <v>60.0</v>
+      </c>
+      <c r="H8" s="7">
+        <v>40.0</v>
+      </c>
+      <c r="I8" s="7">
+        <v>100.0</v>
+      </c>
+      <c r="J8" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K8" s="7">
+        <v>45.0</v>
+      </c>
+      <c r="L8" s="7">
         <v>80.0</v>
       </c>
-      <c r="H8" s="7">
-[...12 lines deleted...]
-    <row r="9" spans="1:11">
+      <c r="M8" s="7">
+        <v>50.0</v>
+      </c>
+      <c r="N8" s="8">
+        <v>468.0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14">
       <c r="A9" s="4">
         <v>5</v>
       </c>
-      <c r="B9" s="4">
-[...3 lines deleted...]
-        <v>18</v>
+      <c r="B9" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C9" s="7">
+        <v>80.0</v>
       </c>
       <c r="D9" s="7">
-        <v>80.0</v>
-[...1 lines deleted...]
-      <c r="E9" s="7">
         <v>36.0</v>
       </c>
-      <c r="F9" s="6" t="s">
-        <v>14</v>
+      <c r="E9" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F9" s="7">
+        <v>22.0</v>
       </c>
       <c r="G9" s="7">
-        <v>22.0</v>
+        <v>24.0</v>
       </c>
       <c r="H9" s="7">
-        <v>24.0</v>
+        <v>26.0</v>
       </c>
       <c r="I9" s="7">
-        <v>26.0</v>
-[...1 lines deleted...]
-      <c r="J9" s="7">
         <v>45.0</v>
       </c>
-      <c r="K9" s="8">
+      <c r="J9" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K9" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L9" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M9" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N9" s="8">
         <v>233.0</v>
       </c>
     </row>
-    <row r="10" spans="1:11">
+    <row r="10" spans="1:14">
       <c r="A10" s="4">
         <v>6</v>
       </c>
-      <c r="B10" s="4">
-[...12 lines deleted...]
-        <v>14</v>
+      <c r="B10" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C10" s="7">
+        <v>16.0</v>
+      </c>
+      <c r="D10" s="7">
+        <v>32.0</v>
+      </c>
+      <c r="E10" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F10" s="7">
+        <v>26.0</v>
       </c>
       <c r="G10" s="7">
-        <v>24.0</v>
+        <v>14.0</v>
       </c>
       <c r="H10" s="7">
-        <v>32.0</v>
-[...4 lines deleted...]
-      <c r="J10" s="7">
+        <v>36.0</v>
+      </c>
+      <c r="I10" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J10" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K10" s="7">
+        <v>36.0</v>
+      </c>
+      <c r="L10" s="7">
         <v>50.0</v>
       </c>
-      <c r="K10" s="8">
-[...3 lines deleted...]
-    <row r="11" spans="1:11">
+      <c r="M10" s="7">
+        <v>22.0</v>
+      </c>
+      <c r="N10" s="8">
+        <v>232.0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14">
       <c r="A11" s="4">
         <v>7</v>
       </c>
-      <c r="B11" s="4">
-[...3 lines deleted...]
-        <v>20</v>
+      <c r="B11" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C11" s="7">
+        <v>4.0</v>
       </c>
       <c r="D11" s="7">
-        <v>11.0</v>
-[...2 lines deleted...]
-        <v>15.0</v>
+        <v>7.0</v>
+      </c>
+      <c r="E11" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="F11" s="7">
-        <v>22.0</v>
+        <v>32.0</v>
       </c>
       <c r="G11" s="7">
-        <v>36.0</v>
+        <v>50.0</v>
       </c>
       <c r="H11" s="7">
-        <v>20.0</v>
-[...2 lines deleted...]
-        <v>16.0</v>
+        <v>29.0</v>
+      </c>
+      <c r="I11" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="J11" s="7">
-        <v>40.0</v>
-[...5 lines deleted...]
-    <row r="12" spans="1:11">
+        <v>45.0</v>
+      </c>
+      <c r="K11" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L11" s="7">
+        <v>26.0</v>
+      </c>
+      <c r="M11" s="7">
+        <v>26.0</v>
+      </c>
+      <c r="N11" s="8">
+        <v>219.0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14">
       <c r="A12" s="4">
         <v>8</v>
       </c>
-      <c r="B12" s="4">
-[...3 lines deleted...]
-        <v>21</v>
+      <c r="B12" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C12" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D12" s="7">
-        <v>15.0</v>
-[...1 lines deleted...]
-      <c r="E12" s="7">
+        <v>45.0</v>
+      </c>
+      <c r="E12" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F12" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G12" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="H12" s="7">
+        <v>24.0</v>
+      </c>
+      <c r="I12" s="7">
         <v>60.0</v>
       </c>
-      <c r="F12" s="7">
-[...10 lines deleted...]
-      </c>
       <c r="J12" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="13" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K12" s="7">
+        <v>50.0</v>
+      </c>
+      <c r="L12" s="7">
+        <v>36.0</v>
+      </c>
+      <c r="M12" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N12" s="8">
+        <v>215.0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14">
       <c r="A13" s="4">
         <v>9</v>
       </c>
-      <c r="B13" s="4">
-[...12 lines deleted...]
-        <v>14</v>
+      <c r="B13" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C13" s="7">
+        <v>11.0</v>
+      </c>
+      <c r="D13" s="7">
+        <v>15.0</v>
+      </c>
+      <c r="E13" s="7">
+        <v>22.0</v>
+      </c>
+      <c r="F13" s="7">
+        <v>36.0</v>
       </c>
       <c r="G13" s="7">
-        <v>45.0</v>
+        <v>20.0</v>
       </c>
       <c r="H13" s="7">
-        <v>29.0</v>
+        <v>16.0</v>
       </c>
       <c r="I13" s="7">
-        <v>60.0</v>
+        <v>40.0</v>
       </c>
       <c r="J13" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="14" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K13" s="7">
+        <v>24.0</v>
+      </c>
+      <c r="L13" s="7">
+        <v>7.0</v>
+      </c>
+      <c r="M13" s="7">
+        <v>16.0</v>
+      </c>
+      <c r="N13" s="8">
+        <v>207.0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14">
       <c r="A14" s="4">
         <v>10</v>
       </c>
-      <c r="B14" s="4">
-[...3 lines deleted...]
-        <v>23</v>
+      <c r="B14" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="C14" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D14" s="7">
-        <v>12.0</v>
+        <v>29.0</v>
       </c>
       <c r="E14" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F14" s="7">
-        <v>40.0</v>
+        <v>24.0</v>
       </c>
       <c r="G14" s="7">
-        <v>40.0</v>
+        <v>32.0</v>
       </c>
       <c r="H14" s="7">
-        <v>40.0</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>32.0</v>
+      </c>
+      <c r="I14" s="7">
+        <v>50.0</v>
       </c>
       <c r="J14" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="15" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K14" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L14" s="7">
+        <v>18.0</v>
+      </c>
+      <c r="M14" s="7">
+        <v>18.0</v>
+      </c>
+      <c r="N14" s="8">
+        <v>203.0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:14">
       <c r="A15" s="4">
         <v>11</v>
       </c>
-      <c r="B15" s="4">
-[...12 lines deleted...]
-        <v>14</v>
+      <c r="B15" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="C15" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D15" s="7">
+        <v>50.0</v>
+      </c>
+      <c r="E15" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F15" s="7">
+        <v>29.0</v>
       </c>
       <c r="G15" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>14</v>
-[...11 lines deleted...]
-    <row r="16" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="I15" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J15" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K15" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L15" s="7">
+        <v>20.0</v>
+      </c>
+      <c r="M15" s="7">
+        <v>100.0</v>
+      </c>
+      <c r="N15" s="8">
+        <v>199.0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:14">
       <c r="A16" s="4">
         <v>12</v>
       </c>
-      <c r="B16" s="4">
-[...11 lines deleted...]
-      <c r="F16" s="7">
+      <c r="B16" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="C16" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D16" s="7">
+        <v>24.0</v>
+      </c>
+      <c r="E16" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F16" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G16" s="7">
+        <v>36.0</v>
+      </c>
+      <c r="H16" s="7">
+        <v>50.0</v>
+      </c>
+      <c r="I16" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J16" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K16" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L16" s="7">
         <v>45.0</v>
       </c>
-      <c r="G16" s="6" t="s">
-[...15 lines deleted...]
-    <row r="17" spans="1:11">
+      <c r="M16" s="7">
+        <v>36.0</v>
+      </c>
+      <c r="N16" s="8">
+        <v>191.0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:14">
       <c r="A17" s="4">
         <v>13</v>
       </c>
-      <c r="B17" s="4">
-[...6 lines deleted...]
-        <v>16.0</v>
+      <c r="B17" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="C17" s="7">
+        <v>12.0</v>
+      </c>
+      <c r="D17" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="E17" s="7">
-        <v>32.0</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>40.0</v>
+      </c>
+      <c r="F17" s="7">
+        <v>40.0</v>
       </c>
       <c r="G17" s="7">
-        <v>26.0</v>
-[...5 lines deleted...]
-        <v>36.0</v>
+        <v>40.0</v>
+      </c>
+      <c r="H17" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I17" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="J17" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="18" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K17" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L17" s="7">
+        <v>10.0</v>
+      </c>
+      <c r="M17" s="7">
+        <v>45.0</v>
+      </c>
+      <c r="N17" s="8">
+        <v>187.0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:14">
       <c r="A18" s="4">
         <v>14</v>
       </c>
-      <c r="B18" s="4">
-[...3 lines deleted...]
-        <v>27</v>
+      <c r="B18" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="C18" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D18" s="7">
-        <v>60.0</v>
+        <v>40.0</v>
       </c>
       <c r="E18" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F18" s="7">
+        <v>18.0</v>
+      </c>
+      <c r="G18" s="7">
+        <v>18.0</v>
+      </c>
+      <c r="H18" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I18" s="7">
+        <v>32.0</v>
+      </c>
+      <c r="J18" s="7">
+        <v>50.0</v>
+      </c>
+      <c r="K18" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L18" s="7">
         <v>15.0</v>
       </c>
-      <c r="G18" s="7">
-[...15 lines deleted...]
-    <row r="19" spans="1:11">
+      <c r="M18" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N18" s="8">
+        <v>173.0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:14">
       <c r="A19" s="4">
         <v>15</v>
       </c>
-      <c r="B19" s="4">
-[...3 lines deleted...]
-        <v>28</v>
+      <c r="B19" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="C19" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D19" s="7">
-        <v>4.0</v>
+        <v>12.0</v>
       </c>
       <c r="E19" s="7">
-        <v>7.0</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>24.0</v>
+      </c>
+      <c r="F19" s="7">
+        <v>12.0</v>
       </c>
       <c r="G19" s="7">
+        <v>26.0</v>
+      </c>
+      <c r="H19" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I19" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J19" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K19" s="7">
+        <v>40.0</v>
+      </c>
+      <c r="L19" s="7">
         <v>32.0</v>
       </c>
-      <c r="H19" s="7">
-[...12 lines deleted...]
-    <row r="20" spans="1:11">
+      <c r="M19" s="7">
+        <v>24.0</v>
+      </c>
+      <c r="N19" s="8">
+        <v>170.0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:14">
       <c r="A20" s="4">
         <v>16</v>
       </c>
-      <c r="B20" s="4">
-[...6 lines deleted...]
-        <v>14</v>
+      <c r="B20" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C20" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D20" s="7">
+        <v>18.0</v>
       </c>
       <c r="E20" s="7">
+        <v>36.0</v>
+      </c>
+      <c r="F20" s="7">
+        <v>11.0</v>
+      </c>
+      <c r="G20" s="7">
+        <v>15.0</v>
+      </c>
+      <c r="H20" s="7">
+        <v>22.0</v>
+      </c>
+      <c r="I20" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J20" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K20" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L20" s="7">
         <v>24.0</v>
       </c>
-      <c r="F20" s="6" t="s">
-[...18 lines deleted...]
-    <row r="21" spans="1:11">
+      <c r="M20" s="7">
+        <v>32.0</v>
+      </c>
+      <c r="N20" s="8">
+        <v>158.0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:14">
       <c r="A21" s="4">
         <v>17</v>
       </c>
-      <c r="B21" s="4">
-[...9 lines deleted...]
-        <v>40.0</v>
+      <c r="B21" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="C21" s="7">
+        <v>24.0</v>
+      </c>
+      <c r="D21" s="7">
+        <v>9.0</v>
+      </c>
+      <c r="E21" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="F21" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G21" s="7">
-        <v>18.0</v>
-[...2 lines deleted...]
-        <v>18.0</v>
+        <v>13.0</v>
+      </c>
+      <c r="H21" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="I21" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J21" s="7">
-        <v>32.0</v>
-[...5 lines deleted...]
-    <row r="22" spans="1:11">
+        <v>60.0</v>
+      </c>
+      <c r="K21" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L21" s="7">
+        <v>16.0</v>
+      </c>
+      <c r="M21" s="7">
+        <v>20.0</v>
+      </c>
+      <c r="N21" s="8">
+        <v>142.0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:14">
       <c r="A22" s="4">
         <v>18</v>
       </c>
-      <c r="B22" s="4">
-[...3 lines deleted...]
-        <v>31</v>
+      <c r="B22" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="C22" s="7">
+        <v>60.0</v>
       </c>
       <c r="D22" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E22" s="7">
-        <v>18.0</v>
+        <v>15.0</v>
       </c>
       <c r="F22" s="7">
-        <v>36.0</v>
+        <v>16.0</v>
       </c>
       <c r="G22" s="7">
-        <v>11.0</v>
+        <v>22.0</v>
       </c>
       <c r="H22" s="7">
-        <v>15.0</v>
-[...2 lines deleted...]
-        <v>22.0</v>
+        <v>9.0</v>
+      </c>
+      <c r="I22" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="J22" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="23" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K22" s="7">
+        <v>14.0</v>
+      </c>
+      <c r="L22" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M22" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N22" s="8">
+        <v>136.0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:14">
       <c r="A23" s="4">
         <v>19</v>
       </c>
-      <c r="B23" s="4">
-[...3 lines deleted...]
-        <v>32</v>
+      <c r="B23" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C23" s="7">
+        <v>15.0</v>
       </c>
       <c r="D23" s="7">
-        <v>45.0</v>
+        <v>60.0</v>
       </c>
       <c r="E23" s="7">
-        <v>16.0</v>
-[...2 lines deleted...]
-        <v>26.0</v>
+        <v>60.0</v>
+      </c>
+      <c r="F23" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="G23" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>12.0</v>
+        <v>17</v>
+      </c>
+      <c r="I23" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="J23" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="24" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K23" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L23" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M23" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N23" s="8">
+        <v>135.0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:14">
       <c r="A24" s="4">
         <v>20</v>
       </c>
-      <c r="B24" s="4">
-[...6 lines deleted...]
-        <v>26.0</v>
+      <c r="B24" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C24" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D24" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="E24" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="F24" s="7">
+        <v>45.0</v>
       </c>
       <c r="G24" s="7">
-        <v>20.0</v>
-[...7 lines deleted...]
-      <c r="J24" s="7">
         <v>29.0</v>
       </c>
-      <c r="K24" s="8">
-[...3 lines deleted...]
-    <row r="25" spans="1:11">
+      <c r="H24" s="7">
+        <v>60.0</v>
+      </c>
+      <c r="I24" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J24" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K24" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L24" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M24" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N24" s="8">
+        <v>134.0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:14">
       <c r="A25" s="4">
         <v>21</v>
       </c>
-      <c r="B25" s="4">
-[...3 lines deleted...]
-        <v>34</v>
+      <c r="B25" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C25" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D25" s="7">
-        <v>8.0</v>
+        <v>80.0</v>
       </c>
       <c r="E25" s="7">
-        <v>20.0</v>
-[...8 lines deleted...]
-        <v>10.0</v>
+        <v>45.0</v>
+      </c>
+      <c r="F25" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G25" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="H25" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="I25" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J25" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="26" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K25" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L25" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M25" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N25" s="8">
+        <v>125.0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:14">
       <c r="A26" s="4">
         <v>22</v>
       </c>
-      <c r="B26" s="4">
-[...3 lines deleted...]
-        <v>35</v>
+      <c r="B26" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C26" s="7">
+        <v>45.0</v>
       </c>
       <c r="D26" s="7">
-        <v>50.0</v>
+        <v>16.0</v>
       </c>
       <c r="E26" s="7">
-        <v>13.0</v>
+        <v>26.0</v>
       </c>
       <c r="F26" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G26" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H26" s="7">
-        <v>6.0</v>
-[...2 lines deleted...]
-        <v>15.0</v>
+        <v>12.0</v>
+      </c>
+      <c r="I26" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="J26" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="27" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K26" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L26" s="7">
+        <v>14.0</v>
+      </c>
+      <c r="M26" s="7">
+        <v>10.0</v>
+      </c>
+      <c r="N26" s="8">
+        <v>123.0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:14">
       <c r="A27" s="4">
         <v>23</v>
       </c>
-      <c r="B27" s="4">
-[...3 lines deleted...]
-        <v>36</v>
+      <c r="B27" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C27" s="7">
+        <v>1.0</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>50.0</v>
+        <v>17</v>
+      </c>
+      <c r="E27" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G27" s="7">
+        <v>16.0</v>
+      </c>
+      <c r="H27" s="7">
+        <v>13.0</v>
+      </c>
+      <c r="I27" s="7">
+        <v>26.0</v>
+      </c>
+      <c r="J27" s="7">
         <v>29.0</v>
       </c>
-      <c r="H27" s="6" t="s">
-[...12 lines deleted...]
-    <row r="28" spans="1:11">
+      <c r="K27" s="7">
+        <v>20.0</v>
+      </c>
+      <c r="L27" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M27" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N27" s="8">
+        <v>105.0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:14">
       <c r="A28" s="4">
         <v>24</v>
       </c>
-      <c r="B28" s="4">
-[...3 lines deleted...]
-        <v>37</v>
+      <c r="B28" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C28" s="7">
+        <v>26.0</v>
       </c>
       <c r="D28" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>12.0</v>
+        <v>17</v>
+      </c>
+      <c r="E28" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="F28" s="7">
-        <v>24.0</v>
-[...2 lines deleted...]
-        <v>12.0</v>
+        <v>20.0</v>
+      </c>
+      <c r="G28" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="H28" s="7">
-        <v>26.0</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>18.0</v>
+      </c>
+      <c r="I28" s="7">
+        <v>29.0</v>
       </c>
       <c r="J28" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="29" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K28" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L28" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M28" s="7">
+        <v>9.0</v>
+      </c>
+      <c r="N28" s="8">
+        <v>102.0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:14">
       <c r="A29" s="4">
         <v>25</v>
       </c>
-      <c r="B29" s="4">
-[...3 lines deleted...]
-        <v>38</v>
+      <c r="B29" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C29" s="7">
+        <v>8.0</v>
       </c>
       <c r="D29" s="7">
-        <v>11.0</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>20.0</v>
+      </c>
+      <c r="E29" s="7">
+        <v>32.0</v>
       </c>
       <c r="F29" s="7">
-        <v>18.0</v>
-[...17 lines deleted...]
-    <row r="30" spans="1:11">
+        <v>15.0</v>
+      </c>
+      <c r="G29" s="7">
+        <v>10.0</v>
+      </c>
+      <c r="H29" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I29" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J29" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K29" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L29" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M29" s="7">
+        <v>8.0</v>
+      </c>
+      <c r="N29" s="8">
+        <v>93.0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:14">
       <c r="A30" s="4">
         <v>26</v>
       </c>
-      <c r="B30" s="4">
-[...3 lines deleted...]
-        <v>39</v>
+      <c r="B30" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C30" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D30" s="7">
-        <v>8.0</v>
-[...2 lines deleted...]
-        <v>22.0</v>
+        <v>11.0</v>
+      </c>
+      <c r="E30" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="F30" s="7">
-        <v>16.0</v>
+        <v>13.0</v>
       </c>
       <c r="G30" s="7">
         <v>5.0</v>
       </c>
       <c r="H30" s="6" t="s">
-        <v>14</v>
-[...11 lines deleted...]
-    <row r="31" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="I30" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J30" s="7">
+        <v>40.0</v>
+      </c>
+      <c r="K30" s="7">
+        <v>22.0</v>
+      </c>
+      <c r="L30" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M30" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N30" s="8">
+        <v>91.0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:14">
       <c r="A31" s="4">
         <v>27</v>
       </c>
-      <c r="B31" s="4">
-[...3 lines deleted...]
-        <v>40</v>
+      <c r="B31" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C31" s="7">
+        <v>18.0</v>
       </c>
       <c r="D31" s="7">
-        <v>40.0</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>10.0</v>
+      </c>
+      <c r="E31" s="7">
+        <v>29.0</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>6.0</v>
+        <v>17</v>
+      </c>
+      <c r="G31" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I31" s="6" t="s">
-        <v>14</v>
-[...8 lines deleted...]
-    <row r="32" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="J31" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K31" s="7">
+        <v>32.0</v>
+      </c>
+      <c r="L31" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M31" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N31" s="8">
+        <v>89.0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:14">
       <c r="A32" s="4">
         <v>28</v>
       </c>
-      <c r="B32" s="4">
-[...3 lines deleted...]
-        <v>41</v>
+      <c r="B32" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C32" s="7">
+        <v>50.0</v>
       </c>
       <c r="D32" s="7">
-        <v>18.0</v>
-[...11 lines deleted...]
-        <v>14</v>
+        <v>13.0</v>
+      </c>
+      <c r="E32" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F32" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G32" s="7">
+        <v>6.0</v>
+      </c>
+      <c r="H32" s="7">
+        <v>15.0</v>
       </c>
       <c r="I32" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J32" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="33" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K32" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L32" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M32" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N32" s="8">
+        <v>84.0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:14">
       <c r="A33" s="4">
         <v>29</v>
       </c>
-      <c r="B33" s="4">
-[...6 lines deleted...]
-        <v>1.0</v>
+      <c r="B33" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C33" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D33" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="E33" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F33" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G33" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H33" s="6" t="s">
-        <v>14</v>
-[...11 lines deleted...]
-    <row r="34" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="I33" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J33" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K33" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L33" s="7">
+        <v>24.0</v>
+      </c>
+      <c r="M33" s="7">
+        <v>60.0</v>
+      </c>
+      <c r="N33" s="8">
+        <v>84.0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:14">
       <c r="A34" s="4">
         <v>30</v>
       </c>
-      <c r="B34" s="4">
-[...3 lines deleted...]
-        <v>43</v>
+      <c r="B34" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="C34" s="7">
+        <v>8.0</v>
       </c>
       <c r="D34" s="7">
+        <v>22.0</v>
+      </c>
+      <c r="E34" s="7">
+        <v>16.0</v>
+      </c>
+      <c r="F34" s="7">
+        <v>5.0</v>
+      </c>
+      <c r="G34" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="H34" s="7">
+        <v>14.0</v>
+      </c>
+      <c r="I34" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J34" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K34" s="7">
+        <v>15.0</v>
+      </c>
+      <c r="L34" s="7">
+        <v>2.0</v>
+      </c>
+      <c r="M34" s="7">
         <v>1.0</v>
       </c>
-      <c r="E34" s="6" t="s">
-[...21 lines deleted...]
-    <row r="35" spans="1:11">
+      <c r="N34" s="8">
+        <v>83.0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:14">
       <c r="A35" s="4">
         <v>31</v>
       </c>
-      <c r="B35" s="4">
-[...3 lines deleted...]
-        <v>44</v>
+      <c r="B35" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="C35" s="7">
+        <v>29.0</v>
       </c>
       <c r="D35" s="7">
-        <v>22.0</v>
+        <v>4.0</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G35" s="7">
-        <v>10.0</v>
-[...1 lines deleted...]
-      <c r="H35" s="7">
+        <v>9.0</v>
+      </c>
+      <c r="H35" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I35" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J35" s="7">
+        <v>32.0</v>
+      </c>
+      <c r="K35" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L35" s="7">
         <v>3.0</v>
       </c>
-      <c r="I35" s="6" t="s">
-[...9 lines deleted...]
-    <row r="36" spans="1:11">
+      <c r="M35" s="7">
+        <v>5.0</v>
+      </c>
+      <c r="N35" s="8">
+        <v>82.0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:14">
       <c r="A36" s="4">
         <v>32</v>
       </c>
-      <c r="B36" s="4">
-[...6 lines deleted...]
-        <v>24.0</v>
+      <c r="B36" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="C36" s="7">
+        <v>11.0</v>
+      </c>
+      <c r="D36" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="E36" s="7">
-        <v>9.0</v>
+        <v>18.0</v>
       </c>
       <c r="F36" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="G36" s="7">
+        <v>12.0</v>
       </c>
       <c r="H36" s="7">
-        <v>13.0</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>5.0</v>
+      </c>
+      <c r="I36" s="7">
+        <v>20.0</v>
       </c>
       <c r="J36" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="37" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K36" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L36" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M36" s="7">
+        <v>14.0</v>
+      </c>
+      <c r="N36" s="8">
+        <v>80.0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:14">
       <c r="A37" s="4">
         <v>33</v>
       </c>
-      <c r="B37" s="4">
-[...8 lines deleted...]
-      <c r="E37" s="7">
+      <c r="B37" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="C37" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D37" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E37" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F37" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G37" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="H37" s="7">
+        <v>11.0</v>
+      </c>
+      <c r="I37" s="7">
+        <v>22.0</v>
+      </c>
+      <c r="J37" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K37" s="7">
+        <v>26.0</v>
+      </c>
+      <c r="L37" s="7">
         <v>4.0</v>
       </c>
-      <c r="F37" s="6" t="s">
-[...18 lines deleted...]
-    <row r="38" spans="1:11">
+      <c r="M37" s="7">
+        <v>7.0</v>
+      </c>
+      <c r="N37" s="8">
+        <v>70.0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:14">
       <c r="A38" s="4">
         <v>34</v>
       </c>
-      <c r="B38" s="4">
-[...3 lines deleted...]
-        <v>47</v>
+      <c r="B38" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="C38" s="7">
+        <v>40.0</v>
       </c>
       <c r="D38" s="6" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="E38" s="7">
+        <v>17</v>
+      </c>
+      <c r="E38" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F38" s="7">
+        <v>6.0</v>
+      </c>
+      <c r="G38" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="H38" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I38" s="7">
+        <v>14.0</v>
+      </c>
+      <c r="J38" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K38" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L38" s="7">
         <v>8.0</v>
       </c>
-      <c r="F38" s="6" t="s">
-[...18 lines deleted...]
-    <row r="39" spans="1:11">
+      <c r="M38" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N38" s="8">
+        <v>68.0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:14">
       <c r="A39" s="4">
         <v>35</v>
       </c>
-      <c r="B39" s="4">
-[...5 lines deleted...]
-      <c r="D39" s="7">
+      <c r="B39" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="C39" s="7">
         <v>36.0</v>
       </c>
+      <c r="D39" s="6" t="s">
+        <v>17</v>
+      </c>
       <c r="E39" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G39" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I39" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="40" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K39" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L39" s="7">
+        <v>11.0</v>
+      </c>
+      <c r="M39" s="7">
+        <v>15.0</v>
+      </c>
+      <c r="N39" s="8">
+        <v>62.0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:14">
       <c r="A40" s="4">
         <v>36</v>
       </c>
-      <c r="B40" s="4">
-[...12 lines deleted...]
-        <v>14</v>
+      <c r="B40" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="C40" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D40" s="7">
+        <v>14.0</v>
+      </c>
+      <c r="E40" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F40" s="7">
+        <v>7.0</v>
       </c>
       <c r="G40" s="7">
-        <v>3.0</v>
+        <v>11.0</v>
       </c>
       <c r="H40" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I40" s="6" t="s">
-        <v>14</v>
-[...8 lines deleted...]
-    <row r="41" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="J40" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K40" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L40" s="7">
+        <v>29.0</v>
+      </c>
+      <c r="M40" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N40" s="8">
+        <v>61.0</v>
+      </c>
+    </row>
+    <row r="41" spans="1:14">
       <c r="A41" s="4">
         <v>37</v>
       </c>
-      <c r="B41" s="4">
-[...3 lines deleted...]
-        <v>50</v>
+      <c r="B41" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="C41" s="7">
+        <v>8.0</v>
       </c>
       <c r="D41" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E41" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F41" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G41" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H41" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>11.0</v>
+        <v>17</v>
+      </c>
+      <c r="I41" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="J41" s="7">
-        <v>22.0</v>
-[...5 lines deleted...]
-    <row r="42" spans="1:11">
+        <v>36.0</v>
+      </c>
+      <c r="K41" s="7">
+        <v>16.0</v>
+      </c>
+      <c r="L41" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M41" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N41" s="8">
+        <v>60.0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:14">
       <c r="A42" s="4">
         <v>38</v>
       </c>
-      <c r="B42" s="4">
-[...3 lines deleted...]
-        <v>51</v>
+      <c r="B42" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="C42" s="7">
+        <v>1.0</v>
       </c>
       <c r="D42" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14.0</v>
+        <v>17</v>
+      </c>
+      <c r="E42" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="F42" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>7.0</v>
+        <v>17</v>
+      </c>
+      <c r="G42" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="H42" s="7">
-        <v>11.0</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>20.0</v>
+      </c>
+      <c r="I42" s="7">
+        <v>36.0</v>
       </c>
       <c r="J42" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="43" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K42" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L42" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M42" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N42" s="8">
+        <v>57.0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:14">
       <c r="A43" s="4">
         <v>39</v>
       </c>
-      <c r="B43" s="4">
-[...30 lines deleted...]
-    <row r="44" spans="1:11">
+      <c r="B43" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="C43" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D43" s="7">
+        <v>6.0</v>
+      </c>
+      <c r="E43" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F43" s="7">
+        <v>3.0</v>
+      </c>
+      <c r="G43" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="H43" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I43" s="7">
+        <v>24.0</v>
+      </c>
+      <c r="J43" s="7">
+        <v>24.0</v>
+      </c>
+      <c r="K43" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L43" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M43" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N43" s="8">
+        <v>57.0</v>
+      </c>
+    </row>
+    <row r="44" spans="1:14">
       <c r="A44" s="4">
         <v>40</v>
       </c>
-      <c r="B44" s="4">
-[...3 lines deleted...]
-        <v>53</v>
+      <c r="B44" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="C44" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D44" s="7">
-        <v>3.0</v>
+        <v>8.0</v>
       </c>
       <c r="E44" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F44" s="7">
-        <v>20.0</v>
-[...2 lines deleted...]
-        <v>2.0</v>
+        <v>14.0</v>
+      </c>
+      <c r="G44" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="H44" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="I44" s="7">
+        <v>15.0</v>
       </c>
       <c r="J44" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="45" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K44" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L44" s="7">
+        <v>13.0</v>
+      </c>
+      <c r="M44" s="7">
+        <v>6.0</v>
+      </c>
+      <c r="N44" s="8">
+        <v>56.0</v>
+      </c>
+    </row>
+    <row r="45" spans="1:14">
       <c r="A45" s="4">
         <v>41</v>
       </c>
-      <c r="B45" s="4">
-[...3 lines deleted...]
-        <v>54</v>
+      <c r="B45" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="C45" s="7">
+        <v>3.0</v>
       </c>
       <c r="D45" s="6" t="s">
-        <v>14</v>
-[...14 lines deleted...]
-        <v>7.0</v>
+        <v>17</v>
+      </c>
+      <c r="E45" s="7">
+        <v>20.0</v>
+      </c>
+      <c r="F45" s="7">
+        <v>2.0</v>
+      </c>
+      <c r="G45" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="H45" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I45" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="J45" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="46" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K45" s="7">
+        <v>29.0</v>
+      </c>
+      <c r="L45" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M45" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N45" s="8">
+        <v>54.0</v>
+      </c>
+    </row>
+    <row r="46" spans="1:14">
       <c r="A46" s="4">
         <v>42</v>
       </c>
-      <c r="B46" s="4">
-[...6 lines deleted...]
-        <v>20.0</v>
+      <c r="B46" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="C46" s="7">
+        <v>22.0</v>
+      </c>
+      <c r="D46" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="E46" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="F46" s="7">
+        <v>10.0</v>
+      </c>
+      <c r="G46" s="7">
+        <v>3.0</v>
       </c>
       <c r="H46" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="I46" s="7">
+        <v>18.0</v>
       </c>
       <c r="J46" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="47" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K46" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L46" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M46" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N46" s="8">
+        <v>53.0</v>
+      </c>
+    </row>
+    <row r="47" spans="1:14">
       <c r="A47" s="4">
         <v>43</v>
       </c>
-      <c r="B47" s="4">
-[...5 lines deleted...]
-      <c r="D47" s="7">
+      <c r="B47" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="C47" s="7">
         <v>5.0</v>
       </c>
+      <c r="D47" s="6" t="s">
+        <v>17</v>
+      </c>
       <c r="E47" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F47" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G47" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H47" s="6" t="s">
-        <v>14</v>
-[...4 lines deleted...]
-      <c r="J47" s="7">
+        <v>17</v>
+      </c>
+      <c r="I47" s="7">
         <v>14.0</v>
       </c>
-      <c r="K47" s="8">
-[...3 lines deleted...]
-    <row r="48" spans="1:11">
+      <c r="J47" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K47" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L47" s="7">
+        <v>9.0</v>
+      </c>
+      <c r="M47" s="7">
+        <v>12.0</v>
+      </c>
+      <c r="N47" s="8">
+        <v>40.0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:14">
       <c r="A48" s="4">
         <v>44</v>
       </c>
-      <c r="B48" s="4">
-[...3 lines deleted...]
-        <v>57</v>
+      <c r="B48" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="C48" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D48" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E48" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F48" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G48" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H48" s="6" t="s">
-        <v>14</v>
-[...4 lines deleted...]
-      <c r="J48" s="7">
+        <v>17</v>
+      </c>
+      <c r="I48" s="7">
         <v>16.0</v>
       </c>
-      <c r="K48" s="8">
-[...3 lines deleted...]
-    <row r="49" spans="1:11">
+      <c r="J48" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K48" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L48" s="7">
+        <v>12.0</v>
+      </c>
+      <c r="M48" s="7">
+        <v>11.0</v>
+      </c>
+      <c r="N48" s="8">
+        <v>39.0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:14">
       <c r="A49" s="4">
         <v>45</v>
       </c>
-      <c r="B49" s="4">
-[...6 lines deleted...]
-        <v>15.0</v>
+      <c r="B49" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="C49" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D49" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="E49" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F49" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G49" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="H49" s="7">
+        <v>8.0</v>
       </c>
       <c r="I49" s="6" t="s">
-        <v>14</v>
-[...8 lines deleted...]
-    <row r="50" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="J49" s="7">
+        <v>26.0</v>
+      </c>
+      <c r="K49" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L49" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M49" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N49" s="8">
+        <v>34.0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:14">
       <c r="A50" s="4">
         <v>46</v>
       </c>
-      <c r="B50" s="4">
-[...3 lines deleted...]
-        <v>59</v>
+      <c r="B50" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="C50" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D50" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E50" s="6" t="s">
-        <v>14</v>
-[...11 lines deleted...]
-        <v>10.0</v>
+        <v>17</v>
+      </c>
+      <c r="F50" s="7">
+        <v>9.0</v>
+      </c>
+      <c r="G50" s="7">
+        <v>7.0</v>
+      </c>
+      <c r="H50" s="7">
+        <v>7.0</v>
+      </c>
+      <c r="I50" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="J50" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="51" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K50" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L50" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M50" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N50" s="8">
+        <v>23.0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:14">
       <c r="A51" s="4">
         <v>47</v>
       </c>
-      <c r="B51" s="4">
-[...6 lines deleted...]
-        <v>9.0</v>
+      <c r="B51" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C51" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D51" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="E51" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F51" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G51" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H51" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I51" s="6" t="s">
-        <v>14</v>
-[...8 lines deleted...]
-    <row r="52" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="J51" s="7">
+        <v>22.0</v>
+      </c>
+      <c r="K51" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L51" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M51" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N51" s="8">
+        <v>22.0</v>
+      </c>
+    </row>
+    <row r="52" spans="1:14">
       <c r="A52" s="4">
         <v>48</v>
       </c>
-      <c r="B52" s="4">
-[...5 lines deleted...]
-      <c r="D52" s="7">
+      <c r="B52" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="C52" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D52" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E52" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F52" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G52" s="7">
         <v>8.0</v>
       </c>
-      <c r="E52" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H52" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I52" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J52" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="53" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K52" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L52" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M52" s="7">
+        <v>13.0</v>
+      </c>
+      <c r="N52" s="8">
+        <v>21.0</v>
+      </c>
+    </row>
+    <row r="53" spans="1:14">
       <c r="A53" s="4">
         <v>49</v>
       </c>
-      <c r="B53" s="4">
-[...3 lines deleted...]
-        <v>62</v>
+      <c r="B53" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="C53" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D53" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E53" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F53" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G53" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>8.0</v>
+        <v>17</v>
+      </c>
+      <c r="H53" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="I53" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J53" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="54" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K53" s="7">
+        <v>20.0</v>
+      </c>
+      <c r="L53" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M53" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N53" s="8">
+        <v>20.0</v>
+      </c>
+    </row>
+    <row r="54" spans="1:14">
       <c r="A54" s="4">
         <v>50</v>
       </c>
-      <c r="B54" s="4">
-[...3 lines deleted...]
-        <v>63</v>
+      <c r="B54" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C54" s="7">
+        <v>20.0</v>
       </c>
       <c r="D54" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E54" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F54" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>8.0</v>
+        <v>17</v>
+      </c>
+      <c r="G54" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="H54" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I54" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J54" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="55" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K54" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L54" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M54" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N54" s="8">
+        <v>20.0</v>
+      </c>
+    </row>
+    <row r="55" spans="1:14">
       <c r="A55" s="4">
         <v>51</v>
       </c>
-      <c r="B55" s="4">
-[...3 lines deleted...]
-        <v>64</v>
+      <c r="B55" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="C55" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D55" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E55" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F55" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G55" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H55" s="6" t="s">
-        <v>14</v>
-[...11 lines deleted...]
-    <row r="56" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="I55" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J55" s="7">
+        <v>20.0</v>
+      </c>
+      <c r="K55" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L55" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M55" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N55" s="8">
+        <v>20.0</v>
+      </c>
+    </row>
+    <row r="56" spans="1:14">
       <c r="A56" s="4">
         <v>52</v>
       </c>
-      <c r="B56" s="4">
-[...3 lines deleted...]
-        <v>65</v>
+      <c r="B56" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="C56" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D56" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E56" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F56" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G56" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H56" s="6" t="s">
-        <v>14</v>
-[...11 lines deleted...]
-    <row r="57" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="I56" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J56" s="7">
+        <v>18.0</v>
+      </c>
+      <c r="K56" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L56" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M56" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N56" s="8">
+        <v>18.0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:14">
       <c r="A57" s="4">
         <v>53</v>
       </c>
-      <c r="B57" s="4">
-[...3 lines deleted...]
-        <v>66</v>
+      <c r="B57" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="C57" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D57" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>6.0</v>
+        <v>17</v>
+      </c>
+      <c r="E57" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="F57" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="G57" s="7">
+        <v>2.0</v>
       </c>
       <c r="H57" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I57" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J57" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="58" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K57" s="7">
+        <v>13.0</v>
+      </c>
+      <c r="L57" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="M57" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N57" s="8">
+        <v>16.0</v>
+      </c>
+    </row>
+    <row r="58" spans="1:14">
       <c r="A58" s="4">
         <v>54</v>
       </c>
-      <c r="B58" s="4">
-[...3 lines deleted...]
-        <v>67</v>
+      <c r="B58" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="C58" s="7">
+        <v>15.0</v>
       </c>
       <c r="D58" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E58" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F58" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G58" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>4.0</v>
+        <v>17</v>
+      </c>
+      <c r="H58" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="I58" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J58" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="59" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K58" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L58" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M58" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N58" s="8">
+        <v>15.0</v>
+      </c>
+    </row>
+    <row r="59" spans="1:14">
       <c r="A59" s="4">
         <v>55</v>
       </c>
-      <c r="B59" s="4">
-[...3 lines deleted...]
-        <v>68</v>
+      <c r="B59" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="C59" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D59" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E59" s="6" t="s">
-        <v>14</v>
-[...4 lines deleted...]
-      <c r="G59" s="7">
+        <v>17</v>
+      </c>
+      <c r="F59" s="7">
+        <v>8.0</v>
+      </c>
+      <c r="G59" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="H59" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I59" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J59" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K59" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L59" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M59" s="7">
         <v>4.0</v>
       </c>
-      <c r="H59" s="6" t="s">
-[...12 lines deleted...]
-    <row r="60" spans="1:11">
+      <c r="N59" s="8">
+        <v>12.0</v>
+      </c>
+    </row>
+    <row r="60" spans="1:14">
       <c r="A60" s="4">
         <v>56</v>
       </c>
-      <c r="B60" s="4">
-[...6 lines deleted...]
-        <v>2.0</v>
+      <c r="B60" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="C60" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D60" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="E60" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F60" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G60" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H60" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I60" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J60" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="61" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K60" s="7">
+        <v>12.0</v>
+      </c>
+      <c r="L60" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M60" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N60" s="8">
+        <v>12.0</v>
+      </c>
+    </row>
+    <row r="61" spans="1:14">
       <c r="A61" s="4">
         <v>57</v>
       </c>
-      <c r="B61" s="4">
-[...3 lines deleted...]
-        <v>70</v>
+      <c r="B61" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="C61" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D61" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E61" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F61" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G61" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>2.0</v>
+        <v>17</v>
+      </c>
+      <c r="H61" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="I61" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J61" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="62" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K61" s="7">
+        <v>11.0</v>
+      </c>
+      <c r="L61" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M61" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N61" s="8">
+        <v>11.0</v>
+      </c>
+    </row>
+    <row r="62" spans="1:14">
       <c r="A62" s="4">
         <v>58</v>
       </c>
-      <c r="B62" s="4">
-[...3 lines deleted...]
-        <v>71</v>
+      <c r="B62" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="C62" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D62" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E62" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F62" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G62" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="H62" s="7">
+        <v>10.0</v>
       </c>
       <c r="I62" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J62" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="63" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K62" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L62" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M62" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N62" s="8">
+        <v>10.0</v>
+      </c>
+    </row>
+    <row r="63" spans="1:14">
       <c r="A63" s="4">
         <v>59</v>
       </c>
-      <c r="B63" s="4">
-[...3 lines deleted...]
-        <v>72</v>
+      <c r="B63" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C63" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D63" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E63" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F63" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G63" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H63" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I63" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J63" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="64" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K63" s="7">
+        <v>10.0</v>
+      </c>
+      <c r="L63" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M63" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N63" s="8">
+        <v>10.0</v>
+      </c>
+    </row>
+    <row r="64" spans="1:14">
       <c r="A64" s="4">
         <v>60</v>
       </c>
-      <c r="B64" s="4">
-[...3 lines deleted...]
-        <v>73</v>
+      <c r="B64" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="C64" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D64" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E64" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F64" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G64" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H64" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I64" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J64" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="65" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K64" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L64" s="7">
+        <v>5.0</v>
+      </c>
+      <c r="M64" s="7">
+        <v>4.0</v>
+      </c>
+      <c r="N64" s="8">
+        <v>9.0</v>
+      </c>
+    </row>
+    <row r="65" spans="1:14">
       <c r="A65" s="4">
         <v>61</v>
       </c>
-      <c r="B65" s="4">
-[...3 lines deleted...]
-        <v>74</v>
+      <c r="B65" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C65" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D65" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E65" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F65" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G65" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H65" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I65" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J65" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="66" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K65" s="7">
+        <v>9.0</v>
+      </c>
+      <c r="L65" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M65" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N65" s="8">
+        <v>9.0</v>
+      </c>
+    </row>
+    <row r="66" spans="1:14">
       <c r="A66" s="4">
         <v>62</v>
       </c>
-      <c r="B66" s="4">
-[...3 lines deleted...]
-        <v>75</v>
+      <c r="B66" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="C66" s="7">
+        <v>9.0</v>
       </c>
       <c r="D66" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E66" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F66" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G66" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H66" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I66" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J66" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="67" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K66" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L66" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M66" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N66" s="8">
+        <v>9.0</v>
+      </c>
+    </row>
+    <row r="67" spans="1:14">
       <c r="A67" s="4">
         <v>63</v>
       </c>
-      <c r="B67" s="4">
-[...3 lines deleted...]
-        <v>76</v>
+      <c r="B67" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="C67" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D67" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E67" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F67" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G67" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H67" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I67" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J67" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="68" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K67" s="7">
+        <v>8.0</v>
+      </c>
+      <c r="L67" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M67" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N67" s="8">
+        <v>8.0</v>
+      </c>
+    </row>
+    <row r="68" spans="1:14">
       <c r="A68" s="4">
         <v>64</v>
       </c>
-      <c r="B68" s="4">
-[...3 lines deleted...]
-        <v>77</v>
+      <c r="B68" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="C68" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D68" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E68" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="F68" s="7">
+        <v>4.0</v>
       </c>
       <c r="G68" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H68" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I68" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J68" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="69" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K68" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L68" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M68" s="7">
+        <v>2.0</v>
+      </c>
+      <c r="N68" s="8">
+        <v>6.0</v>
+      </c>
+    </row>
+    <row r="69" spans="1:14">
       <c r="A69" s="4">
         <v>65</v>
       </c>
-      <c r="B69" s="4">
-[...3 lines deleted...]
-        <v>78</v>
+      <c r="B69" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="C69" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D69" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E69" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F69" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G69" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="H69" s="7">
+        <v>6.0</v>
       </c>
       <c r="I69" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J69" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="70" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K69" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L69" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M69" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N69" s="8">
+        <v>6.0</v>
+      </c>
+    </row>
+    <row r="70" spans="1:14">
       <c r="A70" s="4">
         <v>66</v>
       </c>
-      <c r="B70" s="4">
-[...3 lines deleted...]
-        <v>79</v>
+      <c r="B70" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="C70" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D70" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E70" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F70" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G70" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H70" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I70" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J70" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="71" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K70" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L70" s="7">
+        <v>6.0</v>
+      </c>
+      <c r="M70" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N70" s="8">
+        <v>6.0</v>
+      </c>
+    </row>
+    <row r="71" spans="1:14">
       <c r="A71" s="4">
         <v>67</v>
       </c>
-      <c r="B71" s="4">
-[...6 lines deleted...]
-        <v>14</v>
+      <c r="B71" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="C71" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D71" s="7">
+        <v>6.0</v>
       </c>
       <c r="E71" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F71" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G71" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H71" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I71" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J71" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="72" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K71" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L71" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M71" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N71" s="8">
+        <v>6.0</v>
+      </c>
+    </row>
+    <row r="72" spans="1:14">
       <c r="A72" s="4">
         <v>68</v>
       </c>
-      <c r="B72" s="4">
-[...3 lines deleted...]
-        <v>81</v>
+      <c r="B72" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="C72" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D72" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E72" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F72" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="G72" s="7">
+        <v>4.0</v>
       </c>
       <c r="H72" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I72" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J72" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="73" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K72" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L72" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M72" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N72" s="8">
+        <v>4.0</v>
+      </c>
+    </row>
+    <row r="73" spans="1:14">
       <c r="A73" s="4">
         <v>69</v>
       </c>
-      <c r="B73" s="4">
-[...3 lines deleted...]
-        <v>82</v>
+      <c r="B73" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="C73" s="7">
+        <v>2.0</v>
       </c>
       <c r="D73" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E73" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F73" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G73" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H73" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I73" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J73" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="74" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K73" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L73" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M73" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N73" s="8">
+        <v>2.0</v>
+      </c>
+    </row>
+    <row r="74" spans="1:14">
       <c r="A74" s="4">
         <v>70</v>
       </c>
-      <c r="B74" s="4">
-[...3 lines deleted...]
-        <v>83</v>
+      <c r="B74" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="C74" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D74" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E74" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F74" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G74" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H74" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I74" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J74" s="6" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="K74" s="8">
+        <v>17</v>
+      </c>
+      <c r="K74" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L74" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M74" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N74" s="8">
         <v>0.0</v>
       </c>
     </row>
-    <row r="75" spans="1:11">
+    <row r="75" spans="1:14">
       <c r="A75" s="4">
         <v>71</v>
       </c>
-      <c r="B75" s="4">
-[...3 lines deleted...]
-        <v>84</v>
+      <c r="B75" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="C75" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D75" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E75" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F75" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G75" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H75" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I75" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J75" s="6" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="K75" s="8">
+        <v>17</v>
+      </c>
+      <c r="K75" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L75" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M75" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N75" s="8">
         <v>0.0</v>
       </c>
     </row>
-    <row r="76" spans="1:11">
+    <row r="76" spans="1:14">
       <c r="A76" s="4">
         <v>72</v>
       </c>
-      <c r="B76" s="4">
-[...3 lines deleted...]
-        <v>85</v>
+      <c r="B76" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="C76" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D76" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E76" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F76" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G76" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H76" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I76" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J76" s="6" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="K76" s="8">
+        <v>17</v>
+      </c>
+      <c r="K76" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L76" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M76" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N76" s="8">
         <v>0.0</v>
       </c>
     </row>
-    <row r="77" spans="1:11">
+    <row r="77" spans="1:14">
       <c r="A77" s="4">
         <v>73</v>
       </c>
-      <c r="B77" s="4">
-[...3 lines deleted...]
-        <v>86</v>
+      <c r="B77" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="C77" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D77" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E77" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F77" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G77" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H77" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I77" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J77" s="6" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="K77" s="8">
+        <v>17</v>
+      </c>
+      <c r="K77" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L77" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M77" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N77" s="8">
         <v>0.0</v>
       </c>
     </row>
-    <row r="78" spans="1:11">
+    <row r="78" spans="1:14">
       <c r="A78" s="4">
         <v>74</v>
       </c>
-      <c r="B78" s="4">
-[...3 lines deleted...]
-        <v>87</v>
+      <c r="B78" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="C78" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D78" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E78" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F78" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G78" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H78" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I78" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J78" s="6" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="K78" s="8">
+        <v>17</v>
+      </c>
+      <c r="K78" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L78" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M78" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N78" s="8">
         <v>0.0</v>
       </c>
     </row>
-    <row r="79" spans="1:11">
+    <row r="79" spans="1:14">
       <c r="A79" s="4">
         <v>75</v>
       </c>
-      <c r="B79" s="4">
-[...3 lines deleted...]
-        <v>88</v>
+      <c r="B79" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="C79" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D79" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E79" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F79" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G79" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H79" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I79" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J79" s="6" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="K79" s="8">
+        <v>17</v>
+      </c>
+      <c r="K79" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L79" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M79" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N79" s="8">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="80" spans="1:14">
+      <c r="A80" s="4">
+        <v>76</v>
+      </c>
+      <c r="B80" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="C80" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D80" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E80" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F80" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G80" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="H80" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I80" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J80" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K80" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L80" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M80" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N80" s="8">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="81" spans="1:14">
+      <c r="A81" s="4">
+        <v>77</v>
+      </c>
+      <c r="B81" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="C81" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D81" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E81" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F81" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G81" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="H81" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I81" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J81" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K81" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L81" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M81" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N81" s="8">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="82" spans="1:14">
+      <c r="A82" s="4">
+        <v>78</v>
+      </c>
+      <c r="B82" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="C82" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D82" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E82" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F82" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G82" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="H82" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I82" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J82" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K82" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L82" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M82" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N82" s="8">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="83" spans="1:14">
+      <c r="A83" s="4">
+        <v>79</v>
+      </c>
+      <c r="B83" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C83" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D83" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E83" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F83" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G83" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="H83" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I83" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J83" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K83" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L83" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M83" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N83" s="8">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="84" spans="1:14">
+      <c r="A84" s="4">
+        <v>80</v>
+      </c>
+      <c r="B84" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="C84" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D84" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E84" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F84" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G84" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="H84" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I84" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J84" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K84" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L84" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M84" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N84" s="8">
         <v>0.0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:K1"/>
-    <mergeCell ref="A2:K2"/>
+    <mergeCell ref="A1:N1"/>
+    <mergeCell ref="A2:N2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K78"/>
+  <dimension ref="A1:N84"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A4" sqref="A4:K78"/>
+      <selection activeCell="A4" sqref="A4:N84"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="true" style="0"/>
-    <col min="2" max="2" width="14" customWidth="true" style="0"/>
-    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="14" customWidth="true" style="0"/>
     <col min="9" max="9" width="14" customWidth="true" style="0"/>
     <col min="10" max="10" width="14" customWidth="true" style="0"/>
+    <col min="11" max="11" width="14" customWidth="true" style="0"/>
+    <col min="12" max="12" width="14" customWidth="true" style="0"/>
+    <col min="13" max="13" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11">
+    <row r="1" spans="1:14">
       <c r="A1" s="1" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:11">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="2" spans="1:14">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:11" customHeight="1" ht="150">
+    <row r="4" spans="1:14" customHeight="1" ht="150">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="5" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="5" t="s">
         <v>9</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>10</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="K4" s="3" t="s">
+      <c r="K4" s="5" t="s">
         <v>12</v>
       </c>
-    </row>
-    <row r="5" spans="1:11">
+      <c r="L4" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="M4" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="N4" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="5" spans="1:14">
       <c r="A5" s="4">
         <v>1</v>
       </c>
-      <c r="B5" s="4">
-[...3 lines deleted...]
-        <v>90</v>
+      <c r="B5" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="C5" s="7">
+        <v>80.0</v>
       </c>
       <c r="D5" s="7">
-        <v>80.0</v>
+        <v>100.0</v>
       </c>
       <c r="E5" s="7">
         <v>100.0</v>
       </c>
       <c r="F5" s="7">
         <v>100.0</v>
       </c>
       <c r="G5" s="7">
-        <v>100.0</v>
+        <v>50.0</v>
       </c>
       <c r="H5" s="7">
-        <v>50.0</v>
+        <v>80.0</v>
       </c>
       <c r="I5" s="7">
         <v>80.0</v>
       </c>
-      <c r="J5" s="7">
+      <c r="J5" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K5" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L5" s="7">
         <v>80.0</v>
       </c>
-      <c r="K5" s="8">
-[...3 lines deleted...]
-    <row r="6" spans="1:11">
+      <c r="M5" s="7">
+        <v>100.0</v>
+      </c>
+      <c r="N5" s="8">
+        <v>770.0</v>
+      </c>
+    </row>
+    <row r="6" spans="1:14">
       <c r="A6" s="4">
         <v>2</v>
       </c>
-      <c r="B6" s="4">
-[...12 lines deleted...]
-        <v>80.0</v>
+      <c r="B6" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="C6" s="7">
+        <v>36.0</v>
+      </c>
+      <c r="D6" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E6" s="7">
+        <v>60.0</v>
+      </c>
+      <c r="F6" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="G6" s="7">
-        <v>80.0</v>
-[...2 lines deleted...]
-        <v>60.0</v>
+        <v>100.0</v>
+      </c>
+      <c r="H6" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="I6" s="7">
         <v>100.0</v>
       </c>
-      <c r="J6" s="6" t="s">
-[...6 lines deleted...]
-    <row r="7" spans="1:11">
+      <c r="J6" s="7">
+        <v>80.0</v>
+      </c>
+      <c r="K6" s="7">
+        <v>100.0</v>
+      </c>
+      <c r="L6" s="7">
+        <v>100.0</v>
+      </c>
+      <c r="M6" s="7">
+        <v>60.0</v>
+      </c>
+      <c r="N6" s="8">
+        <v>636.0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:14">
       <c r="A7" s="4">
         <v>3</v>
       </c>
-      <c r="B7" s="4">
-[...9 lines deleted...]
-        <v>14</v>
+      <c r="B7" s="4" t="s">
+        <v>100</v>
+      </c>
+      <c r="C7" s="7">
+        <v>50.0</v>
+      </c>
+      <c r="D7" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E7" s="7">
+        <v>80.0</v>
       </c>
       <c r="F7" s="7">
+        <v>80.0</v>
+      </c>
+      <c r="G7" s="7">
         <v>60.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="H7" s="7">
         <v>100.0</v>
       </c>
       <c r="I7" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J7" s="7">
         <v>100.0</v>
       </c>
-      <c r="K7" s="8">
-[...3 lines deleted...]
-    <row r="8" spans="1:11">
+      <c r="K7" s="7">
+        <v>80.0</v>
+      </c>
+      <c r="L7" s="7">
+        <v>40.0</v>
+      </c>
+      <c r="M7" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N7" s="8">
+        <v>590.0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:14">
       <c r="A8" s="4">
         <v>4</v>
       </c>
-      <c r="B8" s="4">
-[...5 lines deleted...]
-      <c r="D8" s="7">
+      <c r="B8" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="C8" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D8" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E8" s="7">
+        <v>45.0</v>
+      </c>
+      <c r="F8" s="7">
+        <v>32.0</v>
+      </c>
+      <c r="G8" s="7">
         <v>11.0</v>
       </c>
-      <c r="E8" s="6" t="s">
-[...5 lines deleted...]
-      <c r="G8" s="7">
+      <c r="H8" s="7">
         <v>40.0</v>
       </c>
-      <c r="H8" s="7">
+      <c r="I8" s="7">
+        <v>45.0</v>
+      </c>
+      <c r="J8" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K8" s="7">
+        <v>45.0</v>
+      </c>
+      <c r="L8" s="7">
+        <v>45.0</v>
+      </c>
+      <c r="M8" s="7">
         <v>80.0</v>
       </c>
-      <c r="I8" s="7">
-[...9 lines deleted...]
-    <row r="9" spans="1:11">
+      <c r="N8" s="8">
+        <v>343.0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14">
       <c r="A9" s="4">
         <v>5</v>
       </c>
-      <c r="B9" s="4">
-[...6 lines deleted...]
-        <v>15.0</v>
+      <c r="B9" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="C9" s="7">
+        <v>11.0</v>
+      </c>
+      <c r="D9" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="E9" s="7">
-        <v>45.0</v>
+        <v>36.0</v>
       </c>
       <c r="F9" s="7">
         <v>40.0</v>
       </c>
-      <c r="G9" s="6" t="s">
-        <v>14</v>
+      <c r="G9" s="7">
+        <v>80.0</v>
       </c>
       <c r="H9" s="7">
-        <v>18.0</v>
-[...4 lines deleted...]
-      <c r="J9" s="7">
+        <v>60.0</v>
+      </c>
+      <c r="I9" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J9" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K9" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L9" s="7">
+        <v>60.0</v>
+      </c>
+      <c r="M9" s="7">
         <v>50.0</v>
       </c>
-      <c r="K9" s="8">
-[...3 lines deleted...]
-    <row r="10" spans="1:11">
+      <c r="N9" s="8">
+        <v>337.0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14">
       <c r="A10" s="4">
         <v>6</v>
       </c>
-      <c r="B10" s="4">
-[...9 lines deleted...]
-        <v>80.0</v>
+      <c r="B10" s="4" t="s">
+        <v>103</v>
+      </c>
+      <c r="C10" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D10" s="7">
+        <v>60.0</v>
+      </c>
+      <c r="E10" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="F10" s="7">
         <v>50.0</v>
       </c>
       <c r="G10" s="7">
-        <v>20.0</v>
+        <v>29.0</v>
       </c>
       <c r="H10" s="7">
-        <v>15.0</v>
+        <v>32.0</v>
       </c>
       <c r="I10" s="7">
-        <v>18.0</v>
-[...1 lines deleted...]
-      <c r="J10" s="7">
+        <v>40.0</v>
+      </c>
+      <c r="J10" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K10" s="7">
+        <v>60.0</v>
+      </c>
+      <c r="L10" s="7">
+        <v>22.0</v>
+      </c>
+      <c r="M10" s="7">
         <v>29.0</v>
       </c>
-      <c r="K10" s="8">
-[...3 lines deleted...]
-    <row r="11" spans="1:11">
+      <c r="N10" s="8">
+        <v>322.0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14">
       <c r="A11" s="4">
         <v>7</v>
       </c>
-      <c r="B11" s="4">
-[...6 lines deleted...]
-        <v>14</v>
+      <c r="B11" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="C11" s="7">
+        <v>15.0</v>
+      </c>
+      <c r="D11" s="7">
+        <v>45.0</v>
       </c>
       <c r="E11" s="7">
-        <v>60.0</v>
+        <v>40.0</v>
       </c>
       <c r="F11" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G11" s="7">
+        <v>18.0</v>
+      </c>
+      <c r="H11" s="7">
+        <v>45.0</v>
+      </c>
+      <c r="I11" s="7">
         <v>50.0</v>
       </c>
-      <c r="H11" s="7">
-[...12 lines deleted...]
-    <row r="12" spans="1:11">
+      <c r="J11" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K11" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L11" s="7">
+        <v>15.0</v>
+      </c>
+      <c r="M11" s="7">
+        <v>26.0</v>
+      </c>
+      <c r="N11" s="8">
+        <v>254.0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14">
       <c r="A12" s="4">
         <v>8</v>
       </c>
-      <c r="B12" s="4">
-[...3 lines deleted...]
-        <v>97</v>
+      <c r="B12" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="C12" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D12" s="7">
-        <v>45.0</v>
+        <v>80.0</v>
       </c>
       <c r="E12" s="7">
-        <v>40.0</v>
+        <v>50.0</v>
       </c>
       <c r="F12" s="7">
+        <v>20.0</v>
+      </c>
+      <c r="G12" s="7">
+        <v>15.0</v>
+      </c>
+      <c r="H12" s="7">
+        <v>18.0</v>
+      </c>
+      <c r="I12" s="7">
         <v>29.0</v>
       </c>
-      <c r="G12" s="7">
-[...8 lines deleted...]
-      <c r="J12" s="7">
+      <c r="J12" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K12" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L12" s="7">
         <v>24.0</v>
       </c>
-      <c r="K12" s="8">
-[...3 lines deleted...]
-    <row r="13" spans="1:11">
+      <c r="M12" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N12" s="8">
+        <v>236.0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14">
       <c r="A13" s="4">
         <v>9</v>
       </c>
-      <c r="B13" s="4">
-[...3 lines deleted...]
-        <v>98</v>
+      <c r="B13" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="C13" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D13" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E13" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="F13" s="7">
+        <v>50.0</v>
       </c>
       <c r="G13" s="7">
+        <v>20.0</v>
+      </c>
+      <c r="H13" s="7">
         <v>50.0</v>
       </c>
-      <c r="H13" s="7">
+      <c r="I13" s="7">
+        <v>60.0</v>
+      </c>
+      <c r="J13" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K13" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L13" s="7">
         <v>20.0</v>
       </c>
-      <c r="I13" s="7">
-[...9 lines deleted...]
-    <row r="14" spans="1:11">
+      <c r="M13" s="7">
+        <v>22.0</v>
+      </c>
+      <c r="N13" s="8">
+        <v>222.0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14">
       <c r="A14" s="4">
         <v>10</v>
       </c>
-      <c r="B14" s="4">
-[...9 lines deleted...]
-        <v>14</v>
+      <c r="B14" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="C14" s="7">
+        <v>2.0</v>
+      </c>
+      <c r="D14" s="7">
+        <v>24.0</v>
+      </c>
+      <c r="E14" s="7">
+        <v>20.0</v>
       </c>
       <c r="F14" s="7">
-        <v>45.0</v>
+        <v>60.0</v>
       </c>
       <c r="G14" s="7">
-        <v>32.0</v>
+        <v>26.0</v>
       </c>
       <c r="H14" s="7">
-        <v>11.0</v>
+        <v>6.0</v>
       </c>
       <c r="I14" s="7">
-        <v>40.0</v>
-[...8 lines deleted...]
-    <row r="15" spans="1:11">
+        <v>20.0</v>
+      </c>
+      <c r="J14" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K14" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L14" s="7">
+        <v>29.0</v>
+      </c>
+      <c r="M14" s="7">
+        <v>18.0</v>
+      </c>
+      <c r="N14" s="8">
+        <v>205.0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:14">
       <c r="A15" s="4">
         <v>11</v>
       </c>
-      <c r="B15" s="4">
-[...12 lines deleted...]
-        <v>20.0</v>
+      <c r="B15" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="C15" s="7">
+        <v>60.0</v>
+      </c>
+      <c r="D15" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E15" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F15" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="G15" s="7">
-        <v>60.0</v>
+        <v>36.0</v>
       </c>
       <c r="H15" s="7">
-        <v>26.0</v>
-[...11 lines deleted...]
-    <row r="16" spans="1:11">
+        <v>29.0</v>
+      </c>
+      <c r="I15" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J15" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K15" s="7">
+        <v>50.0</v>
+      </c>
+      <c r="L15" s="7">
+        <v>10.0</v>
+      </c>
+      <c r="M15" s="7">
+        <v>15.0</v>
+      </c>
+      <c r="N15" s="8">
+        <v>200.0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:14">
       <c r="A16" s="4">
         <v>12</v>
       </c>
-      <c r="B16" s="4">
-[...3 lines deleted...]
-        <v>101</v>
+      <c r="B16" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="C16" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D16" s="7">
-        <v>100.0</v>
+        <v>12.0</v>
       </c>
       <c r="E16" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="F16" s="7">
+        <v>36.0</v>
       </c>
       <c r="G16" s="7">
-        <v>15.0</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>32.0</v>
+      </c>
+      <c r="H16" s="7">
+        <v>36.0</v>
       </c>
       <c r="I16" s="6" t="s">
-        <v>14</v>
-[...8 lines deleted...]
-    <row r="17" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="J16" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K16" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L16" s="7">
+        <v>36.0</v>
+      </c>
+      <c r="M16" s="7">
+        <v>45.0</v>
+      </c>
+      <c r="N16" s="8">
+        <v>197.0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:14">
       <c r="A17" s="4">
         <v>13</v>
       </c>
-      <c r="B17" s="4">
-[...3 lines deleted...]
-        <v>102</v>
+      <c r="B17" s="4" t="s">
+        <v>110</v>
+      </c>
+      <c r="C17" s="7">
+        <v>45.0</v>
       </c>
       <c r="D17" s="7">
-        <v>60.0</v>
-[...8 lines deleted...]
-        <v>14</v>
+        <v>40.0</v>
+      </c>
+      <c r="E17" s="7">
+        <v>29.0</v>
+      </c>
+      <c r="F17" s="7">
+        <v>22.0</v>
+      </c>
+      <c r="G17" s="7">
+        <v>14.0</v>
       </c>
       <c r="H17" s="7">
-        <v>36.0</v>
+        <v>13.0</v>
       </c>
       <c r="I17" s="7">
-        <v>29.0</v>
+        <v>24.0</v>
       </c>
       <c r="J17" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="18" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K17" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L17" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M17" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N17" s="8">
+        <v>187.0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:14">
       <c r="A18" s="4">
         <v>14</v>
       </c>
-      <c r="B18" s="4">
-[...6 lines deleted...]
-        <v>14</v>
+      <c r="B18" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="C18" s="7">
+        <v>24.0</v>
+      </c>
+      <c r="D18" s="7">
+        <v>22.0</v>
       </c>
       <c r="E18" s="7">
-        <v>12.0</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>10.0</v>
+      </c>
+      <c r="F18" s="7">
+        <v>24.0</v>
       </c>
       <c r="G18" s="7">
-        <v>36.0</v>
+        <v>3.0</v>
       </c>
       <c r="H18" s="7">
-        <v>32.0</v>
+        <v>16.0</v>
       </c>
       <c r="I18" s="7">
-        <v>36.0</v>
-[...8 lines deleted...]
-    <row r="19" spans="1:11">
+        <v>16.0</v>
+      </c>
+      <c r="J18" s="7">
+        <v>20.0</v>
+      </c>
+      <c r="K18" s="7">
+        <v>24.0</v>
+      </c>
+      <c r="L18" s="7">
+        <v>14.0</v>
+      </c>
+      <c r="M18" s="7">
+        <v>13.0</v>
+      </c>
+      <c r="N18" s="8">
+        <v>186.0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:14">
       <c r="A19" s="4">
         <v>15</v>
       </c>
-      <c r="B19" s="4">
-[...3 lines deleted...]
-        <v>104</v>
+      <c r="B19" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="C19" s="7">
+        <v>8.0</v>
       </c>
       <c r="D19" s="7">
-        <v>24.0</v>
-[...2 lines deleted...]
-        <v>22.0</v>
+        <v>50.0</v>
+      </c>
+      <c r="E19" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="F19" s="7">
-        <v>10.0</v>
+        <v>16.0</v>
       </c>
       <c r="G19" s="7">
-        <v>24.0</v>
-[...14 lines deleted...]
-    <row r="20" spans="1:11">
+        <v>40.0</v>
+      </c>
+      <c r="H19" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I19" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J19" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K19" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L19" s="7">
+        <v>26.0</v>
+      </c>
+      <c r="M19" s="7">
+        <v>36.0</v>
+      </c>
+      <c r="N19" s="8">
+        <v>176.0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:14">
       <c r="A20" s="4">
         <v>16</v>
       </c>
-      <c r="B20" s="4">
-[...5 lines deleted...]
-      <c r="D20" s="7">
+      <c r="B20" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="C20" s="7">
         <v>18.0</v>
       </c>
-      <c r="E20" s="6" t="s">
-        <v>14</v>
+      <c r="D20" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E20" s="7">
+        <v>18.0</v>
       </c>
       <c r="F20" s="7">
-        <v>18.0</v>
+        <v>29.0</v>
       </c>
       <c r="G20" s="7">
+        <v>24.0</v>
+      </c>
+      <c r="H20" s="7">
+        <v>26.0</v>
+      </c>
+      <c r="I20" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J20" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K20" s="7">
+        <v>40.0</v>
+      </c>
+      <c r="L20" s="7">
+        <v>9.0</v>
+      </c>
+      <c r="M20" s="7">
+        <v>9.0</v>
+      </c>
+      <c r="N20" s="8">
+        <v>173.0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:14">
+      <c r="A21" s="4">
+        <v>17</v>
+      </c>
+      <c r="B21" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="C21" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D21" s="7">
         <v>29.0</v>
       </c>
-      <c r="H20" s="7">
-[...2 lines deleted...]
-      <c r="I20" s="7">
+      <c r="E21" s="7">
+        <v>22.0</v>
+      </c>
+      <c r="F21" s="7">
+        <v>4.0</v>
+      </c>
+      <c r="G21" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="H21" s="7">
+        <v>11.0</v>
+      </c>
+      <c r="I21" s="7">
         <v>26.0</v>
       </c>
-      <c r="J20" s="6" t="s">
-[...19 lines deleted...]
-      <c r="E21" s="7">
+      <c r="J21" s="7">
         <v>50.0</v>
       </c>
-      <c r="F21" s="6" t="s">
-[...18 lines deleted...]
-    <row r="22" spans="1:11">
+      <c r="K21" s="7">
+        <v>26.0</v>
+      </c>
+      <c r="L21" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M21" s="7">
+        <v>2.0</v>
+      </c>
+      <c r="N21" s="8">
+        <v>170.0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:14">
       <c r="A22" s="4">
         <v>18</v>
       </c>
-      <c r="B22" s="4">
-[...3 lines deleted...]
-        <v>107</v>
+      <c r="B22" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="C22" s="7">
+        <v>100.0</v>
       </c>
       <c r="D22" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>29.0</v>
+        <v>17</v>
+      </c>
+      <c r="E22" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="F22" s="7">
-        <v>22.0</v>
-[...2 lines deleted...]
-        <v>4.0</v>
+        <v>15.0</v>
+      </c>
+      <c r="G22" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="H22" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I22" s="7">
-        <v>11.0</v>
-[...8 lines deleted...]
-    <row r="23" spans="1:11">
+        <v>12.0</v>
+      </c>
+      <c r="J22" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K22" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L22" s="7">
+        <v>7.0</v>
+      </c>
+      <c r="M22" s="7">
+        <v>24.0</v>
+      </c>
+      <c r="N22" s="8">
+        <v>158.0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:14">
       <c r="A23" s="4">
         <v>19</v>
       </c>
-      <c r="B23" s="4">
-[...3 lines deleted...]
-        <v>108</v>
+      <c r="B23" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="C23" s="7">
+        <v>29.0</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E23" s="6" t="s">
-        <v>14</v>
-[...8 lines deleted...]
-        <v>7.0</v>
+        <v>17</v>
+      </c>
+      <c r="F23" s="7">
+        <v>10.0</v>
+      </c>
+      <c r="G23" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="H23" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="I23" s="7">
-        <v>22.0</v>
+        <v>32.0</v>
       </c>
       <c r="J23" s="7">
-        <v>36.0</v>
-[...5 lines deleted...]
-    <row r="24" spans="1:11">
+        <v>60.0</v>
+      </c>
+      <c r="K23" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L23" s="7">
+        <v>12.0</v>
+      </c>
+      <c r="M23" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N23" s="8">
+        <v>143.0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:14">
       <c r="A24" s="4">
         <v>20</v>
       </c>
-      <c r="B24" s="4">
-[...12 lines deleted...]
-        <v>32.0</v>
+      <c r="B24" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="C24" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D24" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E24" s="7">
+        <v>26.0</v>
+      </c>
+      <c r="F24" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="G24" s="7">
-        <v>2.0</v>
-[...5 lines deleted...]
-        <v>24.0</v>
+        <v>12.0</v>
+      </c>
+      <c r="H24" s="7">
+        <v>20.0</v>
+      </c>
+      <c r="I24" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="J24" s="7">
-        <v>15.0</v>
-[...5 lines deleted...]
-    <row r="25" spans="1:11">
+        <v>14.0</v>
+      </c>
+      <c r="K24" s="7">
+        <v>36.0</v>
+      </c>
+      <c r="L24" s="7">
+        <v>8.0</v>
+      </c>
+      <c r="M24" s="7">
+        <v>20.0</v>
+      </c>
+      <c r="N24" s="8">
+        <v>136.0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:14">
       <c r="A25" s="4">
         <v>21</v>
       </c>
-      <c r="B25" s="4">
-[...3 lines deleted...]
-        <v>110</v>
+      <c r="B25" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="C25" s="7">
+        <v>22.0</v>
       </c>
       <c r="D25" s="7">
-        <v>40.0</v>
-[...2 lines deleted...]
-        <v>15.0</v>
+        <v>26.0</v>
+      </c>
+      <c r="E25" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="F25" s="7">
+        <v>12.0</v>
+      </c>
+      <c r="G25" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="H25" s="7">
         <v>9.0</v>
       </c>
-      <c r="G25" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I25" s="6" t="s">
-        <v>14</v>
-[...8 lines deleted...]
-    <row r="26" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="J25" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K25" s="7">
+        <v>29.0</v>
+      </c>
+      <c r="L25" s="7">
+        <v>11.0</v>
+      </c>
+      <c r="M25" s="7">
+        <v>11.0</v>
+      </c>
+      <c r="N25" s="8">
+        <v>120.0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:14">
       <c r="A26" s="4">
         <v>22</v>
       </c>
-      <c r="B26" s="4">
-[...15 lines deleted...]
-        <v>14</v>
+      <c r="B26" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="C26" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D26" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E26" s="7">
+        <v>24.0</v>
+      </c>
+      <c r="F26" s="7">
+        <v>6.0</v>
+      </c>
+      <c r="G26" s="7">
+        <v>10.0</v>
       </c>
       <c r="H26" s="7">
+        <v>12.0</v>
+      </c>
+      <c r="I26" s="7">
+        <v>18.0</v>
+      </c>
+      <c r="J26" s="7">
         <v>45.0</v>
       </c>
-      <c r="I26" s="6" t="s">
-[...9 lines deleted...]
-    <row r="27" spans="1:11">
+      <c r="K26" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L26" s="7">
+        <v>4.0</v>
+      </c>
+      <c r="M26" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N26" s="8">
+        <v>119.0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:14">
       <c r="A27" s="4">
         <v>23</v>
       </c>
-      <c r="B27" s="4">
-[...5 lines deleted...]
-      <c r="D27" s="7">
+      <c r="B27" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="C27" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D27" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E27" s="7">
+        <v>13.0</v>
+      </c>
+      <c r="F27" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G27" s="7">
+        <v>4.0</v>
+      </c>
+      <c r="H27" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I27" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J27" s="7">
         <v>29.0</v>
       </c>
-      <c r="E27" s="6" t="s">
-[...14 lines deleted...]
-      <c r="J27" s="7">
+      <c r="K27" s="7">
         <v>32.0</v>
       </c>
-      <c r="K27" s="8">
-[...3 lines deleted...]
-    <row r="28" spans="1:11">
+      <c r="L27" s="7">
+        <v>16.0</v>
+      </c>
+      <c r="M27" s="7">
+        <v>14.0</v>
+      </c>
+      <c r="N27" s="8">
+        <v>108.0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:14">
       <c r="A28" s="4">
         <v>24</v>
       </c>
-      <c r="B28" s="4">
-[...18 lines deleted...]
-        <v>10.0</v>
+      <c r="B28" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="C28" s="7">
+        <v>40.0</v>
+      </c>
+      <c r="D28" s="7">
+        <v>15.0</v>
+      </c>
+      <c r="E28" s="7">
+        <v>9.0</v>
+      </c>
+      <c r="F28" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G28" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="H28" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="I28" s="7">
-        <v>12.0</v>
+        <v>8.0</v>
       </c>
       <c r="J28" s="7">
-        <v>18.0</v>
-[...5 lines deleted...]
-    <row r="29" spans="1:11">
+        <v>22.0</v>
+      </c>
+      <c r="K28" s="7">
+        <v>14.0</v>
+      </c>
+      <c r="L28" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M28" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N28" s="8">
+        <v>108.0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:14">
       <c r="A29" s="4">
         <v>25</v>
       </c>
-      <c r="B29" s="4">
-[...9 lines deleted...]
-        <v>26.0</v>
+      <c r="B29" s="4" t="s">
+        <v>122</v>
+      </c>
+      <c r="C29" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D29" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E29" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="F29" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>12.0</v>
+        <v>17</v>
+      </c>
+      <c r="G29" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="H29" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>9.0</v>
+        <v>17</v>
+      </c>
+      <c r="I29" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="J29" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="30" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K29" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L29" s="7">
+        <v>60.0</v>
+      </c>
+      <c r="M29" s="7">
+        <v>40.0</v>
+      </c>
+      <c r="N29" s="8">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:14">
       <c r="A30" s="4">
         <v>26</v>
       </c>
-      <c r="B30" s="4">
-[...3 lines deleted...]
-        <v>115</v>
+      <c r="B30" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="C30" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D30" s="7">
-        <v>13.0</v>
+        <v>32.0</v>
       </c>
       <c r="E30" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F30" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-        <v>24.0</v>
+        <v>17</v>
+      </c>
+      <c r="G30" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="H30" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="I30" s="7">
-        <v>10.0</v>
-[...8 lines deleted...]
-    <row r="31" spans="1:11">
+        <v>6.0</v>
+      </c>
+      <c r="J30" s="7">
+        <v>32.0</v>
+      </c>
+      <c r="K30" s="7">
+        <v>22.0</v>
+      </c>
+      <c r="L30" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M30" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N30" s="8">
+        <v>92.0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:14">
       <c r="A31" s="4">
         <v>27</v>
       </c>
-      <c r="B31" s="4">
-[...3 lines deleted...]
-        <v>116</v>
+      <c r="B31" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="C31" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F31" s="7">
-        <v>26.0</v>
+        <v>7.0</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H31" s="7">
-        <v>12.0</v>
+        <v>15.0</v>
       </c>
       <c r="I31" s="7">
-        <v>20.0</v>
-[...8 lines deleted...]
-    <row r="32" spans="1:11">
+        <v>22.0</v>
+      </c>
+      <c r="J31" s="7">
+        <v>40.0</v>
+      </c>
+      <c r="K31" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L31" s="7">
+        <v>2.0</v>
+      </c>
+      <c r="M31" s="7">
+        <v>5.0</v>
+      </c>
+      <c r="N31" s="8">
+        <v>91.0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:14">
       <c r="A32" s="4">
         <v>28</v>
       </c>
-      <c r="B32" s="4">
-[...5 lines deleted...]
-      <c r="D32" s="7">
+      <c r="B32" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="C32" s="7">
+        <v>3.0</v>
+      </c>
+      <c r="D32" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E32" s="7">
         <v>32.0</v>
       </c>
-      <c r="E32" s="6" t="s">
-[...3 lines deleted...]
-        <v>14</v>
+      <c r="F32" s="7">
+        <v>2.0</v>
       </c>
       <c r="G32" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="H32" s="7">
+        <v>24.0</v>
       </c>
       <c r="I32" s="7">
-        <v>14.0</v>
+        <v>15.0</v>
       </c>
       <c r="J32" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="33" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K32" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L32" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M32" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N32" s="8">
+        <v>76.0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:14">
       <c r="A33" s="4">
         <v>29</v>
       </c>
-      <c r="B33" s="4">
-[...8 lines deleted...]
-      <c r="E33" s="7">
+      <c r="B33" s="4" t="s">
+        <v>126</v>
+      </c>
+      <c r="C33" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D33" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E33" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F33" s="7">
+        <v>11.0</v>
+      </c>
+      <c r="G33" s="7">
+        <v>7.0</v>
+      </c>
+      <c r="H33" s="7">
+        <v>22.0</v>
+      </c>
+      <c r="I33" s="7">
         <v>36.0</v>
       </c>
-      <c r="F33" s="6" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J33" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="34" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K33" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L33" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M33" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N33" s="8">
+        <v>76.0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:14">
       <c r="A34" s="4">
         <v>30</v>
       </c>
-      <c r="B34" s="4">
-[...3 lines deleted...]
-        <v>119</v>
+      <c r="B34" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="C34" s="7">
+        <v>26.0</v>
       </c>
       <c r="D34" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E34" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F34" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G34" s="7">
-        <v>7.0</v>
+        <v>45.0</v>
       </c>
       <c r="H34" s="6" t="s">
-        <v>14</v>
-[...11 lines deleted...]
-    <row r="35" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="I34" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J34" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K34" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L34" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M34" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N34" s="8">
+        <v>71.0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:14">
       <c r="A35" s="4">
         <v>31</v>
       </c>
-      <c r="B35" s="4">
-[...3 lines deleted...]
-        <v>120</v>
+      <c r="B35" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="C35" s="7">
+        <v>7.0</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>14</v>
-[...4 lines deleted...]
-      <c r="F35" s="7">
+        <v>17</v>
+      </c>
+      <c r="E35" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F35" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G35" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="H35" s="7">
         <v>8.0</v>
       </c>
-      <c r="G35" s="7">
+      <c r="I35" s="7">
+        <v>14.0</v>
+      </c>
+      <c r="J35" s="7">
+        <v>24.0</v>
+      </c>
+      <c r="K35" s="7">
         <v>18.0</v>
       </c>
-      <c r="H35" s="7">
-[...12 lines deleted...]
-    <row r="36" spans="1:11">
+      <c r="L35" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M35" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N35" s="8">
+        <v>71.0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:14">
       <c r="A36" s="4">
         <v>32</v>
       </c>
-      <c r="B36" s="4">
-[...3 lines deleted...]
-        <v>121</v>
+      <c r="B36" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="C36" s="7">
+        <v>13.0</v>
       </c>
       <c r="D36" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E36" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="F36" s="7">
+        <v>13.0</v>
       </c>
       <c r="G36" s="7">
-        <v>26.0</v>
+        <v>24.0</v>
       </c>
       <c r="H36" s="7">
-        <v>16.0</v>
+        <v>10.0</v>
       </c>
       <c r="I36" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J36" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="37" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K36" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L36" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M36" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N36" s="8">
+        <v>60.0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:14">
       <c r="A37" s="4">
         <v>33</v>
       </c>
-      <c r="B37" s="4">
-[...8 lines deleted...]
-      <c r="E37" s="7">
+      <c r="B37" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="C37" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D37" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E37" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F37" s="7">
         <v>14.0</v>
       </c>
-      <c r="F37" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="G37" s="7">
-        <v>5.0</v>
+        <v>8.0</v>
       </c>
       <c r="H37" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I37" s="6" t="s">
-        <v>14</v>
-[...8 lines deleted...]
-    <row r="38" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="J37" s="7">
+        <v>36.0</v>
+      </c>
+      <c r="K37" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L37" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M37" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N37" s="8">
+        <v>58.0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:14">
       <c r="A38" s="4">
         <v>34</v>
       </c>
-      <c r="B38" s="4">
-[...3 lines deleted...]
-        <v>123</v>
+      <c r="B38" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="C38" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D38" s="7">
-        <v>1.0</v>
+        <v>18.0</v>
       </c>
       <c r="E38" s="7">
-        <v>20.0</v>
-[...1 lines deleted...]
-      <c r="F38" s="7">
+        <v>7.0</v>
+      </c>
+      <c r="F38" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G38" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="H38" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I38" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J38" s="7">
         <v>16.0</v>
       </c>
-      <c r="G38" s="6" t="s">
-[...15 lines deleted...]
-    <row r="39" spans="1:11">
+      <c r="K38" s="7">
+        <v>15.0</v>
+      </c>
+      <c r="L38" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M38" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N38" s="8">
+        <v>56.0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:14">
       <c r="A39" s="4">
         <v>35</v>
       </c>
-      <c r="B39" s="4">
-[...3 lines deleted...]
-        <v>124</v>
+      <c r="B39" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="C39" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>32.0</v>
+        <v>17</v>
+      </c>
+      <c r="E39" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G39" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I39" s="6" t="s">
-        <v>14</v>
-[...8 lines deleted...]
-    <row r="40" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="J39" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K39" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L39" s="7">
+        <v>18.0</v>
+      </c>
+      <c r="M39" s="7">
+        <v>36.0</v>
+      </c>
+      <c r="N39" s="8">
+        <v>54.0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:14">
       <c r="A40" s="4">
         <v>36</v>
       </c>
-      <c r="B40" s="4">
-[...6 lines deleted...]
-        <v>14</v>
+      <c r="B40" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="C40" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D40" s="7">
+        <v>11.0</v>
       </c>
       <c r="E40" s="7">
+        <v>8.0</v>
+      </c>
+      <c r="F40" s="7">
         <v>18.0</v>
       </c>
-      <c r="F40" s="7">
-[...3 lines deleted...]
-        <v>14</v>
+      <c r="G40" s="7">
+        <v>5.0</v>
       </c>
       <c r="H40" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I40" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J40" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="41" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K40" s="7">
+        <v>8.0</v>
+      </c>
+      <c r="L40" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M40" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N40" s="8">
+        <v>50.0</v>
+      </c>
+    </row>
+    <row r="41" spans="1:14">
       <c r="A41" s="4">
         <v>37</v>
       </c>
-      <c r="B41" s="4">
-[...3 lines deleted...]
-        <v>126</v>
+      <c r="B41" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="C41" s="7">
+        <v>10.0</v>
       </c>
       <c r="D41" s="7">
-        <v>7.0</v>
+        <v>36.0</v>
       </c>
       <c r="E41" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F41" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G41" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H41" s="6" t="s">
-        <v>14</v>
-[...11 lines deleted...]
-    <row r="42" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="I41" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J41" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K41" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L41" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M41" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N41" s="8">
+        <v>46.0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:14">
       <c r="A42" s="4">
         <v>38</v>
       </c>
-      <c r="B42" s="4">
-[...3 lines deleted...]
-        <v>127</v>
+      <c r="B42" s="4" t="s">
+        <v>135</v>
+      </c>
+      <c r="C42" s="7">
+        <v>32.0</v>
       </c>
       <c r="D42" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-        <v>7.0</v>
+        <v>17</v>
+      </c>
+      <c r="E42" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F42" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="G42" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="H42" s="7">
+        <v>14.0</v>
       </c>
       <c r="I42" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J42" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="43" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K42" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L42" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M42" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N42" s="8">
+        <v>46.0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:14">
       <c r="A43" s="4">
         <v>39</v>
       </c>
-      <c r="B43" s="4">
-[...6 lines deleted...]
-        <v>13.0</v>
+      <c r="B43" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="C43" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D43" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="E43" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F43" s="7">
-        <v>12.0</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>26.0</v>
+      </c>
+      <c r="G43" s="7">
+        <v>16.0</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I43" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J43" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="44" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K43" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L43" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M43" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N43" s="8">
+        <v>42.0</v>
+      </c>
+    </row>
+    <row r="44" spans="1:14">
       <c r="A44" s="4">
         <v>40</v>
       </c>
-      <c r="B44" s="4">
-[...5 lines deleted...]
-      <c r="D44" s="7">
+      <c r="B44" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="C44" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D44" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E44" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F44" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G44" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="H44" s="7">
+        <v>7.0</v>
+      </c>
+      <c r="I44" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J44" s="7">
+        <v>13.0</v>
+      </c>
+      <c r="K44" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L44" s="7">
+        <v>5.0</v>
+      </c>
+      <c r="M44" s="7">
         <v>16.0</v>
       </c>
-      <c r="E44" s="7">
-[...21 lines deleted...]
-    <row r="45" spans="1:11">
+      <c r="N44" s="8">
+        <v>41.0</v>
+      </c>
+    </row>
+    <row r="45" spans="1:14">
       <c r="A45" s="4">
         <v>41</v>
       </c>
-      <c r="B45" s="4">
-[...6 lines deleted...]
-        <v>14</v>
+      <c r="B45" s="4" t="s">
+        <v>138</v>
+      </c>
+      <c r="C45" s="7">
+        <v>6.0</v>
+      </c>
+      <c r="D45" s="7">
+        <v>14.0</v>
       </c>
       <c r="E45" s="7">
-        <v>13.0</v>
+        <v>15.0</v>
       </c>
       <c r="F45" s="7">
-        <v>11.0</v>
+        <v>5.0</v>
       </c>
       <c r="G45" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H45" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I45" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J45" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="46" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K45" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L45" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M45" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N45" s="8">
+        <v>40.0</v>
+      </c>
+    </row>
+    <row r="46" spans="1:14">
       <c r="A46" s="4">
         <v>42</v>
       </c>
-      <c r="B46" s="4">
-[...9 lines deleted...]
-        <v>14</v>
+      <c r="B46" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="C46" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="D46" s="7">
+        <v>20.0</v>
+      </c>
+      <c r="E46" s="7">
+        <v>16.0</v>
       </c>
       <c r="F46" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G46" s="7">
-        <v>14.0</v>
-[...2 lines deleted...]
-        <v>8.0</v>
+        <v>2.0</v>
+      </c>
+      <c r="H46" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="I46" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J46" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="47" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K46" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L46" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M46" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N46" s="8">
+        <v>39.0</v>
+      </c>
+    </row>
+    <row r="47" spans="1:14">
       <c r="A47" s="4">
         <v>43</v>
       </c>
-      <c r="B47" s="4">
-[...3 lines deleted...]
-        <v>132</v>
+      <c r="B47" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="C47" s="7">
+        <v>9.0</v>
       </c>
       <c r="D47" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="E47" s="7">
+        <v>6.0</v>
       </c>
       <c r="F47" s="6" t="s">
-        <v>14</v>
-[...17 lines deleted...]
-    <row r="48" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="G47" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="H47" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I47" s="7">
+        <v>3.0</v>
+      </c>
+      <c r="J47" s="7">
+        <v>10.0</v>
+      </c>
+      <c r="K47" s="7">
+        <v>9.0</v>
+      </c>
+      <c r="L47" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M47" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N47" s="8">
+        <v>37.0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:14">
       <c r="A48" s="4">
         <v>44</v>
       </c>
-      <c r="B48" s="4">
-[...6 lines deleted...]
-        <v>20.0</v>
+      <c r="B48" s="4" t="s">
+        <v>141</v>
+      </c>
+      <c r="C48" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D48" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="E48" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F48" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G48" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H48" s="6" t="s">
-        <v>14</v>
-[...11 lines deleted...]
-    <row r="49" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="I48" s="7">
+        <v>7.0</v>
+      </c>
+      <c r="J48" s="7">
+        <v>15.0</v>
+      </c>
+      <c r="K48" s="7">
+        <v>12.0</v>
+      </c>
+      <c r="L48" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M48" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N48" s="8">
+        <v>34.0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:14">
       <c r="A49" s="4">
         <v>45</v>
       </c>
-      <c r="B49" s="4">
-[...3 lines deleted...]
-        <v>134</v>
+      <c r="B49" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="C49" s="7">
+        <v>16.0</v>
       </c>
       <c r="D49" s="7">
         <v>9.0</v>
       </c>
       <c r="E49" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>6.0</v>
+        <v>17</v>
+      </c>
+      <c r="F49" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="G49" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H49" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I49" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J49" s="7">
-        <v>3.0</v>
-[...5 lines deleted...]
-    <row r="50" spans="1:11">
+        <v>9.0</v>
+      </c>
+      <c r="K49" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L49" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M49" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N49" s="8">
+        <v>34.0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:14">
       <c r="A50" s="4">
         <v>46</v>
       </c>
-      <c r="B50" s="4">
-[...3 lines deleted...]
-        <v>135</v>
+      <c r="B50" s="4" t="s">
+        <v>143</v>
+      </c>
+      <c r="C50" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D50" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E50" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>13.0</v>
+        <v>17</v>
+      </c>
+      <c r="F50" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="G50" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>4.0</v>
+        <v>17</v>
+      </c>
+      <c r="H50" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="I50" s="6" t="s">
-        <v>14</v>
-[...8 lines deleted...]
-    <row r="51" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="J50" s="7">
+        <v>26.0</v>
+      </c>
+      <c r="K50" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L50" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="M50" s="7">
+        <v>7.0</v>
+      </c>
+      <c r="N50" s="8">
+        <v>34.0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:14">
       <c r="A51" s="4">
         <v>47</v>
       </c>
-      <c r="B51" s="4">
-[...9 lines deleted...]
-        <v>14</v>
+      <c r="B51" s="4" t="s">
+        <v>144</v>
+      </c>
+      <c r="C51" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D51" s="7">
+        <v>18.0</v>
+      </c>
+      <c r="E51" s="7">
+        <v>14.0</v>
       </c>
       <c r="F51" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G51" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H51" s="6" t="s">
-        <v>14</v>
-[...11 lines deleted...]
-    <row r="52" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="I51" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J51" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K51" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L51" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M51" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N51" s="8">
+        <v>32.0</v>
+      </c>
+    </row>
+    <row r="52" spans="1:14">
       <c r="A52" s="4">
         <v>48</v>
       </c>
-      <c r="B52" s="4">
-[...6 lines deleted...]
-        <v>14.0</v>
+      <c r="B52" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="C52" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D52" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="E52" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F52" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G52" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H52" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I52" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J52" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="53" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K52" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L52" s="7">
+        <v>32.0</v>
+      </c>
+      <c r="M52" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N52" s="8">
+        <v>32.0</v>
+      </c>
+    </row>
+    <row r="53" spans="1:14">
       <c r="A53" s="4">
         <v>49</v>
       </c>
-      <c r="B53" s="4">
-[...3 lines deleted...]
-        <v>138</v>
+      <c r="B53" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="C53" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D53" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E53" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="F53" s="7">
+        <v>8.0</v>
+      </c>
+      <c r="G53" s="7">
+        <v>13.0</v>
       </c>
       <c r="H53" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I53" s="6" t="s">
-        <v>14</v>
-[...8 lines deleted...]
-    <row r="54" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="J53" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K53" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L53" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M53" s="7">
+        <v>10.0</v>
+      </c>
+      <c r="N53" s="8">
+        <v>31.0</v>
+      </c>
+    </row>
+    <row r="54" spans="1:14">
       <c r="A54" s="4">
         <v>50</v>
       </c>
-      <c r="B54" s="4">
-[...3 lines deleted...]
-        <v>139</v>
+      <c r="B54" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="C54" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D54" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E54" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F54" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G54" s="6" t="s">
-        <v>14</v>
-[...7 lines deleted...]
-      <c r="J54" s="7">
+        <v>17</v>
+      </c>
+      <c r="H54" s="7">
+        <v>5.0</v>
+      </c>
+      <c r="I54" s="7">
         <v>11.0</v>
       </c>
-      <c r="K54" s="8">
+      <c r="J54" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K54" s="7">
         <v>11.0</v>
       </c>
-    </row>
-    <row r="55" spans="1:11">
+      <c r="L54" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M54" s="7">
+        <v>4.0</v>
+      </c>
+      <c r="N54" s="8">
+        <v>31.0</v>
+      </c>
+    </row>
+    <row r="55" spans="1:14">
       <c r="A55" s="4">
         <v>51</v>
       </c>
-      <c r="B55" s="4">
-[...3 lines deleted...]
-        <v>140</v>
+      <c r="B55" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="C55" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D55" s="6" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="E55" s="7">
+        <v>17</v>
+      </c>
+      <c r="E55" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F55" s="7">
         <v>10.0</v>
       </c>
-      <c r="F55" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G55" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H55" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I55" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J55" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="56" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K55" s="7">
+        <v>16.0</v>
+      </c>
+      <c r="L55" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M55" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N55" s="8">
+        <v>26.0</v>
+      </c>
+    </row>
+    <row r="56" spans="1:14">
       <c r="A56" s="4">
         <v>52</v>
       </c>
-      <c r="B56" s="4">
-[...3 lines deleted...]
-        <v>141</v>
+      <c r="B56" s="4" t="s">
+        <v>149</v>
+      </c>
+      <c r="C56" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D56" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E56" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-        <v>10.0</v>
+        <v>17</v>
+      </c>
+      <c r="F56" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="G56" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="H56" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I56" s="6" t="s">
-        <v>14</v>
-[...8 lines deleted...]
-    <row r="57" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="J56" s="7">
+        <v>11.0</v>
+      </c>
+      <c r="K56" s="7">
+        <v>13.0</v>
+      </c>
+      <c r="L56" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M56" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="N56" s="8">
+        <v>26.0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:14">
       <c r="A57" s="4">
         <v>53</v>
       </c>
-      <c r="B57" s="4">
-[...3 lines deleted...]
-        <v>142</v>
+      <c r="B57" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="C57" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D57" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E57" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F57" s="6" t="s">
-        <v>14</v>
-[...4 lines deleted...]
-      <c r="H57" s="7">
+        <v>17</v>
+      </c>
+      <c r="G57" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="H57" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I57" s="7">
+        <v>11.0</v>
+      </c>
+      <c r="J57" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K57" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L57" s="7">
         <v>6.0</v>
       </c>
-      <c r="I57" s="6" t="s">
-[...9 lines deleted...]
-    <row r="58" spans="1:11">
+      <c r="M57" s="7">
+        <v>8.0</v>
+      </c>
+      <c r="N57" s="8">
+        <v>25.0</v>
+      </c>
+    </row>
+    <row r="58" spans="1:14">
       <c r="A58" s="4">
         <v>54</v>
       </c>
-      <c r="B58" s="4">
-[...3 lines deleted...]
-        <v>143</v>
+      <c r="B58" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="C58" s="7">
+        <v>13.0</v>
       </c>
       <c r="D58" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="E58" s="7">
+        <v>12.0</v>
       </c>
       <c r="F58" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G58" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H58" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I58" s="6" t="s">
-        <v>14</v>
-[...8 lines deleted...]
-    <row r="59" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="J58" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K58" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L58" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M58" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N58" s="8">
+        <v>25.0</v>
+      </c>
+    </row>
+    <row r="59" spans="1:14">
       <c r="A59" s="4">
         <v>55</v>
       </c>
-      <c r="B59" s="4">
-[...3 lines deleted...]
-        <v>144</v>
+      <c r="B59" s="4" t="s">
+        <v>152</v>
+      </c>
+      <c r="C59" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D59" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E59" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F59" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G59" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>9.0</v>
+        <v>17</v>
+      </c>
+      <c r="H59" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="I59" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J59" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="60" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K59" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L59" s="7">
+        <v>13.0</v>
+      </c>
+      <c r="M59" s="7">
+        <v>12.0</v>
+      </c>
+      <c r="N59" s="8">
+        <v>25.0</v>
+      </c>
+    </row>
+    <row r="60" spans="1:14">
       <c r="A60" s="4">
         <v>56</v>
       </c>
-      <c r="B60" s="4">
-[...6 lines deleted...]
-        <v>14</v>
+      <c r="B60" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="C60" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D60" s="7">
+        <v>13.0</v>
       </c>
       <c r="E60" s="7">
-        <v>8.0</v>
+        <v>11.0</v>
       </c>
       <c r="F60" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G60" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H60" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I60" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J60" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="61" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K60" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L60" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M60" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N60" s="8">
+        <v>24.0</v>
+      </c>
+    </row>
+    <row r="61" spans="1:14">
       <c r="A61" s="4">
         <v>57</v>
       </c>
-      <c r="B61" s="4">
-[...3 lines deleted...]
-        <v>146</v>
+      <c r="B61" s="4" t="s">
+        <v>154</v>
+      </c>
+      <c r="C61" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D61" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>7.0</v>
+        <v>17</v>
+      </c>
+      <c r="E61" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="F61" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G61" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="H61" s="7">
+        <v>4.0</v>
       </c>
       <c r="I61" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J61" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="62" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K61" s="7">
+        <v>20.0</v>
+      </c>
+      <c r="L61" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M61" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N61" s="8">
+        <v>24.0</v>
+      </c>
+    </row>
+    <row r="62" spans="1:14">
       <c r="A62" s="4">
         <v>58</v>
       </c>
-      <c r="B62" s="4">
-[...3 lines deleted...]
-        <v>147</v>
+      <c r="B62" s="4" t="s">
+        <v>155</v>
+      </c>
+      <c r="C62" s="7">
+        <v>20.0</v>
       </c>
       <c r="D62" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E62" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F62" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G62" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H62" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>7.0</v>
+        <v>17</v>
+      </c>
+      <c r="I62" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="J62" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="63" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K62" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L62" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M62" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N62" s="8">
+        <v>20.0</v>
+      </c>
+    </row>
+    <row r="63" spans="1:14">
       <c r="A63" s="4">
         <v>59</v>
       </c>
-      <c r="B63" s="4">
-[...3 lines deleted...]
-        <v>148</v>
+      <c r="B63" s="4" t="s">
+        <v>156</v>
+      </c>
+      <c r="C63" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D63" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E63" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F63" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G63" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H63" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I63" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J63" s="7">
-        <v>7.0</v>
-[...5 lines deleted...]
-    <row r="64" spans="1:11">
+        <v>18.0</v>
+      </c>
+      <c r="K63" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L63" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M63" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N63" s="8">
+        <v>18.0</v>
+      </c>
+    </row>
+    <row r="64" spans="1:14">
       <c r="A64" s="4">
         <v>60</v>
       </c>
-      <c r="B64" s="4">
-[...3 lines deleted...]
-        <v>149</v>
+      <c r="B64" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="C64" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D64" s="7">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
       <c r="E64" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F64" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G64" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H64" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I64" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J64" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="65" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K64" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L64" s="7">
+        <v>3.0</v>
+      </c>
+      <c r="M64" s="7">
+        <v>6.0</v>
+      </c>
+      <c r="N64" s="8">
+        <v>16.0</v>
+      </c>
+    </row>
+    <row r="65" spans="1:14">
       <c r="A65" s="4">
         <v>61</v>
       </c>
-      <c r="B65" s="4">
-[...3 lines deleted...]
-        <v>150</v>
+      <c r="B65" s="4" t="s">
+        <v>158</v>
+      </c>
+      <c r="C65" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D65" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E65" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F65" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G65" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H65" s="6" t="s">
-        <v>14</v>
-[...11 lines deleted...]
-    <row r="66" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="I65" s="7">
+        <v>4.0</v>
+      </c>
+      <c r="J65" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K65" s="7">
+        <v>10.0</v>
+      </c>
+      <c r="L65" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M65" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N65" s="8">
+        <v>14.0</v>
+      </c>
+    </row>
+    <row r="66" spans="1:14">
       <c r="A66" s="4">
         <v>62</v>
       </c>
-      <c r="B66" s="4">
-[...6 lines deleted...]
-        <v>5.0</v>
+      <c r="B66" s="4" t="s">
+        <v>159</v>
+      </c>
+      <c r="C66" s="7">
+        <v>14.0</v>
+      </c>
+      <c r="D66" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="E66" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F66" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G66" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H66" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I66" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J66" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="67" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K66" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L66" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M66" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N66" s="8">
+        <v>14.0</v>
+      </c>
+    </row>
+    <row r="67" spans="1:14">
       <c r="A67" s="4">
         <v>63</v>
       </c>
-      <c r="B67" s="4">
-[...3 lines deleted...]
-        <v>152</v>
+      <c r="B67" s="4" t="s">
+        <v>160</v>
+      </c>
+      <c r="C67" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D67" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E67" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F67" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G67" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H67" s="6" t="s">
-        <v>14</v>
-[...11 lines deleted...]
-    <row r="68" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="I67" s="7">
+        <v>13.0</v>
+      </c>
+      <c r="J67" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K67" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L67" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M67" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N67" s="8">
+        <v>13.0</v>
+      </c>
+    </row>
+    <row r="68" spans="1:14">
       <c r="A68" s="4">
         <v>64</v>
       </c>
-      <c r="B68" s="4">
-[...3 lines deleted...]
-        <v>153</v>
+      <c r="B68" s="4" t="s">
+        <v>161</v>
+      </c>
+      <c r="C68" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D68" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E68" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F68" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G68" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H68" s="6" t="s">
-        <v>14</v>
-[...11 lines deleted...]
-    <row r="69" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="I68" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J68" s="7">
+        <v>12.0</v>
+      </c>
+      <c r="K68" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L68" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M68" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N68" s="8">
+        <v>12.0</v>
+      </c>
+    </row>
+    <row r="69" spans="1:14">
       <c r="A69" s="4">
         <v>65</v>
       </c>
-      <c r="B69" s="4">
-[...6 lines deleted...]
-        <v>14</v>
+      <c r="B69" s="4" t="s">
+        <v>162</v>
+      </c>
+      <c r="C69" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D69" s="7">
+        <v>10.0</v>
       </c>
       <c r="E69" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F69" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G69" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H69" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I69" s="6" t="s">
-        <v>14</v>
-[...8 lines deleted...]
-    <row r="70" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="J69" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K69" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L69" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M69" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N69" s="8">
+        <v>10.0</v>
+      </c>
+    </row>
+    <row r="70" spans="1:14">
       <c r="A70" s="4">
         <v>66</v>
       </c>
-      <c r="B70" s="4">
-[...3 lines deleted...]
-        <v>155</v>
+      <c r="B70" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="C70" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D70" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E70" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F70" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>1.0</v>
+        <v>17</v>
+      </c>
+      <c r="G70" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="H70" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="I70" s="7">
+        <v>9.0</v>
       </c>
       <c r="J70" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="71" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K70" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L70" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M70" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N70" s="8">
+        <v>9.0</v>
+      </c>
+    </row>
+    <row r="71" spans="1:14">
       <c r="A71" s="4">
         <v>67</v>
       </c>
-      <c r="B71" s="4">
-[...3 lines deleted...]
-        <v>156</v>
+      <c r="B71" s="4" t="s">
+        <v>164</v>
+      </c>
+      <c r="C71" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D71" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E71" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="F71" s="7">
+        <v>3.0</v>
+      </c>
+      <c r="G71" s="7">
+        <v>6.0</v>
       </c>
       <c r="H71" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I71" s="6" t="s">
-        <v>14</v>
-[...8 lines deleted...]
-    <row r="72" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="J71" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K71" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L71" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M71" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N71" s="8">
+        <v>9.0</v>
+      </c>
+    </row>
+    <row r="72" spans="1:14">
       <c r="A72" s="4">
         <v>68</v>
       </c>
-      <c r="B72" s="4">
-[...3 lines deleted...]
-        <v>157</v>
+      <c r="B72" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="C72" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D72" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E72" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F72" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-        <v>1.0</v>
+        <v>17</v>
+      </c>
+      <c r="G72" s="7">
+        <v>9.0</v>
+      </c>
+      <c r="H72" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="I72" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J72" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="73" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K72" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L72" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M72" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N72" s="8">
+        <v>9.0</v>
+      </c>
+    </row>
+    <row r="73" spans="1:14">
       <c r="A73" s="4">
         <v>69</v>
       </c>
-      <c r="B73" s="4">
-[...6 lines deleted...]
-        <v>14</v>
+      <c r="B73" s="4" t="s">
+        <v>166</v>
+      </c>
+      <c r="C73" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D73" s="7">
+        <v>8.0</v>
       </c>
       <c r="E73" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F73" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G73" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H73" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I73" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J73" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="74" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K73" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L73" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M73" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N73" s="8">
+        <v>8.0</v>
+      </c>
+    </row>
+    <row r="74" spans="1:14">
       <c r="A74" s="4">
         <v>70</v>
       </c>
-      <c r="B74" s="4">
-[...3 lines deleted...]
-        <v>159</v>
+      <c r="B74" s="4" t="s">
+        <v>167</v>
+      </c>
+      <c r="C74" s="7">
+        <v>5.0</v>
       </c>
       <c r="D74" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E74" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F74" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G74" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H74" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I74" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J74" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="75" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K74" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L74" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M74" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N74" s="8">
+        <v>5.0</v>
+      </c>
+    </row>
+    <row r="75" spans="1:14">
       <c r="A75" s="4">
         <v>71</v>
       </c>
-      <c r="B75" s="4">
-[...3 lines deleted...]
-        <v>160</v>
+      <c r="B75" s="4" t="s">
+        <v>168</v>
+      </c>
+      <c r="C75" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D75" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E75" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F75" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G75" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H75" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="I75" s="7">
+        <v>5.0</v>
       </c>
       <c r="J75" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="76" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K75" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L75" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M75" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N75" s="8">
+        <v>5.0</v>
+      </c>
+    </row>
+    <row r="76" spans="1:14">
       <c r="A76" s="4">
         <v>72</v>
       </c>
-      <c r="B76" s="4">
-[...3 lines deleted...]
-        <v>161</v>
+      <c r="B76" s="4" t="s">
+        <v>169</v>
+      </c>
+      <c r="C76" s="7">
+        <v>5.0</v>
       </c>
       <c r="D76" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E76" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F76" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G76" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H76" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I76" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J76" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="77" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K76" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L76" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M76" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N76" s="8">
+        <v>5.0</v>
+      </c>
+    </row>
+    <row r="77" spans="1:14">
       <c r="A77" s="4">
         <v>73</v>
       </c>
-      <c r="B77" s="4">
-[...3 lines deleted...]
-        <v>162</v>
+      <c r="B77" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="C77" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D77" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E77" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F77" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G77" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H77" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="I77" s="7">
+        <v>1.0</v>
       </c>
       <c r="J77" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="78" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K77" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L77" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M77" s="7">
+        <v>3.0</v>
+      </c>
+      <c r="N77" s="8">
+        <v>4.0</v>
+      </c>
+    </row>
+    <row r="78" spans="1:14">
       <c r="A78" s="4">
         <v>74</v>
       </c>
-      <c r="B78" s="4">
-[...3 lines deleted...]
-        <v>163</v>
+      <c r="B78" s="4" t="s">
+        <v>171</v>
+      </c>
+      <c r="C78" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D78" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E78" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F78" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G78" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H78" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="I78" s="7">
+        <v>2.0</v>
       </c>
       <c r="J78" s="6" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="K78" s="8">
+        <v>17</v>
+      </c>
+      <c r="K78" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L78" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M78" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N78" s="8">
+        <v>2.0</v>
+      </c>
+    </row>
+    <row r="79" spans="1:14">
+      <c r="A79" s="4">
+        <v>75</v>
+      </c>
+      <c r="B79" s="4" t="s">
+        <v>172</v>
+      </c>
+      <c r="C79" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D79" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E79" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F79" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G79" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="H79" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I79" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J79" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K79" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L79" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M79" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N79" s="8">
+        <v>1.0</v>
+      </c>
+    </row>
+    <row r="80" spans="1:14">
+      <c r="A80" s="4">
+        <v>76</v>
+      </c>
+      <c r="B80" s="4" t="s">
+        <v>173</v>
+      </c>
+      <c r="C80" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D80" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E80" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F80" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G80" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="H80" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I80" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J80" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K80" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L80" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M80" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N80" s="8">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="81" spans="1:14">
+      <c r="A81" s="4">
+        <v>77</v>
+      </c>
+      <c r="B81" s="4" t="s">
+        <v>174</v>
+      </c>
+      <c r="C81" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D81" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E81" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F81" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G81" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="H81" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I81" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J81" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K81" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L81" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M81" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N81" s="8">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="82" spans="1:14">
+      <c r="A82" s="4">
+        <v>78</v>
+      </c>
+      <c r="B82" s="4" t="s">
+        <v>175</v>
+      </c>
+      <c r="C82" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D82" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E82" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F82" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G82" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="H82" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I82" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J82" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K82" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L82" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M82" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N82" s="8">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="83" spans="1:14">
+      <c r="A83" s="4">
+        <v>79</v>
+      </c>
+      <c r="B83" s="4" t="s">
+        <v>176</v>
+      </c>
+      <c r="C83" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D83" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E83" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F83" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G83" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="H83" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I83" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J83" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K83" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L83" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M83" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N83" s="8">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="84" spans="1:14">
+      <c r="A84" s="4">
+        <v>80</v>
+      </c>
+      <c r="B84" s="4" t="s">
+        <v>177</v>
+      </c>
+      <c r="C84" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D84" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E84" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F84" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G84" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="H84" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I84" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J84" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K84" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L84" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M84" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N84" s="8">
         <v>0.0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:K1"/>
-    <mergeCell ref="A2:K2"/>
+    <mergeCell ref="A1:N1"/>
+    <mergeCell ref="A2:N2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K77"/>
+  <dimension ref="A1:N78"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A4" sqref="A4:K77"/>
+      <selection activeCell="A4" sqref="A4:N78"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="true" style="0"/>
-    <col min="2" max="2" width="14" customWidth="true" style="0"/>
-    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="14" customWidth="true" style="0"/>
     <col min="9" max="9" width="14" customWidth="true" style="0"/>
     <col min="10" max="10" width="14" customWidth="true" style="0"/>
+    <col min="11" max="11" width="14" customWidth="true" style="0"/>
+    <col min="12" max="12" width="14" customWidth="true" style="0"/>
+    <col min="13" max="13" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11">
+    <row r="1" spans="1:14">
       <c r="A1" s="1" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:11">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="2" spans="1:14">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:11" customHeight="1" ht="150">
+    <row r="4" spans="1:14" customHeight="1" ht="150">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="5" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="5" t="s">
         <v>9</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>10</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="K4" s="3" t="s">
+      <c r="K4" s="5" t="s">
         <v>12</v>
       </c>
-    </row>
-    <row r="5" spans="1:11">
+      <c r="L4" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="M4" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="N4" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="5" spans="1:14">
       <c r="A5" s="4">
         <v>1</v>
       </c>
-      <c r="B5" s="4">
-[...6 lines deleted...]
-        <v>14</v>
+      <c r="B5" s="4" t="s">
+        <v>179</v>
+      </c>
+      <c r="C5" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D5" s="7">
+        <v>100.0</v>
       </c>
       <c r="E5" s="7">
         <v>100.0</v>
       </c>
       <c r="F5" s="7">
         <v>100.0</v>
       </c>
       <c r="G5" s="7">
         <v>100.0</v>
       </c>
       <c r="H5" s="7">
         <v>100.0</v>
       </c>
       <c r="I5" s="7">
         <v>100.0</v>
       </c>
       <c r="J5" s="7">
         <v>100.0</v>
       </c>
-      <c r="K5" s="8">
-[...3 lines deleted...]
-    <row r="6" spans="1:11">
+      <c r="K5" s="7">
+        <v>100.0</v>
+      </c>
+      <c r="L5" s="7">
+        <v>100.0</v>
+      </c>
+      <c r="M5" s="7">
+        <v>100.0</v>
+      </c>
+      <c r="N5" s="8">
+        <v>1000.0</v>
+      </c>
+    </row>
+    <row r="6" spans="1:14">
       <c r="A6" s="4">
         <v>2</v>
       </c>
-      <c r="B6" s="4">
-[...3 lines deleted...]
-        <v>166</v>
+      <c r="B6" s="4" t="s">
+        <v>180</v>
+      </c>
+      <c r="C6" s="7">
+        <v>40.0</v>
       </c>
       <c r="D6" s="7">
-        <v>5.0</v>
-[...5 lines deleted...]
-        <v>14</v>
+        <v>50.0</v>
+      </c>
+      <c r="E6" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F6" s="7">
+        <v>45.0</v>
       </c>
       <c r="G6" s="7">
+        <v>40.0</v>
+      </c>
+      <c r="H6" s="7">
+        <v>50.0</v>
+      </c>
+      <c r="I6" s="7">
+        <v>32.0</v>
+      </c>
+      <c r="J6" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K6" s="7">
+        <v>45.0</v>
+      </c>
+      <c r="L6" s="7">
         <v>80.0</v>
       </c>
-      <c r="H6" s="7">
+      <c r="M6" s="7">
         <v>80.0</v>
       </c>
-      <c r="I6" s="6" t="s">
-[...9 lines deleted...]
-    <row r="7" spans="1:11">
+      <c r="N6" s="8">
+        <v>462.0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:14">
       <c r="A7" s="4">
         <v>3</v>
       </c>
-      <c r="B7" s="4">
-[...8 lines deleted...]
-      <c r="E7" s="7">
+      <c r="B7" s="4" t="s">
+        <v>181</v>
+      </c>
+      <c r="C7" s="7">
+        <v>16.0</v>
+      </c>
+      <c r="D7" s="7">
+        <v>40.0</v>
+      </c>
+      <c r="E7" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F7" s="7">
+        <v>50.0</v>
+      </c>
+      <c r="G7" s="7">
+        <v>50.0</v>
+      </c>
+      <c r="H7" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I7" s="7">
+        <v>50.0</v>
+      </c>
+      <c r="J7" s="7">
+        <v>80.0</v>
+      </c>
+      <c r="K7" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L7" s="7">
         <v>60.0</v>
       </c>
-      <c r="F7" s="7">
-[...18 lines deleted...]
-    <row r="8" spans="1:11">
+      <c r="M7" s="7">
+        <v>50.0</v>
+      </c>
+      <c r="N7" s="8">
+        <v>396.0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:14">
       <c r="A8" s="4">
         <v>4</v>
       </c>
-      <c r="B8" s="4">
-[...3 lines deleted...]
-        <v>168</v>
+      <c r="B8" s="4" t="s">
+        <v>182</v>
+      </c>
+      <c r="C8" s="7">
+        <v>5.0</v>
       </c>
       <c r="D8" s="7">
-        <v>40.0</v>
-[...1 lines deleted...]
-      <c r="E8" s="7">
+        <v>20.0</v>
+      </c>
+      <c r="E8" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F8" s="7">
+        <v>80.0</v>
+      </c>
+      <c r="G8" s="7">
+        <v>80.0</v>
+      </c>
+      <c r="H8" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I8" s="7">
+        <v>80.0</v>
+      </c>
+      <c r="J8" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K8" s="7">
         <v>50.0</v>
       </c>
-      <c r="F8" s="6" t="s">
-[...18 lines deleted...]
-    <row r="9" spans="1:11">
+      <c r="L8" s="7">
+        <v>24.0</v>
+      </c>
+      <c r="M8" s="7">
+        <v>36.0</v>
+      </c>
+      <c r="N8" s="8">
+        <v>375.0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14">
       <c r="A9" s="4">
         <v>5</v>
       </c>
-      <c r="B9" s="4">
-[...6 lines deleted...]
-        <v>14</v>
+      <c r="B9" s="4" t="s">
+        <v>183</v>
+      </c>
+      <c r="C9" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D9" s="7">
+        <v>18.0</v>
       </c>
       <c r="E9" s="7">
-        <v>18.0</v>
+        <v>45.0</v>
       </c>
       <c r="F9" s="7">
-        <v>45.0</v>
+        <v>60.0</v>
       </c>
       <c r="G9" s="7">
         <v>60.0</v>
       </c>
-      <c r="H9" s="7">
+      <c r="H9" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I9" s="7">
         <v>60.0</v>
       </c>
-      <c r="I9" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J9" s="7">
-        <v>60.0</v>
-[...5 lines deleted...]
-    <row r="10" spans="1:11">
+        <v>40.0</v>
+      </c>
+      <c r="K9" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L9" s="7">
+        <v>45.0</v>
+      </c>
+      <c r="M9" s="7">
+        <v>45.0</v>
+      </c>
+      <c r="N9" s="8">
+        <v>373.0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14">
       <c r="A10" s="4">
         <v>6</v>
       </c>
-      <c r="B10" s="4">
-[...3 lines deleted...]
-        <v>170</v>
+      <c r="B10" s="4" t="s">
+        <v>184</v>
+      </c>
+      <c r="C10" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D10" s="7">
-        <v>16.0</v>
-[...5 lines deleted...]
-        <v>14</v>
+        <v>80.0</v>
+      </c>
+      <c r="E10" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F10" s="7">
+        <v>36.0</v>
       </c>
       <c r="G10" s="7">
-        <v>50.0</v>
-[...14 lines deleted...]
-    <row r="11" spans="1:11">
+        <v>26.0</v>
+      </c>
+      <c r="H10" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I10" s="7">
+        <v>45.0</v>
+      </c>
+      <c r="J10" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K10" s="7">
+        <v>80.0</v>
+      </c>
+      <c r="L10" s="7">
+        <v>36.0</v>
+      </c>
+      <c r="M10" s="7">
+        <v>22.0</v>
+      </c>
+      <c r="N10" s="8">
+        <v>325.0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14">
       <c r="A11" s="4">
         <v>7</v>
       </c>
-      <c r="B11" s="4">
-[...3 lines deleted...]
-        <v>171</v>
+      <c r="B11" s="4" t="s">
+        <v>185</v>
+      </c>
+      <c r="C11" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D11" s="7">
-        <v>36.0</v>
+        <v>60.0</v>
       </c>
       <c r="E11" s="7">
-        <v>29.0</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>80.0</v>
+      </c>
+      <c r="F11" s="7">
+        <v>26.0</v>
       </c>
       <c r="G11" s="7">
-        <v>29.0</v>
+        <v>26.0</v>
       </c>
       <c r="H11" s="7">
-        <v>45.0</v>
+        <v>32.0</v>
       </c>
       <c r="I11" s="7">
-        <v>60.0</v>
+        <v>40.0</v>
       </c>
       <c r="J11" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="12" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K11" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L11" s="7">
+        <v>24.0</v>
+      </c>
+      <c r="M11" s="7">
+        <v>22.0</v>
+      </c>
+      <c r="N11" s="8">
+        <v>310.0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14">
       <c r="A12" s="4">
         <v>8</v>
       </c>
-      <c r="B12" s="4">
-[...6 lines deleted...]
-        <v>14</v>
+      <c r="B12" s="4" t="s">
+        <v>186</v>
+      </c>
+      <c r="C12" s="7">
+        <v>32.0</v>
+      </c>
+      <c r="D12" s="7">
+        <v>45.0</v>
       </c>
       <c r="E12" s="7">
-        <v>80.0</v>
+        <v>60.0</v>
       </c>
       <c r="F12" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>36.0</v>
+        <v>17</v>
+      </c>
+      <c r="G12" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="H12" s="7">
-        <v>26.0</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>13.0</v>
+      </c>
+      <c r="I12" s="7">
+        <v>12.0</v>
       </c>
       <c r="J12" s="7">
-        <v>45.0</v>
-[...5 lines deleted...]
-    <row r="13" spans="1:11">
+        <v>60.0</v>
+      </c>
+      <c r="K12" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L12" s="7">
+        <v>15.0</v>
+      </c>
+      <c r="M12" s="7">
+        <v>40.0</v>
+      </c>
+      <c r="N12" s="8">
+        <v>277.0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14">
       <c r="A13" s="4">
         <v>9</v>
       </c>
-      <c r="B13" s="4">
-[...6 lines deleted...]
-        <v>14</v>
+      <c r="B13" s="4" t="s">
+        <v>187</v>
+      </c>
+      <c r="C13" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D13" s="7">
+        <v>16.0</v>
       </c>
       <c r="E13" s="7">
-        <v>16.0</v>
+        <v>50.0</v>
       </c>
       <c r="F13" s="7">
+        <v>40.0</v>
+      </c>
+      <c r="G13" s="7">
+        <v>32.0</v>
+      </c>
+      <c r="H13" s="7">
+        <v>45.0</v>
+      </c>
+      <c r="I13" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J13" s="7">
         <v>50.0</v>
       </c>
-      <c r="G13" s="7">
-[...15 lines deleted...]
-    <row r="14" spans="1:11">
+      <c r="K13" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L13" s="7">
+        <v>18.0</v>
+      </c>
+      <c r="M13" s="7">
+        <v>18.0</v>
+      </c>
+      <c r="N13" s="8">
+        <v>269.0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14">
       <c r="A14" s="4">
         <v>10</v>
       </c>
-      <c r="B14" s="4">
-[...3 lines deleted...]
-        <v>174</v>
+      <c r="B14" s="4" t="s">
+        <v>188</v>
+      </c>
+      <c r="C14" s="7">
+        <v>13.0</v>
       </c>
       <c r="D14" s="7">
-        <v>18.0</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>11.0</v>
+      </c>
+      <c r="E14" s="7">
+        <v>14.0</v>
       </c>
       <c r="F14" s="7">
-        <v>16.0</v>
+        <v>11.0</v>
       </c>
       <c r="G14" s="7">
-        <v>16.0</v>
+        <v>12.0</v>
       </c>
       <c r="H14" s="7">
-        <v>20.0</v>
+        <v>29.0</v>
       </c>
       <c r="I14" s="7">
-        <v>80.0</v>
+        <v>24.0</v>
       </c>
       <c r="J14" s="7">
+        <v>36.0</v>
+      </c>
+      <c r="K14" s="7">
+        <v>36.0</v>
+      </c>
+      <c r="L14" s="7">
+        <v>50.0</v>
+      </c>
+      <c r="M14" s="7">
         <v>26.0</v>
       </c>
-      <c r="K14" s="8">
-[...3 lines deleted...]
-    <row r="15" spans="1:11">
+      <c r="N14" s="8">
+        <v>262.0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:14">
       <c r="A15" s="4">
         <v>11</v>
       </c>
-      <c r="B15" s="4">
-[...3 lines deleted...]
-        <v>175</v>
+      <c r="B15" s="4" t="s">
+        <v>189</v>
+      </c>
+      <c r="C15" s="7">
+        <v>36.0</v>
       </c>
       <c r="D15" s="7">
+        <v>29.0</v>
+      </c>
+      <c r="E15" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F15" s="7">
+        <v>29.0</v>
+      </c>
+      <c r="G15" s="7">
+        <v>45.0</v>
+      </c>
+      <c r="H15" s="7">
         <v>60.0</v>
       </c>
-      <c r="E15" s="7">
+      <c r="I15" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J15" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K15" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L15" s="7">
+        <v>14.0</v>
+      </c>
+      <c r="M15" s="7">
         <v>32.0</v>
       </c>
-      <c r="F15" s="7">
-[...18 lines deleted...]
-    <row r="16" spans="1:11">
+      <c r="N15" s="8">
+        <v>245.0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:14">
       <c r="A16" s="4">
         <v>12</v>
       </c>
-      <c r="B16" s="4">
-[...3 lines deleted...]
-        <v>176</v>
+      <c r="B16" s="4" t="s">
+        <v>190</v>
+      </c>
+      <c r="C16" s="7">
+        <v>60.0</v>
       </c>
       <c r="D16" s="7">
         <v>32.0</v>
       </c>
       <c r="E16" s="7">
-        <v>45.0</v>
+        <v>36.0</v>
       </c>
       <c r="F16" s="7">
-        <v>60.0</v>
-[...5 lines deleted...]
-        <v>14</v>
+        <v>9.0</v>
+      </c>
+      <c r="G16" s="7">
+        <v>9.0</v>
+      </c>
+      <c r="H16" s="7">
+        <v>15.0</v>
       </c>
       <c r="I16" s="7">
-        <v>13.0</v>
-[...8 lines deleted...]
-    <row r="17" spans="1:11">
+        <v>10.0</v>
+      </c>
+      <c r="J16" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K16" s="7">
+        <v>29.0</v>
+      </c>
+      <c r="L16" s="7">
+        <v>9.0</v>
+      </c>
+      <c r="M16" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N16" s="8">
+        <v>209.0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:14">
       <c r="A17" s="4">
         <v>13</v>
       </c>
-      <c r="B17" s="4">
-[...3 lines deleted...]
-        <v>177</v>
+      <c r="B17" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="C17" s="7">
+        <v>100.0</v>
       </c>
       <c r="D17" s="7">
-        <v>100.0</v>
+        <v>15.0</v>
       </c>
       <c r="E17" s="7">
-        <v>15.0</v>
-[...1 lines deleted...]
-      <c r="F17" s="7">
         <v>20.0</v>
       </c>
+      <c r="F17" s="6" t="s">
+        <v>17</v>
+      </c>
       <c r="G17" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H17" s="6" t="s">
-        <v>14</v>
-[...4 lines deleted...]
-      <c r="J17" s="7">
+        <v>17</v>
+      </c>
+      <c r="I17" s="7">
         <v>22.0</v>
       </c>
-      <c r="K17" s="8">
-[...3 lines deleted...]
-    <row r="18" spans="1:11">
+      <c r="J17" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K17" s="7">
+        <v>26.0</v>
+      </c>
+      <c r="L17" s="7">
+        <v>20.0</v>
+      </c>
+      <c r="M17" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N17" s="8">
+        <v>203.0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:14">
       <c r="A18" s="4">
         <v>14</v>
       </c>
-      <c r="B18" s="4">
-[...3 lines deleted...]
-        <v>178</v>
+      <c r="B18" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="C18" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D18" s="7">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="E18" s="7">
+        <v>12.0</v>
+      </c>
+      <c r="F18" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G18" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="H18" s="7">
         <v>36.0</v>
       </c>
-      <c r="F18" s="7">
-[...5 lines deleted...]
-      <c r="H18" s="7">
+      <c r="I18" s="7">
         <v>29.0</v>
       </c>
-      <c r="I18" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J18" s="7">
-        <v>7.0</v>
-[...5 lines deleted...]
-    <row r="19" spans="1:11">
+        <v>45.0</v>
+      </c>
+      <c r="K18" s="7">
+        <v>60.0</v>
+      </c>
+      <c r="L18" s="7">
+        <v>4.0</v>
+      </c>
+      <c r="M18" s="7">
+        <v>11.0</v>
+      </c>
+      <c r="N18" s="8">
+        <v>202.0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:14">
       <c r="A19" s="4">
         <v>15</v>
       </c>
-      <c r="B19" s="4">
-[...5 lines deleted...]
-      <c r="D19" s="7">
+      <c r="B19" s="4" t="s">
+        <v>193</v>
+      </c>
+      <c r="C19" s="7">
+        <v>18.0</v>
+      </c>
+      <c r="D19" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E19" s="7">
+        <v>16.0</v>
+      </c>
+      <c r="F19" s="7">
+        <v>16.0</v>
+      </c>
+      <c r="G19" s="7">
+        <v>20.0</v>
+      </c>
+      <c r="H19" s="7">
         <v>80.0</v>
-      </c>
-[...10 lines deleted...]
-        <v>13.0</v>
       </c>
       <c r="I19" s="7">
         <v>26.0</v>
       </c>
       <c r="J19" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="20" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K19" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L19" s="7">
+        <v>5.0</v>
+      </c>
+      <c r="M19" s="7">
+        <v>7.0</v>
+      </c>
+      <c r="N19" s="8">
+        <v>188.0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:14">
       <c r="A20" s="4">
         <v>16</v>
       </c>
-      <c r="B20" s="4">
-[...3 lines deleted...]
-        <v>180</v>
+      <c r="B20" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="C20" s="7">
+        <v>3.0</v>
       </c>
       <c r="D20" s="7">
+        <v>36.0</v>
+      </c>
+      <c r="E20" s="7">
+        <v>24.0</v>
+      </c>
+      <c r="F20" s="7">
+        <v>32.0</v>
+      </c>
+      <c r="G20" s="7">
+        <v>29.0</v>
+      </c>
+      <c r="H20" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I20" s="7">
+        <v>7.0</v>
+      </c>
+      <c r="J20" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K20" s="7">
+        <v>22.0</v>
+      </c>
+      <c r="L20" s="7">
+        <v>29.0</v>
+      </c>
+      <c r="M20" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N20" s="8">
+        <v>182.0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:14">
+      <c r="A21" s="4">
+        <v>17</v>
+      </c>
+      <c r="B21" s="4" t="s">
+        <v>195</v>
+      </c>
+      <c r="C21" s="7">
+        <v>80.0</v>
+      </c>
+      <c r="D21" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E21" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F21" s="7">
+        <v>5.0</v>
+      </c>
+      <c r="G21" s="7">
         <v>13.0</v>
       </c>
-      <c r="E20" s="7">
-[...14 lines deleted...]
-      <c r="J20" s="7">
+      <c r="H21" s="7">
+        <v>26.0</v>
+      </c>
+      <c r="I21" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J21" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K21" s="7">
         <v>24.0</v>
       </c>
-      <c r="K20" s="8">
-[...38 lines deleted...]
-    <row r="22" spans="1:11">
+      <c r="L21" s="7">
+        <v>9.0</v>
+      </c>
+      <c r="M21" s="7">
+        <v>13.0</v>
+      </c>
+      <c r="N21" s="8">
+        <v>170.0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:14">
       <c r="A22" s="4">
         <v>18</v>
       </c>
-      <c r="B22" s="4">
-[...3 lines deleted...]
-        <v>182</v>
+      <c r="B22" s="4" t="s">
+        <v>196</v>
+      </c>
+      <c r="C22" s="7">
+        <v>3.0</v>
       </c>
       <c r="D22" s="7">
-        <v>3.0</v>
+        <v>22.0</v>
       </c>
       <c r="E22" s="7">
+        <v>32.0</v>
+      </c>
+      <c r="F22" s="7">
+        <v>7.0</v>
+      </c>
+      <c r="G22" s="7">
+        <v>6.0</v>
+      </c>
+      <c r="H22" s="7">
         <v>22.0</v>
       </c>
-      <c r="F22" s="7">
+      <c r="I22" s="7">
+        <v>11.0</v>
+      </c>
+      <c r="J22" s="7">
         <v>32.0</v>
       </c>
-      <c r="G22" s="7">
-[...8 lines deleted...]
-      <c r="J22" s="7">
+      <c r="K22" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L22" s="7">
         <v>11.0</v>
       </c>
-      <c r="K22" s="8">
-[...3 lines deleted...]
-    <row r="23" spans="1:11">
+      <c r="M22" s="7">
+        <v>14.0</v>
+      </c>
+      <c r="N22" s="8">
+        <v>160.0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:14">
       <c r="A23" s="4">
         <v>19</v>
       </c>
-      <c r="B23" s="4">
-[...8 lines deleted...]
-      <c r="E23" s="7">
+      <c r="B23" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="C23" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D23" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E23" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F23" s="7">
+        <v>14.0</v>
+      </c>
+      <c r="G23" s="7">
+        <v>22.0</v>
+      </c>
+      <c r="H23" s="7">
+        <v>40.0</v>
+      </c>
+      <c r="I23" s="7">
+        <v>36.0</v>
+      </c>
+      <c r="J23" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K23" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L23" s="7">
         <v>13.0</v>
       </c>
-      <c r="F23" s="7">
-[...18 lines deleted...]
-    <row r="24" spans="1:11">
+      <c r="M23" s="7">
+        <v>10.0</v>
+      </c>
+      <c r="N23" s="8">
+        <v>135.0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:14">
       <c r="A24" s="4">
         <v>20</v>
       </c>
-      <c r="B24" s="4">
-[...6 lines deleted...]
-        <v>14</v>
+      <c r="B24" s="4" t="s">
+        <v>198</v>
+      </c>
+      <c r="C24" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="D24" s="7">
+        <v>6.0</v>
       </c>
       <c r="E24" s="7">
-        <v>24.0</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>15.0</v>
+      </c>
+      <c r="F24" s="7">
+        <v>4.0</v>
       </c>
       <c r="G24" s="7">
-        <v>18.0</v>
-[...14 lines deleted...]
-    <row r="25" spans="1:11">
+        <v>2.0</v>
+      </c>
+      <c r="H24" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I24" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J24" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K24" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L24" s="7">
+        <v>45.0</v>
+      </c>
+      <c r="M24" s="7">
+        <v>60.0</v>
+      </c>
+      <c r="N24" s="8">
+        <v>133.0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:14">
       <c r="A25" s="4">
         <v>21</v>
       </c>
-      <c r="B25" s="4">
-[...3 lines deleted...]
-        <v>185</v>
+      <c r="B25" s="4" t="s">
+        <v>199</v>
+      </c>
+      <c r="C25" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D25" s="7">
+        <v>24.0</v>
+      </c>
+      <c r="E25" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F25" s="7">
+        <v>18.0</v>
+      </c>
+      <c r="G25" s="7">
+        <v>14.0</v>
+      </c>
+      <c r="H25" s="7">
+        <v>8.0</v>
+      </c>
+      <c r="I25" s="7">
         <v>20.0</v>
       </c>
-      <c r="E25" s="7">
-[...8 lines deleted...]
-      <c r="H25" s="7">
+      <c r="J25" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K25" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L25" s="7">
         <v>16.0</v>
       </c>
-      <c r="I25" s="7">
-[...9 lines deleted...]
-    <row r="26" spans="1:11">
+      <c r="M25" s="7">
+        <v>24.0</v>
+      </c>
+      <c r="N25" s="8">
+        <v>124.0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:14">
       <c r="A26" s="4">
         <v>22</v>
       </c>
-      <c r="B26" s="4">
-[...3 lines deleted...]
-        <v>186</v>
+      <c r="B26" s="4" t="s">
+        <v>200</v>
+      </c>
+      <c r="C26" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D26" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E26" s="7">
-        <v>5.0</v>
-[...5 lines deleted...]
-        <v>14</v>
+        <v>40.0</v>
+      </c>
+      <c r="F26" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G26" s="7">
+        <v>18.0</v>
       </c>
       <c r="H26" s="6" t="s">
-        <v>14</v>
-[...4 lines deleted...]
-      <c r="J26" s="7">
+        <v>17</v>
+      </c>
+      <c r="I26" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J26" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K26" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L26" s="7">
+        <v>32.0</v>
+      </c>
+      <c r="M26" s="7">
         <v>29.0</v>
       </c>
-      <c r="K26" s="8">
-[...3 lines deleted...]
-    <row r="27" spans="1:11">
+      <c r="N26" s="8">
+        <v>119.0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:14">
       <c r="A27" s="4">
         <v>23</v>
       </c>
-      <c r="B27" s="4">
-[...3 lines deleted...]
-        <v>187</v>
+      <c r="B27" s="4" t="s">
+        <v>201</v>
+      </c>
+      <c r="C27" s="7">
+        <v>7.0</v>
       </c>
       <c r="D27" s="7">
-        <v>32.0</v>
-[...5 lines deleted...]
-        <v>14</v>
+        <v>13.0</v>
+      </c>
+      <c r="E27" s="7">
+        <v>22.0</v>
+      </c>
+      <c r="F27" s="7">
+        <v>24.0</v>
       </c>
       <c r="G27" s="7">
-        <v>10.0</v>
-[...14 lines deleted...]
-    <row r="28" spans="1:11">
+        <v>36.0</v>
+      </c>
+      <c r="H27" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I27" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J27" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K27" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L27" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M27" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N27" s="8">
+        <v>102.0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:14">
       <c r="A28" s="4">
         <v>24</v>
       </c>
-      <c r="B28" s="4">
-[...3 lines deleted...]
-        <v>188</v>
+      <c r="B28" s="4" t="s">
+        <v>202</v>
+      </c>
+      <c r="C28" s="7">
+        <v>32.0</v>
       </c>
       <c r="D28" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E28" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F28" s="7">
-        <v>40.0</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>10.0</v>
+      </c>
+      <c r="G28" s="7">
+        <v>10.0</v>
       </c>
       <c r="H28" s="7">
-        <v>18.0</v>
-[...11 lines deleted...]
-    <row r="29" spans="1:11">
+        <v>7.0</v>
+      </c>
+      <c r="I28" s="7">
+        <v>16.0</v>
+      </c>
+      <c r="J28" s="7">
+        <v>20.0</v>
+      </c>
+      <c r="K28" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L28" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M28" s="7">
+        <v>6.0</v>
+      </c>
+      <c r="N28" s="8">
+        <v>101.0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:14">
       <c r="A29" s="4">
         <v>25</v>
       </c>
-      <c r="B29" s="4">
-[...3 lines deleted...]
-        <v>189</v>
+      <c r="B29" s="4" t="s">
+        <v>203</v>
+      </c>
+      <c r="C29" s="7">
+        <v>20.0</v>
       </c>
       <c r="D29" s="7">
-        <v>22.0</v>
-[...5 lines deleted...]
-        <v>14</v>
+        <v>3.0</v>
+      </c>
+      <c r="E29" s="7">
+        <v>6.0</v>
+      </c>
+      <c r="F29" s="7">
+        <v>7.0</v>
       </c>
       <c r="G29" s="7">
+        <v>16.0</v>
+      </c>
+      <c r="H29" s="7">
+        <v>18.0</v>
+      </c>
+      <c r="I29" s="7">
         <v>13.0</v>
       </c>
-      <c r="H29" s="7">
-[...4 lines deleted...]
-      </c>
       <c r="J29" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="30" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K29" s="7">
+        <v>9.0</v>
+      </c>
+      <c r="L29" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M29" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N29" s="8">
+        <v>92.0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:14">
       <c r="A30" s="4">
         <v>26</v>
       </c>
-      <c r="B30" s="4">
-[...3 lines deleted...]
-        <v>190</v>
+      <c r="B30" s="4" t="s">
+        <v>204</v>
+      </c>
+      <c r="C30" s="7">
+        <v>9.0</v>
       </c>
       <c r="D30" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14.0</v>
+        <v>17</v>
+      </c>
+      <c r="E30" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="F30" s="7">
+        <v>15.0</v>
+      </c>
+      <c r="G30" s="7">
+        <v>15.0</v>
+      </c>
+      <c r="H30" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I30" s="7">
+        <v>3.0</v>
+      </c>
+      <c r="J30" s="7">
         <v>26.0</v>
       </c>
-      <c r="G30" s="7">
-[...15 lines deleted...]
-    <row r="31" spans="1:11">
+      <c r="K30" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L30" s="7">
+        <v>6.0</v>
+      </c>
+      <c r="M30" s="7">
+        <v>15.0</v>
+      </c>
+      <c r="N30" s="8">
+        <v>89.0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:14">
       <c r="A31" s="4">
         <v>27</v>
       </c>
-      <c r="B31" s="4">
-[...3 lines deleted...]
-        <v>191</v>
+      <c r="B31" s="4" t="s">
+        <v>205</v>
+      </c>
+      <c r="C31" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D31" s="7">
-        <v>50.0</v>
-[...5 lines deleted...]
-        <v>14</v>
+        <v>14.0</v>
+      </c>
+      <c r="E31" s="7">
+        <v>26.0</v>
+      </c>
+      <c r="F31" s="7">
+        <v>3.0</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>14</v>
-[...14 lines deleted...]
-    <row r="32" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="H31" s="7">
+        <v>4.0</v>
+      </c>
+      <c r="I31" s="7">
+        <v>5.0</v>
+      </c>
+      <c r="J31" s="7">
+        <v>32.0</v>
+      </c>
+      <c r="K31" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L31" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M31" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N31" s="8">
+        <v>84.0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:14">
       <c r="A32" s="4">
         <v>28</v>
       </c>
-      <c r="B32" s="4">
-[...3 lines deleted...]
-        <v>192</v>
+      <c r="B32" s="4" t="s">
+        <v>206</v>
+      </c>
+      <c r="C32" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D32" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E32" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-        <v>12.0</v>
+        <v>17</v>
+      </c>
+      <c r="F32" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G32" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="H32" s="7">
-        <v>6.0</v>
+        <v>24.0</v>
       </c>
       <c r="I32" s="7">
+        <v>18.0</v>
+      </c>
+      <c r="J32" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K32" s="7">
+        <v>20.0</v>
+      </c>
+      <c r="L32" s="7">
+        <v>3.0</v>
+      </c>
+      <c r="M32" s="7">
         <v>16.0</v>
       </c>
-      <c r="J32" s="6" t="s">
-[...6 lines deleted...]
-    <row r="33" spans="1:11">
+      <c r="N32" s="8">
+        <v>81.0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:14">
       <c r="A33" s="4">
         <v>29</v>
       </c>
-      <c r="B33" s="4">
-[...3 lines deleted...]
-        <v>193</v>
+      <c r="B33" s="4" t="s">
+        <v>207</v>
+      </c>
+      <c r="C33" s="7">
+        <v>12.0</v>
       </c>
       <c r="D33" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-        <v>29.0</v>
+        <v>17</v>
+      </c>
+      <c r="E33" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F33" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="G33" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="H33" s="7">
+        <v>14.0</v>
       </c>
       <c r="I33" s="7">
-        <v>6.0</v>
+        <v>16.0</v>
       </c>
       <c r="J33" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="34" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K33" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L33" s="7">
+        <v>26.0</v>
+      </c>
+      <c r="M33" s="7">
+        <v>12.0</v>
+      </c>
+      <c r="N33" s="8">
+        <v>80.0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:14">
       <c r="A34" s="4">
         <v>30</v>
       </c>
-      <c r="B34" s="4">
-[...3 lines deleted...]
-        <v>194</v>
+      <c r="B34" s="4" t="s">
+        <v>208</v>
+      </c>
+      <c r="C34" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D34" s="7">
-        <v>45.0</v>
+        <v>26.0</v>
       </c>
       <c r="E34" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F34" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G34" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H34" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I34" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J34" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="35" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K34" s="7">
+        <v>40.0</v>
+      </c>
+      <c r="L34" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M34" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N34" s="8">
+        <v>66.0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:14">
       <c r="A35" s="4">
         <v>31</v>
       </c>
-      <c r="B35" s="4">
-[...3 lines deleted...]
-        <v>195</v>
+      <c r="B35" s="4" t="s">
+        <v>209</v>
+      </c>
+      <c r="C35" s="7">
+        <v>8.0</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="E35" s="7">
+        <v>18.0</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="G35" s="7">
+        <v>6.0</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>14</v>
-[...11 lines deleted...]
-    <row r="36" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="I35" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J35" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K35" s="7">
+        <v>15.0</v>
+      </c>
+      <c r="L35" s="7">
+        <v>10.0</v>
+      </c>
+      <c r="M35" s="7">
+        <v>8.0</v>
+      </c>
+      <c r="N35" s="8">
+        <v>65.0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:14">
       <c r="A36" s="4">
         <v>32</v>
       </c>
-      <c r="B36" s="4">
-[...3 lines deleted...]
-        <v>196</v>
+      <c r="B36" s="4" t="s">
+        <v>210</v>
+      </c>
+      <c r="C36" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D36" s="7">
-        <v>12.0</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>10.0</v>
+      </c>
+      <c r="E36" s="7">
+        <v>29.0</v>
       </c>
       <c r="F36" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G36" s="6" t="s">
-        <v>14</v>
-[...14 lines deleted...]
-    <row r="37" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="H36" s="7">
+        <v>6.0</v>
+      </c>
+      <c r="I36" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J36" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K36" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L36" s="7">
+        <v>7.0</v>
+      </c>
+      <c r="M36" s="7">
+        <v>9.0</v>
+      </c>
+      <c r="N36" s="8">
+        <v>61.0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:14">
       <c r="A37" s="4">
         <v>33</v>
       </c>
-      <c r="B37" s="4">
-[...6 lines deleted...]
-        <v>9.0</v>
+      <c r="B37" s="4" t="s">
+        <v>211</v>
+      </c>
+      <c r="C37" s="7">
+        <v>22.0</v>
+      </c>
+      <c r="D37" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="E37" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="F37" s="7">
+        <v>13.0</v>
       </c>
       <c r="G37" s="7">
-        <v>15.0</v>
+        <v>11.0</v>
       </c>
       <c r="H37" s="7">
-        <v>15.0</v>
+        <v>12.0</v>
       </c>
       <c r="I37" s="6" t="s">
-        <v>14</v>
-[...8 lines deleted...]
-    <row r="38" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="J37" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K37" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L37" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M37" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N37" s="8">
+        <v>58.0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:14">
       <c r="A38" s="4">
         <v>34</v>
       </c>
-      <c r="B38" s="4">
-[...5 lines deleted...]
-      <c r="D38" s="7">
+      <c r="B38" s="4" t="s">
+        <v>212</v>
+      </c>
+      <c r="C38" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D38" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E38" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F38" s="7">
         <v>8.0</v>
       </c>
-      <c r="E38" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G38" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H38" s="7">
-        <v>6.0</v>
-[...11 lines deleted...]
-    <row r="39" spans="1:11">
+        <v>10.0</v>
+      </c>
+      <c r="I38" s="7">
+        <v>8.0</v>
+      </c>
+      <c r="J38" s="7">
+        <v>24.0</v>
+      </c>
+      <c r="K38" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L38" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="M38" s="7">
+        <v>2.0</v>
+      </c>
+      <c r="N38" s="8">
+        <v>53.0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:14">
       <c r="A39" s="4">
         <v>35</v>
       </c>
-      <c r="B39" s="4">
-[...3 lines deleted...]
-        <v>199</v>
+      <c r="B39" s="4" t="s">
+        <v>213</v>
+      </c>
+      <c r="C39" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D39" s="7">
-        <v>1.0</v>
+        <v>8.0</v>
       </c>
       <c r="E39" s="7">
-        <v>6.0</v>
-[...8 lines deleted...]
-        <v>2.0</v>
+        <v>11.0</v>
+      </c>
+      <c r="F39" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G39" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="H39" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="I39" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="40" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K39" s="7">
+        <v>32.0</v>
+      </c>
+      <c r="L39" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M39" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N39" s="8">
+        <v>51.0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:14">
       <c r="A40" s="4">
         <v>36</v>
       </c>
-      <c r="B40" s="4">
-[...3 lines deleted...]
-        <v>200</v>
+      <c r="B40" s="4" t="s">
+        <v>214</v>
+      </c>
+      <c r="C40" s="7">
+        <v>50.0</v>
       </c>
       <c r="D40" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E40" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F40" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-        <v>7.0</v>
+        <v>17</v>
+      </c>
+      <c r="G40" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="H40" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="I40" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J40" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="41" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K40" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L40" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M40" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N40" s="8">
+        <v>50.0</v>
+      </c>
+    </row>
+    <row r="41" spans="1:14">
       <c r="A41" s="4">
         <v>37</v>
       </c>
-      <c r="B41" s="4">
-[...3 lines deleted...]
-        <v>201</v>
+      <c r="B41" s="4" t="s">
+        <v>215</v>
+      </c>
+      <c r="C41" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D41" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E41" s="7">
-        <v>26.0</v>
-[...8 lines deleted...]
-        <v>14</v>
+        <v>13.0</v>
+      </c>
+      <c r="F41" s="7">
+        <v>12.0</v>
+      </c>
+      <c r="G41" s="7">
+        <v>6.0</v>
+      </c>
+      <c r="H41" s="7">
+        <v>16.0</v>
       </c>
       <c r="I41" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J41" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="42" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K41" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L41" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M41" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N41" s="8">
+        <v>47.0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:14">
       <c r="A42" s="4">
         <v>38</v>
       </c>
-      <c r="B42" s="4">
-[...3 lines deleted...]
-        <v>202</v>
+      <c r="B42" s="4" t="s">
+        <v>216</v>
+      </c>
+      <c r="C42" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D42" s="7">
-        <v>26.0</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>9.0</v>
+      </c>
+      <c r="E42" s="7">
+        <v>9.0</v>
       </c>
       <c r="F42" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G42" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H42" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I42" s="6" t="s">
-        <v>14</v>
-[...8 lines deleted...]
-    <row r="43" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="J42" s="7">
+        <v>16.0</v>
+      </c>
+      <c r="K42" s="7">
+        <v>12.0</v>
+      </c>
+      <c r="L42" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M42" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N42" s="8">
+        <v>46.0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:14">
       <c r="A43" s="4">
         <v>39</v>
       </c>
-      <c r="B43" s="4">
-[...3 lines deleted...]
-        <v>203</v>
+      <c r="B43" s="4" t="s">
+        <v>217</v>
+      </c>
+      <c r="C43" s="7">
+        <v>45.0</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E43" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>8.0</v>
+        <v>17</v>
+      </c>
+      <c r="G43" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>14</v>
-[...11 lines deleted...]
-    <row r="44" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="I43" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J43" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K43" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L43" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M43" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N43" s="8">
+        <v>45.0</v>
+      </c>
+    </row>
+    <row r="44" spans="1:14">
       <c r="A44" s="4">
         <v>40</v>
       </c>
-      <c r="B44" s="4">
-[...3 lines deleted...]
-        <v>204</v>
+      <c r="B44" s="4" t="s">
+        <v>218</v>
+      </c>
+      <c r="C44" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D44" s="7">
-        <v>14.0</v>
+        <v>12.0</v>
       </c>
       <c r="E44" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F44" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G44" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="H44" s="7">
+        <v>9.0</v>
       </c>
       <c r="I44" s="7">
-        <v>11.0</v>
+        <v>4.0</v>
       </c>
       <c r="J44" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="45" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K44" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L44" s="7">
+        <v>12.0</v>
+      </c>
+      <c r="M44" s="7">
+        <v>5.0</v>
+      </c>
+      <c r="N44" s="8">
+        <v>42.0</v>
+      </c>
+    </row>
+    <row r="45" spans="1:14">
       <c r="A45" s="4">
         <v>41</v>
       </c>
-      <c r="B45" s="4">
-[...3 lines deleted...]
-        <v>205</v>
+      <c r="B45" s="4" t="s">
+        <v>219</v>
+      </c>
+      <c r="C45" s="7">
+        <v>14.0</v>
       </c>
       <c r="D45" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>12.0</v>
+        <v>17</v>
+      </c>
+      <c r="E45" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="F45" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G45" s="6" t="s">
-        <v>14</v>
-[...14 lines deleted...]
-    <row r="46" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="H45" s="7">
+        <v>11.0</v>
+      </c>
+      <c r="I45" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J45" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K45" s="7">
+        <v>14.0</v>
+      </c>
+      <c r="L45" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M45" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N45" s="8">
+        <v>39.0</v>
+      </c>
+    </row>
+    <row r="46" spans="1:14">
       <c r="A46" s="4">
         <v>42</v>
       </c>
-      <c r="B46" s="4">
-[...6 lines deleted...]
-        <v>24.0</v>
+      <c r="B46" s="4" t="s">
+        <v>220</v>
+      </c>
+      <c r="C46" s="7">
+        <v>12.0</v>
+      </c>
+      <c r="D46" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="E46" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F46" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G46" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H46" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I46" s="6" t="s">
-        <v>14</v>
-[...8 lines deleted...]
-    <row r="47" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="J46" s="7">
+        <v>14.0</v>
+      </c>
+      <c r="K46" s="7">
+        <v>6.0</v>
+      </c>
+      <c r="L46" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M46" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N46" s="8">
+        <v>32.0</v>
+      </c>
+    </row>
+    <row r="47" spans="1:14">
       <c r="A47" s="4">
         <v>43</v>
       </c>
-      <c r="B47" s="4">
-[...3 lines deleted...]
-        <v>207</v>
+      <c r="B47" s="4" t="s">
+        <v>221</v>
+      </c>
+      <c r="C47" s="7">
+        <v>5.0</v>
       </c>
       <c r="D47" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="E47" s="7">
+        <v>8.0</v>
       </c>
       <c r="F47" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>22.0</v>
+        <v>17</v>
+      </c>
+      <c r="G47" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="H47" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I47" s="6" t="s">
-        <v>14</v>
-[...8 lines deleted...]
-    <row r="48" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="J47" s="7">
+        <v>18.0</v>
+      </c>
+      <c r="K47" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L47" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M47" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N47" s="8">
+        <v>31.0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:14">
       <c r="A48" s="4">
         <v>44</v>
       </c>
-      <c r="B48" s="4">
-[...3 lines deleted...]
-        <v>208</v>
+      <c r="B48" s="4" t="s">
+        <v>222</v>
+      </c>
+      <c r="C48" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D48" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E48" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F48" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="G48" s="7">
+        <v>1.0</v>
       </c>
       <c r="H48" s="6" t="s">
-        <v>14</v>
-[...11 lines deleted...]
-    <row r="49" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="I48" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J48" s="7">
+        <v>15.0</v>
+      </c>
+      <c r="K48" s="7">
+        <v>7.0</v>
+      </c>
+      <c r="L48" s="7">
+        <v>2.0</v>
+      </c>
+      <c r="M48" s="7">
+        <v>4.0</v>
+      </c>
+      <c r="N48" s="8">
+        <v>29.0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:14">
       <c r="A49" s="4">
         <v>45</v>
       </c>
-      <c r="B49" s="4">
-[...12 lines deleted...]
-        <v>11.0</v>
+      <c r="B49" s="4" t="s">
+        <v>223</v>
+      </c>
+      <c r="C49" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D49" s="7">
+        <v>4.0</v>
+      </c>
+      <c r="E49" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F49" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="G49" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H49" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I49" s="6" t="s">
-        <v>14</v>
-[...8 lines deleted...]
-    <row r="50" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="J49" s="7">
+        <v>22.0</v>
+      </c>
+      <c r="K49" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L49" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M49" s="7">
+        <v>2.0</v>
+      </c>
+      <c r="N49" s="8">
+        <v>28.0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:14">
       <c r="A50" s="4">
         <v>46</v>
       </c>
-      <c r="B50" s="4">
-[...3 lines deleted...]
-        <v>210</v>
+      <c r="B50" s="4" t="s">
+        <v>224</v>
+      </c>
+      <c r="C50" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D50" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>9.0</v>
+        <v>17</v>
+      </c>
+      <c r="E50" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="F50" s="7">
-        <v>9.0</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>20.0</v>
+      </c>
+      <c r="G50" s="7">
+        <v>7.0</v>
       </c>
       <c r="H50" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I50" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J50" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="51" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K50" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L50" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M50" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N50" s="8">
+        <v>27.0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:14">
       <c r="A51" s="4">
         <v>47</v>
       </c>
-      <c r="B51" s="4">
-[...3 lines deleted...]
-        <v>211</v>
+      <c r="B51" s="4" t="s">
+        <v>225</v>
+      </c>
+      <c r="C51" s="7">
+        <v>26.0</v>
       </c>
       <c r="D51" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-        <v>10.0</v>
+        <v>17</v>
+      </c>
+      <c r="E51" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F51" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="G51" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H51" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I51" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J51" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="52" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K51" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L51" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M51" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N51" s="8">
+        <v>26.0</v>
+      </c>
+    </row>
+    <row r="52" spans="1:14">
       <c r="A52" s="4">
         <v>48</v>
       </c>
-      <c r="B52" s="4">
-[...6 lines deleted...]
-        <v>16.0</v>
+      <c r="B52" s="4" t="s">
+        <v>226</v>
+      </c>
+      <c r="C52" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D52" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="E52" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F52" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G52" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H52" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="I52" s="7">
+        <v>6.0</v>
       </c>
       <c r="J52" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="53" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K52" s="7">
+        <v>18.0</v>
+      </c>
+      <c r="L52" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M52" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N52" s="8">
+        <v>24.0</v>
+      </c>
+    </row>
+    <row r="53" spans="1:14">
       <c r="A53" s="4">
         <v>49</v>
       </c>
-      <c r="B53" s="4">
-[...3 lines deleted...]
-        <v>213</v>
+      <c r="B53" s="4" t="s">
+        <v>227</v>
+      </c>
+      <c r="C53" s="7">
+        <v>24.0</v>
       </c>
       <c r="D53" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E53" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F53" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G53" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H53" s="6" t="s">
-        <v>14</v>
-[...11 lines deleted...]
-    <row r="54" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="I53" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J53" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K53" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L53" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M53" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N53" s="8">
+        <v>24.0</v>
+      </c>
+    </row>
+    <row r="54" spans="1:14">
       <c r="A54" s="4">
         <v>50</v>
       </c>
-      <c r="B54" s="4">
-[...3 lines deleted...]
-        <v>214</v>
+      <c r="B54" s="4" t="s">
+        <v>228</v>
+      </c>
+      <c r="C54" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D54" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E54" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="F54" s="7">
+        <v>22.0</v>
       </c>
       <c r="G54" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H54" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I54" s="6" t="s">
-        <v>14</v>
-[...8 lines deleted...]
-    <row r="55" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="J54" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K54" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L54" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M54" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N54" s="8">
+        <v>22.0</v>
+      </c>
+    </row>
+    <row r="55" spans="1:14">
       <c r="A55" s="4">
         <v>51</v>
       </c>
-      <c r="B55" s="4">
-[...5 lines deleted...]
-      <c r="D55" s="7">
+      <c r="B55" s="4" t="s">
+        <v>229</v>
+      </c>
+      <c r="C55" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D55" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E55" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F55" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G55" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="H55" s="7">
         <v>5.0</v>
       </c>
-      <c r="E55" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F55" s="7">
+      <c r="I55" s="7">
+        <v>9.0</v>
+      </c>
+      <c r="J55" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K55" s="7">
         <v>8.0</v>
       </c>
-      <c r="G55" s="6" t="s">
-[...15 lines deleted...]
-    <row r="56" spans="1:11">
+      <c r="L55" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M55" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N55" s="8">
+        <v>22.0</v>
+      </c>
+    </row>
+    <row r="56" spans="1:14">
       <c r="A56" s="4">
         <v>52</v>
       </c>
-      <c r="B56" s="4">
-[...6 lines deleted...]
-        <v>12.0</v>
+      <c r="B56" s="4" t="s">
+        <v>230</v>
+      </c>
+      <c r="C56" s="7">
+        <v>10.0</v>
+      </c>
+      <c r="D56" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="E56" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F56" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G56" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H56" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I56" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J56" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="57" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K56" s="7">
+        <v>11.0</v>
+      </c>
+      <c r="L56" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M56" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N56" s="8">
+        <v>21.0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:14">
       <c r="A57" s="4">
         <v>53</v>
       </c>
-      <c r="B57" s="4">
-[...9 lines deleted...]
-        <v>14</v>
+      <c r="B57" s="4" t="s">
+        <v>231</v>
+      </c>
+      <c r="C57" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D57" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E57" s="7">
+        <v>7.0</v>
       </c>
       <c r="F57" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G57" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H57" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I57" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J57" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="58" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K57" s="7">
+        <v>13.0</v>
+      </c>
+      <c r="L57" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M57" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N57" s="8">
+        <v>20.0</v>
+      </c>
+    </row>
+    <row r="58" spans="1:14">
       <c r="A58" s="4">
         <v>54</v>
       </c>
-      <c r="B58" s="4">
-[...3 lines deleted...]
-        <v>218</v>
+      <c r="B58" s="4" t="s">
+        <v>232</v>
+      </c>
+      <c r="C58" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D58" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E58" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>5.0</v>
+        <v>17</v>
+      </c>
+      <c r="F58" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="G58" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-        <v>3.0</v>
+        <v>17</v>
+      </c>
+      <c r="H58" s="7">
+        <v>20.0</v>
+      </c>
+      <c r="I58" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="J58" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="59" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K58" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L58" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M58" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N58" s="8">
+        <v>20.0</v>
+      </c>
+    </row>
+    <row r="59" spans="1:14">
       <c r="A59" s="4">
         <v>55</v>
       </c>
-      <c r="B59" s="4">
-[...3 lines deleted...]
-        <v>219</v>
+      <c r="B59" s="4" t="s">
+        <v>233</v>
+      </c>
+      <c r="C59" s="7">
+        <v>16.0</v>
       </c>
       <c r="D59" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E59" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F59" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G59" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>8.0</v>
+        <v>17</v>
+      </c>
+      <c r="H59" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="I59" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J59" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="60" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K59" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L59" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M59" s="7">
+        <v>3.0</v>
+      </c>
+      <c r="N59" s="8">
+        <v>19.0</v>
+      </c>
+    </row>
+    <row r="60" spans="1:14">
       <c r="A60" s="4">
         <v>56</v>
       </c>
-      <c r="B60" s="4">
-[...12 lines deleted...]
-        <v>7.0</v>
+      <c r="B60" s="4" t="s">
+        <v>234</v>
+      </c>
+      <c r="C60" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D60" s="7">
+        <v>8.0</v>
+      </c>
+      <c r="E60" s="7">
+        <v>10.0</v>
+      </c>
+      <c r="F60" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="G60" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H60" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I60" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J60" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="61" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K60" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L60" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M60" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N60" s="8">
+        <v>18.0</v>
+      </c>
+    </row>
+    <row r="61" spans="1:14">
       <c r="A61" s="4">
         <v>57</v>
       </c>
-      <c r="B61" s="4">
-[...6 lines deleted...]
-        <v>6.0</v>
+      <c r="B61" s="4" t="s">
+        <v>235</v>
+      </c>
+      <c r="C61" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D61" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="E61" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F61" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G61" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H61" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I61" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J61" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="62" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K61" s="7">
+        <v>16.0</v>
+      </c>
+      <c r="L61" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M61" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N61" s="8">
+        <v>16.0</v>
+      </c>
+    </row>
+    <row r="62" spans="1:14">
       <c r="A62" s="4">
         <v>58</v>
       </c>
-      <c r="B62" s="4">
-[...3 lines deleted...]
-        <v>222</v>
+      <c r="B62" s="4" t="s">
+        <v>236</v>
+      </c>
+      <c r="C62" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D62" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E62" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F62" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G62" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H62" s="6" t="s">
-        <v>14</v>
-[...11 lines deleted...]
-    <row r="63" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="I62" s="7">
+        <v>14.0</v>
+      </c>
+      <c r="J62" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K62" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L62" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M62" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N62" s="8">
+        <v>14.0</v>
+      </c>
+    </row>
+    <row r="63" spans="1:14">
       <c r="A63" s="4">
         <v>59</v>
       </c>
-      <c r="B63" s="4">
-[...3 lines deleted...]
-        <v>223</v>
+      <c r="B63" s="4" t="s">
+        <v>237</v>
+      </c>
+      <c r="C63" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D63" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>4.0</v>
+        <v>17</v>
+      </c>
+      <c r="E63" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="F63" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G63" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H63" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I63" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J63" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="64" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K63" s="7">
+        <v>10.0</v>
+      </c>
+      <c r="L63" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M63" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N63" s="8">
+        <v>10.0</v>
+      </c>
+    </row>
+    <row r="64" spans="1:14">
       <c r="A64" s="4">
         <v>60</v>
       </c>
-      <c r="B64" s="4">
-[...3 lines deleted...]
-        <v>224</v>
+      <c r="B64" s="4" t="s">
+        <v>238</v>
+      </c>
+      <c r="C64" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D64" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="E64" s="7">
+        <v>5.0</v>
       </c>
       <c r="F64" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G64" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H64" s="7">
         <v>3.0</v>
       </c>
       <c r="I64" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J64" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="65" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K64" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L64" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M64" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N64" s="8">
+        <v>8.0</v>
+      </c>
+    </row>
+    <row r="65" spans="1:14">
       <c r="A65" s="4">
         <v>61</v>
       </c>
-      <c r="B65" s="4">
-[...3 lines deleted...]
-        <v>225</v>
+      <c r="B65" s="4" t="s">
+        <v>239</v>
+      </c>
+      <c r="C65" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D65" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>2.0</v>
+        <v>17</v>
+      </c>
+      <c r="E65" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="F65" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="G65" s="7">
+        <v>8.0</v>
       </c>
       <c r="H65" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I65" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J65" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="66" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K65" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L65" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M65" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N65" s="8">
+        <v>8.0</v>
+      </c>
+    </row>
+    <row r="66" spans="1:14">
       <c r="A66" s="4">
         <v>62</v>
       </c>
-      <c r="B66" s="4">
-[...3 lines deleted...]
-        <v>226</v>
+      <c r="B66" s="4" t="s">
+        <v>240</v>
+      </c>
+      <c r="C66" s="7">
+        <v>6.0</v>
       </c>
       <c r="D66" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E66" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F66" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G66" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>1.0</v>
+        <v>17</v>
+      </c>
+      <c r="H66" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="I66" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J66" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="67" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K66" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L66" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M66" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N66" s="8">
+        <v>6.0</v>
+      </c>
+    </row>
+    <row r="67" spans="1:14">
       <c r="A67" s="4">
         <v>63</v>
       </c>
-      <c r="B67" s="4">
-[...3 lines deleted...]
-        <v>227</v>
+      <c r="B67" s="4" t="s">
+        <v>241</v>
+      </c>
+      <c r="C67" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D67" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E67" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F67" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="G67" s="7">
+        <v>3.0</v>
       </c>
       <c r="H67" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I67" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J67" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="68" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K67" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L67" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M67" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N67" s="8">
+        <v>3.0</v>
+      </c>
+    </row>
+    <row r="68" spans="1:14">
       <c r="A68" s="4">
         <v>64</v>
       </c>
-      <c r="B68" s="4">
-[...6 lines deleted...]
-        <v>14</v>
+      <c r="B68" s="4" t="s">
+        <v>242</v>
+      </c>
+      <c r="C68" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D68" s="7">
+        <v>2.0</v>
       </c>
       <c r="E68" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F68" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G68" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H68" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I68" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J68" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="69" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K68" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L68" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M68" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N68" s="8">
+        <v>2.0</v>
+      </c>
+    </row>
+    <row r="69" spans="1:14">
       <c r="A69" s="4">
         <v>65</v>
       </c>
-      <c r="B69" s="4">
-[...3 lines deleted...]
-        <v>229</v>
+      <c r="B69" s="4" t="s">
+        <v>243</v>
+      </c>
+      <c r="C69" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D69" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E69" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F69" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G69" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H69" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I69" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J69" s="6" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="K69" s="8">
+        <v>17</v>
+      </c>
+      <c r="K69" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L69" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M69" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N69" s="8">
         <v>0.0</v>
       </c>
     </row>
-    <row r="70" spans="1:11">
+    <row r="70" spans="1:14">
       <c r="A70" s="4">
         <v>66</v>
       </c>
-      <c r="B70" s="4">
-[...3 lines deleted...]
-        <v>230</v>
+      <c r="B70" s="4" t="s">
+        <v>244</v>
+      </c>
+      <c r="C70" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D70" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E70" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F70" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G70" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H70" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I70" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J70" s="6" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="K70" s="8">
+        <v>17</v>
+      </c>
+      <c r="K70" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L70" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M70" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N70" s="8">
         <v>0.0</v>
       </c>
     </row>
-    <row r="71" spans="1:11">
+    <row r="71" spans="1:14">
       <c r="A71" s="4">
         <v>67</v>
       </c>
-      <c r="B71" s="4">
-[...3 lines deleted...]
-        <v>231</v>
+      <c r="B71" s="4" t="s">
+        <v>245</v>
+      </c>
+      <c r="C71" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D71" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E71" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F71" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G71" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H71" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I71" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J71" s="6" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="K71" s="8">
+        <v>17</v>
+      </c>
+      <c r="K71" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L71" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M71" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N71" s="8">
         <v>0.0</v>
       </c>
     </row>
-    <row r="72" spans="1:11">
+    <row r="72" spans="1:14">
       <c r="A72" s="4">
         <v>68</v>
       </c>
-      <c r="B72" s="4">
-[...3 lines deleted...]
-        <v>232</v>
+      <c r="B72" s="4" t="s">
+        <v>246</v>
+      </c>
+      <c r="C72" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D72" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E72" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F72" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G72" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H72" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I72" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J72" s="6" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="K72" s="8">
+        <v>17</v>
+      </c>
+      <c r="K72" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L72" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M72" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N72" s="8">
         <v>0.0</v>
       </c>
     </row>
-    <row r="73" spans="1:11">
+    <row r="73" spans="1:14">
       <c r="A73" s="4">
         <v>69</v>
       </c>
-      <c r="B73" s="4">
-[...3 lines deleted...]
-        <v>233</v>
+      <c r="B73" s="4" t="s">
+        <v>247</v>
+      </c>
+      <c r="C73" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D73" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E73" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F73" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G73" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H73" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I73" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J73" s="6" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="K73" s="8">
+        <v>17</v>
+      </c>
+      <c r="K73" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L73" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M73" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N73" s="8">
         <v>0.0</v>
       </c>
     </row>
-    <row r="74" spans="1:11">
+    <row r="74" spans="1:14">
       <c r="A74" s="4">
         <v>70</v>
       </c>
-      <c r="B74" s="4">
-[...3 lines deleted...]
-        <v>234</v>
+      <c r="B74" s="4" t="s">
+        <v>248</v>
+      </c>
+      <c r="C74" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D74" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E74" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F74" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G74" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H74" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I74" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J74" s="6" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="K74" s="8">
+        <v>17</v>
+      </c>
+      <c r="K74" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L74" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M74" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N74" s="8">
         <v>0.0</v>
       </c>
     </row>
-    <row r="75" spans="1:11">
+    <row r="75" spans="1:14">
       <c r="A75" s="4">
         <v>71</v>
       </c>
-      <c r="B75" s="4">
-[...3 lines deleted...]
-        <v>235</v>
+      <c r="B75" s="4" t="s">
+        <v>249</v>
+      </c>
+      <c r="C75" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D75" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E75" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F75" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G75" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H75" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I75" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J75" s="6" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="K75" s="8">
+        <v>17</v>
+      </c>
+      <c r="K75" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L75" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M75" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N75" s="8">
         <v>0.0</v>
       </c>
     </row>
-    <row r="76" spans="1:11">
+    <row r="76" spans="1:14">
       <c r="A76" s="4">
         <v>72</v>
       </c>
-      <c r="B76" s="4">
-[...3 lines deleted...]
-        <v>236</v>
+      <c r="B76" s="4" t="s">
+        <v>250</v>
+      </c>
+      <c r="C76" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D76" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E76" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F76" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G76" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H76" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I76" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J76" s="6" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="K76" s="8">
+        <v>17</v>
+      </c>
+      <c r="K76" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L76" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M76" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N76" s="8">
         <v>0.0</v>
       </c>
     </row>
-    <row r="77" spans="1:11">
+    <row r="77" spans="1:14">
       <c r="A77" s="4">
         <v>73</v>
       </c>
-      <c r="B77" s="4">
-[...3 lines deleted...]
-        <v>237</v>
+      <c r="B77" s="4" t="s">
+        <v>251</v>
+      </c>
+      <c r="C77" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D77" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E77" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F77" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G77" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H77" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I77" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J77" s="6" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="K77" s="8">
+        <v>17</v>
+      </c>
+      <c r="K77" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L77" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M77" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N77" s="8">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="78" spans="1:14">
+      <c r="A78" s="4">
+        <v>74</v>
+      </c>
+      <c r="B78" s="4" t="s">
+        <v>252</v>
+      </c>
+      <c r="C78" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D78" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E78" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F78" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G78" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="H78" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I78" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J78" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K78" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L78" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M78" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N78" s="8">
         <v>0.0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:K1"/>
-    <mergeCell ref="A2:K2"/>
+    <mergeCell ref="A1:N1"/>
+    <mergeCell ref="A2:N2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K70"/>
+  <dimension ref="A1:N71"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A4" sqref="A4:K70"/>
+      <selection activeCell="A4" sqref="A4:N71"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="true" style="0"/>
-    <col min="2" max="2" width="14" customWidth="true" style="0"/>
-    <col min="3" max="3" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="14" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
     <col min="8" max="8" width="14" customWidth="true" style="0"/>
     <col min="9" max="9" width="14" customWidth="true" style="0"/>
     <col min="10" max="10" width="14" customWidth="true" style="0"/>
+    <col min="11" max="11" width="14" customWidth="true" style="0"/>
+    <col min="12" max="12" width="14" customWidth="true" style="0"/>
+    <col min="13" max="13" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11">
+    <row r="1" spans="1:14">
       <c r="A1" s="1" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:11">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="2" spans="1:14">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:11" customHeight="1" ht="150">
+    <row r="4" spans="1:14" customHeight="1" ht="150">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="5" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="5" t="s">
         <v>9</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>10</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="K4" s="3" t="s">
+      <c r="K4" s="5" t="s">
         <v>12</v>
       </c>
-    </row>
-    <row r="5" spans="1:11">
+      <c r="L4" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="M4" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="N4" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="5" spans="1:14">
       <c r="A5" s="4">
         <v>1</v>
       </c>
-      <c r="B5" s="4">
-[...3 lines deleted...]
-        <v>239</v>
+      <c r="B5" s="4" t="s">
+        <v>254</v>
+      </c>
+      <c r="C5" s="7">
+        <v>40.0</v>
       </c>
       <c r="D5" s="7">
-        <v>40.0</v>
+        <v>80.0</v>
       </c>
       <c r="E5" s="7">
-        <v>80.0</v>
+        <v>100.0</v>
       </c>
       <c r="F5" s="7">
+        <v>60.0</v>
+      </c>
+      <c r="G5" s="7">
         <v>100.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>60.0</v>
       </c>
       <c r="H5" s="7">
         <v>100.0</v>
       </c>
       <c r="I5" s="7">
+        <v>80.0</v>
+      </c>
+      <c r="J5" s="7">
         <v>100.0</v>
       </c>
-      <c r="J5" s="7">
-[...6 lines deleted...]
-    <row r="6" spans="1:11">
+      <c r="K5" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L5" s="7">
+        <v>100.0</v>
+      </c>
+      <c r="M5" s="7">
+        <v>100.0</v>
+      </c>
+      <c r="N5" s="8">
+        <v>860.0</v>
+      </c>
+    </row>
+    <row r="6" spans="1:14">
       <c r="A6" s="4">
         <v>2</v>
       </c>
-      <c r="B6" s="4">
-[...3 lines deleted...]
-        <v>240</v>
+      <c r="B6" s="4" t="s">
+        <v>255</v>
+      </c>
+      <c r="C6" s="7">
+        <v>13.0</v>
       </c>
       <c r="D6" s="7">
+        <v>60.0</v>
+      </c>
+      <c r="E6" s="7">
         <v>50.0</v>
       </c>
-      <c r="E6" s="7">
+      <c r="F6" s="7">
         <v>100.0</v>
       </c>
-      <c r="F6" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G6" s="7">
-        <v>40.0</v>
+        <v>60.0</v>
       </c>
       <c r="H6" s="7">
-        <v>45.0</v>
+        <v>50.0</v>
       </c>
       <c r="I6" s="7">
+        <v>36.0</v>
+      </c>
+      <c r="J6" s="7">
         <v>80.0</v>
       </c>
-      <c r="J6" s="7">
-[...6 lines deleted...]
-    <row r="7" spans="1:11">
+      <c r="K6" s="7">
+        <v>60.0</v>
+      </c>
+      <c r="L6" s="7">
+        <v>60.0</v>
+      </c>
+      <c r="M6" s="7">
+        <v>80.0</v>
+      </c>
+      <c r="N6" s="8">
+        <v>649.0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:14">
       <c r="A7" s="4">
         <v>3</v>
       </c>
-      <c r="B7" s="4">
-[...3 lines deleted...]
-        <v>241</v>
+      <c r="B7" s="4" t="s">
+        <v>256</v>
+      </c>
+      <c r="C7" s="7">
+        <v>50.0</v>
       </c>
       <c r="D7" s="7">
-        <v>13.0</v>
-[...2 lines deleted...]
-        <v>60.0</v>
+        <v>100.0</v>
+      </c>
+      <c r="E7" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="F7" s="7">
+        <v>40.0</v>
+      </c>
+      <c r="G7" s="7">
+        <v>45.0</v>
+      </c>
+      <c r="H7" s="7">
+        <v>80.0</v>
+      </c>
+      <c r="I7" s="7">
+        <v>100.0</v>
+      </c>
+      <c r="J7" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K7" s="7">
         <v>50.0</v>
       </c>
-      <c r="G7" s="7">
-[...8 lines deleted...]
-      <c r="J7" s="7">
+      <c r="L7" s="7">
+        <v>26.0</v>
+      </c>
+      <c r="M7" s="7">
         <v>36.0</v>
       </c>
-      <c r="K7" s="8">
-[...3 lines deleted...]
-    <row r="8" spans="1:11">
+      <c r="N7" s="8">
+        <v>527.0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:14">
       <c r="A8" s="4">
         <v>4</v>
       </c>
-      <c r="B8" s="4">
-[...6 lines deleted...]
-        <v>14</v>
+      <c r="B8" s="4" t="s">
+        <v>257</v>
+      </c>
+      <c r="C8" s="7">
+        <v>12.0</v>
+      </c>
+      <c r="D8" s="7">
+        <v>45.0</v>
       </c>
       <c r="E8" s="7">
-        <v>36.0</v>
+        <v>60.0</v>
       </c>
       <c r="F8" s="7">
+        <v>50.0</v>
+      </c>
+      <c r="G8" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="H8" s="7">
+        <v>60.0</v>
+      </c>
+      <c r="I8" s="7">
+        <v>50.0</v>
+      </c>
+      <c r="J8" s="7">
+        <v>50.0</v>
+      </c>
+      <c r="K8" s="7">
+        <v>80.0</v>
+      </c>
+      <c r="L8" s="7">
         <v>45.0</v>
       </c>
-      <c r="G8" s="7">
-[...5 lines deleted...]
-      <c r="I8" s="7">
+      <c r="M8" s="7">
         <v>45.0</v>
       </c>
-      <c r="J8" s="7">
-[...6 lines deleted...]
-    <row r="9" spans="1:11">
+      <c r="N8" s="8">
+        <v>497.0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14">
       <c r="A9" s="4">
         <v>5</v>
       </c>
-      <c r="B9" s="4">
-[...3 lines deleted...]
-        <v>243</v>
+      <c r="B9" s="4" t="s">
+        <v>258</v>
+      </c>
+      <c r="C9" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D9" s="7">
-        <v>12.0</v>
+        <v>36.0</v>
       </c>
       <c r="E9" s="7">
         <v>45.0</v>
       </c>
       <c r="F9" s="7">
-        <v>60.0</v>
+        <v>80.0</v>
       </c>
       <c r="G9" s="7">
-        <v>50.0</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>80.0</v>
+      </c>
+      <c r="H9" s="7">
+        <v>45.0</v>
       </c>
       <c r="I9" s="7">
-        <v>60.0</v>
-[...8 lines deleted...]
-    <row r="10" spans="1:11">
+        <v>40.0</v>
+      </c>
+      <c r="J9" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K9" s="7">
+        <v>32.0</v>
+      </c>
+      <c r="L9" s="7">
+        <v>29.0</v>
+      </c>
+      <c r="M9" s="7">
+        <v>26.0</v>
+      </c>
+      <c r="N9" s="8">
+        <v>413.0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14">
       <c r="A10" s="4">
         <v>6</v>
       </c>
-      <c r="B10" s="4">
-[...3 lines deleted...]
-        <v>244</v>
+      <c r="B10" s="4" t="s">
+        <v>259</v>
+      </c>
+      <c r="C10" s="7">
+        <v>45.0</v>
       </c>
       <c r="D10" s="7">
+        <v>40.0</v>
+      </c>
+      <c r="E10" s="7">
+        <v>80.0</v>
+      </c>
+      <c r="F10" s="7">
         <v>45.0</v>
       </c>
-      <c r="E10" s="7">
-[...4 lines deleted...]
-      </c>
       <c r="G10" s="7">
-        <v>45.0</v>
+        <v>50.0</v>
       </c>
       <c r="H10" s="7">
-        <v>50.0</v>
+        <v>3.0</v>
       </c>
       <c r="I10" s="7">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="J10" s="7">
-        <v>4.0</v>
-[...5 lines deleted...]
-    <row r="11" spans="1:11">
+        <v>32.0</v>
+      </c>
+      <c r="K10" s="7">
+        <v>15.0</v>
+      </c>
+      <c r="L10" s="7">
+        <v>11.0</v>
+      </c>
+      <c r="M10" s="7">
+        <v>12.0</v>
+      </c>
+      <c r="N10" s="8">
+        <v>337.0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14">
       <c r="A11" s="4">
         <v>7</v>
       </c>
-      <c r="B11" s="4">
-[...3 lines deleted...]
-        <v>245</v>
+      <c r="B11" s="4" t="s">
+        <v>260</v>
+      </c>
+      <c r="C11" s="7">
+        <v>100.0</v>
       </c>
       <c r="D11" s="7">
-        <v>60.0</v>
+        <v>24.0</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F11" s="7">
-        <v>36.0</v>
+        <v>13.0</v>
       </c>
       <c r="G11" s="7">
-        <v>10.0</v>
+        <v>14.0</v>
       </c>
       <c r="H11" s="7">
-        <v>29.0</v>
+        <v>20.0</v>
       </c>
       <c r="I11" s="7">
-        <v>29.0</v>
+        <v>20.0</v>
       </c>
       <c r="J11" s="7">
-        <v>60.0</v>
-[...5 lines deleted...]
-    <row r="12" spans="1:11">
+        <v>40.0</v>
+      </c>
+      <c r="K11" s="7">
+        <v>26.0</v>
+      </c>
+      <c r="L11" s="7">
+        <v>50.0</v>
+      </c>
+      <c r="M11" s="7">
+        <v>20.0</v>
+      </c>
+      <c r="N11" s="8">
+        <v>327.0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14">
       <c r="A12" s="4">
         <v>8</v>
       </c>
-      <c r="B12" s="4">
-[...6 lines deleted...]
-        <v>100.0</v>
+      <c r="B12" s="4" t="s">
+        <v>261</v>
+      </c>
+      <c r="C12" s="7">
+        <v>60.0</v>
+      </c>
+      <c r="D12" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="E12" s="7">
+        <v>36.0</v>
+      </c>
+      <c r="F12" s="7">
+        <v>10.0</v>
+      </c>
+      <c r="G12" s="7">
+        <v>29.0</v>
+      </c>
+      <c r="H12" s="7">
+        <v>29.0</v>
+      </c>
+      <c r="I12" s="7">
+        <v>60.0</v>
+      </c>
+      <c r="J12" s="7">
+        <v>36.0</v>
+      </c>
+      <c r="K12" s="7">
+        <v>29.0</v>
+      </c>
+      <c r="L12" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M12" s="7">
         <v>24.0</v>
       </c>
-      <c r="F12" s="6" t="s">
-[...18 lines deleted...]
-    <row r="13" spans="1:11">
+      <c r="N12" s="8">
+        <v>313.0</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14">
       <c r="A13" s="4">
         <v>9</v>
       </c>
-      <c r="B13" s="4">
-[...9 lines deleted...]
-        <v>22.0</v>
+      <c r="B13" s="4" t="s">
+        <v>262</v>
+      </c>
+      <c r="C13" s="7">
+        <v>24.0</v>
+      </c>
+      <c r="D13" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E13" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="F13" s="7">
-        <v>26.0</v>
+        <v>5.0</v>
       </c>
       <c r="G13" s="7">
+        <v>11.0</v>
+      </c>
+      <c r="H13" s="7">
         <v>36.0</v>
       </c>
-      <c r="H13" s="7">
-[...1 lines deleted...]
-      </c>
       <c r="I13" s="7">
-        <v>14.0</v>
+        <v>24.0</v>
       </c>
       <c r="J13" s="7">
-        <v>32.0</v>
-[...5 lines deleted...]
-    <row r="14" spans="1:11">
+        <v>60.0</v>
+      </c>
+      <c r="K13" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L13" s="7">
+        <v>80.0</v>
+      </c>
+      <c r="M13" s="7">
+        <v>60.0</v>
+      </c>
+      <c r="N13" s="8">
+        <v>300.0</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14">
       <c r="A14" s="4">
         <v>10</v>
       </c>
-      <c r="B14" s="4">
-[...6 lines deleted...]
-        <v>20.0</v>
+      <c r="B14" s="4" t="s">
+        <v>263</v>
+      </c>
+      <c r="C14" s="7">
+        <v>22.0</v>
+      </c>
+      <c r="D14" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="E14" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F14" s="7">
+        <v>22.0</v>
+      </c>
+      <c r="G14" s="7">
+        <v>36.0</v>
+      </c>
+      <c r="H14" s="7">
         <v>40.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>32.0</v>
       </c>
       <c r="I14" s="7">
         <v>26.0</v>
       </c>
-      <c r="J14" s="7">
-[...6 lines deleted...]
-    <row r="15" spans="1:11">
+      <c r="J14" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K14" s="7">
+        <v>100.0</v>
+      </c>
+      <c r="L14" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M14" s="7">
+        <v>50.0</v>
+      </c>
+      <c r="N14" s="8">
+        <v>296.0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:14">
       <c r="A15" s="4">
         <v>11</v>
       </c>
-      <c r="B15" s="4">
-[...5 lines deleted...]
-      <c r="D15" s="7">
+      <c r="B15" s="4" t="s">
+        <v>264</v>
+      </c>
+      <c r="C15" s="7">
+        <v>20.0</v>
+      </c>
+      <c r="D15" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E15" s="7">
+        <v>40.0</v>
+      </c>
+      <c r="F15" s="7">
+        <v>20.0</v>
+      </c>
+      <c r="G15" s="7">
+        <v>32.0</v>
+      </c>
+      <c r="H15" s="7">
+        <v>26.0</v>
+      </c>
+      <c r="I15" s="7">
+        <v>15.0</v>
+      </c>
+      <c r="J15" s="7">
+        <v>45.0</v>
+      </c>
+      <c r="K15" s="7">
         <v>22.0</v>
       </c>
-      <c r="E15" s="6" t="s">
-[...21 lines deleted...]
-    <row r="16" spans="1:11">
+      <c r="L15" s="7">
+        <v>14.0</v>
+      </c>
+      <c r="M15" s="7">
+        <v>15.0</v>
+      </c>
+      <c r="N15" s="8">
+        <v>249.0</v>
+      </c>
+    </row>
+    <row r="16" spans="1:14">
       <c r="A16" s="4">
         <v>12</v>
       </c>
-      <c r="B16" s="4">
-[...3 lines deleted...]
-        <v>250</v>
+      <c r="B16" s="4" t="s">
+        <v>265</v>
+      </c>
+      <c r="C16" s="7">
+        <v>20.0</v>
       </c>
       <c r="D16" s="7">
-        <v>80.0</v>
-[...2 lines deleted...]
-        <v>29.0</v>
+        <v>50.0</v>
+      </c>
+      <c r="E16" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="F16" s="7">
-        <v>14.0</v>
+        <v>15.0</v>
       </c>
       <c r="G16" s="7">
-        <v>1.0</v>
+        <v>26.0</v>
       </c>
       <c r="H16" s="7">
-        <v>1.0</v>
+        <v>11.0</v>
       </c>
       <c r="I16" s="7">
         <v>8.0</v>
       </c>
-      <c r="J16" s="7">
-[...6 lines deleted...]
-    <row r="17" spans="1:11">
+      <c r="J16" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K16" s="7">
+        <v>36.0</v>
+      </c>
+      <c r="L16" s="7">
+        <v>36.0</v>
+      </c>
+      <c r="M16" s="7">
+        <v>45.0</v>
+      </c>
+      <c r="N16" s="8">
+        <v>247.0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:14">
       <c r="A17" s="4">
         <v>13</v>
       </c>
-      <c r="B17" s="4">
-[...3 lines deleted...]
-        <v>251</v>
+      <c r="B17" s="4" t="s">
+        <v>266</v>
+      </c>
+      <c r="C17" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="E17" s="7">
+        <v>24.0</v>
       </c>
       <c r="F17" s="7">
-        <v>24.0</v>
+        <v>32.0</v>
       </c>
       <c r="G17" s="7">
-        <v>32.0</v>
-[...1 lines deleted...]
-      <c r="H17" s="7">
         <v>40.0</v>
       </c>
-      <c r="I17" s="6" t="s">
-[...2 lines deleted...]
-      <c r="J17" s="7">
+      <c r="H17" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I17" s="7">
         <v>45.0</v>
       </c>
-      <c r="K17" s="8">
-[...3 lines deleted...]
-    <row r="18" spans="1:11">
+      <c r="J17" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K17" s="7">
+        <v>40.0</v>
+      </c>
+      <c r="L17" s="7">
+        <v>18.0</v>
+      </c>
+      <c r="M17" s="7">
+        <v>13.0</v>
+      </c>
+      <c r="N17" s="8">
+        <v>212.0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:14">
       <c r="A18" s="4">
         <v>14</v>
       </c>
-      <c r="B18" s="4">
-[...3 lines deleted...]
-        <v>252</v>
+      <c r="B18" s="4" t="s">
+        <v>267</v>
+      </c>
+      <c r="C18" s="7">
+        <v>1.0</v>
       </c>
       <c r="D18" s="7">
         <v>20.0</v>
       </c>
       <c r="E18" s="7">
-        <v>50.0</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>18.0</v>
+      </c>
+      <c r="F18" s="7">
+        <v>12.0</v>
       </c>
       <c r="G18" s="7">
-        <v>15.0</v>
+        <v>18.0</v>
       </c>
       <c r="H18" s="7">
-        <v>26.0</v>
+        <v>22.0</v>
       </c>
       <c r="I18" s="7">
-        <v>11.0</v>
+        <v>22.0</v>
       </c>
       <c r="J18" s="7">
-        <v>8.0</v>
-[...5 lines deleted...]
-    <row r="19" spans="1:11">
+        <v>24.0</v>
+      </c>
+      <c r="K18" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L18" s="7">
+        <v>32.0</v>
+      </c>
+      <c r="M18" s="7">
+        <v>32.0</v>
+      </c>
+      <c r="N18" s="8">
+        <v>201.0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:14">
       <c r="A19" s="4">
         <v>15</v>
       </c>
-      <c r="B19" s="4">
-[...3 lines deleted...]
-        <v>253</v>
+      <c r="B19" s="4" t="s">
+        <v>268</v>
+      </c>
+      <c r="C19" s="7">
+        <v>80.0</v>
       </c>
       <c r="D19" s="7">
-        <v>32.0</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>29.0</v>
+      </c>
+      <c r="E19" s="7">
+        <v>14.0</v>
       </c>
       <c r="F19" s="7">
-        <v>29.0</v>
+        <v>1.0</v>
       </c>
       <c r="G19" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="H19" s="7">
+        <v>8.0</v>
+      </c>
+      <c r="I19" s="7">
+        <v>11.0</v>
+      </c>
+      <c r="J19" s="7">
+        <v>20.0</v>
+      </c>
+      <c r="K19" s="7">
         <v>14.0</v>
       </c>
-      <c r="H19" s="6" t="s">
-[...12 lines deleted...]
-    <row r="20" spans="1:11">
+      <c r="L19" s="7">
+        <v>12.0</v>
+      </c>
+      <c r="M19" s="7">
+        <v>4.0</v>
+      </c>
+      <c r="N19" s="8">
+        <v>194.0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:14">
       <c r="A20" s="4">
         <v>16</v>
       </c>
-      <c r="B20" s="4">
-[...3 lines deleted...]
-        <v>254</v>
+      <c r="B20" s="4" t="s">
+        <v>269</v>
+      </c>
+      <c r="C20" s="7">
+        <v>16.0</v>
       </c>
       <c r="D20" s="7">
-        <v>3.0</v>
+        <v>22.0</v>
       </c>
       <c r="E20" s="7">
         <v>26.0</v>
       </c>
       <c r="F20" s="7">
-        <v>20.0</v>
+        <v>36.0</v>
       </c>
       <c r="G20" s="7">
-        <v>20.0</v>
+        <v>15.0</v>
       </c>
       <c r="H20" s="7">
-        <v>26.0</v>
+        <v>14.0</v>
       </c>
       <c r="I20" s="7">
-        <v>16.0</v>
-[...8 lines deleted...]
-    <row r="21" spans="1:11">
+        <v>32.0</v>
+      </c>
+      <c r="J20" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K20" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L20" s="7">
+        <v>5.0</v>
+      </c>
+      <c r="M20" s="7">
+        <v>7.0</v>
+      </c>
+      <c r="N20" s="8">
+        <v>173.0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:14">
       <c r="A21" s="4">
         <v>17</v>
       </c>
-      <c r="B21" s="4">
-[...6 lines deleted...]
-        <v>1.0</v>
+      <c r="B21" s="4" t="s">
+        <v>270</v>
+      </c>
+      <c r="C21" s="7">
+        <v>32.0</v>
+      </c>
+      <c r="D21" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="E21" s="7">
-        <v>20.0</v>
+        <v>29.0</v>
       </c>
       <c r="F21" s="7">
-        <v>18.0</v>
-[...2 lines deleted...]
-        <v>12.0</v>
+        <v>14.0</v>
+      </c>
+      <c r="G21" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="H21" s="7">
-        <v>18.0</v>
+        <v>24.0</v>
       </c>
       <c r="I21" s="7">
-        <v>22.0</v>
-[...8 lines deleted...]
-    <row r="22" spans="1:11">
+        <v>29.0</v>
+      </c>
+      <c r="J21" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K21" s="7">
+        <v>45.0</v>
+      </c>
+      <c r="L21" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M21" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N21" s="8">
+        <v>173.0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:14">
       <c r="A22" s="4">
         <v>18</v>
       </c>
-      <c r="B22" s="4">
-[...3 lines deleted...]
-        <v>256</v>
+      <c r="B22" s="4" t="s">
+        <v>271</v>
+      </c>
+      <c r="C22" s="7">
+        <v>3.0</v>
       </c>
       <c r="D22" s="7">
-        <v>24.0</v>
-[...5 lines deleted...]
-        <v>14</v>
+        <v>26.0</v>
+      </c>
+      <c r="E22" s="7">
+        <v>20.0</v>
+      </c>
+      <c r="F22" s="7">
+        <v>20.0</v>
       </c>
       <c r="G22" s="7">
-        <v>5.0</v>
+        <v>26.0</v>
       </c>
       <c r="H22" s="7">
-        <v>11.0</v>
+        <v>16.0</v>
       </c>
       <c r="I22" s="7">
-        <v>36.0</v>
+        <v>13.0</v>
       </c>
       <c r="J22" s="7">
-        <v>24.0</v>
-[...5 lines deleted...]
-    <row r="23" spans="1:11">
+        <v>22.0</v>
+      </c>
+      <c r="K22" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L22" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M22" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N22" s="8">
+        <v>146.0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:14">
       <c r="A23" s="4">
         <v>19</v>
       </c>
-      <c r="B23" s="4">
-[...6 lines deleted...]
-        <v>14</v>
+      <c r="B23" s="4" t="s">
+        <v>272</v>
+      </c>
+      <c r="C23" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D23" s="7">
+        <v>32.0</v>
       </c>
       <c r="E23" s="7">
-        <v>32.0</v>
+        <v>24.0</v>
       </c>
       <c r="F23" s="7">
-        <v>24.0</v>
+        <v>4.0</v>
       </c>
       <c r="G23" s="7">
-        <v>4.0</v>
-[...1 lines deleted...]
-      <c r="H23" s="7">
         <v>8.0</v>
       </c>
-      <c r="I23" s="6" t="s">
-[...2 lines deleted...]
-      <c r="J23" s="7">
+      <c r="H23" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I23" s="7">
         <v>18.0</v>
       </c>
-      <c r="K23" s="8">
-[...3 lines deleted...]
-    <row r="24" spans="1:11">
+      <c r="J23" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K23" s="7">
+        <v>20.0</v>
+      </c>
+      <c r="L23" s="7">
+        <v>15.0</v>
+      </c>
+      <c r="M23" s="7">
+        <v>9.0</v>
+      </c>
+      <c r="N23" s="8">
+        <v>130.0</v>
+      </c>
+    </row>
+    <row r="24" spans="1:14">
       <c r="A24" s="4">
         <v>20</v>
       </c>
-      <c r="B24" s="4">
-[...9 lines deleted...]
-        <v>14</v>
+      <c r="B24" s="4" t="s">
+        <v>273</v>
+      </c>
+      <c r="C24" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D24" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E24" s="7">
+        <v>32.0</v>
       </c>
       <c r="F24" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>26.0</v>
+        <v>17</v>
+      </c>
+      <c r="G24" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="H24" s="7">
-        <v>16.0</v>
-[...11 lines deleted...]
-    <row r="25" spans="1:11">
+        <v>13.0</v>
+      </c>
+      <c r="I24" s="7">
+        <v>11.0</v>
+      </c>
+      <c r="J24" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K24" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L24" s="7">
+        <v>40.0</v>
+      </c>
+      <c r="M24" s="7">
+        <v>29.0</v>
+      </c>
+      <c r="N24" s="8">
+        <v>125.0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:14">
       <c r="A25" s="4">
         <v>21</v>
       </c>
-      <c r="B25" s="4">
-[...3 lines deleted...]
-        <v>259</v>
+      <c r="B25" s="4" t="s">
+        <v>274</v>
+      </c>
+      <c r="C25" s="7">
+        <v>15.0</v>
       </c>
       <c r="D25" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E25" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="F25" s="7">
+        <v>26.0</v>
       </c>
       <c r="G25" s="7">
         <v>16.0</v>
       </c>
-      <c r="H25" s="7">
+      <c r="H25" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I25" s="7">
+        <v>16.0</v>
+      </c>
+      <c r="J25" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K25" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L25" s="7">
         <v>22.0</v>
       </c>
-      <c r="I25" s="7">
+      <c r="M25" s="7">
         <v>18.0</v>
       </c>
-      <c r="J25" s="7">
-[...6 lines deleted...]
-    <row r="26" spans="1:11">
+      <c r="N25" s="8">
+        <v>113.0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:14">
       <c r="A26" s="4">
         <v>22</v>
       </c>
-      <c r="B26" s="4">
-[...3 lines deleted...]
-        <v>260</v>
+      <c r="B26" s="4" t="s">
+        <v>275</v>
+      </c>
+      <c r="C26" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D26" s="6" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="E26" s="7">
+        <v>17</v>
+      </c>
+      <c r="E26" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F26" s="7">
+        <v>16.0</v>
+      </c>
+      <c r="G26" s="7">
+        <v>22.0</v>
+      </c>
+      <c r="H26" s="7">
         <v>18.0</v>
       </c>
-      <c r="F26" s="7">
+      <c r="I26" s="7">
+        <v>14.0</v>
+      </c>
+      <c r="J26" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K26" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L26" s="7">
+        <v>13.0</v>
+      </c>
+      <c r="M26" s="7">
         <v>15.0</v>
       </c>
-      <c r="G26" s="6" t="s">
-[...15 lines deleted...]
-    <row r="27" spans="1:11">
+      <c r="N26" s="8">
+        <v>98.0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:14">
       <c r="A27" s="4">
         <v>23</v>
       </c>
-      <c r="B27" s="4">
-[...6 lines deleted...]
-        <v>15.0</v>
+      <c r="B27" s="4" t="s">
+        <v>276</v>
+      </c>
+      <c r="C27" s="7">
+        <v>8.0</v>
+      </c>
+      <c r="D27" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="F27" s="7">
+        <v>29.0</v>
       </c>
       <c r="G27" s="7">
-        <v>6.0</v>
-[...5 lines deleted...]
-        <v>32.0</v>
+        <v>13.0</v>
+      </c>
+      <c r="H27" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I27" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="J27" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="28" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K27" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L27" s="7">
+        <v>20.0</v>
+      </c>
+      <c r="M27" s="7">
+        <v>16.0</v>
+      </c>
+      <c r="N27" s="8">
+        <v>86.0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:14">
       <c r="A28" s="4">
         <v>24</v>
       </c>
-      <c r="B28" s="4">
-[...8 lines deleted...]
-      <c r="E28" s="7">
+      <c r="B28" s="4" t="s">
+        <v>277</v>
+      </c>
+      <c r="C28" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D28" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E28" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F28" s="7">
+        <v>2.0</v>
+      </c>
+      <c r="G28" s="7">
+        <v>10.0</v>
+      </c>
+      <c r="H28" s="7">
+        <v>10.0</v>
+      </c>
+      <c r="I28" s="7">
+        <v>12.0</v>
+      </c>
+      <c r="J28" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K28" s="7">
+        <v>18.0</v>
+      </c>
+      <c r="L28" s="7">
         <v>16.0</v>
       </c>
-      <c r="F28" s="6" t="s">
-[...18 lines deleted...]
-    <row r="29" spans="1:11">
+      <c r="M28" s="7">
+        <v>11.0</v>
+      </c>
+      <c r="N28" s="8">
+        <v>79.0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:14">
       <c r="A29" s="4">
         <v>25</v>
       </c>
-      <c r="B29" s="4">
-[...30 lines deleted...]
-    <row r="30" spans="1:11">
+      <c r="B29" s="4" t="s">
+        <v>278</v>
+      </c>
+      <c r="C29" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D29" s="7">
+        <v>18.0</v>
+      </c>
+      <c r="E29" s="7">
+        <v>15.0</v>
+      </c>
+      <c r="F29" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G29" s="7">
+        <v>22.0</v>
+      </c>
+      <c r="H29" s="7">
+        <v>15.0</v>
+      </c>
+      <c r="I29" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J29" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K29" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L29" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M29" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N29" s="8">
+        <v>70.0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:14">
       <c r="A30" s="4">
         <v>26</v>
       </c>
-      <c r="B30" s="4">
-[...3 lines deleted...]
-        <v>264</v>
+      <c r="B30" s="4" t="s">
+        <v>279</v>
+      </c>
+      <c r="C30" s="7">
+        <v>36.0</v>
       </c>
       <c r="D30" s="7">
-        <v>8.0</v>
+        <v>16.0</v>
       </c>
       <c r="E30" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="F30" s="7">
+        <v>3.0</v>
       </c>
       <c r="G30" s="7">
-        <v>29.0</v>
-[...2 lines deleted...]
-        <v>13.0</v>
+        <v>3.0</v>
+      </c>
+      <c r="H30" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="I30" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J30" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="31" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K30" s="7">
+        <v>11.0</v>
+      </c>
+      <c r="L30" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M30" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N30" s="8">
+        <v>69.0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:14">
       <c r="A31" s="4">
         <v>27</v>
       </c>
-      <c r="B31" s="4">
-[...5 lines deleted...]
-      <c r="D31" s="7">
+      <c r="B31" s="4" t="s">
+        <v>280</v>
+      </c>
+      <c r="C31" s="7">
+        <v>15.0</v>
+      </c>
+      <c r="D31" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E31" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F31" s="7">
         <v>6.0</v>
       </c>
-      <c r="E31" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G31" s="7">
-        <v>11.0</v>
+        <v>9.0</v>
       </c>
       <c r="H31" s="7">
-        <v>13.0</v>
-[...11 lines deleted...]
-    <row r="32" spans="1:11">
+        <v>32.0</v>
+      </c>
+      <c r="I31" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J31" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K31" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L31" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M31" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N31" s="8">
+        <v>62.0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:14">
       <c r="A32" s="4">
         <v>28</v>
       </c>
-      <c r="B32" s="4">
-[...12 lines deleted...]
-        <v>9.0</v>
+      <c r="B32" s="4" t="s">
+        <v>281</v>
+      </c>
+      <c r="C32" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D32" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E32" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F32" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="G32" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H32" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="I32" s="7">
+        <v>5.0</v>
       </c>
       <c r="J32" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="33" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K32" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L32" s="7">
+        <v>24.0</v>
+      </c>
+      <c r="M32" s="7">
+        <v>22.0</v>
+      </c>
+      <c r="N32" s="8">
+        <v>51.0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:14">
       <c r="A33" s="4">
         <v>29</v>
       </c>
-      <c r="B33" s="4">
-[...3 lines deleted...]
-        <v>267</v>
+      <c r="B33" s="4" t="s">
+        <v>282</v>
+      </c>
+      <c r="C33" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D33" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E33" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F33" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G33" s="7">
         <v>2.0</v>
       </c>
-      <c r="H33" s="7">
-[...3 lines deleted...]
-        <v>10.0</v>
+      <c r="H33" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I33" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="J33" s="7">
-        <v>12.0</v>
-[...5 lines deleted...]
-    <row r="34" spans="1:11">
+        <v>29.0</v>
+      </c>
+      <c r="K33" s="7">
+        <v>16.0</v>
+      </c>
+      <c r="L33" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M33" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N33" s="8">
+        <v>47.0</v>
+      </c>
+    </row>
+    <row r="34" spans="1:14">
       <c r="A34" s="4">
         <v>30</v>
       </c>
-      <c r="B34" s="4">
-[...3 lines deleted...]
-        <v>268</v>
+      <c r="B34" s="4" t="s">
+        <v>283</v>
+      </c>
+      <c r="C34" s="7">
+        <v>12.0</v>
       </c>
       <c r="D34" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E34" s="7">
-        <v>15.0</v>
-[...11 lines deleted...]
-        <v>14</v>
+        <v>3.0</v>
+      </c>
+      <c r="F34" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G34" s="7">
+        <v>5.0</v>
+      </c>
+      <c r="H34" s="7">
+        <v>2.0</v>
+      </c>
+      <c r="I34" s="7">
+        <v>1.0</v>
       </c>
       <c r="J34" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="35" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K34" s="7">
+        <v>10.0</v>
+      </c>
+      <c r="L34" s="7">
+        <v>6.0</v>
+      </c>
+      <c r="M34" s="7">
+        <v>8.0</v>
+      </c>
+      <c r="N34" s="8">
+        <v>47.0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:14">
       <c r="A35" s="4">
         <v>31</v>
       </c>
-      <c r="B35" s="4">
-[...3 lines deleted...]
-        <v>269</v>
+      <c r="B35" s="4" t="s">
+        <v>284</v>
+      </c>
+      <c r="C35" s="7">
+        <v>12.0</v>
       </c>
       <c r="D35" s="7">
-        <v>4.0</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>14.0</v>
+      </c>
+      <c r="E35" s="7">
+        <v>9.0</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>14</v>
-[...17 lines deleted...]
-    <row r="36" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="G35" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="H35" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I35" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J35" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K35" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L35" s="7">
+        <v>10.0</v>
+      </c>
+      <c r="M35" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="N35" s="8">
+        <v>46.0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:14">
       <c r="A36" s="4">
         <v>32</v>
       </c>
-      <c r="B36" s="4">
-[...6 lines deleted...]
-        <v>26.0</v>
+      <c r="B36" s="4" t="s">
+        <v>285</v>
+      </c>
+      <c r="C36" s="7">
+        <v>6.0</v>
+      </c>
+      <c r="D36" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="E36" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F36" s="7">
+        <v>11.0</v>
+      </c>
+      <c r="G36" s="7">
+        <v>13.0</v>
+      </c>
+      <c r="H36" s="7">
+        <v>7.0</v>
+      </c>
+      <c r="I36" s="7">
         <v>6.0</v>
       </c>
-      <c r="G36" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J36" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="37" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K36" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L36" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M36" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N36" s="8">
+        <v>43.0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:14">
       <c r="A37" s="4">
         <v>33</v>
       </c>
-      <c r="B37" s="4">
-[...3 lines deleted...]
-        <v>271</v>
+      <c r="B37" s="4" t="s">
+        <v>286</v>
+      </c>
+      <c r="C37" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D37" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="E37" s="7">
+        <v>4.0</v>
       </c>
       <c r="F37" s="6" t="s">
-        <v>14</v>
-[...4 lines deleted...]
-      <c r="H37" s="7">
+        <v>17</v>
+      </c>
+      <c r="G37" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="H37" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I37" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J37" s="7">
+        <v>15.0</v>
+      </c>
+      <c r="K37" s="7">
+        <v>8.0</v>
+      </c>
+      <c r="L37" s="7">
+        <v>9.0</v>
+      </c>
+      <c r="M37" s="7">
         <v>6.0</v>
       </c>
-      <c r="I37" s="6" t="s">
-[...9 lines deleted...]
-    <row r="38" spans="1:11">
+      <c r="N37" s="8">
+        <v>42.0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:14">
       <c r="A38" s="4">
         <v>34</v>
       </c>
-      <c r="B38" s="4">
-[...9 lines deleted...]
-        <v>14</v>
+      <c r="B38" s="4" t="s">
+        <v>287</v>
+      </c>
+      <c r="C38" s="7">
+        <v>26.0</v>
+      </c>
+      <c r="D38" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E38" s="7">
+        <v>6.0</v>
       </c>
       <c r="F38" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G38" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H38" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I38" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J38" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="39" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K38" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L38" s="7">
+        <v>4.0</v>
+      </c>
+      <c r="M38" s="7">
+        <v>2.0</v>
+      </c>
+      <c r="N38" s="8">
+        <v>38.0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:14">
       <c r="A39" s="4">
         <v>35</v>
       </c>
-      <c r="B39" s="4">
-[...9 lines deleted...]
-        <v>14</v>
+      <c r="B39" s="4" t="s">
+        <v>288</v>
+      </c>
+      <c r="C39" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D39" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E39" s="7">
+        <v>8.0</v>
       </c>
       <c r="F39" s="7">
-        <v>3.0</v>
+        <v>8.0</v>
       </c>
       <c r="G39" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-        <v>2.0</v>
+        <v>17</v>
+      </c>
+      <c r="H39" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I39" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="J39" s="7">
-        <v>1.0</v>
-[...5 lines deleted...]
-    <row r="40" spans="1:11">
+        <v>13.0</v>
+      </c>
+      <c r="K39" s="7">
+        <v>7.0</v>
+      </c>
+      <c r="L39" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M39" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N39" s="8">
+        <v>36.0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:14">
       <c r="A40" s="4">
         <v>36</v>
       </c>
-      <c r="B40" s="4">
-[...3 lines deleted...]
-        <v>274</v>
+      <c r="B40" s="4" t="s">
+        <v>289</v>
+      </c>
+      <c r="C40" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D40" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E40" s="7">
         <v>12.0</v>
       </c>
-      <c r="F40" s="7">
-        <v>7.0</v>
+      <c r="F40" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="G40" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H40" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I40" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J40" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="41" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K40" s="7">
+        <v>24.0</v>
+      </c>
+      <c r="L40" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M40" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N40" s="8">
+        <v>36.0</v>
+      </c>
+    </row>
+    <row r="41" spans="1:14">
       <c r="A41" s="4">
         <v>37</v>
       </c>
-      <c r="B41" s="4">
-[...3 lines deleted...]
-        <v>275</v>
+      <c r="B41" s="4" t="s">
+        <v>290</v>
+      </c>
+      <c r="C41" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D41" s="6" t="s">
-        <v>14</v>
-[...8 lines deleted...]
-        <v>8.0</v>
+        <v>17</v>
+      </c>
+      <c r="E41" s="7">
+        <v>10.0</v>
+      </c>
+      <c r="F41" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G41" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="H41" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I41" s="6" t="s">
-        <v>14</v>
-[...4 lines deleted...]
-      <c r="K41" s="8">
+        <v>17</v>
+      </c>
+      <c r="J41" s="7">
         <v>16.0</v>
       </c>
-    </row>
-    <row r="42" spans="1:11">
+      <c r="K41" s="7">
+        <v>9.0</v>
+      </c>
+      <c r="L41" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M41" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N41" s="8">
+        <v>35.0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:14">
       <c r="A42" s="4">
         <v>38</v>
       </c>
-      <c r="B42" s="4">
-[...9 lines deleted...]
-        <v>14</v>
+      <c r="B42" s="4" t="s">
+        <v>291</v>
+      </c>
+      <c r="C42" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D42" s="7">
+        <v>15.0</v>
+      </c>
+      <c r="E42" s="7">
+        <v>18.0</v>
       </c>
       <c r="F42" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-        <v>7.0</v>
+        <v>17</v>
+      </c>
+      <c r="G42" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="H42" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="I42" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J42" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="43" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K42" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L42" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M42" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N42" s="8">
+        <v>33.0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:14">
       <c r="A43" s="4">
         <v>39</v>
       </c>
-      <c r="B43" s="4">
-[...3 lines deleted...]
-        <v>277</v>
+      <c r="B43" s="4" t="s">
+        <v>292</v>
+      </c>
+      <c r="C43" s="7">
+        <v>4.0</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E43" s="6" t="s">
-        <v>14</v>
-[...8 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="F43" s="7">
+        <v>8.0</v>
+      </c>
+      <c r="G43" s="7">
+        <v>4.0</v>
+      </c>
+      <c r="H43" s="7">
+        <v>5.0</v>
       </c>
       <c r="I43" s="7">
-        <v>12.0</v>
-[...8 lines deleted...]
-    <row r="44" spans="1:11">
+        <v>11.0</v>
+      </c>
+      <c r="J43" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K43" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L43" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M43" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N43" s="8">
+        <v>32.0</v>
+      </c>
+    </row>
+    <row r="44" spans="1:14">
       <c r="A44" s="4">
         <v>40</v>
       </c>
-      <c r="B44" s="4">
-[...8 lines deleted...]
-      <c r="E44" s="7">
+      <c r="B44" s="4" t="s">
+        <v>293</v>
+      </c>
+      <c r="C44" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D44" s="7">
         <v>13.0</v>
       </c>
+      <c r="E44" s="6" t="s">
+        <v>17</v>
+      </c>
       <c r="F44" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G44" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H44" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I44" s="6" t="s">
-        <v>14</v>
-[...8 lines deleted...]
-    <row r="45" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="J44" s="7">
+        <v>18.0</v>
+      </c>
+      <c r="K44" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L44" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M44" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N44" s="8">
+        <v>31.0</v>
+      </c>
+    </row>
+    <row r="45" spans="1:14">
       <c r="A45" s="4">
         <v>41</v>
       </c>
-      <c r="B45" s="4">
-[...3 lines deleted...]
-        <v>279</v>
+      <c r="B45" s="4" t="s">
+        <v>294</v>
+      </c>
+      <c r="C45" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D45" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E45" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>13.0</v>
+        <v>17</v>
+      </c>
+      <c r="F45" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="G45" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="H45" s="7">
+        <v>4.0</v>
       </c>
       <c r="I45" s="6" t="s">
-        <v>14</v>
-[...8 lines deleted...]
-    <row r="46" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="J45" s="7">
+        <v>26.0</v>
+      </c>
+      <c r="K45" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L45" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M45" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N45" s="8">
+        <v>30.0</v>
+      </c>
+    </row>
+    <row r="46" spans="1:14">
       <c r="A46" s="4">
         <v>42</v>
       </c>
-      <c r="B46" s="4">
-[...6 lines deleted...]
-        <v>3.0</v>
+      <c r="B46" s="4" t="s">
+        <v>295</v>
+      </c>
+      <c r="C46" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D46" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="E46" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="F46" s="7">
+        <v>24.0</v>
+      </c>
+      <c r="G46" s="7">
+        <v>6.0</v>
       </c>
       <c r="H46" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>9.0</v>
+        <v>17</v>
+      </c>
+      <c r="I46" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="J46" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="47" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K46" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L46" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M46" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N46" s="8">
+        <v>30.0</v>
+      </c>
+    </row>
+    <row r="47" spans="1:14">
       <c r="A47" s="4">
         <v>43</v>
       </c>
-      <c r="B47" s="4">
-[...3 lines deleted...]
-        <v>281</v>
+      <c r="B47" s="4" t="s">
+        <v>296</v>
+      </c>
+      <c r="C47" s="7">
+        <v>9.0</v>
       </c>
       <c r="D47" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E47" s="6" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="F47" s="7">
+        <v>17</v>
+      </c>
+      <c r="F47" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G47" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="H47" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I47" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J47" s="7">
         <v>12.0</v>
       </c>
-      <c r="G47" s="6" t="s">
-[...15 lines deleted...]
-    <row r="48" spans="1:11">
+      <c r="K47" s="7">
+        <v>6.0</v>
+      </c>
+      <c r="L47" s="7">
+        <v>3.0</v>
+      </c>
+      <c r="M47" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N47" s="8">
+        <v>30.0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:14">
       <c r="A48" s="4">
         <v>44</v>
       </c>
-      <c r="B48" s="4">
-[...3 lines deleted...]
-        <v>282</v>
+      <c r="B48" s="4" t="s">
+        <v>297</v>
+      </c>
+      <c r="C48" s="7">
+        <v>29.0</v>
       </c>
       <c r="D48" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>11.0</v>
+        <v>17</v>
+      </c>
+      <c r="E48" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="F48" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G48" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H48" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I48" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J48" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="49" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K48" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L48" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M48" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N48" s="8">
+        <v>29.0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:14">
       <c r="A49" s="4">
         <v>45</v>
       </c>
-      <c r="B49" s="4">
-[...3 lines deleted...]
-        <v>283</v>
+      <c r="B49" s="4" t="s">
+        <v>298</v>
+      </c>
+      <c r="C49" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D49" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E49" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>11.0</v>
+        <v>17</v>
+      </c>
+      <c r="F49" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="G49" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H49" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I49" s="6" t="s">
-        <v>14</v>
-[...8 lines deleted...]
-    <row r="50" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="J49" s="7">
+        <v>14.0</v>
+      </c>
+      <c r="K49" s="7">
+        <v>13.0</v>
+      </c>
+      <c r="L49" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M49" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N49" s="8">
+        <v>27.0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:14">
       <c r="A50" s="4">
         <v>46</v>
       </c>
-      <c r="B50" s="4">
-[...3 lines deleted...]
-        <v>284</v>
+      <c r="B50" s="4" t="s">
+        <v>299</v>
+      </c>
+      <c r="C50" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D50" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E50" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>10.0</v>
+        <v>17</v>
+      </c>
+      <c r="F50" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="G50" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="H50" s="7">
+        <v>12.0</v>
+      </c>
+      <c r="I50" s="7">
+        <v>3.0</v>
       </c>
       <c r="J50" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="51" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K50" s="7">
+        <v>12.0</v>
+      </c>
+      <c r="L50" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M50" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N50" s="8">
+        <v>27.0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:14">
       <c r="A51" s="4">
         <v>47</v>
       </c>
-      <c r="B51" s="4">
-[...6 lines deleted...]
-        <v>14</v>
+      <c r="B51" s="4" t="s">
+        <v>300</v>
+      </c>
+      <c r="C51" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D51" s="7">
+        <v>12.0</v>
       </c>
       <c r="E51" s="7">
-        <v>10.0</v>
+        <v>7.0</v>
       </c>
       <c r="F51" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G51" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H51" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I51" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J51" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="52" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K51" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L51" s="7">
+        <v>1.0</v>
+      </c>
+      <c r="M51" s="7">
+        <v>5.0</v>
+      </c>
+      <c r="N51" s="8">
+        <v>25.0</v>
+      </c>
+    </row>
+    <row r="52" spans="1:14">
       <c r="A52" s="4">
         <v>48</v>
       </c>
-      <c r="B52" s="4">
-[...3 lines deleted...]
-        <v>286</v>
+      <c r="B52" s="4" t="s">
+        <v>301</v>
+      </c>
+      <c r="C52" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D52" s="7">
-        <v>9.0</v>
+        <v>11.0</v>
       </c>
       <c r="E52" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F52" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G52" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H52" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I52" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J52" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="53" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K52" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L52" s="7">
+        <v>7.0</v>
+      </c>
+      <c r="M52" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N52" s="8">
+        <v>18.0</v>
+      </c>
+    </row>
+    <row r="53" spans="1:14">
       <c r="A53" s="4">
         <v>49</v>
       </c>
-      <c r="B53" s="4">
-[...3 lines deleted...]
-        <v>287</v>
+      <c r="B53" s="4" t="s">
+        <v>302</v>
+      </c>
+      <c r="C53" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D53" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E53" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>2.0</v>
+        <v>17</v>
+      </c>
+      <c r="F53" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="G53" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H53" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>6.0</v>
+        <v>17</v>
+      </c>
+      <c r="I53" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="J53" s="6" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="K53" s="8">
+        <v>17</v>
+      </c>
+      <c r="K53" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L53" s="7">
         <v>8.0</v>
       </c>
-    </row>
-    <row r="54" spans="1:11">
+      <c r="M53" s="7">
+        <v>10.0</v>
+      </c>
+      <c r="N53" s="8">
+        <v>18.0</v>
+      </c>
+    </row>
+    <row r="54" spans="1:14">
       <c r="A54" s="4">
         <v>50</v>
       </c>
-      <c r="B54" s="4">
-[...6 lines deleted...]
-        <v>8.0</v>
+      <c r="B54" s="4" t="s">
+        <v>303</v>
+      </c>
+      <c r="C54" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D54" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="E54" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="F54" s="7">
+        <v>9.0</v>
+      </c>
+      <c r="G54" s="7">
+        <v>7.0</v>
       </c>
       <c r="H54" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I54" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J54" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="55" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K54" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L54" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M54" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N54" s="8">
+        <v>16.0</v>
+      </c>
+    </row>
+    <row r="55" spans="1:14">
       <c r="A55" s="4">
         <v>51</v>
       </c>
-      <c r="B55" s="4">
-[...3 lines deleted...]
-        <v>289</v>
+      <c r="B55" s="4" t="s">
+        <v>304</v>
+      </c>
+      <c r="C55" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D55" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="E55" s="7">
+        <v>13.0</v>
       </c>
       <c r="F55" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G55" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H55" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I55" s="6" t="s">
-        <v>14</v>
-[...8 lines deleted...]
-    <row r="56" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="J55" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K55" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L55" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M55" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N55" s="8">
+        <v>13.0</v>
+      </c>
+    </row>
+    <row r="56" spans="1:14">
       <c r="A56" s="4">
         <v>52</v>
       </c>
-      <c r="B56" s="4">
-[...6 lines deleted...]
-        <v>5.0</v>
+      <c r="B56" s="4" t="s">
+        <v>305</v>
+      </c>
+      <c r="C56" s="7">
+        <v>3.0</v>
+      </c>
+      <c r="D56" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="E56" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F56" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G56" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="H56" s="7">
+        <v>9.0</v>
       </c>
       <c r="I56" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J56" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="57" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K56" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L56" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M56" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N56" s="8">
+        <v>12.0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:14">
       <c r="A57" s="4">
         <v>53</v>
       </c>
-      <c r="B57" s="4">
-[...3 lines deleted...]
-        <v>291</v>
+      <c r="B57" s="4" t="s">
+        <v>306</v>
+      </c>
+      <c r="C57" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D57" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="E57" s="7">
+        <v>2.0</v>
       </c>
       <c r="F57" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G57" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="H57" s="7">
+        <v>6.0</v>
       </c>
       <c r="I57" s="6" t="s">
-        <v>14</v>
-[...8 lines deleted...]
-    <row r="58" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="J57" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K57" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L57" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M57" s="7">
+        <v>3.0</v>
+      </c>
+      <c r="N57" s="8">
+        <v>11.0</v>
+      </c>
+    </row>
+    <row r="58" spans="1:14">
       <c r="A58" s="4">
         <v>54</v>
       </c>
-      <c r="B58" s="4">
-[...3 lines deleted...]
-        <v>292</v>
+      <c r="B58" s="4" t="s">
+        <v>307</v>
+      </c>
+      <c r="C58" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D58" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E58" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>5.0</v>
+        <v>17</v>
+      </c>
+      <c r="F58" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="G58" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H58" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I58" s="6" t="s">
-        <v>14</v>
-[...8 lines deleted...]
-    <row r="59" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="J58" s="7">
+        <v>11.0</v>
+      </c>
+      <c r="K58" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L58" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M58" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N58" s="8">
+        <v>11.0</v>
+      </c>
+    </row>
+    <row r="59" spans="1:14">
       <c r="A59" s="4">
         <v>55</v>
       </c>
-      <c r="B59" s="4">
-[...3 lines deleted...]
-        <v>293</v>
+      <c r="B59" s="4" t="s">
+        <v>308</v>
+      </c>
+      <c r="C59" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D59" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-        <v>4.0</v>
+        <v>17</v>
+      </c>
+      <c r="E59" s="7">
+        <v>11.0</v>
+      </c>
+      <c r="F59" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="G59" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H59" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I59" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J59" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="60" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K59" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L59" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M59" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N59" s="8">
+        <v>11.0</v>
+      </c>
+    </row>
+    <row r="60" spans="1:14">
       <c r="A60" s="4">
         <v>56</v>
       </c>
-      <c r="B60" s="4">
-[...6 lines deleted...]
-        <v>14</v>
+      <c r="B60" s="4" t="s">
+        <v>309</v>
+      </c>
+      <c r="C60" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D60" s="7">
+        <v>10.0</v>
       </c>
       <c r="E60" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F60" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G60" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H60" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>4.0</v>
+        <v>17</v>
+      </c>
+      <c r="I60" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="J60" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="61" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K60" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L60" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M60" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N60" s="8">
+        <v>10.0</v>
+      </c>
+    </row>
+    <row r="61" spans="1:14">
       <c r="A61" s="4">
         <v>57</v>
       </c>
-      <c r="B61" s="4">
-[...3 lines deleted...]
-        <v>295</v>
+      <c r="B61" s="4" t="s">
+        <v>310</v>
+      </c>
+      <c r="C61" s="7">
+        <v>8.0</v>
       </c>
       <c r="D61" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E61" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F61" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G61" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>2.0</v>
+        <v>17</v>
+      </c>
+      <c r="H61" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="I61" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J61" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="62" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K61" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L61" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M61" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N61" s="8">
+        <v>8.0</v>
+      </c>
+    </row>
+    <row r="62" spans="1:14">
       <c r="A62" s="4">
         <v>58</v>
       </c>
-      <c r="B62" s="4">
-[...3 lines deleted...]
-        <v>296</v>
+      <c r="B62" s="4" t="s">
+        <v>311</v>
+      </c>
+      <c r="C62" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D62" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E62" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F62" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G62" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H62" s="6" t="s">
-        <v>14</v>
-[...11 lines deleted...]
-    <row r="63" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="I62" s="7">
+        <v>7.0</v>
+      </c>
+      <c r="J62" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K62" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L62" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M62" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N62" s="8">
+        <v>7.0</v>
+      </c>
+    </row>
+    <row r="63" spans="1:14">
       <c r="A63" s="4">
         <v>59</v>
       </c>
-      <c r="B63" s="4">
-[...3 lines deleted...]
-        <v>297</v>
+      <c r="B63" s="4" t="s">
+        <v>312</v>
+      </c>
+      <c r="C63" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D63" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="E63" s="7">
+        <v>5.0</v>
       </c>
       <c r="F63" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G63" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H63" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I63" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J63" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="64" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K63" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L63" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M63" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N63" s="8">
+        <v>5.0</v>
+      </c>
+    </row>
+    <row r="64" spans="1:14">
       <c r="A64" s="4">
         <v>60</v>
       </c>
-      <c r="B64" s="4">
-[...3 lines deleted...]
-        <v>298</v>
+      <c r="B64" s="4" t="s">
+        <v>313</v>
+      </c>
+      <c r="C64" s="7">
+        <v>5.0</v>
       </c>
       <c r="D64" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E64" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F64" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G64" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H64" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I64" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J64" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="65" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K64" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L64" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M64" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N64" s="8">
+        <v>5.0</v>
+      </c>
+    </row>
+    <row r="65" spans="1:14">
       <c r="A65" s="4">
         <v>61</v>
       </c>
-      <c r="B65" s="4">
-[...3 lines deleted...]
-        <v>299</v>
+      <c r="B65" s="4" t="s">
+        <v>314</v>
+      </c>
+      <c r="C65" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D65" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E65" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F65" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G65" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H65" s="6" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>17</v>
+      </c>
+      <c r="I65" s="7">
+        <v>2.0</v>
       </c>
       <c r="J65" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="66" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K65" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L65" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M65" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N65" s="8">
+        <v>2.0</v>
+      </c>
+    </row>
+    <row r="66" spans="1:14">
       <c r="A66" s="4">
         <v>62</v>
       </c>
-      <c r="B66" s="4">
-[...3 lines deleted...]
-        <v>300</v>
+      <c r="B66" s="4" t="s">
+        <v>315</v>
+      </c>
+      <c r="C66" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D66" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E66" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F66" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G66" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H66" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I66" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J66" s="6" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-    <row r="67" spans="1:11">
+        <v>17</v>
+      </c>
+      <c r="K66" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L66" s="7">
+        <v>2.0</v>
+      </c>
+      <c r="M66" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N66" s="8">
+        <v>2.0</v>
+      </c>
+    </row>
+    <row r="67" spans="1:14">
       <c r="A67" s="4">
         <v>63</v>
       </c>
-      <c r="B67" s="4">
-[...3 lines deleted...]
-        <v>301</v>
+      <c r="B67" s="4" t="s">
+        <v>316</v>
+      </c>
+      <c r="C67" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D67" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E67" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F67" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G67" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H67" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I67" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J67" s="6" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="K67" s="8">
+        <v>17</v>
+      </c>
+      <c r="K67" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L67" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M67" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N67" s="8">
         <v>0.0</v>
       </c>
     </row>
-    <row r="68" spans="1:11">
+    <row r="68" spans="1:14">
       <c r="A68" s="4">
         <v>64</v>
       </c>
-      <c r="B68" s="4">
-[...3 lines deleted...]
-        <v>302</v>
+      <c r="B68" s="4" t="s">
+        <v>317</v>
+      </c>
+      <c r="C68" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D68" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E68" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F68" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G68" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H68" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I68" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J68" s="6" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="K68" s="8">
+        <v>17</v>
+      </c>
+      <c r="K68" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L68" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M68" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N68" s="8">
         <v>0.0</v>
       </c>
     </row>
-    <row r="69" spans="1:11">
+    <row r="69" spans="1:14">
       <c r="A69" s="4">
         <v>65</v>
       </c>
-      <c r="B69" s="4">
-[...3 lines deleted...]
-        <v>303</v>
+      <c r="B69" s="4" t="s">
+        <v>318</v>
+      </c>
+      <c r="C69" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D69" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E69" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F69" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G69" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H69" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I69" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J69" s="6" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="K69" s="8">
+        <v>17</v>
+      </c>
+      <c r="K69" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L69" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M69" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N69" s="8">
         <v>0.0</v>
       </c>
     </row>
-    <row r="70" spans="1:11">
+    <row r="70" spans="1:14">
       <c r="A70" s="4">
         <v>66</v>
       </c>
-      <c r="B70" s="4">
-[...3 lines deleted...]
-        <v>304</v>
+      <c r="B70" s="4" t="s">
+        <v>319</v>
+      </c>
+      <c r="C70" s="6" t="s">
+        <v>17</v>
       </c>
       <c r="D70" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E70" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F70" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G70" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="H70" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I70" s="6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J70" s="6" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="K70" s="8">
+        <v>17</v>
+      </c>
+      <c r="K70" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L70" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M70" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N70" s="8">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="71" spans="1:14">
+      <c r="A71" s="4">
+        <v>67</v>
+      </c>
+      <c r="B71" s="4" t="s">
+        <v>320</v>
+      </c>
+      <c r="C71" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D71" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E71" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F71" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="G71" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="H71" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I71" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J71" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="K71" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="L71" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="M71" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="N71" s="8">
         <v>0.0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:K1"/>
-    <mergeCell ref="A2:K2"/>
+    <mergeCell ref="A1:N1"/>
+    <mergeCell ref="A2:N2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>