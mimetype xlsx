--- v0 (2026-02-01)
+++ v1 (2026-03-19)
@@ -12,362 +12,368 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
   <si>
     <t>Klasyfikacja klubowa MPP</t>
   </si>
   <si>
     <t>Sezon: 2025/2026 | Typ: Ranking Kumulatywny (Club)</t>
   </si>
   <si>
     <t>Pozycja</t>
   </si>
   <si>
     <t>Klub</t>
   </si>
   <si>
     <t>Liczba Zawodników</t>
   </si>
   <si>
     <t>Liczba Wydarzeń</t>
   </si>
   <si>
     <t>Wynik</t>
   </si>
   <si>
     <t>Zawodnicy</t>
   </si>
   <si>
     <t>PILCH SKI ACADEMY</t>
   </si>
   <si>
-    <t>ANTONI KAŁUŻA, ANTONI LENKIEWICZ, BARBARA STĘPIEŃ, FILIP CIŚLAK, HANNA PIERLAK, JAGODA WOJCIECHOWSKA, JAKUB PRZYBYŁA, JAN SZMAJA, KAMIL FRYCZ, MIKOŁAJ SZMAJA, NATALIA ŁACIAK, NATASZA JAKUBIEC,...</t>
+    <t>ANTONI KAŁUŻA, ANTONI LENKIEWICZ, BARBARA STĘPIEŃ, FILIP CIŚLAK, HANNA PIERLAK, JAGODA WOJCIECHOWSKA, JAKUB GAŁASZEK, JAKUB PRZYBYŁA, JAN SZMAJA, KAMIL FRYCZ, MIKOŁAJ SZMAJA, NATALIA ŁACIAK, ...</t>
   </si>
   <si>
     <t>KS SportUp</t>
   </si>
   <si>
-    <t>ALICJA BUKSA, IGNACY KOZŁOWSKI, IWO OLSZEWSKI, JAKUB MUNIAK, LEON MARCINIAK, MIKA OCZKOŚ, NATASZA KAMIŃSKA, STANISŁAW ĆWIKŁA, TOMASZ ROJEK, TYMON BOBRZYŃSKI</t>
+    <t>ALICJA BUKSA, FRANCISZEK WIDLIŃSKI, IGNACY KOZŁOWSKI, IWO OLSZEWSKI, JAKUB HABER, JAKUB MUNIAK, LEON MARCINIAK, MIKA OCZKOŚ, NATASZA KAMIŃSKA, STANISŁAW ĆWIKŁA, TOMASZ ROJEK, TYMON BOBRZYŃSKI</t>
+  </si>
+  <si>
+    <t>KS BESKIDY</t>
+  </si>
+  <si>
+    <t>AMELIA MASIAK, AMELIA TARGOSZ, FELIKS MIŁOSZ, FELIKS OLESIŃSKI, FRANCISZKA OLESIŃSKA, HANNA KRAWCZYK, HANNA ŁAMACZ, JAN BITNER, JAN CZAJKOWSKI, JAN WEISS, JÓZEF OLESIŃSKI, JULIA GAŁUSZKA, LEON ...</t>
   </si>
   <si>
     <t>BRG Bębenek Racing Group</t>
   </si>
   <si>
     <t>DOMINIKA SPESOVA, JULIA ZAJĄC, KATHRIN LESKOVA, KSENIA JASIŃSKA, MARTYNA NOWACZYK, NATALIA NOWACZYK, ZOFIA KATARZYNA LEŚNIAK, ZUZANNA MARIA LEŚNIAK</t>
   </si>
   <si>
-    <t>KS BESKIDY</t>
-[...4 lines deleted...]
-  <si>
     <t>KLUB SPORTOWY AZS ZAKOPANE</t>
   </si>
   <si>
     <t>ANDRZEJ JĘDROL, ANTONINA GĄSIENICA-JÓZKOWY, DOMINIKA SOWA, FILIP SOPRYCH, HANNA CHROBAK, JAN JĘDROL, JAN STOCH, STANISŁAW MOSZCZYŃSKI</t>
   </si>
   <si>
     <t>KKN SIEPRAW-SKI</t>
   </si>
   <si>
     <t>ALEKSANDRA KASPERKIEWICZ, EWA MARIA ŁUBKOWSKA, IZABELA KASPERKIEWICZ, MILENA GRONUŚ, PIOTR BRUNO ŁUBKOWSKI, SONIA ŁOBODA, ZUZANNA GOCMAN, ZUZANNA KUŚNIERZ</t>
   </si>
   <si>
     <t>KS SKIVEGAS STANEK RACE ACADEMY Sp. Z o.o</t>
   </si>
   <si>
-    <t>ALEKSANDRA KALISZ, ALEXANDER KONDRAT, IWO GAZDA, JONAS STANEK, KOSMA SZAFRAŃSKI, KSENIA ZWOLIŃSKA, LENA GAZDA, MAKS CHYBIŃSKI-GOLONKA, MAXIMILIAN KONDRAT</t>
+    <t>ALEKSANDRA KALISZ, ALEXANDER KONDRAT, BENJAMIN BARABAŚ-LATIF, IWO GAZDA, JONAS STANEK, KOSMA SZAFRAŃSKI, KSENIA ZWOLIŃSKA, LENA GAZDA, MAKS CHYBIŃSKI-GOLONKA, MAXIMILIAN KONDRAT</t>
   </si>
   <si>
     <t>Klub Sportowy Mikołajek</t>
   </si>
   <si>
-    <t>ANNA GAJDA, HANNA MACIEJOWSKA, IGOR KLIMKOWSKI, JULIA PARYLAK, MAJA KRÓL, MAJA POCIASK, MARIANNA BABIAK, PAWEŁ KRÓL, POLA STANISŁAWSKA, STANISŁAW MARS, WOJCIECH DONOCIK</t>
+    <t>ANNA GAJDA, HANNA MACIEJOWSKA, IGOR KLIMKOWSKI, JAN KRYŃSKI, JULIA PARYLAK, MAJA KRÓL, MAJA POCIASK, MARIANNA BABIAK, PAWEŁ KRÓL, POLA STANISŁAWSKA, STANISŁAW MARS, WOJCIECH DONOCIK</t>
   </si>
   <si>
     <t>AMS MAGICSPORTS-RYSKALSKI</t>
   </si>
   <si>
-    <t>ADAM DOMAGALSKI, KRYSTYNA SKÓBEL, LIDIA GZYL, MACIEJ RUSZTOWICZ, MAYA RYŚ, STEFANIA HORODECKA, TADEUSZ MANDYNA, ZUZANNA RYSKALA</t>
+    <t>ADAM DOMAGALSKI, JAN RYSKALA, KRYSTYNA SKÓBEL, LIDIA GZYL, MACIEJ RUSZTOWICZ, MAYA RYŚ, STEFANIA HORODECKA, TADEUSZ MANDYNA, ZUZANNA RYSKALA</t>
   </si>
   <si>
     <t>Warszawski Klub Narciarski</t>
   </si>
   <si>
-    <t>ALEKSANDRA MOKRZAŃSKA, ALICJA BURAKOWSKA, ANNA KOSICKA, GUSTAW LEŚNIEWSKI, JAGODA MARZEC, LENA BURCZYŃSKA, MAKSYMILIAN MALEC, MARYNA MARZEC, MICHAŁ RÓŻYCKI, NATALIA JANUSZKO, PAWEŁ ZWIERZYŃSKI...</t>
+    <t>ALEKSANDRA MOKRZAŃSKA, ALICJA BURAKOWSKA, ANNA KOSICKA, GUSTAW LEŚNIEWSKI, JAGODA MARZEC, JAN MIROWSKI, LENA BURCZYŃSKA, MAKSYMILIAN MALEC, MARYNA MARZEC, MICHAŁ RÓŻYCKI, NATALIA JANUSZKO, PAWE�...</t>
   </si>
   <si>
     <t>KS BiegunSport</t>
   </si>
   <si>
-    <t>ADRIANNA OLSZEWSKA, ARTUR JACYNO, EWA BIELAK, HANNA WRÓBEL, JAKUB GOSPODARCZYK, JAKUB SOBOLEWSKI, LEON UCHAŃSKI, LILIANA STOCH, MACIEJ GRYSZKA, MELANIA UCHAŃSKA, MIŁOSZ BUCKI, STANISŁAW GÓRNIKOW...</t>
+    <t>ADRIANNA OLSZEWSKA, ARTUR JACYNO, EWA BIELAK, HANNA WRÓBEL, IWO PALUSIŃSKI, JAKUB GOSPODARCZYK, JAKUB SOBOLEWSKI, LEON UCHAŃSKI, LILIANA STOCH, MACIEJ GRYSZKA, MELANIA UCHAŃSKA, MILENA RYTLEWSKA, ...</t>
+  </si>
+  <si>
+    <t>BS Sport</t>
+  </si>
+  <si>
+    <t>BARTŁOMIEJ WIĘCKOWSKI, DOMINIK KOWALCZYK, KINGA SZKUDLAREK, LEONARDO BRUSCO, MAJA MOZOLEWSKA, MICHAŁ SZOTA, MIKOŁAJ MICHAŁOWICZ, OLIVIA NOWACKA, PIOTR MACHAJSKI</t>
   </si>
   <si>
     <t>Rusiński Ski-Max</t>
   </si>
   <si>
-    <t>JAN KOWALCZYK, JULIA BORYS, JUSTYNA JARZĄBEK, MACIEJ KUŁACH, PAWEŁ CHOWANIEC</t>
+    <t>JAN KOWALCZYK, JULIA BORYS, JUSTYNA JARZĄBEK, MACIEJ KUŁACH, PAWEŁ CHOWANIEC, SEBASTIAN KOWALCZYK</t>
+  </si>
+  <si>
+    <t>KLUB SPORTOWY AS</t>
+  </si>
+  <si>
+    <t>BARTŁOMIEJ SURDY, BARTŁOMIEJ ŻÓŁTAK, KONRAD STOJANIK, ŁUCJA COPIJA, MICHAŁ SKUTIL, NATALIA DERECKA, TYMOTEUSZ ŚPIEWAK, ZOFIA WASILEWSKA</t>
   </si>
   <si>
     <t>KS YETI</t>
   </si>
   <si>
     <t>ANTONI JANICKI, FRANCISZEK SAJDAK, GRZEGORZ PENCARSKI, JAN JANICKI, LEON LEONOWICZ, MAREK MONICA, RUBEN CIRUT, WINCENTY MROWIECKI</t>
   </si>
   <si>
-    <t>BS Sport</t>
-[...10 lines deleted...]
-  <si>
     <t>UKS 28 KIELCE</t>
   </si>
   <si>
-    <t>FRYDERYK GIZA, JAN POBORSKI, KAROL KWIATKOWSKI</t>
+    <t>FRYDERYK GIZA, JAN POBORSKI, KAROL KWIATKOWSKI, OLIVIER SKIBA</t>
   </si>
   <si>
     <t xml:space="preserve">UKN "LAWORTA" </t>
   </si>
   <si>
-    <t>ANDRZEJ OSTROWSKI, EMILIA KONCEWICZ, IWO HAWRYLIK, JULIA CMOKOWICZ, KAROLINA TUREK, NADIA KOCHANOWICZ, PATRYK SZUKALSKI, TYMOTEUSZ GAJDEK</t>
+    <t>ANDRZEJ OSTROWSKI, EMILIA KONCEWICZ, IWO HAWRYLIK, JAN KNIAZIOWSKI, JULIA CMOKOWICZ, KAROLINA TUREK, LENA KIRYK, NADIA KOCHANOWICZ, PATRYK SZUKALSKI, TYMOTEUSZ GAJDEK</t>
+  </si>
+  <si>
+    <t>KS Wielkopolska Szkoła Narciarstwa</t>
+  </si>
+  <si>
+    <t>ALICJA PIECZYŃSKA, MARTYNA BUCZEL, ODETA NELKE, WOJCIECH RUKSZTO</t>
+  </si>
+  <si>
+    <t>Klub Sportowy SZRENICA</t>
+  </si>
+  <si>
+    <t>ADRIANNA SINICKA, ANTONI BANASIAK, FRANCISZEK WIŚNIEWSKI, JAN CISZEWICZ, KACPER IWANICKI, KALINA CHOJNACKA, KAROL STOMPÓR, ZOFIA POWIECKA</t>
   </si>
   <si>
     <t>Klub Sportowy LIVE</t>
   </si>
   <si>
     <t>ALICJA TELEC, JAN HERMAN-WOJTYNA, NADIA WYRWAS, RADOSŁAW WĘGLARZ</t>
   </si>
   <si>
+    <t>Stowarzyszenie Rekreacyjno-Sportowe "Czantoria" Ustroń</t>
+  </si>
+  <si>
+    <t>EMILIA JANOS, JAKUB SOBCZAK, KACPER KRISTOF, MARIA OWCZARZ, PAULINA ZAJĄCZKOWSKA, ZOFIA KASPERSKA</t>
+  </si>
+  <si>
+    <t>FROGS SKI&amp;SUN ŚWIERADÓW ZDRÓJ</t>
+  </si>
+  <si>
+    <t>BARTOSZ KACZMARSKI, BIETA BEZRODNA, DOMINIK CZUCHRAJ, JULIA ŁASISZ, MARIA MAGDALENA RAFA, MIKOŁAJ BONDAR, MIKOŁAJ JURASZEK, OLIWIER JACHIMOWICZ, WERA STEFANIAK, ZLATA BEZRODNA</t>
+  </si>
+  <si>
+    <t>STOWARZYSZENIE OCHMAN SKI RACE TEAM</t>
+  </si>
+  <si>
+    <t>IGNACY SYPIEŃ, JAN JAKUBOWSKI, MARTA ZIĘTEK</t>
+  </si>
+  <si>
+    <t>KS GRODECKI SKI TEAM</t>
+  </si>
+  <si>
+    <t>IHOR ZARUTSKYY, JULIA MOCH, KATARZYNA KRUPA, MICHAŁ STEC, ZOFIA WYRÓD</t>
+  </si>
+  <si>
+    <t>KN GONDOLA KRYNICA</t>
+  </si>
+  <si>
+    <t>ALEKSANDRA KARSZNIA, ALICJA PIŁAT, ANTONI BROŚ, HANNA SCHABOWSKA, IGOR NOWAK, JULIA OBIEDZIŃSKA, KONSTANCJA SOWIŹRAŁ, MATEUSZ PRZYBYSZ</t>
+  </si>
+  <si>
+    <t>KS FRAJDA ZAKOPANE</t>
+  </si>
+  <si>
+    <t>GABRIELA BIZUB, JAKUB TARNAWSKI, JULIA BIZUB, LENA TRUCHAN, MICHAŁ ŚLIZOWSKI</t>
+  </si>
+  <si>
     <t>FUNDACJA SPORT BEZ GRANIC MALCZEWSKI ACADEMY</t>
   </si>
   <si>
     <t>KACPER ZAGÓRSKI</t>
   </si>
   <si>
+    <t>KRAKOWSKIE STOWARZYSZENIE NARCIARSKIE</t>
+  </si>
+  <si>
+    <t>HANNA TRAMŚ</t>
+  </si>
+  <si>
+    <t>KS "ŚNIEŻKA" KARPACZ</t>
+  </si>
+  <si>
+    <t>KONSTANTY TRUSEWICZ, SZYMON PIAŚCIK</t>
+  </si>
+  <si>
     <t>ŻYWIECKI KLUB NARCIARSKI</t>
   </si>
   <si>
     <t>ALEXANDER RAJPOLD, DOMINIK PROCHOWNIK, MARIA LATASZ, MARIA SORENKOVA, MILENA MITKA</t>
   </si>
   <si>
     <t>Sosen Ski Team Racing Department</t>
   </si>
   <si>
-    <t>ANTONI GACEK, NADIA SOSENKO, OLIWIA SOSENKO</t>
-[...47 lines deleted...]
-    <t>IHOR ZARUTSKYY, JULIA MOCH, KATARZYNA KRUPA, MICHAŁ STEC, ZOFIA WYRÓD</t>
+    <t>ANTONI GACEK, KLEMENS DŁUGOPOLSKI, NADIA SOSENKO, OLIWIA SOSENKO</t>
+  </si>
+  <si>
+    <t>KS SNPTT-1907</t>
+  </si>
+  <si>
+    <t>NIKOLA KUBICKA, ZOFIA KORZENIOWSKA</t>
+  </si>
+  <si>
+    <t>Sport Szok</t>
+  </si>
+  <si>
+    <t>JAN OKÓLSKI-KOMAKHIDZE, JULIA KOLASA</t>
   </si>
   <si>
     <t>KLUB SPORTOWY CDSport</t>
   </si>
   <si>
     <t>HANNA PYSZ, JAKUB STOŻEK, LENA KOPECKA</t>
   </si>
   <si>
-    <t>Sport Szok</t>
-[...20 lines deleted...]
-    <t>NIKOLA KUBICKA, ZOFIA KORZENIOWSKA</t>
+    <t>MITANSKI ZAKOPANE</t>
+  </si>
+  <si>
+    <t>MARIA KENIG</t>
+  </si>
+  <si>
+    <t>WTS DeSki</t>
+  </si>
+  <si>
+    <t>HANNA ŁODZIŃSKA</t>
+  </si>
+  <si>
+    <t>RACE STREFA</t>
+  </si>
+  <si>
+    <t>ANTONI CZERWIŃSKI-MOLSKI, LEON JANKOWSKI</t>
   </si>
   <si>
     <t>MKN ZRYW</t>
   </si>
   <si>
     <t>HELENA STOLARSKA-LASZCZAK, JAKUB KOBA, LEON JASTRZĘBSKI</t>
   </si>
   <si>
-    <t>MITANSKI ZAKOPANE</t>
-[...8 lines deleted...]
-    <t>HANNA ŁODZIŃSKA</t>
+    <t>Fundacja Potwory Klub Sportowy</t>
+  </si>
+  <si>
+    <t>JAGODA PICHLAK, KLEMENS KAŹMIERCZAK, MARIA CHMIELEWSKA</t>
   </si>
   <si>
     <t>ADVENTURE SKI TEAM</t>
   </si>
   <si>
     <t>ARTEMI CHORNOUS</t>
   </si>
   <si>
     <t>Sporteum Fundacja Promocji Sportu</t>
   </si>
   <si>
     <t>KALINA DĘBSKA, URSZULA KOZYSA, ZOFIA KASPRZAK</t>
   </si>
   <si>
-    <t>RACE STREFA</t>
-[...2 lines deleted...]
-    <t>ANTONI CZERWIŃSKI-MOLSKI, LEON JANKOWSKI</t>
+    <t>KS RACING KIDS</t>
+  </si>
+  <si>
+    <t>FILIP WYKROTA</t>
   </si>
   <si>
     <t>FUNDACJA YOUNG GUNS</t>
   </si>
   <si>
     <t>JUSTYNA TRZĄSKA</t>
   </si>
   <si>
     <t>KS Tatra SkiAcademy</t>
   </si>
   <si>
     <t>MAJA WÓJCIAK, TOMASZ BUDNY</t>
   </si>
   <si>
-    <t>Fundacja Potwory Klub Sportowy</t>
-[...2 lines deleted...]
-    <t>JAGODA PICHLAK, MARIA CHMIELEWSKA</t>
+    <t>NKS RASC</t>
+  </si>
+  <si>
+    <t>EDWARD KINK, KACPER KACPRZAK</t>
   </si>
   <si>
     <t>ANDRZEJ MAŁYSA "IKATUR" SKI CLUB</t>
   </si>
   <si>
     <t>ANTONI STAWIARSKI, BOGNA BIZOŃ</t>
   </si>
   <si>
     <t>MKS SKRZYCZNE SZCZYRK</t>
   </si>
   <si>
     <t>HELENA NIKIEL, KALINA WALUŚ</t>
   </si>
   <si>
     <t>UKS BRENNA GÓRKI</t>
   </si>
   <si>
     <t>ANTONINA GAŚ, JAKUB KAŁUŻA, MARTYNA GOLBA</t>
   </si>
   <si>
     <t>SIKRET GLIWICE</t>
   </si>
   <si>
     <t>MATYLDA KRUK</t>
-  </si>
-[...4 lines deleted...]
-    <t>KACPER KACPRZAK</t>
   </si>
   <si>
     <t>pl_Rank - System Rankingowy</t>
   </si>
   <si>
     <t>© 2025 Sport-Timing.pl | Wszystkie prawa zastrzeżone</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -765,1064 +771,1084 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F56"/>
+  <dimension ref="A1:F57"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A56" sqref="A56"/>
+      <selection activeCell="A57" sqref="A57"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="50.988" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="50" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="4" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="5">
         <v>1</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C5" s="5">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D5" s="5">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E5" s="8">
-        <v>2337.0</v>
+        <v>3696.0</v>
       </c>
       <c r="F5" s="12" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="6">
         <v>2</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>10</v>
       </c>
       <c r="C6" s="6">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D6" s="6">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E6" s="9">
-        <v>1952.0</v>
+        <v>3197.0</v>
       </c>
       <c r="F6" s="13" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="7">
         <v>3</v>
       </c>
       <c r="B7" s="7" t="s">
         <v>12</v>
       </c>
       <c r="C7" s="7">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="D7" s="7">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E7" s="10">
-        <v>1408.0</v>
+        <v>2456.0</v>
       </c>
       <c r="F7" s="14" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
         <v>4</v>
       </c>
       <c r="B8" t="s">
         <v>14</v>
       </c>
       <c r="C8">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D8">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E8" s="11">
-        <v>1391.0</v>
+        <v>2018.0</v>
       </c>
       <c r="F8" s="15" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
         <v>5</v>
       </c>
       <c r="B9" t="s">
         <v>16</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E9" s="11">
-        <v>1348.0</v>
+        <v>1964.0</v>
       </c>
       <c r="F9" s="15" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
         <v>6</v>
       </c>
       <c r="B10" t="s">
         <v>18</v>
       </c>
       <c r="C10">
         <v>8</v>
       </c>
       <c r="D10">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E10" s="11">
-        <v>1212.0</v>
+        <v>1919.0</v>
       </c>
       <c r="F10" s="15" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
         <v>7</v>
       </c>
       <c r="B11" t="s">
         <v>20</v>
       </c>
       <c r="C11">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D11">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E11" s="11">
-        <v>1075.0</v>
+        <v>1666.0</v>
       </c>
       <c r="F11" s="15" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>22</v>
       </c>
       <c r="C12">
+        <v>12</v>
+      </c>
+      <c r="D12">
         <v>11</v>
       </c>
-      <c r="D12">
-[...1 lines deleted...]
-      </c>
       <c r="E12" s="11">
-        <v>684.0</v>
+        <v>1279.0</v>
       </c>
       <c r="F12" s="15" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
         <v>9</v>
       </c>
       <c r="B13" t="s">
         <v>24</v>
       </c>
       <c r="C13">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D13">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E13" s="11">
-        <v>671.0</v>
+        <v>1119.0</v>
       </c>
       <c r="F13" s="15" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
         <v>10</v>
       </c>
       <c r="B14" t="s">
         <v>26</v>
       </c>
       <c r="C14">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D14">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E14" s="11">
-        <v>592.0</v>
+        <v>916.0</v>
       </c>
       <c r="F14" s="15" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15">
         <v>11</v>
       </c>
       <c r="B15" t="s">
         <v>28</v>
       </c>
       <c r="C15">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D15">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E15" s="11">
-        <v>584.0</v>
+        <v>892.0</v>
       </c>
       <c r="F15" s="15" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16">
         <v>12</v>
       </c>
       <c r="B16" t="s">
         <v>30</v>
       </c>
       <c r="C16">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="D16">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="E16" s="11">
-        <v>480.0</v>
+        <v>634.0</v>
       </c>
       <c r="F16" s="15" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17">
         <v>13</v>
       </c>
       <c r="B17" t="s">
         <v>32</v>
       </c>
       <c r="C17">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D17">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E17" s="11">
-        <v>434.0</v>
+        <v>620.0</v>
       </c>
       <c r="F17" s="15" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18">
         <v>14</v>
       </c>
       <c r="B18" t="s">
         <v>34</v>
       </c>
       <c r="C18">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D18">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="E18" s="11">
-        <v>382.0</v>
+        <v>537.0</v>
       </c>
       <c r="F18" s="15" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19">
         <v>15</v>
       </c>
       <c r="B19" t="s">
         <v>36</v>
       </c>
       <c r="C19">
         <v>8</v>
       </c>
       <c r="D19">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="E19" s="11">
-        <v>349.0</v>
+        <v>504.0</v>
       </c>
       <c r="F19" s="15" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20">
         <v>16</v>
       </c>
       <c r="B20" t="s">
         <v>38</v>
       </c>
       <c r="C20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D20">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E20" s="11">
-        <v>248.0</v>
+        <v>360.0</v>
       </c>
       <c r="F20" s="15" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21">
         <v>17</v>
       </c>
       <c r="B21" t="s">
         <v>40</v>
       </c>
       <c r="C21">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="D21">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="E21" s="11">
-        <v>225.0</v>
+        <v>339.0</v>
       </c>
       <c r="F21" s="15" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22">
         <v>18</v>
       </c>
       <c r="B22" t="s">
         <v>42</v>
       </c>
       <c r="C22">
         <v>4</v>
       </c>
       <c r="D22">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="E22" s="11">
-        <v>214.0</v>
+        <v>322.0</v>
       </c>
       <c r="F22" s="15" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23">
         <v>19</v>
       </c>
       <c r="B23" t="s">
         <v>44</v>
       </c>
       <c r="C23">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="D23">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E23" s="11">
-        <v>212.0</v>
+        <v>304.0</v>
       </c>
       <c r="F23" s="15" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24">
         <v>20</v>
       </c>
       <c r="B24" t="s">
         <v>46</v>
       </c>
       <c r="C24">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D24">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="E24" s="11">
-        <v>206.0</v>
+        <v>290.0</v>
       </c>
       <c r="F24" s="15" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25">
         <v>21</v>
       </c>
       <c r="B25" t="s">
         <v>48</v>
       </c>
       <c r="C25">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="D25">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="E25" s="11">
-        <v>176.0</v>
+        <v>271.0</v>
       </c>
       <c r="F25" s="15" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26">
         <v>22</v>
       </c>
       <c r="B26" t="s">
         <v>50</v>
       </c>
       <c r="C26">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D26">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="E26" s="11">
-        <v>174.0</v>
+        <v>250.0</v>
       </c>
       <c r="F26" s="15" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27">
         <v>23</v>
       </c>
       <c r="B27" t="s">
         <v>52</v>
       </c>
       <c r="C27">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D27">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="E27" s="11">
-        <v>171.0</v>
+        <v>246.0</v>
       </c>
       <c r="F27" s="15" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28">
         <v>24</v>
       </c>
       <c r="B28" t="s">
         <v>54</v>
       </c>
       <c r="C28">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D28">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E28" s="11">
-        <v>158.0</v>
+        <v>240.0</v>
       </c>
       <c r="F28" s="15" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29">
         <v>25</v>
       </c>
       <c r="B29" t="s">
         <v>56</v>
       </c>
       <c r="C29">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D29">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="E29" s="11">
-        <v>155.0</v>
+        <v>236.0</v>
       </c>
       <c r="F29" s="15" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30">
         <v>26</v>
       </c>
       <c r="B30" t="s">
         <v>58</v>
       </c>
       <c r="C30">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D30">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="E30" s="11">
-        <v>154.0</v>
+        <v>236.0</v>
       </c>
       <c r="F30" s="15" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31">
         <v>27</v>
       </c>
       <c r="B31" t="s">
         <v>60</v>
       </c>
       <c r="C31">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D31">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="E31" s="11">
-        <v>152.0</v>
+        <v>236.0</v>
       </c>
       <c r="F31" s="15" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32">
         <v>28</v>
       </c>
       <c r="B32" t="s">
         <v>62</v>
       </c>
       <c r="C32">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D32">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="E32" s="11">
-        <v>147.0</v>
+        <v>209.0</v>
       </c>
       <c r="F32" s="15" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33">
         <v>29</v>
       </c>
       <c r="B33" t="s">
         <v>64</v>
       </c>
       <c r="C33">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D33">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="E33" s="11">
-        <v>141.0</v>
+        <v>207.0</v>
       </c>
       <c r="F33" s="15" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34">
         <v>30</v>
       </c>
       <c r="B34" t="s">
         <v>66</v>
       </c>
       <c r="C34">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D34">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="E34" s="11">
-        <v>129.0</v>
+        <v>206.0</v>
       </c>
       <c r="F34" s="15" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35">
         <v>31</v>
       </c>
       <c r="B35" t="s">
         <v>68</v>
       </c>
       <c r="C35">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D35">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="E35" s="11">
-        <v>128.0</v>
+        <v>200.0</v>
       </c>
       <c r="F35" s="15" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36">
         <v>32</v>
       </c>
       <c r="B36" t="s">
         <v>70</v>
       </c>
       <c r="C36">
         <v>2</v>
       </c>
       <c r="D36">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="E36" s="11">
-        <v>126.0</v>
+        <v>199.0</v>
       </c>
       <c r="F36" s="15" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37">
         <v>33</v>
       </c>
       <c r="B37" t="s">
         <v>72</v>
       </c>
       <c r="C37">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="D37">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="E37" s="11">
-        <v>125.0</v>
+        <v>173.0</v>
       </c>
       <c r="F37" s="15" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38">
         <v>34</v>
       </c>
       <c r="B38" t="s">
         <v>74</v>
       </c>
       <c r="C38">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D38">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="E38" s="11">
-        <v>123.0</v>
+        <v>152.0</v>
       </c>
       <c r="F38" s="15" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39">
         <v>35</v>
       </c>
       <c r="B39" t="s">
         <v>76</v>
       </c>
       <c r="C39">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D39">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="E39" s="11">
-        <v>90.0</v>
+        <v>130.0</v>
       </c>
       <c r="F39" s="15" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40">
         <v>36</v>
       </c>
       <c r="B40" t="s">
         <v>78</v>
       </c>
       <c r="C40">
         <v>1</v>
       </c>
       <c r="D40">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="E40" s="11">
-        <v>86.0</v>
+        <v>119.0</v>
       </c>
       <c r="F40" s="15" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41">
         <v>37</v>
       </c>
       <c r="B41" t="s">
         <v>80</v>
       </c>
       <c r="C41">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D41">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="E41" s="11">
-        <v>58.0</v>
+        <v>119.0</v>
       </c>
       <c r="F41" s="15" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42">
         <v>38</v>
       </c>
       <c r="B42" t="s">
         <v>82</v>
       </c>
       <c r="C42">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D42">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E42" s="11">
-        <v>57.0</v>
+        <v>101.0</v>
       </c>
       <c r="F42" s="15" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43">
         <v>39</v>
       </c>
       <c r="B43" t="s">
         <v>84</v>
       </c>
       <c r="C43">
         <v>3</v>
       </c>
       <c r="D43">
         <v>4</v>
       </c>
       <c r="E43" s="11">
-        <v>54.0</v>
+        <v>95.0</v>
       </c>
       <c r="F43" s="15" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44">
         <v>40</v>
       </c>
       <c r="B44" t="s">
         <v>86</v>
       </c>
       <c r="C44">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D44">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E44" s="11">
-        <v>54.0</v>
+        <v>57.0</v>
       </c>
       <c r="F44" s="15" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45">
         <v>41</v>
       </c>
       <c r="B45" t="s">
         <v>88</v>
       </c>
       <c r="C45">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D45">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="E45" s="11">
-        <v>50.0</v>
+        <v>54.0</v>
       </c>
       <c r="F45" s="15" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46">
         <v>42</v>
       </c>
       <c r="B46" t="s">
         <v>90</v>
       </c>
       <c r="C46">
+        <v>1</v>
+      </c>
+      <c r="D46">
         <v>2</v>
       </c>
-      <c r="D46">
-[...1 lines deleted...]
-      </c>
       <c r="E46" s="11">
-        <v>47.0</v>
+        <v>54.0</v>
       </c>
       <c r="F46" s="15" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47">
         <v>43</v>
       </c>
       <c r="B47" t="s">
         <v>92</v>
       </c>
       <c r="C47">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D47">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E47" s="11">
-        <v>32.0</v>
+        <v>50.0</v>
       </c>
       <c r="F47" s="15" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48">
         <v>44</v>
       </c>
       <c r="B48" t="s">
         <v>94</v>
       </c>
       <c r="C48">
         <v>2</v>
       </c>
       <c r="D48">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="E48" s="11">
-        <v>32.0</v>
+        <v>47.0</v>
       </c>
       <c r="F48" s="15" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49">
         <v>45</v>
       </c>
       <c r="B49" t="s">
         <v>96</v>
       </c>
       <c r="C49">
         <v>2</v>
       </c>
       <c r="D49">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E49" s="11">
-        <v>24.0</v>
+        <v>36.0</v>
       </c>
       <c r="F49" s="15" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50">
         <v>46</v>
       </c>
       <c r="B50" t="s">
         <v>98</v>
       </c>
       <c r="C50">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D50">
         <v>3</v>
       </c>
       <c r="E50" s="11">
-        <v>22.0</v>
+        <v>32.0</v>
       </c>
       <c r="F50" s="15" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51">
         <v>47</v>
       </c>
       <c r="B51" t="s">
         <v>100</v>
       </c>
       <c r="C51">
+        <v>2</v>
+      </c>
+      <c r="D51">
         <v>1</v>
       </c>
-      <c r="D51">
-[...1 lines deleted...]
-      </c>
       <c r="E51" s="11">
-        <v>12.0</v>
+        <v>24.0</v>
       </c>
       <c r="F51" s="15" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52">
         <v>48</v>
       </c>
       <c r="B52" t="s">
         <v>102</v>
       </c>
       <c r="C52">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D52">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="E52" s="11">
-        <v>10.0</v>
+        <v>22.0</v>
       </c>
       <c r="F52" s="15" t="s">
         <v>103</v>
       </c>
     </row>
-    <row r="55" spans="1:6">
-      <c r="A55" s="3" t="s">
+    <row r="53" spans="1:6">
+      <c r="A53">
+        <v>49</v>
+      </c>
+      <c r="B53" t="s">
         <v>104</v>
       </c>
+      <c r="C53">
+        <v>1</v>
+      </c>
+      <c r="D53">
+        <v>2</v>
+      </c>
+      <c r="E53" s="11">
+        <v>12.0</v>
+      </c>
+      <c r="F53" s="15" t="s">
+        <v>105</v>
+      </c>
     </row>
     <row r="56" spans="1:6">
-      <c r="A56" s="16" t="s">
-        <v>105</v>
+      <c r="A56" s="3" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6">
+      <c r="A57" s="16" t="s">
+        <v>107</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A2:F2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>