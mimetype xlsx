--- v0 (2025-10-30)
+++ v1 (2026-02-01)
@@ -18,860 +18,617 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Mężczyźni - Junior młodszy" sheetId="1" r:id="rId4"/>
     <sheet name="Mężczyźni - Młodzik" sheetId="2" r:id="rId5"/>
     <sheet name="Kobiety - Junior młodszy" sheetId="3" r:id="rId6"/>
     <sheet name="Kobiety - Młodzik" sheetId="4" r:id="rId7"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="210">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="154">
   <si>
     <t>Polpunkty SG - Mężczyźni - Junior młodszy</t>
   </si>
   <si>
     <t>Sezon: 2024/2025 | Typ licencji: ZJAZDY</t>
   </si>
   <si>
-    <t>Pozycja</t>
+    <t>Poz.</t>
+  </si>
+  <si>
+    <t>Licencja</t>
   </si>
   <si>
     <t>Zawodnik</t>
   </si>
   <si>
-    <t>Klub</t>
-[...62 lines deleted...]
-    <t>🥇 1</t>
+    <t>Bazowe SG
+01.12.2024</t>
+  </si>
+  <si>
+    <t>PolPunkty SG 1
+10.01.2025</t>
+  </si>
+  <si>
+    <t>PolPunkty SG 2
+14.02.2025</t>
+  </si>
+  <si>
+    <t>Punkty</t>
   </si>
   <si>
     <t>Jan Miłosz</t>
   </si>
   <si>
-    <t>KS BESKIDY</t>
+    <t>Konstanty Tryzna</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
-    <t>🥈 2</t>
-[...10 lines deleted...]
-  <si>
     <t>Dominik Kulej</t>
   </si>
   <si>
-    <t>KS SKIVEGAS STANEK RACE ACADEMY Sp. Z o.o</t>
-[...1 lines deleted...]
-  <si>
     <t>Ryszard Łatacz</t>
   </si>
   <si>
-    <t>KN GONDOLA KRYNICA</t>
-[...1 lines deleted...]
-  <si>
     <t>Tymon Zglinicki</t>
   </si>
   <si>
-    <t>PILCH SKI ACADEMY</t>
+    <t>Kajetan Kozaczka</t>
+  </si>
+  <si>
+    <t>Michał Sobolewski</t>
+  </si>
+  <si>
+    <t>Mikołaj Zimnicki</t>
+  </si>
+  <si>
+    <t>Mikołaj Hołubiński</t>
+  </si>
+  <si>
+    <t>Piotr Pietrzyk</t>
+  </si>
+  <si>
+    <t>Jerzy Pełda</t>
+  </si>
+  <si>
+    <t>Kryspin Howley</t>
   </si>
   <si>
     <t>Janusz Truskolaski</t>
   </si>
   <si>
-    <t>KS SportUp</t>
-[...11 lines deleted...]
-    <t>UKS BRENNA GÓRKI</t>
+    <t>Jan Czajkowski</t>
+  </si>
+  <si>
+    <t>Karol Kwiatkowski</t>
+  </si>
+  <si>
+    <t>Franciszek Smaga</t>
+  </si>
+  <si>
+    <t>Krzysztof Łach</t>
+  </si>
+  <si>
+    <t>Bartłomiej Surdy</t>
+  </si>
+  <si>
+    <t>Aleksander Paluszek</t>
+  </si>
+  <si>
+    <t>Seweryn Karkocha</t>
   </si>
   <si>
     <t>Alex Rakszawski</t>
   </si>
   <si>
-    <t>TEAM MB Szczyrk</t>
-[...16 lines deleted...]
-  <si>
     <t>Kosma Szafrański</t>
   </si>
   <si>
     <t>Stanisław Ćwikła</t>
   </si>
   <si>
-    <t>Kryspin Howley</t>
-[...4 lines deleted...]
-  <si>
     <t>Wojciech Przybyła</t>
   </si>
   <si>
     <t>Antoni Kałuża</t>
   </si>
   <si>
     <t>Jakub Haber</t>
   </si>
   <si>
     <t>Kamil Frycz</t>
   </si>
   <si>
     <t>Antoni Gacek</t>
   </si>
   <si>
-    <t>Sosen Ski Team Racing Departme</t>
-[...1 lines deleted...]
-  <si>
     <t>Tomasz Rojek</t>
   </si>
   <si>
     <t>Jakub Muniak</t>
   </si>
   <si>
     <t>Mikołaj Michałowicz</t>
   </si>
   <si>
     <t>Szymon Ptaszkiewicz</t>
   </si>
   <si>
     <t>Franciszek Zacny</t>
   </si>
   <si>
-    <t>KS YETI</t>
-[...1 lines deleted...]
-  <si>
     <t>Paweł Król</t>
   </si>
   <si>
-    <t>Klub Sportowy Mikołajek</t>
-[...1 lines deleted...]
-  <si>
     <t>Konrad Stojanik</t>
   </si>
   <si>
-    <t>KLUB SPORTOWY AS</t>
-[...1 lines deleted...]
-  <si>
     <t>Ignacy Kozłowski</t>
   </si>
   <si>
     <t>Jakub Bojdys</t>
   </si>
   <si>
-    <t>Jan Czajkowski</t>
-[...1 lines deleted...]
-  <si>
     <t>Feliks Olesiński</t>
   </si>
   <si>
-    <t>Karol Kwiatkowski</t>
-[...4 lines deleted...]
-  <si>
     <t>Michał Sass</t>
   </si>
   <si>
-    <t>Franciszek Smaga</t>
-[...25 lines deleted...]
-  <si>
     <t>Polpunkty SG - Mężczyźni - Młodzik</t>
   </si>
   <si>
+    <t>Jan Jędrol</t>
+  </si>
+  <si>
+    <t>Maximilian Kondrat</t>
+  </si>
+  <si>
+    <t>Leon Jastrzębski</t>
+  </si>
+  <si>
+    <t>Michał Stec</t>
+  </si>
+  <si>
+    <t>Jędrzej Nieścieronek</t>
+  </si>
+  <si>
     <t>Piotr Bobeł</t>
   </si>
   <si>
     <t>Jan Szmaja</t>
   </si>
   <si>
     <t>Jan Poborski</t>
   </si>
   <si>
     <t>Filip Soprych</t>
   </si>
   <si>
     <t>Feliks Miłosz</t>
   </si>
   <si>
     <t>Andrzej Jędrol</t>
   </si>
   <si>
     <t>Filip Ciślak</t>
   </si>
   <si>
-    <t>Jan Jędrol</t>
-[...1 lines deleted...]
-  <si>
     <t>Leonardo Brusco</t>
   </si>
   <si>
     <t>Benjamin Barabaś-latif</t>
   </si>
   <si>
     <t>Maciej Rusztowicz</t>
   </si>
   <si>
-    <t>AMS MAGICSPORTS-RYSKALSKI</t>
-[...1 lines deleted...]
-  <si>
     <t>Stanisław Moszczyński</t>
   </si>
   <si>
     <t>Kacper Zagórski</t>
   </si>
   <si>
-    <t>FUNDACJA SPORTU BEZ GRANIC MALCZEWSKI ACADEMY</t>
-[...1 lines deleted...]
-  <si>
     <t>Iwo Gazda</t>
   </si>
   <si>
     <t>Bruno Szafrański-mądry</t>
   </si>
   <si>
-    <t>Warszawski Klub Narciarski</t>
-[...1 lines deleted...]
-  <si>
     <t>Rafał Łukaszewski</t>
   </si>
   <si>
     <t>Bartłomiej Więckowski</t>
   </si>
   <si>
     <t>Alexander Kondrat</t>
   </si>
   <si>
     <t>Borys Szafrański-mądry</t>
   </si>
   <si>
     <t>Bartłomiej Żółtak</t>
   </si>
   <si>
     <t>Jakub Tarnawski</t>
   </si>
   <si>
-    <t>KS FRAJDA ZAKOPANE</t>
-[...1 lines deleted...]
-  <si>
     <t>Jakub Gałaszek</t>
   </si>
   <si>
-    <t>Maximilian Kondrat</t>
-[...1 lines deleted...]
-  <si>
     <t>Michał Szewczyk</t>
   </si>
   <si>
-    <t>KKN SIEPRAW-SKI</t>
-[...1 lines deleted...]
-  <si>
     <t>Tymon Bogusławski</t>
   </si>
   <si>
     <t>Maks Chybiński-golonka</t>
   </si>
   <si>
     <t>Leon Marciniak</t>
   </si>
   <si>
     <t>Gustaw Mamet</t>
   </si>
   <si>
-    <t>Leon Jastrzębski</t>
-[...7 lines deleted...]
-  <si>
     <t>Polpunkty SG - Kobiety - Junior młodszy</t>
   </si>
   <si>
     <t>Zofia Kozłowska</t>
   </si>
   <si>
-    <t>Kristina Mazur-ihler</t>
+    <t>Kristina Mazur Ihler</t>
+  </si>
+  <si>
+    <t>Kaja Czapska</t>
+  </si>
+  <si>
+    <t>Agnieszka Kasińska</t>
+  </si>
+  <si>
+    <t>Agata Judkowiak</t>
+  </si>
+  <si>
+    <t>Helena Leśniak</t>
+  </si>
+  <si>
+    <t>Amelia Masiak</t>
+  </si>
+  <si>
+    <t>Emilia Janos</t>
+  </si>
+  <si>
+    <t>Hanna Geremek</t>
+  </si>
+  <si>
+    <t>Emilia Dacko</t>
+  </si>
+  <si>
+    <t>Anna Pyjas</t>
   </si>
   <si>
     <t>Natasza Kamińska</t>
   </si>
   <si>
-    <t>Kaja Czapska</t>
-[...10 lines deleted...]
-  <si>
     <t>Amelia Targosz</t>
   </si>
   <si>
     <t>Hanna Łodzińska</t>
   </si>
   <si>
-    <t>WTS DeSki</t>
-[...1 lines deleted...]
-  <si>
     <t>Julia Gałuszka</t>
   </si>
   <si>
     <t>Laura Żelechowska</t>
   </si>
   <si>
-    <t>KS Tatra SkiAcademy</t>
-[...1 lines deleted...]
-  <si>
     <t>Izabela Kasperkiewicz</t>
   </si>
   <si>
     <t>Mika Oczkoś</t>
   </si>
   <si>
     <t>Zofia Wasilewska</t>
   </si>
   <si>
     <t>Zofia Kasperska</t>
   </si>
   <si>
-    <t>Stowarzyszenie Rekreacyjno-Sportowe "Czantoria" Ustroń</t>
-[...1 lines deleted...]
-  <si>
     <t>Sandra Guzik</t>
   </si>
   <si>
-    <t>SKI TOMO CENTRUM NARCIARSKIE</t>
-[...1 lines deleted...]
-  <si>
     <t>Jagoda Wojciechowska</t>
   </si>
   <si>
-    <t>Emilia Dacko</t>
-[...4 lines deleted...]
-  <si>
     <t>Maja Pytel</t>
   </si>
   <si>
     <t>Victoria Procenko</t>
   </si>
   <si>
     <t>Hanna Łamacz</t>
   </si>
   <si>
     <t>Jagoda Nieścieronek</t>
   </si>
   <si>
-    <t>Amelia Masiak</t>
-[...4 lines deleted...]
-  <si>
     <t>Martyna Golba</t>
   </si>
   <si>
     <t>Magda Różańska</t>
   </si>
   <si>
-    <t>Hanna Geremek</t>
-[...1 lines deleted...]
-  <si>
     <t>Paulina Zajączkowska</t>
   </si>
   <si>
     <t>Marta Ziętek</t>
   </si>
   <si>
-    <t>STOWARZYSZENIE OCHMAN SKI RACE TEAM</t>
-[...1 lines deleted...]
-  <si>
     <t>Julia Maślak</t>
   </si>
   <si>
-    <t>UKN Żereb Ski Academy</t>
-[...1 lines deleted...]
-  <si>
     <t>Kalina Gąsienica Ciaptak</t>
   </si>
   <si>
     <t>Hanna Schabowska</t>
   </si>
   <si>
-    <t>Anna Pyjas</t>
-[...4 lines deleted...]
-  <si>
     <t>Nadia Wyrwas</t>
   </si>
   <si>
-    <t>Klub Sportowy LIVE</t>
-[...1 lines deleted...]
-  <si>
     <t>Weronika Szmid</t>
   </si>
   <si>
     <t>Helena Moritz</t>
   </si>
   <si>
     <t>Olga Kanclerz</t>
   </si>
   <si>
     <t>Polpunkty SG - Kobiety - Młodzik</t>
   </si>
   <si>
+    <t>Helena Stolarska-laszczak</t>
+  </si>
+  <si>
+    <t>Konstancja Sowiźrał</t>
+  </si>
+  <si>
     <t>Zuzanna Ryskala</t>
   </si>
   <si>
     <t>Aleksandra Kasperkiewicz</t>
   </si>
   <si>
     <t>Aleksandra Kalisz</t>
   </si>
   <si>
     <t>Hanna Pierlak</t>
   </si>
   <si>
     <t>Franciszka Olesińska</t>
   </si>
   <si>
     <t>Ksenia Jasińska</t>
   </si>
   <si>
     <t>Natalia Łaciak</t>
   </si>
   <si>
     <t>Zuzanna Maria Leśniak</t>
   </si>
   <si>
     <t>Alicja Burakowska</t>
   </si>
   <si>
     <t>Oliwia Sosenko</t>
   </si>
   <si>
     <t>Lena Gazda</t>
   </si>
   <si>
     <t>Odeta Nelke</t>
   </si>
   <si>
-    <t>KS Wielkopolska Szkoła Narciar</t>
-[...1 lines deleted...]
-  <si>
     <t>Marianna Babiak</t>
   </si>
   <si>
     <t>Milena Gronuś</t>
   </si>
   <si>
     <t>Ewa Maria Łubkowska</t>
   </si>
   <si>
     <t>Hanna Tramś</t>
   </si>
   <si>
-    <t>KRAKOWSKIE STOWARZYSZENIE NARCIARSKIE</t>
-[...1 lines deleted...]
-  <si>
     <t>Maja Pociask</t>
   </si>
   <si>
     <t>Lidia Gzyl</t>
   </si>
   <si>
     <t>Julia Zając</t>
   </si>
   <si>
     <t>Maya Ryś</t>
   </si>
   <si>
     <t>Natalia Nowaczyk</t>
   </si>
   <si>
     <t>Krystyna Skóbel</t>
   </si>
   <si>
     <t>Maja Król</t>
   </si>
   <si>
     <t>Nikola Aftanas</t>
   </si>
   <si>
-    <t xml:space="preserve">UKN "LAWORTA" </t>
-[...1 lines deleted...]
-  <si>
     <t>Katarzyna Krupa</t>
   </si>
   <si>
     <t>Martyna Nowaczyk</t>
   </si>
   <si>
     <t>Helena Bartczak</t>
   </si>
   <si>
     <t>Alicja Telec</t>
   </si>
   <si>
     <t>Alicja Piłat</t>
   </si>
   <si>
     <t>Hanna Maciejowska</t>
   </si>
   <si>
     <t>Wiktoria Paluszek</t>
   </si>
   <si>
     <t>Marika Klimczak</t>
-  </si>
-[...4 lines deleted...]
-    <t>Konstancja Sowiźrał</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
-  <fonts count="5">
+  <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
-    <font>
-[...7 lines deleted...]
-    </font>
   </fonts>
-  <fills count="8">
+  <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
-    </fill>
-[...34 lines deleted...]
-      </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="24">
+  <cellXfs count="9">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-[...3 lines deleted...]
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="5" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0"/>
+    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
-    <xf xfId="0" fontId="3" numFmtId="0" fillId="6" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="45" wrapText="false" shrinkToFit="false"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="1" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="4" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...17 lines deleted...]
-    </xf>
     <xf xfId="0" fontId="3" numFmtId="2" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1147,10031 +904,3365 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W47"/>
+  <dimension ref="A1:G43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A47" sqref="A47"/>
+      <selection activeCell="A4" sqref="A4:G43"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
-[...20 lines deleted...]
-    <col min="22" max="22" width="15" customWidth="true" style="0"/>
+    <col min="1" max="1" width="6" customWidth="true" style="0"/>
+    <col min="2" max="2" width="14" customWidth="true" style="0"/>
+    <col min="3" max="3" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="14" customWidth="true" style="0"/>
+    <col min="5" max="5" width="14" customWidth="true" style="0"/>
+    <col min="6" max="6" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23">
+    <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:23">
+    <row r="2" spans="1:7">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:23" customHeight="1" ht="150">
-      <c r="A4" s="4" t="s">
+    <row r="4" spans="1:7" customHeight="1" ht="150">
+      <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="4" t="s">
+      <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="4" t="s">
+      <c r="C4" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="4" t="s">
+      <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="E4" s="9" t="s">
+      <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="F4" s="9" t="s">
+      <c r="F4" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="G4" s="9" t="s">
+      <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="H4" s="9" t="s">
+    </row>
+    <row r="5" spans="1:7">
+      <c r="A5" s="4">
+        <v>1</v>
+      </c>
+      <c r="B5" s="4">
+        <v>3879</v>
+      </c>
+      <c r="C5" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="I4" s="9" t="s">
+      <c r="D5" s="6">
+        <v>14.55</v>
+      </c>
+      <c r="E5" s="6">
+        <v>131.21</v>
+      </c>
+      <c r="F5" s="6">
+        <v>93.09</v>
+      </c>
+      <c r="G5" s="8">
+        <v>14.55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7">
+      <c r="A6" s="4">
+        <v>2</v>
+      </c>
+      <c r="B6" s="4">
+        <v>3756</v>
+      </c>
+      <c r="C6" s="4" t="s">
         <v>10</v>
       </c>
-      <c r="J4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="K4" s="9" t="s">
+      <c r="D6" s="6">
+        <v>30.68</v>
+      </c>
+      <c r="E6" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F6" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" s="8">
+        <v>30.68</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7">
+      <c r="A7" s="4">
+        <v>3</v>
+      </c>
+      <c r="B7" s="4">
+        <v>3757</v>
+      </c>
+      <c r="C7" s="4" t="s">
         <v>12</v>
       </c>
-      <c r="L4" s="9" t="s">
+      <c r="D7" s="6">
+        <v>58.23</v>
+      </c>
+      <c r="E7" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F7" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" s="8">
+        <v>58.23</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7">
+      <c r="A8" s="4">
+        <v>4</v>
+      </c>
+      <c r="B8" s="4">
+        <v>2170</v>
+      </c>
+      <c r="C8" s="4" t="s">
         <v>13</v>
       </c>
-      <c r="M4" s="9" t="s">
+      <c r="D8" s="6">
+        <v>69.62</v>
+      </c>
+      <c r="E8" s="6">
+        <v>145.34</v>
+      </c>
+      <c r="F8" s="6">
+        <v>122.91</v>
+      </c>
+      <c r="G8" s="8">
+        <v>69.62</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7">
+      <c r="A9" s="4">
+        <v>5</v>
+      </c>
+      <c r="B9" s="4">
+        <v>2522</v>
+      </c>
+      <c r="C9" s="4" t="s">
         <v>14</v>
       </c>
-      <c r="N4" s="9" t="s">
+      <c r="D9" s="6">
+        <v>88.12</v>
+      </c>
+      <c r="E9" s="6">
+        <v>175.17</v>
+      </c>
+      <c r="F9" s="6">
+        <v>160.7</v>
+      </c>
+      <c r="G9" s="8">
+        <v>88.12</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7">
+      <c r="A10" s="4">
+        <v>6</v>
+      </c>
+      <c r="B10" s="4">
+        <v>2174</v>
+      </c>
+      <c r="C10" s="4" t="s">
         <v>15</v>
       </c>
-      <c r="O4" s="9" t="s">
+      <c r="D10" s="6">
+        <v>124.72</v>
+      </c>
+      <c r="E10" s="6">
+        <v>192.44</v>
+      </c>
+      <c r="F10" s="6">
+        <v>186.15</v>
+      </c>
+      <c r="G10" s="8">
+        <v>124.72</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7">
+      <c r="A11" s="4">
+        <v>7</v>
+      </c>
+      <c r="B11" s="4">
+        <v>2954</v>
+      </c>
+      <c r="C11" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="P4" s="9" t="s">
+      <c r="D11" s="6">
+        <v>136.11</v>
+      </c>
+      <c r="E11" s="6">
+        <v>220.7</v>
+      </c>
+      <c r="F11" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" s="8">
+        <v>136.11</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7">
+      <c r="A12" s="4">
+        <v>8</v>
+      </c>
+      <c r="B12" s="4">
+        <v>1765</v>
+      </c>
+      <c r="C12" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="Q4" s="9" t="s">
+      <c r="D12" s="6">
+        <v>143.59</v>
+      </c>
+      <c r="E12" s="6">
+        <v>204.21</v>
+      </c>
+      <c r="F12" s="6">
+        <v>177.67</v>
+      </c>
+      <c r="G12" s="8">
+        <v>143.59</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7">
+      <c r="A13" s="4">
+        <v>9</v>
+      </c>
+      <c r="B13" s="4">
+        <v>1553</v>
+      </c>
+      <c r="C13" s="4" t="s">
         <v>18</v>
       </c>
-      <c r="R4" s="9" t="s">
+      <c r="D13" s="6">
+        <v>263.79</v>
+      </c>
+      <c r="E13" s="6">
+        <v>156.85</v>
+      </c>
+      <c r="F13" s="6">
+        <v>136.28</v>
+      </c>
+      <c r="G13" s="8">
+        <v>146.565</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7">
+      <c r="A14" s="4">
+        <v>10</v>
+      </c>
+      <c r="B14" s="4">
+        <v>1891</v>
+      </c>
+      <c r="C14" s="4" t="s">
         <v>19</v>
       </c>
-      <c r="S4" s="9" t="s">
+      <c r="D14" s="6">
+        <v>147.55</v>
+      </c>
+      <c r="E14" s="6">
+        <v>191.65</v>
+      </c>
+      <c r="F14" s="6">
+        <v>181.26</v>
+      </c>
+      <c r="G14" s="8">
+        <v>147.55</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7">
+      <c r="A15" s="4">
+        <v>11</v>
+      </c>
+      <c r="B15" s="4">
+        <v>3747</v>
+      </c>
+      <c r="C15" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="T4" s="9" t="s">
+      <c r="D15" s="6">
+        <v>153.16</v>
+      </c>
+      <c r="E15" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F15" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" s="8">
+        <v>153.16</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7">
+      <c r="A16" s="4">
+        <v>12</v>
+      </c>
+      <c r="B16" s="4">
+        <v>1623</v>
+      </c>
+      <c r="C16" s="4" t="s">
         <v>21</v>
       </c>
-      <c r="U4" s="9" t="s">
+      <c r="D16" s="6">
+        <v>163.49</v>
+      </c>
+      <c r="E16" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F16" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" s="8">
+        <v>163.49</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7">
+      <c r="A17" s="4">
+        <v>13</v>
+      </c>
+      <c r="B17" s="4">
+        <v>1674</v>
+      </c>
+      <c r="C17" s="4" t="s">
         <v>22</v>
       </c>
-      <c r="V4" s="9" t="s">
+      <c r="D17" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" s="6">
+        <v>109.49</v>
+      </c>
+      <c r="F17" s="6">
+        <v>109.8</v>
+      </c>
+      <c r="G17" s="8">
+        <v>219.29</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7">
+      <c r="A18" s="4">
+        <v>14</v>
+      </c>
+      <c r="B18" s="4">
+        <v>1851</v>
+      </c>
+      <c r="C18" s="4" t="s">
         <v>23</v>
       </c>
-      <c r="W4" s="18" t="s">
+      <c r="D18" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" s="6">
+        <v>224.36</v>
+      </c>
+      <c r="F18" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" s="8">
+        <v>224.36</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7">
+      <c r="A19" s="4">
+        <v>15</v>
+      </c>
+      <c r="B19" s="4">
+        <v>4000</v>
+      </c>
+      <c r="C19" s="4" t="s">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="5" t="s">
+      <c r="D19" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" s="6">
+        <v>226.98</v>
+      </c>
+      <c r="F19" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" s="8">
+        <v>226.98</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7">
+      <c r="A20" s="4">
+        <v>16</v>
+      </c>
+      <c r="B20" s="4">
+        <v>2513</v>
+      </c>
+      <c r="C20" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="B5" s="5" t="s">
+      <c r="D20" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F20" s="6">
+        <v>231.91</v>
+      </c>
+      <c r="G20" s="8">
+        <v>231.91</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7">
+      <c r="A21" s="4">
+        <v>17</v>
+      </c>
+      <c r="B21" s="4">
+        <v>1854</v>
+      </c>
+      <c r="C21" s="4" t="s">
         <v>26</v>
       </c>
-      <c r="C5" s="5" t="s">
+      <c r="D21" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" s="6">
+        <v>247.39</v>
+      </c>
+      <c r="F21" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" s="8">
+        <v>247.39</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7">
+      <c r="A22" s="4">
+        <v>18</v>
+      </c>
+      <c r="B22" s="4">
+        <v>2142</v>
+      </c>
+      <c r="C22" s="4" t="s">
         <v>27</v>
       </c>
-      <c r="D5" s="5">
-[...14 lines deleted...]
-      <c r="I5" s="16" t="s">
+      <c r="D22" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" s="6">
+        <v>258.89</v>
+      </c>
+      <c r="F22" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" s="8">
+        <v>258.89</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7">
+      <c r="A23" s="4">
+        <v>19</v>
+      </c>
+      <c r="B23" s="4">
+        <v>1758</v>
+      </c>
+      <c r="C23" s="4" t="s">
         <v>28</v>
       </c>
-      <c r="J5" s="10">
-[...29 lines deleted...]
-      <c r="T5" s="16" t="s">
+      <c r="D23" s="6">
+        <v>353.75</v>
+      </c>
+      <c r="E23" s="6">
+        <v>194.79</v>
+      </c>
+      <c r="F23" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" s="8">
+        <v>274.27</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7">
+      <c r="A24" s="4">
+        <v>20</v>
+      </c>
+      <c r="B24" s="4">
+        <v>4109</v>
+      </c>
+      <c r="C24" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="D24" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" s="6">
+        <v>281.67</v>
+      </c>
+      <c r="F24" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" s="8">
+        <v>281.67</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7">
+      <c r="A25" s="4">
+        <v>21</v>
+      </c>
+      <c r="B25" s="4">
+        <v>1831</v>
+      </c>
+      <c r="C25" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="D25" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" s="6">
+        <v>167.32</v>
+      </c>
+      <c r="F25" s="6">
+        <v>116.48</v>
+      </c>
+      <c r="G25" s="8">
+        <v>283.8</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7">
+      <c r="A26" s="4">
+        <v>22</v>
+      </c>
+      <c r="B26" s="4">
+        <v>1988</v>
+      </c>
+      <c r="C26" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D26" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" s="6">
+        <v>159.21</v>
+      </c>
+      <c r="F26" s="6">
+        <v>147.85</v>
+      </c>
+      <c r="G26" s="8">
+        <v>307.06</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7">
+      <c r="A27" s="4">
+        <v>23</v>
+      </c>
+      <c r="B27" s="4">
+        <v>2762</v>
+      </c>
+      <c r="C27" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D27" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" s="6">
+        <v>161.82</v>
+      </c>
+      <c r="F27" s="6">
+        <v>165.07</v>
+      </c>
+      <c r="G27" s="8">
+        <v>326.89</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7">
+      <c r="A28" s="4">
+        <v>24</v>
+      </c>
+      <c r="B28" s="4">
+        <v>1732</v>
+      </c>
+      <c r="C28" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="D28" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" s="6">
+        <v>169.41</v>
+      </c>
+      <c r="F28" s="6">
+        <v>157.61</v>
+      </c>
+      <c r="G28" s="8">
+        <v>327.02</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7">
+      <c r="A29" s="4">
+        <v>25</v>
+      </c>
+      <c r="B29" s="4">
+        <v>2173</v>
+      </c>
+      <c r="C29" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="D29" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" s="6">
+        <v>172.81</v>
+      </c>
+      <c r="F29" s="6">
+        <v>158.64</v>
+      </c>
+      <c r="G29" s="8">
+        <v>331.45</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7">
+      <c r="A30" s="4">
+        <v>26</v>
+      </c>
+      <c r="B30" s="4">
+        <v>2344</v>
+      </c>
+      <c r="C30" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="D30" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" s="6">
+        <v>175.95</v>
+      </c>
+      <c r="F30" s="6">
+        <v>163.53</v>
+      </c>
+      <c r="G30" s="8">
+        <v>339.48</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7">
+      <c r="A31" s="4">
+        <v>27</v>
+      </c>
+      <c r="B31" s="4">
+        <v>1911</v>
+      </c>
+      <c r="C31" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="D31" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" s="6">
+        <v>178.83</v>
+      </c>
+      <c r="F31" s="6">
+        <v>183.58</v>
+      </c>
+      <c r="G31" s="8">
+        <v>362.41</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7">
+      <c r="A32" s="4">
         <v>28</v>
       </c>
-      <c r="U5" s="16" t="s">
-[...10 lines deleted...]
-      <c r="A6" s="6" t="s">
+      <c r="B32" s="4">
+        <v>3999</v>
+      </c>
+      <c r="C32" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D32" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" s="6">
+        <v>181.45</v>
+      </c>
+      <c r="F32" s="6">
+        <v>185.89</v>
+      </c>
+      <c r="G32" s="8">
+        <v>367.34</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7">
+      <c r="A33" s="4">
         <v>29</v>
       </c>
-      <c r="B6" s="6" t="s">
+      <c r="B33" s="4">
+        <v>1989</v>
+      </c>
+      <c r="C33" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D33" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" s="6">
+        <v>213.63</v>
+      </c>
+      <c r="F33" s="6">
+        <v>162.76</v>
+      </c>
+      <c r="G33" s="8">
+        <v>376.39</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7">
+      <c r="A34" s="4">
         <v>30</v>
       </c>
-      <c r="C6" s="6" t="s">
+      <c r="B34" s="4">
+        <v>1675</v>
+      </c>
+      <c r="C34" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D34" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" s="6">
+        <v>134.09</v>
+      </c>
+      <c r="F34" s="6">
+        <v>262.5</v>
+      </c>
+      <c r="G34" s="8">
+        <v>396.59</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7">
+      <c r="A35" s="4">
         <v>31</v>
       </c>
-      <c r="D6" s="6">
-[...61 lines deleted...]
-      <c r="A7" s="7" t="s">
+      <c r="B35" s="4">
+        <v>3954</v>
+      </c>
+      <c r="C35" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D35" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" s="6">
+        <v>203.95</v>
+      </c>
+      <c r="F35" s="6">
+        <v>193.6</v>
+      </c>
+      <c r="G35" s="8">
+        <v>397.55</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7">
+      <c r="A36" s="4">
         <v>32</v>
       </c>
-      <c r="B7" s="7" t="s">
+      <c r="B36" s="4">
+        <v>2549</v>
+      </c>
+      <c r="C36" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D36" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" s="6">
+        <v>197.67</v>
+      </c>
+      <c r="F36" s="6">
+        <v>214.43</v>
+      </c>
+      <c r="G36" s="8">
+        <v>412.1</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7">
+      <c r="A37" s="4">
         <v>33</v>
       </c>
-      <c r="C7" s="7" t="s">
+      <c r="B37" s="4">
+        <v>1858</v>
+      </c>
+      <c r="C37" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D37" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" s="6">
+        <v>205.78</v>
+      </c>
+      <c r="F37" s="6">
+        <v>212.88</v>
+      </c>
+      <c r="G37" s="8">
+        <v>418.66</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7">
+      <c r="A38" s="4">
         <v>34</v>
       </c>
-      <c r="D7" s="7">
-[...64 lines deleted...]
-      <c r="B8" s="8" t="s">
+      <c r="B38" s="4">
+        <v>3098</v>
+      </c>
+      <c r="C38" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D38" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E38" s="6">
+        <v>223.58</v>
+      </c>
+      <c r="F38" s="6">
+        <v>203.63</v>
+      </c>
+      <c r="G38" s="8">
+        <v>427.21</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7">
+      <c r="A39" s="4">
         <v>35</v>
       </c>
-      <c r="C8" s="8" t="s">
+      <c r="B39" s="4">
+        <v>2137</v>
+      </c>
+      <c r="C39" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D39" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" s="6">
+        <v>250.53</v>
+      </c>
+      <c r="F39" s="6">
+        <v>207.23</v>
+      </c>
+      <c r="G39" s="8">
+        <v>457.76</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7">
+      <c r="A40" s="4">
         <v>36</v>
       </c>
-      <c r="D8" s="8">
-[...64 lines deleted...]
-      <c r="B9" s="8" t="s">
+      <c r="B40" s="4">
+        <v>1741</v>
+      </c>
+      <c r="C40" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D40" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E40" s="6">
+        <v>231.43</v>
+      </c>
+      <c r="F40" s="6">
+        <v>229.34</v>
+      </c>
+      <c r="G40" s="8">
+        <v>460.77</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7">
+      <c r="A41" s="4">
         <v>37</v>
       </c>
-      <c r="C9" s="8" t="s">
+      <c r="B41" s="4">
+        <v>2741</v>
+      </c>
+      <c r="C41" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="D41" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E41" s="6">
+        <v>252.62</v>
+      </c>
+      <c r="F41" s="6">
+        <v>220.85</v>
+      </c>
+      <c r="G41" s="8">
+        <v>473.47</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7">
+      <c r="A42" s="4">
         <v>38</v>
       </c>
-      <c r="D9" s="8">
-[...64 lines deleted...]
-      <c r="B10" s="8" t="s">
+      <c r="B42" s="4">
+        <v>2548</v>
+      </c>
+      <c r="C42" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="D42" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E42" s="6">
+        <v>252.62</v>
+      </c>
+      <c r="F42" s="6">
+        <v>279.98</v>
+      </c>
+      <c r="G42" s="8">
+        <v>532.6</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7">
+      <c r="A43" s="4">
         <v>39</v>
       </c>
-      <c r="C10" s="8" t="s">
-[...283 lines deleted...]
-      <c r="C14" s="8" t="s">
+      <c r="B43" s="4">
+        <v>2182</v>
+      </c>
+      <c r="C43" s="4" t="s">
         <v>48</v>
       </c>
-      <c r="D14" s="8">
-[...1727 lines deleted...]
-      <c r="L38" s="13">
+      <c r="D43" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E43" s="6">
         <v>282.19</v>
       </c>
-      <c r="M38" s="13">
+      <c r="F43" s="6">
         <v>258.89</v>
       </c>
-      <c r="N38" s="14" t="s">
-[...392 lines deleted...]
-        <v>87</v>
+      <c r="G43" s="8">
+        <v>541.08</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:V1"/>
-[...2 lines deleted...]
-    <mergeCell ref="A47:W47"/>
+    <mergeCell ref="A1:G1"/>
+    <mergeCell ref="A2:G2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T39"/>
+  <dimension ref="A1:F35"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A39" sqref="A39"/>
+      <selection activeCell="A4" sqref="A4:F35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
-[...17 lines deleted...]
-    <col min="19" max="19" width="15" customWidth="true" style="0"/>
+    <col min="1" max="1" width="6" customWidth="true" style="0"/>
+    <col min="2" max="2" width="14" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="14" customWidth="true" style="0"/>
+    <col min="5" max="5" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:20">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:20" customHeight="1" ht="150">
-      <c r="A4" s="4" t="s">
+    <row r="4" spans="1:6" customHeight="1" ht="150">
+      <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="4" t="s">
+      <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="4" t="s">
+      <c r="C4" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="4" t="s">
+      <c r="D4" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6">
+      <c r="A5" s="4">
+        <v>1</v>
+      </c>
+      <c r="B5" s="4">
+        <v>2666</v>
+      </c>
+      <c r="C5" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" s="6">
+        <v>257.89</v>
+      </c>
+      <c r="E5" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F5" s="8">
+        <v>257.89</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6">
+      <c r="A6" s="4">
+        <v>2</v>
+      </c>
+      <c r="B6" s="4">
+        <v>4155</v>
+      </c>
+      <c r="C6" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="D6" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" s="6">
+        <v>331.61</v>
+      </c>
+      <c r="F6" s="8">
+        <v>331.61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6">
+      <c r="A7" s="4">
+        <v>3</v>
+      </c>
+      <c r="B7" s="4">
+        <v>4131</v>
+      </c>
+      <c r="C7" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="D7" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" s="6">
+        <v>380.6</v>
+      </c>
+      <c r="F7" s="8">
+        <v>380.6</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6">
+      <c r="A8" s="4">
+        <v>4</v>
+      </c>
+      <c r="B8" s="4">
+        <v>2358</v>
+      </c>
+      <c r="C8" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="D8" s="6">
+        <v>430.03</v>
+      </c>
+      <c r="E8" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F8" s="8">
+        <v>430.03</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6">
+      <c r="A9" s="4">
         <v>5</v>
       </c>
-      <c r="E4" s="9" t="s">
+      <c r="B9" s="4">
+        <v>1659</v>
+      </c>
+      <c r="C9" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="D9" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" s="6">
+        <v>470.39</v>
+      </c>
+      <c r="F9" s="8">
+        <v>470.39</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6">
+      <c r="A10" s="4">
         <v>6</v>
       </c>
-      <c r="F4" s="9" t="s">
+      <c r="B10" s="4">
+        <v>1919</v>
+      </c>
+      <c r="C10" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="D10" s="6">
+        <v>239.49</v>
+      </c>
+      <c r="E10" s="6">
+        <v>239.09</v>
+      </c>
+      <c r="F10" s="8">
+        <v>478.58</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6">
+      <c r="A11" s="4">
         <v>7</v>
       </c>
-      <c r="G4" s="9" t="s">
+      <c r="B11" s="4">
+        <v>4013</v>
+      </c>
+      <c r="C11" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="D11" s="6">
+        <v>264.3</v>
+      </c>
+      <c r="E11" s="6">
+        <v>248.29</v>
+      </c>
+      <c r="F11" s="8">
+        <v>512.59</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6">
+      <c r="A12" s="4">
+        <v>8</v>
+      </c>
+      <c r="B12" s="4">
+        <v>4026</v>
+      </c>
+      <c r="C12" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="D12" s="6">
+        <v>286.8</v>
+      </c>
+      <c r="E12" s="6">
+        <v>257.99</v>
+      </c>
+      <c r="F12" s="8">
+        <v>544.79</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6">
+      <c r="A13" s="4">
         <v>9</v>
       </c>
-      <c r="H4" s="9" t="s">
+      <c r="B13" s="4">
+        <v>4103</v>
+      </c>
+      <c r="C13" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="D13" s="6">
+        <v>286.04</v>
+      </c>
+      <c r="E13" s="6">
+        <v>273.91</v>
+      </c>
+      <c r="F13" s="8">
+        <v>559.95</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6">
+      <c r="A14" s="4">
         <v>10</v>
       </c>
-      <c r="I4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="J4" s="9" t="s">
+      <c r="B14" s="4">
+        <v>4046</v>
+      </c>
+      <c r="C14" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="D14" s="6">
+        <v>318.01</v>
+      </c>
+      <c r="E14" s="6">
+        <v>260.73</v>
+      </c>
+      <c r="F14" s="8">
+        <v>578.74</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6">
+      <c r="A15" s="4">
+        <v>11</v>
+      </c>
+      <c r="B15" s="4">
+        <v>2667</v>
+      </c>
+      <c r="C15" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="D15" s="6">
+        <v>276.06</v>
+      </c>
+      <c r="E15" s="6">
+        <v>310.72</v>
+      </c>
+      <c r="F15" s="8">
+        <v>586.78</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6">
+      <c r="A16" s="4">
         <v>12</v>
       </c>
-      <c r="K4" s="9" t="s">
+      <c r="B16" s="4">
+        <v>3120</v>
+      </c>
+      <c r="C16" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="D16" s="6">
+        <v>283.48</v>
+      </c>
+      <c r="E16" s="6">
+        <v>306.49</v>
+      </c>
+      <c r="F16" s="8">
+        <v>589.97</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6">
+      <c r="A17" s="4">
         <v>13</v>
       </c>
-      <c r="L4" s="9" t="s">
+      <c r="B17" s="4">
+        <v>2506</v>
+      </c>
+      <c r="C17" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="D17" s="6">
+        <v>320.82</v>
+      </c>
+      <c r="E17" s="6">
+        <v>286.34</v>
+      </c>
+      <c r="F17" s="8">
+        <v>607.16</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6">
+      <c r="A18" s="4">
         <v>14</v>
       </c>
-      <c r="M4" s="9" t="s">
+      <c r="B18" s="4">
+        <v>4096</v>
+      </c>
+      <c r="C18" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="D18" s="6">
+        <v>293.71</v>
+      </c>
+      <c r="E18" s="6">
+        <v>314.94</v>
+      </c>
+      <c r="F18" s="8">
+        <v>608.65</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6">
+      <c r="A19" s="4">
         <v>15</v>
       </c>
-      <c r="N4" s="9" t="s">
+      <c r="B19" s="4">
+        <v>2466</v>
+      </c>
+      <c r="C19" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="D19" s="6">
+        <v>339.75</v>
+      </c>
+      <c r="E19" s="6">
+        <v>289.58</v>
+      </c>
+      <c r="F19" s="8">
+        <v>629.33</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6">
+      <c r="A20" s="4">
         <v>16</v>
       </c>
-      <c r="O4" s="9" t="s">
+      <c r="B20" s="4">
+        <v>2663</v>
+      </c>
+      <c r="C20" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="D20" s="6">
+        <v>318.01</v>
+      </c>
+      <c r="E20" s="6">
+        <v>311.46</v>
+      </c>
+      <c r="F20" s="8">
+        <v>629.47</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6">
+      <c r="A21" s="4">
+        <v>17</v>
+      </c>
+      <c r="B21" s="4">
+        <v>1762</v>
+      </c>
+      <c r="C21" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="D21" s="6">
+        <v>325.17</v>
+      </c>
+      <c r="E21" s="6">
+        <v>323.4</v>
+      </c>
+      <c r="F21" s="8">
+        <v>648.57</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6">
+      <c r="A22" s="4">
+        <v>18</v>
+      </c>
+      <c r="B22" s="4">
+        <v>4153</v>
+      </c>
+      <c r="C22" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="D22" s="6">
+        <v>327.98</v>
+      </c>
+      <c r="E22" s="6">
+        <v>322.9</v>
+      </c>
+      <c r="F22" s="8">
+        <v>650.88</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6">
+      <c r="A23" s="4">
         <v>19</v>
       </c>
-      <c r="P4" s="9" t="s">
+      <c r="B23" s="4">
+        <v>4043</v>
+      </c>
+      <c r="C23" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="D23" s="6">
+        <v>321.84</v>
+      </c>
+      <c r="E23" s="6">
+        <v>340.06</v>
+      </c>
+      <c r="F23" s="8">
+        <v>661.9</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6">
+      <c r="A24" s="4">
         <v>20</v>
       </c>
-      <c r="Q4" s="9" t="s">
+      <c r="B24" s="4">
+        <v>4107</v>
+      </c>
+      <c r="C24" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="D24" s="6">
+        <v>324.91</v>
+      </c>
+      <c r="E24" s="6">
+        <v>337.08</v>
+      </c>
+      <c r="F24" s="8">
+        <v>661.99</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6">
+      <c r="A25" s="4">
+        <v>21</v>
+      </c>
+      <c r="B25" s="4">
+        <v>2796</v>
+      </c>
+      <c r="C25" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="D25" s="6">
+        <v>347.42</v>
+      </c>
+      <c r="E25" s="6">
+        <v>327.13</v>
+      </c>
+      <c r="F25" s="8">
+        <v>674.55</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6">
+      <c r="A26" s="4">
+        <v>22</v>
+      </c>
+      <c r="B26" s="4">
+        <v>4154</v>
+      </c>
+      <c r="C26" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="D26" s="6">
+        <v>344.86</v>
+      </c>
+      <c r="E26" s="6">
+        <v>336.33</v>
+      </c>
+      <c r="F26" s="8">
+        <v>681.19</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6">
+      <c r="A27" s="4">
         <v>23</v>
       </c>
-      <c r="R4" s="9" t="s">
-[...5 lines deleted...]
-      <c r="T4" s="18" t="s">
+      <c r="B27" s="4">
+        <v>4042</v>
+      </c>
+      <c r="C27" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="D27" s="6">
+        <v>339.23</v>
+      </c>
+      <c r="E27" s="6">
+        <v>342.55</v>
+      </c>
+      <c r="F27" s="8">
+        <v>681.78</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6">
+      <c r="A28" s="4">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="5" t="s">
+      <c r="B28" s="4">
+        <v>3885</v>
+      </c>
+      <c r="C28" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="D28" s="6">
+        <v>374.78</v>
+      </c>
+      <c r="E28" s="6">
+        <v>335.59</v>
+      </c>
+      <c r="F28" s="8">
+        <v>710.37</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6">
+      <c r="A29" s="4">
         <v>25</v>
       </c>
-      <c r="B5" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C5" s="5" t="s">
+      <c r="B29" s="4">
+        <v>4117</v>
+      </c>
+      <c r="C29" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="D29" s="6">
+        <v>357.65</v>
+      </c>
+      <c r="E29" s="6">
+        <v>370.16</v>
+      </c>
+      <c r="F29" s="8">
+        <v>727.81</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6">
+      <c r="A30" s="4">
+        <v>26</v>
+      </c>
+      <c r="B30" s="4">
+        <v>4111</v>
+      </c>
+      <c r="C30" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="D30" s="6">
+        <v>373.25</v>
+      </c>
+      <c r="E30" s="6">
+        <v>368.91</v>
+      </c>
+      <c r="F30" s="8">
+        <v>742.16</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6">
+      <c r="A31" s="4">
         <v>27</v>
       </c>
-      <c r="D5" s="5">
-[...11 lines deleted...]
-      <c r="H5" s="16" t="s">
+      <c r="B31" s="4">
+        <v>1665</v>
+      </c>
+      <c r="C31" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="D31" s="6">
+        <v>387.57</v>
+      </c>
+      <c r="E31" s="6">
+        <v>365.18</v>
+      </c>
+      <c r="F31" s="8">
+        <v>752.75</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6">
+      <c r="A32" s="4">
         <v>28</v>
       </c>
-      <c r="I5" s="10">
-[...37 lines deleted...]
-      <c r="A6" s="6" t="s">
+      <c r="B32" s="4">
+        <v>4055</v>
+      </c>
+      <c r="C32" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="D32" s="6">
+        <v>389.36</v>
+      </c>
+      <c r="E32" s="6">
+        <v>391.05</v>
+      </c>
+      <c r="F32" s="8">
+        <v>780.41</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6">
+      <c r="A33" s="4">
         <v>29</v>
       </c>
-      <c r="B6" s="6" t="s">
-[...126 lines deleted...]
-      <c r="C8" s="8" t="s">
+      <c r="B33" s="4">
+        <v>4147</v>
+      </c>
+      <c r="C33" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="D33" s="6">
+        <v>406.75</v>
+      </c>
+      <c r="E33" s="6">
+        <v>390.55</v>
+      </c>
+      <c r="F33" s="8">
+        <v>797.3</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6">
+      <c r="A34" s="4">
+        <v>30</v>
+      </c>
+      <c r="B34" s="4">
+        <v>4137</v>
+      </c>
+      <c r="C34" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="D34" s="6">
+        <v>411.36</v>
+      </c>
+      <c r="E34" s="6">
+        <v>395.28</v>
+      </c>
+      <c r="F34" s="8">
+        <v>806.64</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6">
+      <c r="A35" s="4">
         <v>31</v>
       </c>
-      <c r="D8" s="8">
-[...1508 lines deleted...]
-      <c r="K32" s="13">
+      <c r="B35" s="4">
+        <v>4028</v>
+      </c>
+      <c r="C35" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="D35" s="6">
         <v>391.15</v>
       </c>
-      <c r="L32" s="13">
+      <c r="E35" s="6">
         <v>440.29</v>
       </c>
-      <c r="M32" s="14" t="s">
-[...217 lines deleted...]
-        <v>87</v>
+      <c r="F35" s="8">
+        <v>831.44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:S1"/>
-[...2 lines deleted...]
-    <mergeCell ref="A39:T39"/>
+    <mergeCell ref="A1:F1"/>
+    <mergeCell ref="A2:F2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W45"/>
+  <dimension ref="A1:G41"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A45" sqref="A45"/>
+      <selection activeCell="A4" sqref="A4:G41"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
-[...20 lines deleted...]
-    <col min="22" max="22" width="15" customWidth="true" style="0"/>
+    <col min="1" max="1" width="6" customWidth="true" style="0"/>
+    <col min="2" max="2" width="14" customWidth="true" style="0"/>
+    <col min="3" max="3" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="14" customWidth="true" style="0"/>
+    <col min="5" max="5" width="14" customWidth="true" style="0"/>
+    <col min="6" max="6" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23">
+    <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:23">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="2" spans="1:7">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:23" customHeight="1" ht="150">
-      <c r="A4" s="4" t="s">
+    <row r="4" spans="1:7" customHeight="1" ht="150">
+      <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="4" t="s">
+      <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="4" t="s">
+      <c r="C4" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="4" t="s">
+      <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="E4" s="9" t="s">
+      <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="F4" s="9" t="s">
+      <c r="F4" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="G4" s="9" t="s">
+    </row>
+    <row r="5" spans="1:7">
+      <c r="A5" s="4">
+        <v>1</v>
+      </c>
+      <c r="B5" s="4">
+        <v>1740</v>
+      </c>
+      <c r="C5" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="D5" s="6">
+        <v>61.82</v>
+      </c>
+      <c r="E5" s="6">
+        <v>131.85</v>
+      </c>
+      <c r="F5" s="6">
+        <v>138.55</v>
+      </c>
+      <c r="G5" s="8">
+        <v>61.82</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7">
+      <c r="A6" s="4">
+        <v>2</v>
+      </c>
+      <c r="B6" s="4">
+        <v>3962</v>
+      </c>
+      <c r="C6" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="D6" s="6">
+        <v>98.22</v>
+      </c>
+      <c r="E6" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F6" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" s="8">
+        <v>98.22</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7">
+      <c r="A7" s="4">
+        <v>3</v>
+      </c>
+      <c r="B7" s="4">
+        <v>2510</v>
+      </c>
+      <c r="C7" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="D7" s="6">
+        <v>142.36</v>
+      </c>
+      <c r="E7" s="6">
+        <v>314.01</v>
+      </c>
+      <c r="F7" s="6">
+        <v>195.45</v>
+      </c>
+      <c r="G7" s="8">
+        <v>142.36</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7">
+      <c r="A8" s="4">
+        <v>4</v>
+      </c>
+      <c r="B8" s="4">
+        <v>3878</v>
+      </c>
+      <c r="C8" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="D8" s="6">
+        <v>148.55</v>
+      </c>
+      <c r="E8" s="6">
+        <v>211.26</v>
+      </c>
+      <c r="F8" s="6">
+        <v>197.16</v>
+      </c>
+      <c r="G8" s="8">
+        <v>148.55</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7">
+      <c r="A9" s="4">
+        <v>5</v>
+      </c>
+      <c r="B9" s="4">
+        <v>1894</v>
+      </c>
+      <c r="C9" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="D9" s="6">
+        <v>176.83</v>
+      </c>
+      <c r="E9" s="6">
+        <v>249.57</v>
+      </c>
+      <c r="F9" s="6">
+        <v>233.79</v>
+      </c>
+      <c r="G9" s="8">
+        <v>176.83</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7">
+      <c r="A10" s="4">
+        <v>6</v>
+      </c>
+      <c r="B10" s="4">
+        <v>1777</v>
+      </c>
+      <c r="C10" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="D10" s="6">
+        <v>181.8</v>
+      </c>
+      <c r="E10" s="6">
+        <v>199.59</v>
+      </c>
+      <c r="F10" s="6">
+        <v>175.42</v>
+      </c>
+      <c r="G10" s="8">
+        <v>178.61</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7">
+      <c r="A11" s="4">
         <v>7</v>
       </c>
-      <c r="H4" s="9" t="s">
+      <c r="B11" s="4">
+        <v>3951</v>
+      </c>
+      <c r="C11" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="D11" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F11" s="6">
+        <v>215.96</v>
+      </c>
+      <c r="G11" s="8">
+        <v>215.96</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7">
+      <c r="A12" s="4">
+        <v>8</v>
+      </c>
+      <c r="B12" s="4">
+        <v>4144</v>
+      </c>
+      <c r="C12" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="D12" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F12" s="6">
+        <v>221.09</v>
+      </c>
+      <c r="G12" s="8">
+        <v>221.09</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7">
+      <c r="A13" s="4">
         <v>9</v>
       </c>
-      <c r="I4" s="9" t="s">
+      <c r="B13" s="4">
+        <v>3890</v>
+      </c>
+      <c r="C13" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="D13" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F13" s="6">
+        <v>225.24</v>
+      </c>
+      <c r="G13" s="8">
+        <v>225.24</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7">
+      <c r="A14" s="4">
         <v>10</v>
       </c>
-      <c r="J4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="K4" s="9" t="s">
+      <c r="B14" s="4">
+        <v>1586</v>
+      </c>
+      <c r="C14" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="D14" s="6">
+        <v>225.92</v>
+      </c>
+      <c r="E14" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F14" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" s="8">
+        <v>225.92</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7">
+      <c r="A15" s="4">
+        <v>11</v>
+      </c>
+      <c r="B15" s="4">
+        <v>3143</v>
+      </c>
+      <c r="C15" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="D15" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" s="6">
+        <v>263.77</v>
+      </c>
+      <c r="F15" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" s="8">
+        <v>263.77</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7">
+      <c r="A16" s="4">
         <v>12</v>
       </c>
-      <c r="L4" s="9" t="s">
+      <c r="B16" s="4">
+        <v>1744</v>
+      </c>
+      <c r="C16" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="D16" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" s="6">
+        <v>149.1</v>
+      </c>
+      <c r="F16" s="6">
+        <v>122.43</v>
+      </c>
+      <c r="G16" s="8">
+        <v>271.53</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7">
+      <c r="A17" s="4">
         <v>13</v>
       </c>
-      <c r="M4" s="9" t="s">
+      <c r="B17" s="4">
+        <v>2578</v>
+      </c>
+      <c r="C17" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="D17" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" s="6">
+        <v>205.68</v>
+      </c>
+      <c r="F17" s="6">
+        <v>182.26</v>
+      </c>
+      <c r="G17" s="8">
+        <v>387.94</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7">
+      <c r="A18" s="4">
         <v>14</v>
       </c>
-      <c r="N4" s="9" t="s">
+      <c r="B18" s="4">
+        <v>4182</v>
+      </c>
+      <c r="C18" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="D18" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" s="6">
+        <v>210.5</v>
+      </c>
+      <c r="F18" s="6">
+        <v>182.99</v>
+      </c>
+      <c r="G18" s="8">
+        <v>393.49</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7">
+      <c r="A19" s="4">
         <v>15</v>
       </c>
-      <c r="O4" s="9" t="s">
+      <c r="B19" s="4">
+        <v>2568</v>
+      </c>
+      <c r="C19" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="D19" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" s="6">
+        <v>203.9</v>
+      </c>
+      <c r="F19" s="6">
+        <v>193.74</v>
+      </c>
+      <c r="G19" s="8">
+        <v>397.64</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7">
+      <c r="A20" s="4">
         <v>16</v>
       </c>
-      <c r="P4" s="9" t="s">
+      <c r="B20" s="4">
+        <v>1824</v>
+      </c>
+      <c r="C20" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="D20" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" s="6">
+        <v>229.02</v>
+      </c>
+      <c r="F20" s="6">
+        <v>183.24</v>
+      </c>
+      <c r="G20" s="8">
+        <v>412.26</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7">
+      <c r="A21" s="4">
         <v>17</v>
       </c>
-      <c r="Q4" s="9" t="s">
+      <c r="B21" s="4">
+        <v>1815</v>
+      </c>
+      <c r="C21" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="D21" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" s="6">
+        <v>215.32</v>
+      </c>
+      <c r="F21" s="6">
+        <v>197.16</v>
+      </c>
+      <c r="G21" s="8">
+        <v>412.48</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7">
+      <c r="A22" s="4">
         <v>18</v>
       </c>
-      <c r="R4" s="9" t="s">
+      <c r="B22" s="4">
+        <v>2335</v>
+      </c>
+      <c r="C22" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="D22" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" s="6">
+        <v>209.74</v>
+      </c>
+      <c r="F22" s="6">
+        <v>203.02</v>
+      </c>
+      <c r="G22" s="8">
+        <v>412.76</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7">
+      <c r="A23" s="4">
         <v>19</v>
       </c>
-      <c r="S4" s="9" t="s">
+      <c r="B23" s="4">
+        <v>2139</v>
+      </c>
+      <c r="C23" s="4" t="s">
+        <v>100</v>
+      </c>
+      <c r="D23" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" s="6">
+        <v>226.23</v>
+      </c>
+      <c r="F23" s="6">
+        <v>208.63</v>
+      </c>
+      <c r="G23" s="8">
+        <v>434.86</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7">
+      <c r="A24" s="4">
         <v>20</v>
       </c>
-      <c r="T4" s="9" t="s">
+      <c r="B24" s="4">
+        <v>4162</v>
+      </c>
+      <c r="C24" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="D24" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" s="6">
+        <v>232.32</v>
+      </c>
+      <c r="F24" s="6">
+        <v>205.7</v>
+      </c>
+      <c r="G24" s="8">
+        <v>438.02</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7">
+      <c r="A25" s="4">
+        <v>21</v>
+      </c>
+      <c r="B25" s="4">
+        <v>2388</v>
+      </c>
+      <c r="C25" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="D25" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" s="6">
+        <v>236.12</v>
+      </c>
+      <c r="F25" s="6">
+        <v>202.04</v>
+      </c>
+      <c r="G25" s="8">
+        <v>438.16</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7">
+      <c r="A26" s="4">
+        <v>22</v>
+      </c>
+      <c r="B26" s="4">
+        <v>3957</v>
+      </c>
+      <c r="C26" s="4" t="s">
+        <v>103</v>
+      </c>
+      <c r="D26" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" s="6">
+        <v>236.63</v>
+      </c>
+      <c r="F26" s="6">
+        <v>212.3</v>
+      </c>
+      <c r="G26" s="8">
+        <v>448.93</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7">
+      <c r="A27" s="4">
         <v>23</v>
       </c>
-      <c r="U4" s="9" t="s">
-[...5 lines deleted...]
-      <c r="W4" s="18" t="s">
+      <c r="B27" s="4">
+        <v>4123</v>
+      </c>
+      <c r="C27" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="D27" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" s="6">
+        <v>242.46</v>
+      </c>
+      <c r="F27" s="6">
+        <v>214.01</v>
+      </c>
+      <c r="G27" s="8">
+        <v>456.47</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7">
+      <c r="A28" s="4">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="5" t="s">
+      <c r="B28" s="4">
+        <v>2217</v>
+      </c>
+      <c r="C28" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="D28" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" s="6">
+        <v>241.96</v>
+      </c>
+      <c r="F28" s="6">
+        <v>225.24</v>
+      </c>
+      <c r="G28" s="8">
+        <v>467.2</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7">
+      <c r="A29" s="4">
         <v>25</v>
       </c>
-      <c r="B5" s="5" t="s">
-[...20 lines deleted...]
-      <c r="I5" s="16" t="s">
+      <c r="B29" s="4">
+        <v>4143</v>
+      </c>
+      <c r="C29" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="D29" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" s="6">
+        <v>251.34</v>
+      </c>
+      <c r="F29" s="6">
+        <v>242.33</v>
+      </c>
+      <c r="G29" s="8">
+        <v>493.67</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7">
+      <c r="A30" s="4">
+        <v>26</v>
+      </c>
+      <c r="B30" s="4">
+        <v>1661</v>
+      </c>
+      <c r="C30" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="D30" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" s="6">
+        <v>283.06</v>
+      </c>
+      <c r="F30" s="6">
+        <v>220.84</v>
+      </c>
+      <c r="G30" s="8">
+        <v>503.9</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7">
+      <c r="A31" s="4">
+        <v>27</v>
+      </c>
+      <c r="B31" s="4">
+        <v>2712</v>
+      </c>
+      <c r="C31" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="D31" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" s="6">
+        <v>265.8</v>
+      </c>
+      <c r="F31" s="6">
+        <v>259.43</v>
+      </c>
+      <c r="G31" s="8">
+        <v>525.23</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7">
+      <c r="A32" s="4">
         <v>28</v>
       </c>
-      <c r="J5" s="10">
-[...43 lines deleted...]
-      <c r="A6" s="6" t="s">
+      <c r="B32" s="4">
+        <v>2210</v>
+      </c>
+      <c r="C32" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="D32" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" s="6">
+        <v>285.34</v>
+      </c>
+      <c r="F32" s="6">
+        <v>240.87</v>
+      </c>
+      <c r="G32" s="8">
+        <v>526.21</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7">
+      <c r="A33" s="4">
         <v>29</v>
       </c>
-      <c r="B6" s="6" t="s">
-[...67 lines deleted...]
-      <c r="A7" s="7" t="s">
+      <c r="B33" s="4">
+        <v>4142</v>
+      </c>
+      <c r="C33" s="4" t="s">
+        <v>110</v>
+      </c>
+      <c r="D33" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" s="6">
+        <v>281.53</v>
+      </c>
+      <c r="F33" s="6">
+        <v>267.73</v>
+      </c>
+      <c r="G33" s="8">
+        <v>549.26</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7">
+      <c r="A34" s="4">
+        <v>30</v>
+      </c>
+      <c r="B34" s="4">
+        <v>1828</v>
+      </c>
+      <c r="C34" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="D34" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" s="6">
+        <v>292.95</v>
+      </c>
+      <c r="F34" s="6">
+        <v>262.85</v>
+      </c>
+      <c r="G34" s="8">
+        <v>555.8</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7">
+      <c r="A35" s="4">
+        <v>31</v>
+      </c>
+      <c r="B35" s="4">
+        <v>3883</v>
+      </c>
+      <c r="C35" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="D35" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" s="6">
+        <v>312.23</v>
+      </c>
+      <c r="F35" s="6">
+        <v>258.69</v>
+      </c>
+      <c r="G35" s="8">
+        <v>570.92</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7">
+      <c r="A36" s="4">
         <v>32</v>
       </c>
-      <c r="B7" s="7" t="s">
-[...641 lines deleted...]
-      <c r="C16" s="8" t="s">
+      <c r="B36" s="4">
+        <v>3927</v>
+      </c>
+      <c r="C36" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="D36" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" s="6">
+        <v>291.43</v>
+      </c>
+      <c r="F36" s="6">
+        <v>286.53</v>
+      </c>
+      <c r="G36" s="8">
+        <v>577.96</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7">
+      <c r="A37" s="4">
+        <v>33</v>
+      </c>
+      <c r="B37" s="4">
+        <v>1923</v>
+      </c>
+      <c r="C37" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="D37" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" s="6">
+        <v>305.63</v>
+      </c>
+      <c r="F37" s="6">
+        <v>282.87</v>
+      </c>
+      <c r="G37" s="8">
+        <v>588.5</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7">
+      <c r="A38" s="4">
+        <v>34</v>
+      </c>
+      <c r="B38" s="4">
+        <v>3371</v>
+      </c>
+      <c r="C38" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="D38" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E38" s="6">
+        <v>331.51</v>
+      </c>
+      <c r="F38" s="6">
+        <v>284.58</v>
+      </c>
+      <c r="G38" s="8">
+        <v>616.09</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7">
+      <c r="A39" s="4">
+        <v>35</v>
+      </c>
+      <c r="B39" s="4">
+        <v>4166</v>
+      </c>
+      <c r="C39" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="D39" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" s="6">
+        <v>349.27</v>
+      </c>
+      <c r="F39" s="6">
+        <v>295.81</v>
+      </c>
+      <c r="G39" s="8">
+        <v>645.08</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7">
+      <c r="A40" s="4">
+        <v>36</v>
+      </c>
+      <c r="B40" s="4">
+        <v>3774</v>
+      </c>
+      <c r="C40" s="4" t="s">
         <v>117</v>
       </c>
-      <c r="D16" s="8">
-[...1727 lines deleted...]
-      <c r="L40" s="13">
+      <c r="D40" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E40" s="6">
         <v>330.75</v>
       </c>
-      <c r="M40" s="13">
+      <c r="F40" s="6">
         <v>319.99</v>
       </c>
-      <c r="N40" s="14" t="s">
-[...31 lines deleted...]
-      <c r="A41" s="8">
+      <c r="G40" s="8">
+        <v>650.74</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7">
+      <c r="A41" s="4">
         <v>37</v>
       </c>
-      <c r="B41" s="8" t="s">
-[...29 lines deleted...]
-      <c r="L41" s="13">
+      <c r="B41" s="4">
+        <v>1882</v>
+      </c>
+      <c r="C41" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="D41" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E41" s="6">
         <v>325.17</v>
       </c>
-      <c r="M41" s="13">
+      <c r="F41" s="6">
         <v>328.54</v>
       </c>
-      <c r="N41" s="14" t="s">
-[...37 lines deleted...]
-        <v>87</v>
+      <c r="G41" s="8">
+        <v>653.71</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:V1"/>
-[...2 lines deleted...]
-    <mergeCell ref="A45:W45"/>
+    <mergeCell ref="A1:G1"/>
+    <mergeCell ref="A2:G2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T42"/>
+  <dimension ref="A1:F38"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A42" sqref="A42"/>
+      <selection activeCell="A4" sqref="A4:F38"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
-[...17 lines deleted...]
-    <col min="19" max="19" width="15" customWidth="true" style="0"/>
+    <col min="1" max="1" width="6" customWidth="true" style="0"/>
+    <col min="2" max="2" width="14" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="14" customWidth="true" style="0"/>
+    <col min="5" max="5" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:20">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:20" customHeight="1" ht="150">
-      <c r="A4" s="4" t="s">
+    <row r="4" spans="1:6" customHeight="1" ht="150">
+      <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B4" s="4" t="s">
+      <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="4" t="s">
+      <c r="C4" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="D4" s="4" t="s">
+      <c r="D4" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6">
+      <c r="A5" s="4">
+        <v>1</v>
+      </c>
+      <c r="B5" s="4">
+        <v>2172</v>
+      </c>
+      <c r="C5" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="D5" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" s="6">
+        <v>399.42</v>
+      </c>
+      <c r="F5" s="8">
+        <v>399.42</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6">
+      <c r="A6" s="4">
+        <v>2</v>
+      </c>
+      <c r="B6" s="4">
+        <v>1667</v>
+      </c>
+      <c r="C6" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="D6" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" s="6">
+        <v>423.32</v>
+      </c>
+      <c r="F6" s="8">
+        <v>423.32</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6">
+      <c r="A7" s="4">
+        <v>3</v>
+      </c>
+      <c r="B7" s="4">
+        <v>1757</v>
+      </c>
+      <c r="C7" s="4" t="s">
+        <v>122</v>
+      </c>
+      <c r="D7" s="6">
+        <v>252.41</v>
+      </c>
+      <c r="E7" s="6">
+        <v>244.05</v>
+      </c>
+      <c r="F7" s="8">
+        <v>496.46</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6">
+      <c r="A8" s="4">
+        <v>4</v>
+      </c>
+      <c r="B8" s="4">
+        <v>1805</v>
+      </c>
+      <c r="C8" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="D8" s="6">
+        <v>242.69</v>
+      </c>
+      <c r="E8" s="6">
+        <v>262.83</v>
+      </c>
+      <c r="F8" s="8">
+        <v>505.52</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6">
+      <c r="A9" s="4">
         <v>5</v>
       </c>
-      <c r="E4" s="9" t="s">
+      <c r="B9" s="4">
+        <v>4045</v>
+      </c>
+      <c r="C9" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="D9" s="6">
+        <v>242.94</v>
+      </c>
+      <c r="E9" s="6">
+        <v>266.49</v>
+      </c>
+      <c r="F9" s="8">
+        <v>509.43</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6">
+      <c r="A10" s="4">
         <v>6</v>
       </c>
-      <c r="F4" s="9" t="s">
+      <c r="B10" s="4">
+        <v>3115</v>
+      </c>
+      <c r="C10" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="D10" s="6">
+        <v>280.81</v>
+      </c>
+      <c r="E10" s="6">
+        <v>276.73</v>
+      </c>
+      <c r="F10" s="8">
+        <v>557.54</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6">
+      <c r="A11" s="4">
         <v>7</v>
       </c>
-      <c r="G4" s="9" t="s">
+      <c r="B11" s="4">
+        <v>2547</v>
+      </c>
+      <c r="C11" s="4" t="s">
+        <v>126</v>
+      </c>
+      <c r="D11" s="6">
+        <v>276.83</v>
+      </c>
+      <c r="E11" s="6">
+        <v>303.56</v>
+      </c>
+      <c r="F11" s="8">
+        <v>580.39</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6">
+      <c r="A12" s="4">
+        <v>8</v>
+      </c>
+      <c r="B12" s="4">
+        <v>1898</v>
+      </c>
+      <c r="C12" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="D12" s="6">
+        <v>284.55</v>
+      </c>
+      <c r="E12" s="6">
+        <v>296.0</v>
+      </c>
+      <c r="F12" s="8">
+        <v>580.55</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6">
+      <c r="A13" s="4">
         <v>9</v>
       </c>
-      <c r="H4" s="9" t="s">
+      <c r="B13" s="4">
+        <v>3359</v>
+      </c>
+      <c r="C13" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="D13" s="6">
+        <v>294.52</v>
+      </c>
+      <c r="E13" s="6">
+        <v>286.25</v>
+      </c>
+      <c r="F13" s="8">
+        <v>580.77</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6">
+      <c r="A14" s="4">
         <v>10</v>
       </c>
-      <c r="I4" s="9" t="s">
-[...2 lines deleted...]
-      <c r="J4" s="9" t="s">
+      <c r="B14" s="4">
+        <v>1775</v>
+      </c>
+      <c r="C14" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="D14" s="6">
+        <v>291.28</v>
+      </c>
+      <c r="E14" s="6">
+        <v>293.32</v>
+      </c>
+      <c r="F14" s="8">
+        <v>584.6</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6">
+      <c r="A15" s="4">
+        <v>11</v>
+      </c>
+      <c r="B15" s="4">
+        <v>4058</v>
+      </c>
+      <c r="C15" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="D15" s="6">
+        <v>321.18</v>
+      </c>
+      <c r="E15" s="6">
+        <v>295.27</v>
+      </c>
+      <c r="F15" s="8">
+        <v>616.45</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6">
+      <c r="A16" s="4">
         <v>12</v>
       </c>
-      <c r="K4" s="9" t="s">
+      <c r="B16" s="4">
+        <v>4094</v>
+      </c>
+      <c r="C16" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="D16" s="6">
+        <v>300.0</v>
+      </c>
+      <c r="E16" s="6">
+        <v>340.39</v>
+      </c>
+      <c r="F16" s="8">
+        <v>640.39</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6">
+      <c r="A17" s="4">
         <v>13</v>
       </c>
-      <c r="L4" s="9" t="s">
+      <c r="B17" s="4">
+        <v>4044</v>
+      </c>
+      <c r="C17" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="D17" s="6">
+        <v>316.19</v>
+      </c>
+      <c r="E17" s="6">
+        <v>326.25</v>
+      </c>
+      <c r="F17" s="8">
+        <v>642.44</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6">
+      <c r="A18" s="4">
         <v>14</v>
       </c>
-      <c r="M4" s="9" t="s">
+      <c r="B18" s="4">
+        <v>4033</v>
+      </c>
+      <c r="C18" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="D18" s="6">
+        <v>328.9</v>
+      </c>
+      <c r="E18" s="6">
+        <v>315.03</v>
+      </c>
+      <c r="F18" s="8">
+        <v>643.93</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6">
+      <c r="A19" s="4">
         <v>15</v>
       </c>
-      <c r="N4" s="9" t="s">
+      <c r="B19" s="4">
+        <v>1760</v>
+      </c>
+      <c r="C19" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="D19" s="6">
+        <v>328.16</v>
+      </c>
+      <c r="E19" s="6">
+        <v>319.42</v>
+      </c>
+      <c r="F19" s="8">
+        <v>647.58</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6">
+      <c r="A20" s="4">
         <v>16</v>
       </c>
-      <c r="O4" s="9" t="s">
+      <c r="B20" s="4">
+        <v>2238</v>
+      </c>
+      <c r="C20" s="4" t="s">
+        <v>135</v>
+      </c>
+      <c r="D20" s="6">
+        <v>358.3</v>
+      </c>
+      <c r="E20" s="6">
+        <v>291.61</v>
+      </c>
+      <c r="F20" s="8">
+        <v>649.91</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6">
+      <c r="A21" s="4">
+        <v>17</v>
+      </c>
+      <c r="B21" s="4">
+        <v>2944</v>
+      </c>
+      <c r="C21" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="D21" s="6">
+        <v>317.69</v>
+      </c>
+      <c r="E21" s="6">
+        <v>338.2</v>
+      </c>
+      <c r="F21" s="8">
+        <v>655.89</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6">
+      <c r="A22" s="4">
+        <v>18</v>
+      </c>
+      <c r="B22" s="4">
+        <v>1689</v>
+      </c>
+      <c r="C22" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="D22" s="6">
+        <v>336.63</v>
+      </c>
+      <c r="E22" s="6">
+        <v>324.05</v>
+      </c>
+      <c r="F22" s="8">
+        <v>660.68</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6">
+      <c r="A23" s="4">
         <v>19</v>
       </c>
-      <c r="P4" s="9" t="s">
+      <c r="B23" s="4">
+        <v>4088</v>
+      </c>
+      <c r="C23" s="4" t="s">
+        <v>138</v>
+      </c>
+      <c r="D23" s="6">
+        <v>339.87</v>
+      </c>
+      <c r="E23" s="6">
+        <v>338.44</v>
+      </c>
+      <c r="F23" s="8">
+        <v>678.31</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6">
+      <c r="A24" s="4">
         <v>20</v>
       </c>
-      <c r="Q4" s="9" t="s">
+      <c r="B24" s="4">
+        <v>4113</v>
+      </c>
+      <c r="C24" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="D24" s="6">
+        <v>349.58</v>
+      </c>
+      <c r="E24" s="6">
+        <v>329.17</v>
+      </c>
+      <c r="F24" s="8">
+        <v>678.75</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6">
+      <c r="A25" s="4">
+        <v>21</v>
+      </c>
+      <c r="B25" s="4">
+        <v>4016</v>
+      </c>
+      <c r="C25" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="D25" s="6">
+        <v>342.61</v>
+      </c>
+      <c r="E25" s="6">
+        <v>341.85</v>
+      </c>
+      <c r="F25" s="8">
+        <v>684.46</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6">
+      <c r="A26" s="4">
+        <v>22</v>
+      </c>
+      <c r="B26" s="4">
+        <v>2325</v>
+      </c>
+      <c r="C26" s="4" t="s">
+        <v>141</v>
+      </c>
+      <c r="D26" s="6">
+        <v>343.85</v>
+      </c>
+      <c r="E26" s="6">
+        <v>348.68</v>
+      </c>
+      <c r="F26" s="8">
+        <v>692.53</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6">
+      <c r="A27" s="4">
         <v>23</v>
       </c>
-      <c r="R4" s="9" t="s">
-[...5 lines deleted...]
-      <c r="T4" s="18" t="s">
+      <c r="B27" s="4">
+        <v>3391</v>
+      </c>
+      <c r="C27" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="D27" s="6">
+        <v>358.3</v>
+      </c>
+      <c r="E27" s="6">
+        <v>342.83</v>
+      </c>
+      <c r="F27" s="8">
+        <v>701.13</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6">
+      <c r="A28" s="4">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="5" t="s">
+      <c r="B28" s="4">
+        <v>1742</v>
+      </c>
+      <c r="C28" s="4" t="s">
+        <v>143</v>
+      </c>
+      <c r="D28" s="6">
+        <v>343.35</v>
+      </c>
+      <c r="E28" s="6">
+        <v>362.34</v>
+      </c>
+      <c r="F28" s="8">
+        <v>705.69</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6">
+      <c r="A29" s="4">
         <v>25</v>
       </c>
-      <c r="B5" s="5" t="s">
-[...17 lines deleted...]
-      <c r="H5" s="16" t="s">
+      <c r="B29" s="4">
+        <v>3099</v>
+      </c>
+      <c r="C29" s="4" t="s">
+        <v>144</v>
+      </c>
+      <c r="D29" s="6">
+        <v>346.59</v>
+      </c>
+      <c r="E29" s="6">
+        <v>361.12</v>
+      </c>
+      <c r="F29" s="8">
+        <v>707.71</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6">
+      <c r="A30" s="4">
+        <v>26</v>
+      </c>
+      <c r="B30" s="4">
+        <v>4074</v>
+      </c>
+      <c r="C30" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="D30" s="6">
+        <v>353.82</v>
+      </c>
+      <c r="E30" s="6">
+        <v>377.95</v>
+      </c>
+      <c r="F30" s="8">
+        <v>731.77</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6">
+      <c r="A31" s="4">
+        <v>27</v>
+      </c>
+      <c r="B31" s="4">
+        <v>2357</v>
+      </c>
+      <c r="C31" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="D31" s="6">
+        <v>384.47</v>
+      </c>
+      <c r="E31" s="6">
+        <v>349.17</v>
+      </c>
+      <c r="F31" s="8">
+        <v>733.64</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6">
+      <c r="A32" s="4">
         <v>28</v>
       </c>
-      <c r="I5" s="10">
-[...37 lines deleted...]
-      <c r="A6" s="6" t="s">
+      <c r="B32" s="4">
+        <v>3389</v>
+      </c>
+      <c r="C32" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="D32" s="6">
+        <v>362.54</v>
+      </c>
+      <c r="E32" s="6">
+        <v>371.61</v>
+      </c>
+      <c r="F32" s="8">
+        <v>734.15</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6">
+      <c r="A33" s="4">
         <v>29</v>
       </c>
-      <c r="B6" s="6" t="s">
-[...58 lines deleted...]
-      <c r="A7" s="7" t="s">
+      <c r="B33" s="4">
+        <v>4059</v>
+      </c>
+      <c r="C33" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="D33" s="6">
+        <v>381.23</v>
+      </c>
+      <c r="E33" s="6">
+        <v>366.0</v>
+      </c>
+      <c r="F33" s="8">
+        <v>747.23</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6">
+      <c r="A34" s="4">
+        <v>30</v>
+      </c>
+      <c r="B34" s="4">
+        <v>1695</v>
+      </c>
+      <c r="C34" s="4" t="s">
+        <v>149</v>
+      </c>
+      <c r="D34" s="6">
+        <v>382.22</v>
+      </c>
+      <c r="E34" s="6">
+        <v>370.64</v>
+      </c>
+      <c r="F34" s="8">
+        <v>752.86</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6">
+      <c r="A35" s="4">
+        <v>31</v>
+      </c>
+      <c r="B35" s="4">
+        <v>2220</v>
+      </c>
+      <c r="C35" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="D35" s="6">
+        <v>387.46</v>
+      </c>
+      <c r="E35" s="6">
+        <v>368.44</v>
+      </c>
+      <c r="F35" s="8">
+        <v>755.9</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6">
+      <c r="A36" s="4">
         <v>32</v>
       </c>
-      <c r="B7" s="7" t="s">
-[...2 lines deleted...]
-      <c r="C7" s="7" t="s">
+      <c r="B36" s="4">
+        <v>4152</v>
+      </c>
+      <c r="C36" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="D36" s="6">
+        <v>381.98</v>
+      </c>
+      <c r="E36" s="6">
+        <v>376.73</v>
+      </c>
+      <c r="F36" s="8">
+        <v>758.71</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6">
+      <c r="A37" s="4">
+        <v>33</v>
+      </c>
+      <c r="B37" s="4">
+        <v>1753</v>
+      </c>
+      <c r="C37" s="4" t="s">
+        <v>152</v>
+      </c>
+      <c r="D37" s="6">
+        <v>391.44</v>
+      </c>
+      <c r="E37" s="6">
+        <v>408.68</v>
+      </c>
+      <c r="F37" s="8">
+        <v>800.12</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6">
+      <c r="A38" s="4">
         <v>34</v>
       </c>
-      <c r="D7" s="7">
-[...1818 lines deleted...]
-      <c r="K36" s="13">
+      <c r="B38" s="4">
+        <v>4106</v>
+      </c>
+      <c r="C38" s="4" t="s">
+        <v>153</v>
+      </c>
+      <c r="D38" s="6">
         <v>421.84</v>
       </c>
-      <c r="L36" s="13">
+      <c r="E38" s="6">
         <v>384.05</v>
       </c>
-      <c r="M36" s="14" t="s">
-[...155 lines deleted...]
-        <v>87</v>
+      <c r="F38" s="8">
+        <v>805.89</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:S1"/>
-[...2 lines deleted...]
-    <mergeCell ref="A42:T42"/>
+    <mergeCell ref="A1:F1"/>
+    <mergeCell ref="A2:F2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
@@ -11184,31 +4275,31 @@
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>Mężczyźni - Junior młodszy</vt:lpstr>
       <vt:lpstr>Mężczyźni - Młodzik</vt:lpstr>
       <vt:lpstr>Kobiety - Junior młodszy</vt:lpstr>
       <vt:lpstr>Kobiety - Młodzik</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>System Rankingowy</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Polpunkty SG - Wydarzenia</dc:title>
-  <dc:description>Ranking zawodników z rozbiciem na wydarzenia i kategorie</dc:description>
+  <dc:description>Ranking zawodników z rozbiciem na wydarzenia</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category>Sport</cp:category>
 </cp:coreProperties>
 </file>