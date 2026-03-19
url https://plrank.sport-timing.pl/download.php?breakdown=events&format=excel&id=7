--- v1 (2026-02-01)
+++ v2 (2026-03-19)
@@ -18,62 +18,59 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Mężczyźni - Junior młodszy" sheetId="1" r:id="rId4"/>
     <sheet name="Mężczyźni - Młodzik" sheetId="2" r:id="rId5"/>
     <sheet name="Kobiety - Junior młodszy" sheetId="3" r:id="rId6"/>
     <sheet name="Kobiety - Młodzik" sheetId="4" r:id="rId7"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="154">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="153">
   <si>
     <t>Polpunkty SG - Mężczyźni - Junior młodszy</t>
   </si>
   <si>
     <t>Sezon: 2024/2025 | Typ licencji: ZJAZDY</t>
   </si>
   <si>
     <t>Poz.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Licencja</t>
   </si>
   <si>
     <t>Zawodnik</t>
   </si>
   <si>
     <t>Bazowe SG
 01.12.2024</t>
   </si>
   <si>
     <t>PolPunkty SG 1
 10.01.2025</t>
   </si>
   <si>
     <t>PolPunkty SG 2
 14.02.2025</t>
   </si>
   <si>
     <t>Punkty</t>
   </si>
   <si>
     <t>Jan Miłosz</t>
   </si>
   <si>
     <t>Konstanty Tryzna</t>
   </si>
@@ -904,3350 +901,3114 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G43"/>
+  <dimension ref="A1:F43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A4" sqref="A4:G43"/>
+      <selection activeCell="A4" sqref="A4:F43"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="true" style="0"/>
-    <col min="2" max="2" width="14" customWidth="true" style="0"/>
-    <col min="3" max="3" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
-    <col min="6" max="6" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7">
+    <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:7">
+    <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:7" customHeight="1" ht="150">
+    <row r="4" spans="1:6" customHeight="1" ht="150">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="F4" s="5" t="s">
+      <c r="F4" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="G4" s="3" t="s">
-[...3 lines deleted...]
-    <row r="5" spans="1:7">
+    </row>
+    <row r="5" spans="1:6">
       <c r="A5" s="4">
         <v>1</v>
       </c>
-      <c r="B5" s="4">
-[...3 lines deleted...]
-        <v>9</v>
+      <c r="B5" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C5" s="6">
+        <v>14.55</v>
       </c>
       <c r="D5" s="6">
+        <v>131.21</v>
+      </c>
+      <c r="E5" s="6">
+        <v>93.09</v>
+      </c>
+      <c r="F5" s="8">
         <v>14.55</v>
       </c>
-      <c r="E5" s="6">
-[...9 lines deleted...]
-    <row r="6" spans="1:7">
+    </row>
+    <row r="6" spans="1:6">
       <c r="A6" s="4">
         <v>2</v>
       </c>
-      <c r="B6" s="4">
-[...5 lines deleted...]
-      <c r="D6" s="6">
+      <c r="B6" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" s="6">
         <v>30.68</v>
       </c>
+      <c r="D6" s="7" t="s">
+        <v>10</v>
+      </c>
       <c r="E6" s="7" t="s">
-        <v>11</v>
-[...4 lines deleted...]
-      <c r="G6" s="8">
+        <v>10</v>
+      </c>
+      <c r="F6" s="8">
         <v>30.68</v>
       </c>
     </row>
-    <row r="7" spans="1:7">
+    <row r="7" spans="1:6">
       <c r="A7" s="4">
         <v>3</v>
       </c>
-      <c r="B7" s="4">
-[...5 lines deleted...]
-      <c r="D7" s="6">
+      <c r="B7" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C7" s="6">
         <v>58.23</v>
       </c>
+      <c r="D7" s="7" t="s">
+        <v>10</v>
+      </c>
       <c r="E7" s="7" t="s">
-        <v>11</v>
-[...4 lines deleted...]
-      <c r="G7" s="8">
+        <v>10</v>
+      </c>
+      <c r="F7" s="8">
         <v>58.23</v>
       </c>
     </row>
-    <row r="8" spans="1:7">
+    <row r="8" spans="1:6">
       <c r="A8" s="4">
         <v>4</v>
       </c>
-      <c r="B8" s="4">
-[...3 lines deleted...]
-        <v>13</v>
+      <c r="B8" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C8" s="6">
+        <v>69.62</v>
       </c>
       <c r="D8" s="6">
+        <v>145.34</v>
+      </c>
+      <c r="E8" s="6">
+        <v>122.91</v>
+      </c>
+      <c r="F8" s="8">
         <v>69.62</v>
       </c>
-      <c r="E8" s="6">
-[...9 lines deleted...]
-    <row r="9" spans="1:7">
+    </row>
+    <row r="9" spans="1:6">
       <c r="A9" s="4">
         <v>5</v>
       </c>
-      <c r="B9" s="4">
-[...3 lines deleted...]
-        <v>14</v>
+      <c r="B9" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="C9" s="6">
+        <v>88.12</v>
       </c>
       <c r="D9" s="6">
+        <v>175.17</v>
+      </c>
+      <c r="E9" s="6">
+        <v>160.7</v>
+      </c>
+      <c r="F9" s="8">
         <v>88.12</v>
       </c>
-      <c r="E9" s="6">
-[...9 lines deleted...]
-    <row r="10" spans="1:7">
+    </row>
+    <row r="10" spans="1:6">
       <c r="A10" s="4">
         <v>6</v>
       </c>
-      <c r="B10" s="4">
-[...3 lines deleted...]
-        <v>15</v>
+      <c r="B10" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="C10" s="6">
+        <v>124.72</v>
       </c>
       <c r="D10" s="6">
+        <v>192.44</v>
+      </c>
+      <c r="E10" s="6">
+        <v>186.15</v>
+      </c>
+      <c r="F10" s="8">
         <v>124.72</v>
       </c>
-      <c r="E10" s="6">
-[...9 lines deleted...]
-    <row r="11" spans="1:7">
+    </row>
+    <row r="11" spans="1:6">
       <c r="A11" s="4">
         <v>7</v>
       </c>
-      <c r="B11" s="4">
-[...3 lines deleted...]
-        <v>16</v>
+      <c r="B11" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="C11" s="6">
+        <v>136.11</v>
       </c>
       <c r="D11" s="6">
+        <v>220.7</v>
+      </c>
+      <c r="E11" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="F11" s="8">
         <v>136.11</v>
       </c>
-      <c r="E11" s="6">
-[...9 lines deleted...]
-    <row r="12" spans="1:7">
+    </row>
+    <row r="12" spans="1:6">
       <c r="A12" s="4">
         <v>8</v>
       </c>
-      <c r="B12" s="4">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="B12" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="C12" s="6">
+        <v>143.59</v>
       </c>
       <c r="D12" s="6">
+        <v>204.21</v>
+      </c>
+      <c r="E12" s="6">
+        <v>177.67</v>
+      </c>
+      <c r="F12" s="8">
         <v>143.59</v>
       </c>
-      <c r="E12" s="6">
-[...9 lines deleted...]
-    <row r="13" spans="1:7">
+    </row>
+    <row r="13" spans="1:6">
       <c r="A13" s="4">
         <v>9</v>
       </c>
-      <c r="B13" s="4">
-[...2 lines deleted...]
-      <c r="C13" s="4" t="s">
+      <c r="B13" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C13" s="6">
+        <v>263.79</v>
+      </c>
+      <c r="D13" s="6">
+        <v>156.85</v>
+      </c>
+      <c r="E13" s="6">
+        <v>136.28</v>
+      </c>
+      <c r="F13" s="8">
+        <v>146.565</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6">
+      <c r="A14" s="4">
+        <v>10</v>
+      </c>
+      <c r="B14" s="4" t="s">
         <v>18</v>
       </c>
-      <c r="D13" s="6">
-[...20 lines deleted...]
-        <v>19</v>
+      <c r="C14" s="6">
+        <v>147.55</v>
       </c>
       <c r="D14" s="6">
+        <v>191.65</v>
+      </c>
+      <c r="E14" s="6">
+        <v>181.26</v>
+      </c>
+      <c r="F14" s="8">
         <v>147.55</v>
       </c>
-      <c r="E14" s="6">
-[...9 lines deleted...]
-    <row r="15" spans="1:7">
+    </row>
+    <row r="15" spans="1:6">
       <c r="A15" s="4">
         <v>11</v>
       </c>
-      <c r="B15" s="4">
-[...5 lines deleted...]
-      <c r="D15" s="6">
+      <c r="B15" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C15" s="6">
         <v>153.16</v>
       </c>
+      <c r="D15" s="7" t="s">
+        <v>10</v>
+      </c>
       <c r="E15" s="7" t="s">
-        <v>11</v>
-[...4 lines deleted...]
-      <c r="G15" s="8">
+        <v>10</v>
+      </c>
+      <c r="F15" s="8">
         <v>153.16</v>
       </c>
     </row>
-    <row r="16" spans="1:7">
+    <row r="16" spans="1:6">
       <c r="A16" s="4">
         <v>12</v>
       </c>
-      <c r="B16" s="4">
-[...5 lines deleted...]
-      <c r="D16" s="6">
+      <c r="B16" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C16" s="6">
         <v>163.49</v>
       </c>
+      <c r="D16" s="7" t="s">
+        <v>10</v>
+      </c>
       <c r="E16" s="7" t="s">
-        <v>11</v>
-[...4 lines deleted...]
-      <c r="G16" s="8">
+        <v>10</v>
+      </c>
+      <c r="F16" s="8">
         <v>163.49</v>
       </c>
     </row>
-    <row r="17" spans="1:7">
+    <row r="17" spans="1:6">
       <c r="A17" s="4">
         <v>13</v>
       </c>
-      <c r="B17" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B17" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C17" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D17" s="6">
+        <v>109.49</v>
       </c>
       <c r="E17" s="6">
-        <v>109.49</v>
-[...1 lines deleted...]
-      <c r="F17" s="6">
         <v>109.8</v>
       </c>
-      <c r="G17" s="8">
+      <c r="F17" s="8">
         <v>219.29</v>
       </c>
     </row>
-    <row r="18" spans="1:7">
+    <row r="18" spans="1:6">
       <c r="A18" s="4">
         <v>14</v>
       </c>
-      <c r="B18" s="4">
-[...8 lines deleted...]
-      <c r="E18" s="6">
+      <c r="B18" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C18" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D18" s="6">
         <v>224.36</v>
       </c>
-      <c r="F18" s="7" t="s">
-[...2 lines deleted...]
-      <c r="G18" s="8">
+      <c r="E18" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="F18" s="8">
         <v>224.36</v>
       </c>
     </row>
-    <row r="19" spans="1:7">
+    <row r="19" spans="1:6">
       <c r="A19" s="4">
         <v>15</v>
       </c>
-      <c r="B19" s="4">
-[...8 lines deleted...]
-      <c r="E19" s="6">
+      <c r="B19" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C19" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D19" s="6">
         <v>226.98</v>
       </c>
-      <c r="F19" s="7" t="s">
-[...2 lines deleted...]
-      <c r="G19" s="8">
+      <c r="E19" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="F19" s="8">
         <v>226.98</v>
       </c>
     </row>
-    <row r="20" spans="1:7">
+    <row r="20" spans="1:6">
       <c r="A20" s="4">
         <v>16</v>
       </c>
-      <c r="B20" s="4">
-[...3 lines deleted...]
-        <v>25</v>
+      <c r="B20" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C20" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D20" s="7" t="s">
-        <v>11</v>
-[...4 lines deleted...]
-      <c r="F20" s="6">
+        <v>10</v>
+      </c>
+      <c r="E20" s="6">
         <v>231.91</v>
       </c>
-      <c r="G20" s="8">
+      <c r="F20" s="8">
         <v>231.91</v>
       </c>
     </row>
-    <row r="21" spans="1:7">
+    <row r="21" spans="1:6">
       <c r="A21" s="4">
         <v>17</v>
       </c>
-      <c r="B21" s="4">
-[...8 lines deleted...]
-      <c r="E21" s="6">
+      <c r="B21" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C21" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D21" s="6">
         <v>247.39</v>
       </c>
-      <c r="F21" s="7" t="s">
-[...2 lines deleted...]
-      <c r="G21" s="8">
+      <c r="E21" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="F21" s="8">
         <v>247.39</v>
       </c>
     </row>
-    <row r="22" spans="1:7">
+    <row r="22" spans="1:6">
       <c r="A22" s="4">
         <v>18</v>
       </c>
-      <c r="B22" s="4">
-[...8 lines deleted...]
-      <c r="E22" s="6">
+      <c r="B22" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="C22" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D22" s="6">
         <v>258.89</v>
       </c>
-      <c r="F22" s="7" t="s">
-[...2 lines deleted...]
-      <c r="G22" s="8">
+      <c r="E22" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="F22" s="8">
         <v>258.89</v>
       </c>
     </row>
-    <row r="23" spans="1:7">
+    <row r="23" spans="1:6">
       <c r="A23" s="4">
         <v>19</v>
       </c>
-      <c r="B23" s="4">
-[...3 lines deleted...]
-        <v>28</v>
+      <c r="B23" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="C23" s="6">
+        <v>353.75</v>
       </c>
       <c r="D23" s="6">
-        <v>353.75</v>
-[...1 lines deleted...]
-      <c r="E23" s="6">
         <v>194.79</v>
       </c>
-      <c r="F23" s="7" t="s">
-[...2 lines deleted...]
-      <c r="G23" s="8">
+      <c r="E23" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="F23" s="8">
         <v>274.27</v>
       </c>
     </row>
-    <row r="24" spans="1:7">
+    <row r="24" spans="1:6">
       <c r="A24" s="4">
         <v>20</v>
       </c>
-      <c r="B24" s="4">
-[...8 lines deleted...]
-      <c r="E24" s="6">
+      <c r="B24" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="C24" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D24" s="6">
         <v>281.67</v>
       </c>
-      <c r="F24" s="7" t="s">
-[...2 lines deleted...]
-      <c r="G24" s="8">
+      <c r="E24" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="F24" s="8">
         <v>281.67</v>
       </c>
     </row>
-    <row r="25" spans="1:7">
+    <row r="25" spans="1:6">
       <c r="A25" s="4">
         <v>21</v>
       </c>
-      <c r="B25" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B25" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="C25" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D25" s="6">
+        <v>167.32</v>
       </c>
       <c r="E25" s="6">
-        <v>167.32</v>
-[...1 lines deleted...]
-      <c r="F25" s="6">
         <v>116.48</v>
       </c>
-      <c r="G25" s="8">
+      <c r="F25" s="8">
         <v>283.8</v>
       </c>
     </row>
-    <row r="26" spans="1:7">
+    <row r="26" spans="1:6">
       <c r="A26" s="4">
         <v>22</v>
       </c>
-      <c r="B26" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B26" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="C26" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D26" s="6">
+        <v>159.21</v>
       </c>
       <c r="E26" s="6">
-        <v>159.21</v>
-[...1 lines deleted...]
-      <c r="F26" s="6">
         <v>147.85</v>
       </c>
-      <c r="G26" s="8">
+      <c r="F26" s="8">
         <v>307.06</v>
       </c>
     </row>
-    <row r="27" spans="1:7">
+    <row r="27" spans="1:6">
       <c r="A27" s="4">
         <v>23</v>
       </c>
-      <c r="B27" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B27" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="C27" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D27" s="6">
+        <v>161.82</v>
       </c>
       <c r="E27" s="6">
-        <v>161.82</v>
-[...1 lines deleted...]
-      <c r="F27" s="6">
         <v>165.07</v>
       </c>
-      <c r="G27" s="8">
+      <c r="F27" s="8">
         <v>326.89</v>
       </c>
     </row>
-    <row r="28" spans="1:7">
+    <row r="28" spans="1:6">
       <c r="A28" s="4">
         <v>24</v>
       </c>
-      <c r="B28" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B28" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C28" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D28" s="6">
+        <v>169.41</v>
       </c>
       <c r="E28" s="6">
-        <v>169.41</v>
-[...1 lines deleted...]
-      <c r="F28" s="6">
         <v>157.61</v>
       </c>
-      <c r="G28" s="8">
+      <c r="F28" s="8">
         <v>327.02</v>
       </c>
     </row>
-    <row r="29" spans="1:7">
+    <row r="29" spans="1:6">
       <c r="A29" s="4">
         <v>25</v>
       </c>
-      <c r="B29" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B29" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="C29" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D29" s="6">
+        <v>172.81</v>
       </c>
       <c r="E29" s="6">
-        <v>172.81</v>
-[...1 lines deleted...]
-      <c r="F29" s="6">
         <v>158.64</v>
       </c>
-      <c r="G29" s="8">
+      <c r="F29" s="8">
         <v>331.45</v>
       </c>
     </row>
-    <row r="30" spans="1:7">
+    <row r="30" spans="1:6">
       <c r="A30" s="4">
         <v>26</v>
       </c>
-      <c r="B30" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B30" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="C30" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D30" s="6">
+        <v>175.95</v>
       </c>
       <c r="E30" s="6">
-        <v>175.95</v>
-[...1 lines deleted...]
-      <c r="F30" s="6">
         <v>163.53</v>
       </c>
-      <c r="G30" s="8">
+      <c r="F30" s="8">
         <v>339.48</v>
       </c>
     </row>
-    <row r="31" spans="1:7">
+    <row r="31" spans="1:6">
       <c r="A31" s="4">
         <v>27</v>
       </c>
-      <c r="B31" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B31" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C31" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D31" s="6">
+        <v>178.83</v>
       </c>
       <c r="E31" s="6">
-        <v>178.83</v>
-[...1 lines deleted...]
-      <c r="F31" s="6">
         <v>183.58</v>
       </c>
-      <c r="G31" s="8">
+      <c r="F31" s="8">
         <v>362.41</v>
       </c>
     </row>
-    <row r="32" spans="1:7">
+    <row r="32" spans="1:6">
       <c r="A32" s="4">
         <v>28</v>
       </c>
-      <c r="B32" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B32" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C32" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D32" s="6">
+        <v>181.45</v>
       </c>
       <c r="E32" s="6">
-        <v>181.45</v>
-[...1 lines deleted...]
-      <c r="F32" s="6">
         <v>185.89</v>
       </c>
-      <c r="G32" s="8">
+      <c r="F32" s="8">
         <v>367.34</v>
       </c>
     </row>
-    <row r="33" spans="1:7">
+    <row r="33" spans="1:6">
       <c r="A33" s="4">
         <v>29</v>
       </c>
-      <c r="B33" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B33" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C33" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D33" s="6">
+        <v>213.63</v>
       </c>
       <c r="E33" s="6">
-        <v>213.63</v>
-[...1 lines deleted...]
-      <c r="F33" s="6">
         <v>162.76</v>
       </c>
-      <c r="G33" s="8">
+      <c r="F33" s="8">
         <v>376.39</v>
       </c>
     </row>
-    <row r="34" spans="1:7">
+    <row r="34" spans="1:6">
       <c r="A34" s="4">
         <v>30</v>
       </c>
-      <c r="B34" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B34" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C34" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D34" s="6">
+        <v>134.09</v>
       </c>
       <c r="E34" s="6">
-        <v>134.09</v>
-[...1 lines deleted...]
-      <c r="F34" s="6">
         <v>262.5</v>
       </c>
-      <c r="G34" s="8">
+      <c r="F34" s="8">
         <v>396.59</v>
       </c>
     </row>
-    <row r="35" spans="1:7">
+    <row r="35" spans="1:6">
       <c r="A35" s="4">
         <v>31</v>
       </c>
-      <c r="B35" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B35" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C35" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D35" s="6">
+        <v>203.95</v>
       </c>
       <c r="E35" s="6">
-        <v>203.95</v>
-[...1 lines deleted...]
-      <c r="F35" s="6">
         <v>193.6</v>
       </c>
-      <c r="G35" s="8">
+      <c r="F35" s="8">
         <v>397.55</v>
       </c>
     </row>
-    <row r="36" spans="1:7">
+    <row r="36" spans="1:6">
       <c r="A36" s="4">
         <v>32</v>
       </c>
-      <c r="B36" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B36" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C36" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D36" s="6">
+        <v>197.67</v>
       </c>
       <c r="E36" s="6">
-        <v>197.67</v>
-[...1 lines deleted...]
-      <c r="F36" s="6">
         <v>214.43</v>
       </c>
-      <c r="G36" s="8">
+      <c r="F36" s="8">
         <v>412.1</v>
       </c>
     </row>
-    <row r="37" spans="1:7">
+    <row r="37" spans="1:6">
       <c r="A37" s="4">
         <v>33</v>
       </c>
-      <c r="B37" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B37" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C37" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D37" s="6">
+        <v>205.78</v>
       </c>
       <c r="E37" s="6">
-        <v>205.78</v>
-[...1 lines deleted...]
-      <c r="F37" s="6">
         <v>212.88</v>
       </c>
-      <c r="G37" s="8">
+      <c r="F37" s="8">
         <v>418.66</v>
       </c>
     </row>
-    <row r="38" spans="1:7">
+    <row r="38" spans="1:6">
       <c r="A38" s="4">
         <v>34</v>
       </c>
-      <c r="B38" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B38" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C38" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D38" s="6">
+        <v>223.58</v>
       </c>
       <c r="E38" s="6">
-        <v>223.58</v>
-[...1 lines deleted...]
-      <c r="F38" s="6">
         <v>203.63</v>
       </c>
-      <c r="G38" s="8">
+      <c r="F38" s="8">
         <v>427.21</v>
       </c>
     </row>
-    <row r="39" spans="1:7">
+    <row r="39" spans="1:6">
       <c r="A39" s="4">
         <v>35</v>
       </c>
-      <c r="B39" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B39" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C39" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D39" s="6">
+        <v>250.53</v>
       </c>
       <c r="E39" s="6">
-        <v>250.53</v>
-[...1 lines deleted...]
-      <c r="F39" s="6">
         <v>207.23</v>
       </c>
-      <c r="G39" s="8">
+      <c r="F39" s="8">
         <v>457.76</v>
       </c>
     </row>
-    <row r="40" spans="1:7">
+    <row r="40" spans="1:6">
       <c r="A40" s="4">
         <v>36</v>
       </c>
-      <c r="B40" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B40" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C40" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D40" s="6">
+        <v>231.43</v>
       </c>
       <c r="E40" s="6">
-        <v>231.43</v>
-[...1 lines deleted...]
-      <c r="F40" s="6">
         <v>229.34</v>
       </c>
-      <c r="G40" s="8">
+      <c r="F40" s="8">
         <v>460.77</v>
       </c>
     </row>
-    <row r="41" spans="1:7">
+    <row r="41" spans="1:6">
       <c r="A41" s="4">
         <v>37</v>
       </c>
-      <c r="B41" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B41" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C41" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D41" s="6">
+        <v>252.62</v>
       </c>
       <c r="E41" s="6">
-        <v>252.62</v>
-[...1 lines deleted...]
-      <c r="F41" s="6">
         <v>220.85</v>
       </c>
-      <c r="G41" s="8">
+      <c r="F41" s="8">
         <v>473.47</v>
       </c>
     </row>
-    <row r="42" spans="1:7">
+    <row r="42" spans="1:6">
       <c r="A42" s="4">
         <v>38</v>
       </c>
-      <c r="B42" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B42" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="C42" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D42" s="6">
+        <v>252.62</v>
       </c>
       <c r="E42" s="6">
-        <v>252.62</v>
-[...1 lines deleted...]
-      <c r="F42" s="6">
         <v>279.98</v>
       </c>
-      <c r="G42" s="8">
+      <c r="F42" s="8">
         <v>532.6</v>
       </c>
     </row>
-    <row r="43" spans="1:7">
+    <row r="43" spans="1:6">
       <c r="A43" s="4">
         <v>39</v>
       </c>
-      <c r="B43" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B43" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="C43" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D43" s="6">
+        <v>282.19</v>
       </c>
       <c r="E43" s="6">
-        <v>282.19</v>
-[...1 lines deleted...]
-      <c r="F43" s="6">
         <v>258.89</v>
       </c>
-      <c r="G43" s="8">
+      <c r="F43" s="8">
         <v>541.08</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:G1"/>
-    <mergeCell ref="A2:G2"/>
+    <mergeCell ref="A1:F1"/>
+    <mergeCell ref="A2:F2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F35"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A4" sqref="A4:F35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="true" style="0"/>
-    <col min="2" max="2" width="14" customWidth="true" style="0"/>
-    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6" customHeight="1" ht="150">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="E4" s="5" t="s">
+      <c r="F4" s="3" t="s">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="4">
         <v>1</v>
       </c>
-      <c r="B5" s="4">
-[...3 lines deleted...]
-        <v>50</v>
+      <c r="B5" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D5" s="6">
         <v>257.89</v>
       </c>
       <c r="E5" s="7" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F5" s="8">
         <v>257.89</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4">
         <v>2</v>
       </c>
-      <c r="B6" s="4">
-[...3 lines deleted...]
-        <v>51</v>
+      <c r="B6" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D6" s="7" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E6" s="6">
         <v>331.61</v>
       </c>
       <c r="F6" s="8">
         <v>331.61</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4">
         <v>3</v>
       </c>
-      <c r="B7" s="4">
-[...3 lines deleted...]
-        <v>52</v>
+      <c r="B7" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="C7" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D7" s="7" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E7" s="6">
         <v>380.6</v>
       </c>
       <c r="F7" s="8">
         <v>380.6</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="4">
         <v>4</v>
       </c>
-      <c r="B8" s="4">
-[...3 lines deleted...]
-        <v>53</v>
+      <c r="B8" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="C8" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D8" s="6">
         <v>430.03</v>
       </c>
       <c r="E8" s="7" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F8" s="8">
         <v>430.03</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="4">
         <v>5</v>
       </c>
-      <c r="B9" s="4">
-[...3 lines deleted...]
-        <v>54</v>
+      <c r="B9" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="C9" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D9" s="7" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E9" s="6">
         <v>470.39</v>
       </c>
       <c r="F9" s="8">
         <v>470.39</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="4">
         <v>6</v>
       </c>
-      <c r="B10" s="4">
-[...3 lines deleted...]
-        <v>55</v>
+      <c r="B10" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="C10" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D10" s="6">
         <v>239.49</v>
       </c>
       <c r="E10" s="6">
         <v>239.09</v>
       </c>
       <c r="F10" s="8">
         <v>478.58</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="4">
         <v>7</v>
       </c>
-      <c r="B11" s="4">
-[...3 lines deleted...]
-        <v>56</v>
+      <c r="B11" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="C11" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D11" s="6">
         <v>264.3</v>
       </c>
       <c r="E11" s="6">
         <v>248.29</v>
       </c>
       <c r="F11" s="8">
         <v>512.59</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="4">
         <v>8</v>
       </c>
-      <c r="B12" s="4">
-[...3 lines deleted...]
-        <v>57</v>
+      <c r="B12" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="C12" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D12" s="6">
         <v>286.8</v>
       </c>
       <c r="E12" s="6">
         <v>257.99</v>
       </c>
       <c r="F12" s="8">
         <v>544.79</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="4">
         <v>9</v>
       </c>
-      <c r="B13" s="4">
-[...3 lines deleted...]
-        <v>58</v>
+      <c r="B13" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="C13" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D13" s="6">
         <v>286.04</v>
       </c>
       <c r="E13" s="6">
         <v>273.91</v>
       </c>
       <c r="F13" s="8">
         <v>559.95</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="4">
         <v>10</v>
       </c>
-      <c r="B14" s="4">
-[...3 lines deleted...]
-        <v>59</v>
+      <c r="B14" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="C14" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D14" s="6">
         <v>318.01</v>
       </c>
       <c r="E14" s="6">
         <v>260.73</v>
       </c>
       <c r="F14" s="8">
         <v>578.74</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="4">
         <v>11</v>
       </c>
-      <c r="B15" s="4">
-[...3 lines deleted...]
-        <v>60</v>
+      <c r="B15" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="C15" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D15" s="6">
         <v>276.06</v>
       </c>
       <c r="E15" s="6">
         <v>310.72</v>
       </c>
       <c r="F15" s="8">
         <v>586.78</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="4">
         <v>12</v>
       </c>
-      <c r="B16" s="4">
-[...3 lines deleted...]
-        <v>61</v>
+      <c r="B16" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="C16" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D16" s="6">
         <v>283.48</v>
       </c>
       <c r="E16" s="6">
         <v>306.49</v>
       </c>
       <c r="F16" s="8">
         <v>589.97</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="4">
         <v>13</v>
       </c>
-      <c r="B17" s="4">
-[...3 lines deleted...]
-        <v>62</v>
+      <c r="B17" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="C17" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D17" s="6">
         <v>320.82</v>
       </c>
       <c r="E17" s="6">
         <v>286.34</v>
       </c>
       <c r="F17" s="8">
         <v>607.16</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="4">
         <v>14</v>
       </c>
-      <c r="B18" s="4">
-[...3 lines deleted...]
-        <v>63</v>
+      <c r="B18" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="C18" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D18" s="6">
         <v>293.71</v>
       </c>
       <c r="E18" s="6">
         <v>314.94</v>
       </c>
       <c r="F18" s="8">
         <v>608.65</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="4">
         <v>15</v>
       </c>
-      <c r="B19" s="4">
-[...3 lines deleted...]
-        <v>64</v>
+      <c r="B19" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C19" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D19" s="6">
         <v>339.75</v>
       </c>
       <c r="E19" s="6">
         <v>289.58</v>
       </c>
       <c r="F19" s="8">
         <v>629.33</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="4">
         <v>16</v>
       </c>
-      <c r="B20" s="4">
-[...3 lines deleted...]
-        <v>65</v>
+      <c r="B20" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="C20" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D20" s="6">
         <v>318.01</v>
       </c>
       <c r="E20" s="6">
         <v>311.46</v>
       </c>
       <c r="F20" s="8">
         <v>629.47</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="4">
         <v>17</v>
       </c>
-      <c r="B21" s="4">
-[...3 lines deleted...]
-        <v>66</v>
+      <c r="B21" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="C21" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D21" s="6">
         <v>325.17</v>
       </c>
       <c r="E21" s="6">
         <v>323.4</v>
       </c>
       <c r="F21" s="8">
         <v>648.57</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="4">
         <v>18</v>
       </c>
-      <c r="B22" s="4">
-[...3 lines deleted...]
-        <v>67</v>
+      <c r="B22" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C22" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D22" s="6">
         <v>327.98</v>
       </c>
       <c r="E22" s="6">
         <v>322.9</v>
       </c>
       <c r="F22" s="8">
         <v>650.88</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="4">
         <v>19</v>
       </c>
-      <c r="B23" s="4">
-[...3 lines deleted...]
-        <v>68</v>
+      <c r="B23" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="C23" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D23" s="6">
         <v>321.84</v>
       </c>
       <c r="E23" s="6">
         <v>340.06</v>
       </c>
       <c r="F23" s="8">
         <v>661.9</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="4">
         <v>20</v>
       </c>
-      <c r="B24" s="4">
-[...3 lines deleted...]
-        <v>69</v>
+      <c r="B24" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="C24" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D24" s="6">
         <v>324.91</v>
       </c>
       <c r="E24" s="6">
         <v>337.08</v>
       </c>
       <c r="F24" s="8">
         <v>661.99</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="4">
         <v>21</v>
       </c>
-      <c r="B25" s="4">
-[...3 lines deleted...]
-        <v>70</v>
+      <c r="B25" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="C25" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D25" s="6">
         <v>347.42</v>
       </c>
       <c r="E25" s="6">
         <v>327.13</v>
       </c>
       <c r="F25" s="8">
         <v>674.55</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="4">
         <v>22</v>
       </c>
-      <c r="B26" s="4">
-[...3 lines deleted...]
-        <v>71</v>
+      <c r="B26" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="C26" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D26" s="6">
         <v>344.86</v>
       </c>
       <c r="E26" s="6">
         <v>336.33</v>
       </c>
       <c r="F26" s="8">
         <v>681.19</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="4">
         <v>23</v>
       </c>
-      <c r="B27" s="4">
-[...3 lines deleted...]
-        <v>72</v>
+      <c r="B27" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="C27" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D27" s="6">
         <v>339.23</v>
       </c>
       <c r="E27" s="6">
         <v>342.55</v>
       </c>
       <c r="F27" s="8">
         <v>681.78</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="4">
         <v>24</v>
       </c>
-      <c r="B28" s="4">
-[...3 lines deleted...]
-        <v>73</v>
+      <c r="B28" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="C28" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D28" s="6">
         <v>374.78</v>
       </c>
       <c r="E28" s="6">
         <v>335.59</v>
       </c>
       <c r="F28" s="8">
         <v>710.37</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="4">
         <v>25</v>
       </c>
-      <c r="B29" s="4">
-[...3 lines deleted...]
-        <v>74</v>
+      <c r="B29" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="C29" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D29" s="6">
         <v>357.65</v>
       </c>
       <c r="E29" s="6">
         <v>370.16</v>
       </c>
       <c r="F29" s="8">
         <v>727.81</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="4">
         <v>26</v>
       </c>
-      <c r="B30" s="4">
-[...3 lines deleted...]
-        <v>75</v>
+      <c r="B30" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="C30" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D30" s="6">
         <v>373.25</v>
       </c>
       <c r="E30" s="6">
         <v>368.91</v>
       </c>
       <c r="F30" s="8">
         <v>742.16</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="4">
         <v>27</v>
       </c>
-      <c r="B31" s="4">
-[...3 lines deleted...]
-        <v>76</v>
+      <c r="B31" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C31" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D31" s="6">
         <v>387.57</v>
       </c>
       <c r="E31" s="6">
         <v>365.18</v>
       </c>
       <c r="F31" s="8">
         <v>752.75</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="4">
         <v>28</v>
       </c>
-      <c r="B32" s="4">
-[...3 lines deleted...]
-        <v>77</v>
+      <c r="B32" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="C32" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D32" s="6">
         <v>389.36</v>
       </c>
       <c r="E32" s="6">
         <v>391.05</v>
       </c>
       <c r="F32" s="8">
         <v>780.41</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" s="4">
         <v>29</v>
       </c>
-      <c r="B33" s="4">
-[...3 lines deleted...]
-        <v>78</v>
+      <c r="B33" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C33" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D33" s="6">
         <v>406.75</v>
       </c>
       <c r="E33" s="6">
         <v>390.55</v>
       </c>
       <c r="F33" s="8">
         <v>797.3</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="4">
         <v>30</v>
       </c>
-      <c r="B34" s="4">
-[...3 lines deleted...]
-        <v>79</v>
+      <c r="B34" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="C34" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D34" s="6">
         <v>411.36</v>
       </c>
       <c r="E34" s="6">
         <v>395.28</v>
       </c>
       <c r="F34" s="8">
         <v>806.64</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="4">
         <v>31</v>
       </c>
-      <c r="B35" s="4">
-[...3 lines deleted...]
-        <v>80</v>
+      <c r="B35" s="4" t="s">
+        <v>79</v>
+      </c>
+      <c r="C35" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D35" s="6">
         <v>391.15</v>
       </c>
       <c r="E35" s="6">
         <v>440.29</v>
       </c>
       <c r="F35" s="8">
         <v>831.44</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A2:F2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G41"/>
+  <dimension ref="A1:F41"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A4" sqref="A4:G41"/>
+      <selection activeCell="A4" sqref="A4:F41"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="true" style="0"/>
-    <col min="2" max="2" width="14" customWidth="true" style="0"/>
-    <col min="3" max="3" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
-    <col min="6" max="6" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7">
+    <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:7">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:7" customHeight="1" ht="150">
+    <row r="4" spans="1:6" customHeight="1" ht="150">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="F4" s="5" t="s">
+      <c r="F4" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="G4" s="3" t="s">
-[...3 lines deleted...]
-    <row r="5" spans="1:7">
+    </row>
+    <row r="5" spans="1:6">
       <c r="A5" s="4">
         <v>1</v>
       </c>
-      <c r="B5" s="4">
-[...3 lines deleted...]
-        <v>82</v>
+      <c r="B5" s="4" t="s">
+        <v>81</v>
+      </c>
+      <c r="C5" s="6">
+        <v>61.82</v>
       </c>
       <c r="D5" s="6">
+        <v>131.85</v>
+      </c>
+      <c r="E5" s="6">
+        <v>138.55</v>
+      </c>
+      <c r="F5" s="8">
         <v>61.82</v>
       </c>
-      <c r="E5" s="6">
-[...9 lines deleted...]
-    <row r="6" spans="1:7">
+    </row>
+    <row r="6" spans="1:6">
       <c r="A6" s="4">
         <v>2</v>
       </c>
-      <c r="B6" s="4">
-[...5 lines deleted...]
-      <c r="D6" s="6">
+      <c r="B6" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="C6" s="6">
         <v>98.22</v>
       </c>
+      <c r="D6" s="7" t="s">
+        <v>10</v>
+      </c>
       <c r="E6" s="7" t="s">
-        <v>11</v>
-[...4 lines deleted...]
-      <c r="G6" s="8">
+        <v>10</v>
+      </c>
+      <c r="F6" s="8">
         <v>98.22</v>
       </c>
     </row>
-    <row r="7" spans="1:7">
+    <row r="7" spans="1:6">
       <c r="A7" s="4">
         <v>3</v>
       </c>
-      <c r="B7" s="4">
-[...3 lines deleted...]
-        <v>84</v>
+      <c r="B7" s="4" t="s">
+        <v>83</v>
+      </c>
+      <c r="C7" s="6">
+        <v>142.36</v>
       </c>
       <c r="D7" s="6">
+        <v>314.01</v>
+      </c>
+      <c r="E7" s="6">
+        <v>195.45</v>
+      </c>
+      <c r="F7" s="8">
         <v>142.36</v>
       </c>
-      <c r="E7" s="6">
-[...9 lines deleted...]
-    <row r="8" spans="1:7">
+    </row>
+    <row r="8" spans="1:6">
       <c r="A8" s="4">
         <v>4</v>
       </c>
-      <c r="B8" s="4">
-[...3 lines deleted...]
-        <v>85</v>
+      <c r="B8" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="C8" s="6">
+        <v>148.55</v>
       </c>
       <c r="D8" s="6">
+        <v>211.26</v>
+      </c>
+      <c r="E8" s="6">
+        <v>197.16</v>
+      </c>
+      <c r="F8" s="8">
         <v>148.55</v>
       </c>
-      <c r="E8" s="6">
-[...9 lines deleted...]
-    <row r="9" spans="1:7">
+    </row>
+    <row r="9" spans="1:6">
       <c r="A9" s="4">
         <v>5</v>
       </c>
-      <c r="B9" s="4">
-[...3 lines deleted...]
-        <v>86</v>
+      <c r="B9" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="C9" s="6">
+        <v>176.83</v>
       </c>
       <c r="D9" s="6">
+        <v>249.57</v>
+      </c>
+      <c r="E9" s="6">
+        <v>233.79</v>
+      </c>
+      <c r="F9" s="8">
         <v>176.83</v>
       </c>
-      <c r="E9" s="6">
-[...9 lines deleted...]
-    <row r="10" spans="1:7">
+    </row>
+    <row r="10" spans="1:6">
       <c r="A10" s="4">
         <v>6</v>
       </c>
-      <c r="B10" s="4">
-[...3 lines deleted...]
-        <v>87</v>
+      <c r="B10" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="C10" s="6">
+        <v>181.8</v>
       </c>
       <c r="D10" s="6">
-        <v>181.8</v>
+        <v>199.59</v>
       </c>
       <c r="E10" s="6">
-        <v>199.59</v>
-[...1 lines deleted...]
-      <c r="F10" s="6">
         <v>175.42</v>
       </c>
-      <c r="G10" s="8">
+      <c r="F10" s="8">
         <v>178.61</v>
       </c>
     </row>
-    <row r="11" spans="1:7">
+    <row r="11" spans="1:6">
       <c r="A11" s="4">
         <v>7</v>
       </c>
-      <c r="B11" s="4">
-[...3 lines deleted...]
-        <v>88</v>
+      <c r="B11" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="C11" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D11" s="7" t="s">
-        <v>11</v>
-[...4 lines deleted...]
-      <c r="F11" s="6">
+        <v>10</v>
+      </c>
+      <c r="E11" s="6">
         <v>215.96</v>
       </c>
-      <c r="G11" s="8">
+      <c r="F11" s="8">
         <v>215.96</v>
       </c>
     </row>
-    <row r="12" spans="1:7">
+    <row r="12" spans="1:6">
       <c r="A12" s="4">
         <v>8</v>
       </c>
-      <c r="B12" s="4">
-[...3 lines deleted...]
-        <v>89</v>
+      <c r="B12" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="C12" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D12" s="7" t="s">
-        <v>11</v>
-[...4 lines deleted...]
-      <c r="F12" s="6">
+        <v>10</v>
+      </c>
+      <c r="E12" s="6">
         <v>221.09</v>
       </c>
-      <c r="G12" s="8">
+      <c r="F12" s="8">
         <v>221.09</v>
       </c>
     </row>
-    <row r="13" spans="1:7">
+    <row r="13" spans="1:6">
       <c r="A13" s="4">
         <v>9</v>
       </c>
-      <c r="B13" s="4">
-[...2 lines deleted...]
-      <c r="C13" s="4" t="s">
+      <c r="B13" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="C13" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D13" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E13" s="6">
+        <v>225.24</v>
+      </c>
+      <c r="F13" s="8">
+        <v>225.24</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6">
+      <c r="A14" s="4">
+        <v>10</v>
+      </c>
+      <c r="B14" s="4" t="s">
         <v>90</v>
       </c>
-      <c r="D13" s="7" t="s">
-[...22 lines deleted...]
-      <c r="D14" s="6">
+      <c r="C14" s="6">
         <v>225.92</v>
       </c>
+      <c r="D14" s="7" t="s">
+        <v>10</v>
+      </c>
       <c r="E14" s="7" t="s">
-        <v>11</v>
-[...4 lines deleted...]
-      <c r="G14" s="8">
+        <v>10</v>
+      </c>
+      <c r="F14" s="8">
         <v>225.92</v>
       </c>
     </row>
-    <row r="15" spans="1:7">
+    <row r="15" spans="1:6">
       <c r="A15" s="4">
         <v>11</v>
       </c>
-      <c r="B15" s="4">
-[...8 lines deleted...]
-      <c r="E15" s="6">
+      <c r="B15" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="C15" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D15" s="6">
         <v>263.77</v>
       </c>
-      <c r="F15" s="7" t="s">
-[...2 lines deleted...]
-      <c r="G15" s="8">
+      <c r="E15" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="F15" s="8">
         <v>263.77</v>
       </c>
     </row>
-    <row r="16" spans="1:7">
+    <row r="16" spans="1:6">
       <c r="A16" s="4">
         <v>12</v>
       </c>
-      <c r="B16" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B16" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="C16" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D16" s="6">
+        <v>149.1</v>
       </c>
       <c r="E16" s="6">
-        <v>149.1</v>
-[...1 lines deleted...]
-      <c r="F16" s="6">
         <v>122.43</v>
       </c>
-      <c r="G16" s="8">
+      <c r="F16" s="8">
         <v>271.53</v>
       </c>
     </row>
-    <row r="17" spans="1:7">
+    <row r="17" spans="1:6">
       <c r="A17" s="4">
         <v>13</v>
       </c>
-      <c r="B17" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B17" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="C17" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D17" s="6">
+        <v>205.68</v>
       </c>
       <c r="E17" s="6">
-        <v>205.68</v>
-[...1 lines deleted...]
-      <c r="F17" s="6">
         <v>182.26</v>
       </c>
-      <c r="G17" s="8">
+      <c r="F17" s="8">
         <v>387.94</v>
       </c>
     </row>
-    <row r="18" spans="1:7">
+    <row r="18" spans="1:6">
       <c r="A18" s="4">
         <v>14</v>
       </c>
-      <c r="B18" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B18" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="C18" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D18" s="6">
+        <v>210.5</v>
       </c>
       <c r="E18" s="6">
-        <v>210.5</v>
-[...1 lines deleted...]
-      <c r="F18" s="6">
         <v>182.99</v>
       </c>
-      <c r="G18" s="8">
+      <c r="F18" s="8">
         <v>393.49</v>
       </c>
     </row>
-    <row r="19" spans="1:7">
+    <row r="19" spans="1:6">
       <c r="A19" s="4">
         <v>15</v>
       </c>
-      <c r="B19" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B19" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C19" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D19" s="6">
+        <v>203.9</v>
       </c>
       <c r="E19" s="6">
-        <v>203.9</v>
-[...1 lines deleted...]
-      <c r="F19" s="6">
         <v>193.74</v>
       </c>
-      <c r="G19" s="8">
+      <c r="F19" s="8">
         <v>397.64</v>
       </c>
     </row>
-    <row r="20" spans="1:7">
+    <row r="20" spans="1:6">
       <c r="A20" s="4">
         <v>16</v>
       </c>
-      <c r="B20" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B20" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="C20" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D20" s="6">
+        <v>229.02</v>
       </c>
       <c r="E20" s="6">
-        <v>229.02</v>
-[...1 lines deleted...]
-      <c r="F20" s="6">
         <v>183.24</v>
       </c>
-      <c r="G20" s="8">
+      <c r="F20" s="8">
         <v>412.26</v>
       </c>
     </row>
-    <row r="21" spans="1:7">
+    <row r="21" spans="1:6">
       <c r="A21" s="4">
         <v>17</v>
       </c>
-      <c r="B21" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B21" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="C21" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D21" s="6">
+        <v>215.32</v>
       </c>
       <c r="E21" s="6">
-        <v>215.32</v>
-[...1 lines deleted...]
-      <c r="F21" s="6">
         <v>197.16</v>
       </c>
-      <c r="G21" s="8">
+      <c r="F21" s="8">
         <v>412.48</v>
       </c>
     </row>
-    <row r="22" spans="1:7">
+    <row r="22" spans="1:6">
       <c r="A22" s="4">
         <v>18</v>
       </c>
-      <c r="B22" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B22" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="C22" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D22" s="6">
+        <v>209.74</v>
       </c>
       <c r="E22" s="6">
-        <v>209.74</v>
-[...1 lines deleted...]
-      <c r="F22" s="6">
         <v>203.02</v>
       </c>
-      <c r="G22" s="8">
+      <c r="F22" s="8">
         <v>412.76</v>
       </c>
     </row>
-    <row r="23" spans="1:7">
+    <row r="23" spans="1:6">
       <c r="A23" s="4">
         <v>19</v>
       </c>
-      <c r="B23" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B23" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="C23" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D23" s="6">
+        <v>226.23</v>
       </c>
       <c r="E23" s="6">
-        <v>226.23</v>
-[...1 lines deleted...]
-      <c r="F23" s="6">
         <v>208.63</v>
       </c>
-      <c r="G23" s="8">
+      <c r="F23" s="8">
         <v>434.86</v>
       </c>
     </row>
-    <row r="24" spans="1:7">
+    <row r="24" spans="1:6">
       <c r="A24" s="4">
         <v>20</v>
       </c>
-      <c r="B24" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B24" s="4" t="s">
+        <v>100</v>
+      </c>
+      <c r="C24" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D24" s="6">
+        <v>232.32</v>
       </c>
       <c r="E24" s="6">
-        <v>232.32</v>
-[...1 lines deleted...]
-      <c r="F24" s="6">
         <v>205.7</v>
       </c>
-      <c r="G24" s="8">
+      <c r="F24" s="8">
         <v>438.02</v>
       </c>
     </row>
-    <row r="25" spans="1:7">
+    <row r="25" spans="1:6">
       <c r="A25" s="4">
         <v>21</v>
       </c>
-      <c r="B25" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B25" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="C25" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D25" s="6">
+        <v>236.12</v>
       </c>
       <c r="E25" s="6">
-        <v>236.12</v>
-[...1 lines deleted...]
-      <c r="F25" s="6">
         <v>202.04</v>
       </c>
-      <c r="G25" s="8">
+      <c r="F25" s="8">
         <v>438.16</v>
       </c>
     </row>
-    <row r="26" spans="1:7">
+    <row r="26" spans="1:6">
       <c r="A26" s="4">
         <v>22</v>
       </c>
-      <c r="B26" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B26" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="C26" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D26" s="6">
+        <v>236.63</v>
       </c>
       <c r="E26" s="6">
-        <v>236.63</v>
-[...1 lines deleted...]
-      <c r="F26" s="6">
         <v>212.3</v>
       </c>
-      <c r="G26" s="8">
+      <c r="F26" s="8">
         <v>448.93</v>
       </c>
     </row>
-    <row r="27" spans="1:7">
+    <row r="27" spans="1:6">
       <c r="A27" s="4">
         <v>23</v>
       </c>
-      <c r="B27" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B27" s="4" t="s">
+        <v>103</v>
+      </c>
+      <c r="C27" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D27" s="6">
+        <v>242.46</v>
       </c>
       <c r="E27" s="6">
-        <v>242.46</v>
-[...1 lines deleted...]
-      <c r="F27" s="6">
         <v>214.01</v>
       </c>
-      <c r="G27" s="8">
+      <c r="F27" s="8">
         <v>456.47</v>
       </c>
     </row>
-    <row r="28" spans="1:7">
+    <row r="28" spans="1:6">
       <c r="A28" s="4">
         <v>24</v>
       </c>
-      <c r="B28" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B28" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="C28" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D28" s="6">
+        <v>241.96</v>
       </c>
       <c r="E28" s="6">
-        <v>241.96</v>
-[...1 lines deleted...]
-      <c r="F28" s="6">
         <v>225.24</v>
       </c>
-      <c r="G28" s="8">
+      <c r="F28" s="8">
         <v>467.2</v>
       </c>
     </row>
-    <row r="29" spans="1:7">
+    <row r="29" spans="1:6">
       <c r="A29" s="4">
         <v>25</v>
       </c>
-      <c r="B29" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B29" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="C29" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D29" s="6">
+        <v>251.34</v>
       </c>
       <c r="E29" s="6">
-        <v>251.34</v>
-[...1 lines deleted...]
-      <c r="F29" s="6">
         <v>242.33</v>
       </c>
-      <c r="G29" s="8">
+      <c r="F29" s="8">
         <v>493.67</v>
       </c>
     </row>
-    <row r="30" spans="1:7">
+    <row r="30" spans="1:6">
       <c r="A30" s="4">
         <v>26</v>
       </c>
-      <c r="B30" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B30" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="C30" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D30" s="6">
+        <v>283.06</v>
       </c>
       <c r="E30" s="6">
-        <v>283.06</v>
-[...1 lines deleted...]
-      <c r="F30" s="6">
         <v>220.84</v>
       </c>
-      <c r="G30" s="8">
+      <c r="F30" s="8">
         <v>503.9</v>
       </c>
     </row>
-    <row r="31" spans="1:7">
+    <row r="31" spans="1:6">
       <c r="A31" s="4">
         <v>27</v>
       </c>
-      <c r="B31" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B31" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="C31" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D31" s="6">
+        <v>265.8</v>
       </c>
       <c r="E31" s="6">
-        <v>265.8</v>
-[...1 lines deleted...]
-      <c r="F31" s="6">
         <v>259.43</v>
       </c>
-      <c r="G31" s="8">
+      <c r="F31" s="8">
         <v>525.23</v>
       </c>
     </row>
-    <row r="32" spans="1:7">
+    <row r="32" spans="1:6">
       <c r="A32" s="4">
         <v>28</v>
       </c>
-      <c r="B32" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B32" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="C32" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D32" s="6">
+        <v>285.34</v>
       </c>
       <c r="E32" s="6">
-        <v>285.34</v>
-[...1 lines deleted...]
-      <c r="F32" s="6">
         <v>240.87</v>
       </c>
-      <c r="G32" s="8">
+      <c r="F32" s="8">
         <v>526.21</v>
       </c>
     </row>
-    <row r="33" spans="1:7">
+    <row r="33" spans="1:6">
       <c r="A33" s="4">
         <v>29</v>
       </c>
-      <c r="B33" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B33" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="C33" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D33" s="6">
+        <v>281.53</v>
       </c>
       <c r="E33" s="6">
-        <v>281.53</v>
-[...1 lines deleted...]
-      <c r="F33" s="6">
         <v>267.73</v>
       </c>
-      <c r="G33" s="8">
+      <c r="F33" s="8">
         <v>549.26</v>
       </c>
     </row>
-    <row r="34" spans="1:7">
+    <row r="34" spans="1:6">
       <c r="A34" s="4">
         <v>30</v>
       </c>
-      <c r="B34" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B34" s="4" t="s">
+        <v>110</v>
+      </c>
+      <c r="C34" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D34" s="6">
+        <v>292.95</v>
       </c>
       <c r="E34" s="6">
-        <v>292.95</v>
-[...1 lines deleted...]
-      <c r="F34" s="6">
         <v>262.85</v>
       </c>
-      <c r="G34" s="8">
+      <c r="F34" s="8">
         <v>555.8</v>
       </c>
     </row>
-    <row r="35" spans="1:7">
+    <row r="35" spans="1:6">
       <c r="A35" s="4">
         <v>31</v>
       </c>
-      <c r="B35" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B35" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="C35" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D35" s="6">
+        <v>312.23</v>
       </c>
       <c r="E35" s="6">
-        <v>312.23</v>
-[...1 lines deleted...]
-      <c r="F35" s="6">
         <v>258.69</v>
       </c>
-      <c r="G35" s="8">
+      <c r="F35" s="8">
         <v>570.92</v>
       </c>
     </row>
-    <row r="36" spans="1:7">
+    <row r="36" spans="1:6">
       <c r="A36" s="4">
         <v>32</v>
       </c>
-      <c r="B36" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B36" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="C36" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D36" s="6">
+        <v>291.43</v>
       </c>
       <c r="E36" s="6">
-        <v>291.43</v>
-[...1 lines deleted...]
-      <c r="F36" s="6">
         <v>286.53</v>
       </c>
-      <c r="G36" s="8">
+      <c r="F36" s="8">
         <v>577.96</v>
       </c>
     </row>
-    <row r="37" spans="1:7">
+    <row r="37" spans="1:6">
       <c r="A37" s="4">
         <v>33</v>
       </c>
-      <c r="B37" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B37" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="C37" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D37" s="6">
+        <v>305.63</v>
       </c>
       <c r="E37" s="6">
-        <v>305.63</v>
-[...1 lines deleted...]
-      <c r="F37" s="6">
         <v>282.87</v>
       </c>
-      <c r="G37" s="8">
+      <c r="F37" s="8">
         <v>588.5</v>
       </c>
     </row>
-    <row r="38" spans="1:7">
+    <row r="38" spans="1:6">
       <c r="A38" s="4">
         <v>34</v>
       </c>
-      <c r="B38" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B38" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="C38" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D38" s="6">
+        <v>331.51</v>
       </c>
       <c r="E38" s="6">
-        <v>331.51</v>
-[...1 lines deleted...]
-      <c r="F38" s="6">
         <v>284.58</v>
       </c>
-      <c r="G38" s="8">
+      <c r="F38" s="8">
         <v>616.09</v>
       </c>
     </row>
-    <row r="39" spans="1:7">
+    <row r="39" spans="1:6">
       <c r="A39" s="4">
         <v>35</v>
       </c>
-      <c r="B39" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B39" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="C39" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D39" s="6">
+        <v>349.27</v>
       </c>
       <c r="E39" s="6">
-        <v>349.27</v>
-[...1 lines deleted...]
-      <c r="F39" s="6">
         <v>295.81</v>
       </c>
-      <c r="G39" s="8">
+      <c r="F39" s="8">
         <v>645.08</v>
       </c>
     </row>
-    <row r="40" spans="1:7">
+    <row r="40" spans="1:6">
       <c r="A40" s="4">
         <v>36</v>
       </c>
-      <c r="B40" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B40" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="C40" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D40" s="6">
+        <v>330.75</v>
       </c>
       <c r="E40" s="6">
-        <v>330.75</v>
-[...1 lines deleted...]
-      <c r="F40" s="6">
         <v>319.99</v>
       </c>
-      <c r="G40" s="8">
+      <c r="F40" s="8">
         <v>650.74</v>
       </c>
     </row>
-    <row r="41" spans="1:7">
+    <row r="41" spans="1:6">
       <c r="A41" s="4">
         <v>37</v>
       </c>
-      <c r="B41" s="4">
-[...6 lines deleted...]
-        <v>11</v>
+      <c r="B41" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="C41" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D41" s="6">
+        <v>325.17</v>
       </c>
       <c r="E41" s="6">
-        <v>325.17</v>
-[...1 lines deleted...]
-      <c r="F41" s="6">
         <v>328.54</v>
       </c>
-      <c r="G41" s="8">
+      <c r="F41" s="8">
         <v>653.71</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:G1"/>
-    <mergeCell ref="A2:G2"/>
+    <mergeCell ref="A1:F1"/>
+    <mergeCell ref="A2:F2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F38"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A4" sqref="A4:F38"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="true" style="0"/>
-    <col min="2" max="2" width="14" customWidth="true" style="0"/>
-    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="14" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6" customHeight="1" ht="150">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="C4" s="5" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="E4" s="5" t="s">
+      <c r="F4" s="3" t="s">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="4">
         <v>1</v>
       </c>
-      <c r="B5" s="4">
-[...3 lines deleted...]
-        <v>120</v>
+      <c r="B5" s="4" t="s">
+        <v>119</v>
+      </c>
+      <c r="C5" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D5" s="7" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E5" s="6">
         <v>399.42</v>
       </c>
       <c r="F5" s="8">
         <v>399.42</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4">
         <v>2</v>
       </c>
-      <c r="B6" s="4">
-[...3 lines deleted...]
-        <v>121</v>
+      <c r="B6" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="C6" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D6" s="7" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E6" s="6">
         <v>423.32</v>
       </c>
       <c r="F6" s="8">
         <v>423.32</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4">
         <v>3</v>
       </c>
-      <c r="B7" s="4">
-[...3 lines deleted...]
-        <v>122</v>
+      <c r="B7" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="C7" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D7" s="6">
         <v>252.41</v>
       </c>
       <c r="E7" s="6">
         <v>244.05</v>
       </c>
       <c r="F7" s="8">
         <v>496.46</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="4">
         <v>4</v>
       </c>
-      <c r="B8" s="4">
-[...3 lines deleted...]
-        <v>123</v>
+      <c r="B8" s="4" t="s">
+        <v>122</v>
+      </c>
+      <c r="C8" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D8" s="6">
         <v>242.69</v>
       </c>
       <c r="E8" s="6">
         <v>262.83</v>
       </c>
       <c r="F8" s="8">
         <v>505.52</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="4">
         <v>5</v>
       </c>
-      <c r="B9" s="4">
-[...3 lines deleted...]
-        <v>124</v>
+      <c r="B9" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="C9" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D9" s="6">
         <v>242.94</v>
       </c>
       <c r="E9" s="6">
         <v>266.49</v>
       </c>
       <c r="F9" s="8">
         <v>509.43</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="4">
         <v>6</v>
       </c>
-      <c r="B10" s="4">
-[...3 lines deleted...]
-        <v>125</v>
+      <c r="B10" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="C10" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D10" s="6">
         <v>280.81</v>
       </c>
       <c r="E10" s="6">
         <v>276.73</v>
       </c>
       <c r="F10" s="8">
         <v>557.54</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="4">
         <v>7</v>
       </c>
-      <c r="B11" s="4">
-[...3 lines deleted...]
-        <v>126</v>
+      <c r="B11" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="C11" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D11" s="6">
         <v>276.83</v>
       </c>
       <c r="E11" s="6">
         <v>303.56</v>
       </c>
       <c r="F11" s="8">
         <v>580.39</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="4">
         <v>8</v>
       </c>
-      <c r="B12" s="4">
-[...3 lines deleted...]
-        <v>127</v>
+      <c r="B12" s="4" t="s">
+        <v>126</v>
+      </c>
+      <c r="C12" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D12" s="6">
         <v>284.55</v>
       </c>
       <c r="E12" s="6">
         <v>296.0</v>
       </c>
       <c r="F12" s="8">
         <v>580.55</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="4">
         <v>9</v>
       </c>
-      <c r="B13" s="4">
-[...3 lines deleted...]
-        <v>128</v>
+      <c r="B13" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="C13" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D13" s="6">
         <v>294.52</v>
       </c>
       <c r="E13" s="6">
         <v>286.25</v>
       </c>
       <c r="F13" s="8">
         <v>580.77</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="4">
         <v>10</v>
       </c>
-      <c r="B14" s="4">
-[...3 lines deleted...]
-        <v>129</v>
+      <c r="B14" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="C14" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D14" s="6">
         <v>291.28</v>
       </c>
       <c r="E14" s="6">
         <v>293.32</v>
       </c>
       <c r="F14" s="8">
         <v>584.6</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="4">
         <v>11</v>
       </c>
-      <c r="B15" s="4">
-[...3 lines deleted...]
-        <v>130</v>
+      <c r="B15" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="C15" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D15" s="6">
         <v>321.18</v>
       </c>
       <c r="E15" s="6">
         <v>295.27</v>
       </c>
       <c r="F15" s="8">
         <v>616.45</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="4">
         <v>12</v>
       </c>
-      <c r="B16" s="4">
-[...3 lines deleted...]
-        <v>131</v>
+      <c r="B16" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="C16" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D16" s="6">
         <v>300.0</v>
       </c>
       <c r="E16" s="6">
         <v>340.39</v>
       </c>
       <c r="F16" s="8">
         <v>640.39</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="4">
         <v>13</v>
       </c>
-      <c r="B17" s="4">
-[...3 lines deleted...]
-        <v>132</v>
+      <c r="B17" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="C17" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D17" s="6">
         <v>316.19</v>
       </c>
       <c r="E17" s="6">
         <v>326.25</v>
       </c>
       <c r="F17" s="8">
         <v>642.44</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="4">
         <v>14</v>
       </c>
-      <c r="B18" s="4">
-[...3 lines deleted...]
-        <v>133</v>
+      <c r="B18" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="C18" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D18" s="6">
         <v>328.9</v>
       </c>
       <c r="E18" s="6">
         <v>315.03</v>
       </c>
       <c r="F18" s="8">
         <v>643.93</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="4">
         <v>15</v>
       </c>
-      <c r="B19" s="4">
-[...3 lines deleted...]
-        <v>134</v>
+      <c r="B19" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="C19" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D19" s="6">
         <v>328.16</v>
       </c>
       <c r="E19" s="6">
         <v>319.42</v>
       </c>
       <c r="F19" s="8">
         <v>647.58</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="4">
         <v>16</v>
       </c>
-      <c r="B20" s="4">
-[...3 lines deleted...]
-        <v>135</v>
+      <c r="B20" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="C20" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D20" s="6">
         <v>358.3</v>
       </c>
       <c r="E20" s="6">
         <v>291.61</v>
       </c>
       <c r="F20" s="8">
         <v>649.91</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="4">
         <v>17</v>
       </c>
-      <c r="B21" s="4">
-[...3 lines deleted...]
-        <v>136</v>
+      <c r="B21" s="4" t="s">
+        <v>135</v>
+      </c>
+      <c r="C21" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D21" s="6">
         <v>317.69</v>
       </c>
       <c r="E21" s="6">
         <v>338.2</v>
       </c>
       <c r="F21" s="8">
         <v>655.89</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="4">
         <v>18</v>
       </c>
-      <c r="B22" s="4">
-[...3 lines deleted...]
-        <v>137</v>
+      <c r="B22" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="C22" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D22" s="6">
         <v>336.63</v>
       </c>
       <c r="E22" s="6">
         <v>324.05</v>
       </c>
       <c r="F22" s="8">
         <v>660.68</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="4">
         <v>19</v>
       </c>
-      <c r="B23" s="4">
-[...3 lines deleted...]
-        <v>138</v>
+      <c r="B23" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="C23" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D23" s="6">
         <v>339.87</v>
       </c>
       <c r="E23" s="6">
         <v>338.44</v>
       </c>
       <c r="F23" s="8">
         <v>678.31</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="4">
         <v>20</v>
       </c>
-      <c r="B24" s="4">
-[...3 lines deleted...]
-        <v>139</v>
+      <c r="B24" s="4" t="s">
+        <v>138</v>
+      </c>
+      <c r="C24" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D24" s="6">
         <v>349.58</v>
       </c>
       <c r="E24" s="6">
         <v>329.17</v>
       </c>
       <c r="F24" s="8">
         <v>678.75</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="4">
         <v>21</v>
       </c>
-      <c r="B25" s="4">
-[...3 lines deleted...]
-        <v>140</v>
+      <c r="B25" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="C25" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D25" s="6">
         <v>342.61</v>
       </c>
       <c r="E25" s="6">
         <v>341.85</v>
       </c>
       <c r="F25" s="8">
         <v>684.46</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="4">
         <v>22</v>
       </c>
-      <c r="B26" s="4">
-[...3 lines deleted...]
-        <v>141</v>
+      <c r="B26" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="C26" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D26" s="6">
         <v>343.85</v>
       </c>
       <c r="E26" s="6">
         <v>348.68</v>
       </c>
       <c r="F26" s="8">
         <v>692.53</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" s="4">
         <v>23</v>
       </c>
-      <c r="B27" s="4">
-[...3 lines deleted...]
-        <v>142</v>
+      <c r="B27" s="4" t="s">
+        <v>141</v>
+      </c>
+      <c r="C27" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D27" s="6">
         <v>358.3</v>
       </c>
       <c r="E27" s="6">
         <v>342.83</v>
       </c>
       <c r="F27" s="8">
         <v>701.13</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="4">
         <v>24</v>
       </c>
-      <c r="B28" s="4">
-[...3 lines deleted...]
-        <v>143</v>
+      <c r="B28" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="C28" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D28" s="6">
         <v>343.35</v>
       </c>
       <c r="E28" s="6">
         <v>362.34</v>
       </c>
       <c r="F28" s="8">
         <v>705.69</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="4">
         <v>25</v>
       </c>
-      <c r="B29" s="4">
-[...3 lines deleted...]
-        <v>144</v>
+      <c r="B29" s="4" t="s">
+        <v>143</v>
+      </c>
+      <c r="C29" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D29" s="6">
         <v>346.59</v>
       </c>
       <c r="E29" s="6">
         <v>361.12</v>
       </c>
       <c r="F29" s="8">
         <v>707.71</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" s="4">
         <v>26</v>
       </c>
-      <c r="B30" s="4">
-[...3 lines deleted...]
-        <v>145</v>
+      <c r="B30" s="4" t="s">
+        <v>144</v>
+      </c>
+      <c r="C30" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D30" s="6">
         <v>353.82</v>
       </c>
       <c r="E30" s="6">
         <v>377.95</v>
       </c>
       <c r="F30" s="8">
         <v>731.77</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" s="4">
         <v>27</v>
       </c>
-      <c r="B31" s="4">
-[...3 lines deleted...]
-        <v>146</v>
+      <c r="B31" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="C31" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D31" s="6">
         <v>384.47</v>
       </c>
       <c r="E31" s="6">
         <v>349.17</v>
       </c>
       <c r="F31" s="8">
         <v>733.64</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="4">
         <v>28</v>
       </c>
-      <c r="B32" s="4">
-[...3 lines deleted...]
-        <v>147</v>
+      <c r="B32" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="C32" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D32" s="6">
         <v>362.54</v>
       </c>
       <c r="E32" s="6">
         <v>371.61</v>
       </c>
       <c r="F32" s="8">
         <v>734.15</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" s="4">
         <v>29</v>
       </c>
-      <c r="B33" s="4">
-[...3 lines deleted...]
-        <v>148</v>
+      <c r="B33" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="C33" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D33" s="6">
         <v>381.23</v>
       </c>
       <c r="E33" s="6">
         <v>366.0</v>
       </c>
       <c r="F33" s="8">
         <v>747.23</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" s="4">
         <v>30</v>
       </c>
-      <c r="B34" s="4">
-[...3 lines deleted...]
-        <v>149</v>
+      <c r="B34" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="C34" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D34" s="6">
         <v>382.22</v>
       </c>
       <c r="E34" s="6">
         <v>370.64</v>
       </c>
       <c r="F34" s="8">
         <v>752.86</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="4">
         <v>31</v>
       </c>
-      <c r="B35" s="4">
-[...3 lines deleted...]
-        <v>150</v>
+      <c r="B35" s="4" t="s">
+        <v>149</v>
+      </c>
+      <c r="C35" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D35" s="6">
         <v>387.46</v>
       </c>
       <c r="E35" s="6">
         <v>368.44</v>
       </c>
       <c r="F35" s="8">
         <v>755.9</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" s="4">
         <v>32</v>
       </c>
-      <c r="B36" s="4">
-[...3 lines deleted...]
-        <v>151</v>
+      <c r="B36" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="C36" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D36" s="6">
         <v>381.98</v>
       </c>
       <c r="E36" s="6">
         <v>376.73</v>
       </c>
       <c r="F36" s="8">
         <v>758.71</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" s="4">
         <v>33</v>
       </c>
-      <c r="B37" s="4">
-[...3 lines deleted...]
-        <v>152</v>
+      <c r="B37" s="4" t="s">
+        <v>151</v>
+      </c>
+      <c r="C37" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D37" s="6">
         <v>391.44</v>
       </c>
       <c r="E37" s="6">
         <v>408.68</v>
       </c>
       <c r="F37" s="8">
         <v>800.12</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="4">
         <v>34</v>
       </c>
-      <c r="B38" s="4">
-[...3 lines deleted...]
-        <v>153</v>
+      <c r="B38" s="4" t="s">
+        <v>152</v>
+      </c>
+      <c r="C38" s="7" t="s">
+        <v>10</v>
       </c>
       <c r="D38" s="6">
         <v>421.84</v>
       </c>
       <c r="E38" s="6">
         <v>384.05</v>
       </c>
       <c r="F38" s="8">
         <v>805.89</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A2:F2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>