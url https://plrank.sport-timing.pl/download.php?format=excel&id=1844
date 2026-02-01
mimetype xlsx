--- v0 (2025-10-30)
+++ v1 (2026-02-01)
@@ -44,1059 +44,1059 @@
   <si>
     <t>Mężczyźni - Junior młodszy</t>
   </si>
   <si>
     <t>Pozycja</t>
   </si>
   <si>
     <t>Licencja</t>
   </si>
   <si>
     <t>Imię</t>
   </si>
   <si>
     <t>Nazwisko</t>
   </si>
   <si>
     <t>Klub</t>
   </si>
   <si>
     <t>Rocznik</t>
   </si>
   <si>
     <t>Wynik</t>
   </si>
   <si>
+    <t>Janusz</t>
+  </si>
+  <si>
+    <t>Truskolaski</t>
+  </si>
+  <si>
+    <t>KS SportUp</t>
+  </si>
+  <si>
+    <t>Jan</t>
+  </si>
+  <si>
+    <t>Miłosz</t>
+  </si>
+  <si>
+    <t>KS BESKIDY</t>
+  </si>
+  <si>
     <t>Alex</t>
   </si>
   <si>
     <t>Rakszawski</t>
   </si>
   <si>
     <t>TEAM MB Szczyrk</t>
   </si>
   <si>
     <t>Kosma</t>
   </si>
   <si>
     <t>Szafrański</t>
   </si>
   <si>
     <t>KS SKIVEGAS STANEK RACE ACADEMY Sp. Z o.o</t>
   </si>
   <si>
-    <t>Jan</t>
-[...7 lines deleted...]
-  <si>
     <t>Jakub</t>
   </si>
   <si>
     <t>Muniak</t>
   </si>
   <si>
-    <t>KS SportUp</t>
-[...1 lines deleted...]
-  <si>
     <t>Tymon</t>
   </si>
   <si>
     <t>Zglinicki</t>
   </si>
   <si>
     <t>PILCH SKI ACADEMY</t>
   </si>
   <si>
     <t>Piotr</t>
   </si>
   <si>
     <t>Pietrzyk</t>
   </si>
   <si>
     <t>BRG Bębenek Racing Group</t>
   </si>
   <si>
     <t>Wojciech</t>
   </si>
   <si>
     <t>Przybyła</t>
   </si>
   <si>
     <t>Aleksander</t>
   </si>
   <si>
     <t>Paluszek</t>
   </si>
   <si>
+    <t>Jerzy</t>
+  </si>
+  <si>
+    <t>Pełda</t>
+  </si>
+  <si>
     <t>Czajkowski</t>
   </si>
   <si>
     <t>Stanisław</t>
   </si>
   <si>
     <t>Ćwikła</t>
   </si>
   <si>
+    <t>Dominik</t>
+  </si>
+  <si>
+    <t>Kulej</t>
+  </si>
+  <si>
     <t>Ryszard</t>
   </si>
   <si>
     <t>Łatacz</t>
   </si>
   <si>
     <t>KN GONDOLA KRYNICA</t>
   </si>
   <si>
-    <t>Dominik</t>
-[...2 lines deleted...]
-    <t>Kulej</t>
+    <t>Konstanty</t>
+  </si>
+  <si>
+    <t>Tryzna</t>
+  </si>
+  <si>
+    <t>KLUB SPORTOWY AZS ZAKOPANE</t>
+  </si>
+  <si>
+    <t>Kamil</t>
+  </si>
+  <si>
+    <t>Frycz</t>
   </si>
   <si>
     <t>Bobrzyński</t>
   </si>
   <si>
     <t>Kryspin</t>
   </si>
   <si>
     <t>Howley</t>
   </si>
   <si>
     <t>BS Sport</t>
   </si>
   <si>
-    <t>Jerzy</t>
-[...2 lines deleted...]
-    <t>Pełda</t>
+    <t>Mikołaj</t>
+  </si>
+  <si>
+    <t>Hołubiński</t>
   </si>
   <si>
     <t>Franciszek</t>
   </si>
   <si>
     <t>Zacny</t>
   </si>
   <si>
     <t>KS YETI</t>
   </si>
   <si>
+    <t>Domicz</t>
+  </si>
+  <si>
+    <t>Klub Sportowy Mikołajek</t>
+  </si>
+  <si>
+    <t>Antoni</t>
+  </si>
+  <si>
+    <t>Kałuża</t>
+  </si>
+  <si>
     <t>Paweł</t>
   </si>
   <si>
     <t>Król</t>
   </si>
   <si>
-    <t>Klub Sportowy Mikołajek</t>
+    <t>Tomasz</t>
+  </si>
+  <si>
+    <t>Rojek</t>
+  </si>
+  <si>
+    <t>Blumski</t>
+  </si>
+  <si>
+    <t>WKS POZNAŃ SKI</t>
+  </si>
+  <si>
+    <t>Konrad</t>
+  </si>
+  <si>
+    <t>Stojanik</t>
+  </si>
+  <si>
+    <t>KLUB SPORTOWY AS</t>
+  </si>
+  <si>
+    <t>Ignacy</t>
+  </si>
+  <si>
+    <t>Kozłowski</t>
+  </si>
+  <si>
+    <t>Kajetan</t>
+  </si>
+  <si>
+    <t>Kozaczka</t>
+  </si>
+  <si>
+    <t>MKN ZRYW</t>
+  </si>
+  <si>
+    <t>Szymon</t>
+  </si>
+  <si>
+    <t>Ptaszkiewicz</t>
+  </si>
+  <si>
+    <t>Zamorski</t>
+  </si>
+  <si>
+    <t>KRAKOWSKIE STOWARZYSZENIE NARCIARSKIE</t>
+  </si>
+  <si>
+    <t>Bartłomiej</t>
+  </si>
+  <si>
+    <t>Surdy</t>
+  </si>
+  <si>
+    <t>Karol</t>
+  </si>
+  <si>
+    <t>Kwiatkowski</t>
+  </si>
+  <si>
+    <t>UKS 28 KIELCE</t>
+  </si>
+  <si>
+    <t>Feliks</t>
+  </si>
+  <si>
+    <t>Olesiński</t>
+  </si>
+  <si>
+    <t>Gacek</t>
+  </si>
+  <si>
+    <t>Sosen Ski Team Racing Department</t>
+  </si>
+  <si>
+    <t>Iwo</t>
+  </si>
+  <si>
+    <t>Olszewski</t>
+  </si>
+  <si>
+    <t>Artemi</t>
+  </si>
+  <si>
+    <t>Chornous</t>
+  </si>
+  <si>
+    <t>ADVENTURE SKI TEAM</t>
+  </si>
+  <si>
+    <t>Babiak</t>
+  </si>
+  <si>
+    <t>Trusewicz</t>
+  </si>
+  <si>
+    <t>KS "ŚNIEŻKA" KARPACZ</t>
   </si>
   <si>
     <t>Bojdys</t>
   </si>
   <si>
-    <t>KLUB SPORTOWY AS</t>
-[...5 lines deleted...]
-    <t>Stojanik</t>
+    <t>Donocik</t>
+  </si>
+  <si>
+    <t>Chowaniec</t>
+  </si>
+  <si>
+    <t>Rusiński Ski-Max</t>
+  </si>
+  <si>
+    <t>Czernek</t>
   </si>
   <si>
     <t>Nikodem</t>
   </si>
   <si>
     <t>Ryczko</t>
   </si>
   <si>
     <t>FUNDACJA YOUNG GUNS</t>
   </si>
   <si>
-    <t>Konstanty</t>
-[...17 lines deleted...]
-    <t>Kozłowski</t>
+    <t>Maciej</t>
+  </si>
+  <si>
+    <t>Nowaczyk</t>
+  </si>
+  <si>
+    <t>KS Wielkopolska Szkoła Narciarstwa</t>
   </si>
   <si>
     <t>Krzysztof</t>
   </si>
   <si>
     <t>Kuter</t>
   </si>
   <si>
     <t xml:space="preserve">UKN "LAWORTA" </t>
   </si>
   <si>
     <t>Łach</t>
   </si>
   <si>
-    <t>Antoni</t>
-[...37 lines deleted...]
-  <si>
     <t>Czerwiński-molski</t>
   </si>
   <si>
     <t>RACE STREFA</t>
   </si>
   <si>
-    <t>Karol</t>
-[...16 lines deleted...]
-  <si>
     <t>Tabakowski</t>
   </si>
   <si>
-    <t>Szymon</t>
-[...62 lines deleted...]
-    <t>Nowaczyk</t>
+    <t>Mężczyźni - Młodzik</t>
+  </si>
+  <si>
+    <t>Bobeł</t>
+  </si>
+  <si>
+    <t>Filip</t>
+  </si>
+  <si>
+    <t>Ciślak</t>
+  </si>
+  <si>
+    <t>Poborski</t>
+  </si>
+  <si>
+    <t>Kacper</t>
+  </si>
+  <si>
+    <t>Zagórski</t>
+  </si>
+  <si>
+    <t>FUNDACJA SPORT BEZ GRANIC MALCZEWSKI ACADEMY</t>
+  </si>
+  <si>
+    <t>Jędrol</t>
+  </si>
+  <si>
+    <t>Rudolf</t>
+  </si>
+  <si>
+    <t>Żółtak</t>
+  </si>
+  <si>
+    <t>Benjamin</t>
+  </si>
+  <si>
+    <t>Barabaś-latif</t>
+  </si>
+  <si>
+    <t>Michał</t>
+  </si>
+  <si>
+    <t>Kuźma</t>
+  </si>
+  <si>
+    <t>KS BiegunSport</t>
+  </si>
+  <si>
+    <t>Kuklewicz</t>
+  </si>
+  <si>
+    <t>Janicki</t>
+  </si>
+  <si>
+    <t>Radoszewski-zakościelny</t>
+  </si>
+  <si>
+    <t>Ilewicz</t>
+  </si>
+  <si>
+    <t>Warszawski Klub Narciarski</t>
+  </si>
+  <si>
+    <t>Ruben</t>
+  </si>
+  <si>
+    <t>Cirut</t>
+  </si>
+  <si>
+    <t>Leonardo</t>
+  </si>
+  <si>
+    <t>Brusco</t>
+  </si>
+  <si>
+    <t>Bogusławski</t>
+  </si>
+  <si>
+    <t>Gazda</t>
+  </si>
+  <si>
+    <t>Rafał</t>
+  </si>
+  <si>
+    <t>Łukaszewski</t>
+  </si>
+  <si>
+    <t>Kalina</t>
+  </si>
+  <si>
+    <t>Mars</t>
+  </si>
+  <si>
+    <t>Gałaszek</t>
+  </si>
+  <si>
+    <t>Bruno</t>
+  </si>
+  <si>
+    <t>Szafrański-mądry</t>
+  </si>
+  <si>
+    <t>Borys</t>
+  </si>
+  <si>
+    <t>Klauza</t>
+  </si>
+  <si>
+    <t>Gustaw</t>
+  </si>
+  <si>
+    <t>Leśniewski</t>
+  </si>
+  <si>
+    <t>Prochownik</t>
+  </si>
+  <si>
+    <t>ŻYWIECKI KLUB NARCIARSKI</t>
+  </si>
+  <si>
+    <t>Rosa</t>
+  </si>
+  <si>
+    <t>Tytus</t>
+  </si>
+  <si>
+    <t>Dzięciołowski</t>
+  </si>
+  <si>
+    <t>Stec</t>
+  </si>
+  <si>
+    <t>KS GRODECKI SKI TEAM</t>
+  </si>
+  <si>
+    <t>Ihor</t>
+  </si>
+  <si>
+    <t>Zarutskyy</t>
+  </si>
+  <si>
+    <t>Witold</t>
+  </si>
+  <si>
+    <t>Stokłosa</t>
+  </si>
+  <si>
+    <t>Tymoteusz</t>
+  </si>
+  <si>
+    <t>Śpiewak</t>
+  </si>
+  <si>
+    <t>Soprych</t>
+  </si>
+  <si>
+    <t>Leon</t>
+  </si>
+  <si>
+    <t>Leonowicz</t>
+  </si>
+  <si>
+    <t>Szmaja</t>
+  </si>
+  <si>
+    <t>Edward</t>
+  </si>
+  <si>
+    <t>Kink</t>
+  </si>
+  <si>
+    <t>NKS RASC</t>
+  </si>
+  <si>
+    <t>Więckowski</t>
+  </si>
+  <si>
+    <t>Rembek</t>
+  </si>
+  <si>
+    <t>Olivier</t>
+  </si>
+  <si>
+    <t>Skiba</t>
+  </si>
+  <si>
+    <t>Hawrylik</t>
+  </si>
+  <si>
+    <t>Górnikowski</t>
+  </si>
+  <si>
+    <t>Szewczyk</t>
+  </si>
+  <si>
+    <t>KKN SIEPRAW-SKI</t>
+  </si>
+  <si>
+    <t>Juraszek</t>
+  </si>
+  <si>
+    <t>FROGS SKI&amp;SUN ŚWIERADÓW ZDRÓJ</t>
+  </si>
+  <si>
+    <t>Marciniak</t>
+  </si>
+  <si>
+    <t>Mateusz</t>
+  </si>
+  <si>
+    <t>Kilarski</t>
+  </si>
+  <si>
+    <t>Nowak</t>
+  </si>
+  <si>
+    <t>Andrzej</t>
+  </si>
+  <si>
+    <t>Tarnawski</t>
+  </si>
+  <si>
+    <t>KS FRAJDA ZAKOPANE</t>
+  </si>
+  <si>
+    <t>Palusiński</t>
+  </si>
+  <si>
+    <t>Kowalczyk</t>
+  </si>
+  <si>
+    <t>Jędrzej</t>
+  </si>
+  <si>
+    <t>Nieścieronek</t>
+  </si>
+  <si>
+    <t>Czuchraj</t>
+  </si>
+  <si>
+    <t>Gajdek</t>
+  </si>
+  <si>
+    <t>Kobiety - Junior młodszy</t>
+  </si>
+  <si>
+    <t>Zofia</t>
+  </si>
+  <si>
+    <t>Kozłowska</t>
+  </si>
+  <si>
+    <t>Kristina</t>
+  </si>
+  <si>
+    <t>Mazur Ihler</t>
+  </si>
+  <si>
+    <t>Natasza</t>
+  </si>
+  <si>
+    <t>Kamińska</t>
+  </si>
+  <si>
+    <t>Helena</t>
+  </si>
+  <si>
+    <t>Leśniak</t>
+  </si>
+  <si>
+    <t>Kaja</t>
+  </si>
+  <si>
+    <t>Czapska</t>
+  </si>
+  <si>
+    <t>Agata</t>
+  </si>
+  <si>
+    <t>Judkowiak</t>
+  </si>
+  <si>
+    <t>Marta</t>
+  </si>
+  <si>
+    <t>Ziętek</t>
+  </si>
+  <si>
+    <t>STOWARZYSZENIE OCHMAN SKI RACE TEAM</t>
+  </si>
+  <si>
+    <t>Iga</t>
+  </si>
+  <si>
+    <t>Rysz</t>
+  </si>
+  <si>
+    <t>Laura</t>
+  </si>
+  <si>
+    <t>Żelechowska</t>
+  </si>
+  <si>
+    <t>KS Tatra SkiAcademy</t>
+  </si>
+  <si>
+    <t>Julia</t>
+  </si>
+  <si>
+    <t>Gałuszka</t>
+  </si>
+  <si>
+    <t>Izabela</t>
+  </si>
+  <si>
+    <t>Kasperkiewicz</t>
+  </si>
+  <si>
+    <t>Mika</t>
+  </si>
+  <si>
+    <t>Oczkoś</t>
+  </si>
+  <si>
+    <t>Kateryna</t>
+  </si>
+  <si>
+    <t>Tsytsaniuk</t>
+  </si>
+  <si>
+    <t>Kaczmarek</t>
+  </si>
+  <si>
+    <t>STOWARZYSZENIE SKI TEAM KACZMAREK</t>
+  </si>
+  <si>
+    <t>Amelia</t>
+  </si>
+  <si>
+    <t>Targosz</t>
+  </si>
+  <si>
+    <t>Jagoda</t>
+  </si>
+  <si>
+    <t>Wojciechowska</t>
+  </si>
+  <si>
+    <t>Olga</t>
+  </si>
+  <si>
+    <t>Kanclerz</t>
+  </si>
+  <si>
+    <t>Sandra</t>
+  </si>
+  <si>
+    <t>Guzik</t>
+  </si>
+  <si>
+    <t>SKI TOMO CENTRUM NARCIARSKIE</t>
+  </si>
+  <si>
+    <t>Wasilewska</t>
+  </si>
+  <si>
+    <t>Moritz</t>
+  </si>
+  <si>
+    <t>Magda</t>
+  </si>
+  <si>
+    <t>Różańska</t>
+  </si>
+  <si>
+    <t>Maja</t>
+  </si>
+  <si>
+    <t>Wójciak</t>
+  </si>
+  <si>
+    <t>Zlata</t>
+  </si>
+  <si>
+    <t>Bezrodna</t>
+  </si>
+  <si>
+    <t>Nadia</t>
+  </si>
+  <si>
+    <t>Wyrwas</t>
+  </si>
+  <si>
+    <t>Klub Sportowy LIVE</t>
+  </si>
+  <si>
+    <t>Hanna</t>
+  </si>
+  <si>
+    <t>Łodzińska</t>
+  </si>
+  <si>
+    <t>WTS DeSki</t>
+  </si>
+  <si>
+    <t>Wiktoria</t>
+  </si>
+  <si>
+    <t>Calicka</t>
+  </si>
+  <si>
+    <t>Agnieszka</t>
+  </si>
+  <si>
+    <t>Kasińska</t>
+  </si>
+  <si>
+    <t>Palusińska</t>
+  </si>
+  <si>
+    <t>Maślak</t>
+  </si>
+  <si>
+    <t>UKN Żereb Ski Academy</t>
+  </si>
+  <si>
+    <t>Maria</t>
+  </si>
+  <si>
+    <t>Zhuk</t>
+  </si>
+  <si>
+    <t>Kasperska</t>
+  </si>
+  <si>
+    <t>Stowarzyszenie Rekreacyjno-Sportowe "Czantoria" Ustroń</t>
+  </si>
+  <si>
+    <t>Anna</t>
+  </si>
+  <si>
+    <t>Pyjas</t>
+  </si>
+  <si>
+    <t>Sport Szok</t>
+  </si>
+  <si>
+    <t>Justyna</t>
+  </si>
+  <si>
+    <t>Trząska</t>
+  </si>
+  <si>
+    <t>Victoria</t>
+  </si>
+  <si>
+    <t>Procenko</t>
+  </si>
+  <si>
+    <t>Pytel</t>
+  </si>
+  <si>
+    <t>Aleksandra</t>
+  </si>
+  <si>
+    <t>Andrejko</t>
+  </si>
+  <si>
+    <t>Martyna</t>
+  </si>
+  <si>
+    <t>Jabłońska</t>
+  </si>
+  <si>
+    <t>KN WROCŁAW</t>
+  </si>
+  <si>
+    <t>Lena</t>
+  </si>
+  <si>
+    <t>Janik</t>
+  </si>
+  <si>
+    <t>Łamacz</t>
+  </si>
+  <si>
+    <t>Milena</t>
+  </si>
+  <si>
+    <t>Mitka</t>
+  </si>
+  <si>
+    <t>Dudek</t>
+  </si>
+  <si>
+    <t>Schabowska</t>
+  </si>
+  <si>
+    <t>Rytlewska</t>
+  </si>
+  <si>
+    <t>Paulina</t>
+  </si>
+  <si>
+    <t>Zajączkowska</t>
+  </si>
+  <si>
+    <t>Greberska</t>
   </si>
   <si>
     <t>KS Wielkopolska Szkoła Narciar</t>
   </si>
   <si>
-    <t>Mężczyźni - Młodzik</t>
-[...415 lines deleted...]
-  <si>
     <t>Golba</t>
   </si>
   <si>
     <t>UKS BRENNA GÓRKI</t>
   </si>
   <si>
-    <t>Sandra</t>
-[...91 lines deleted...]
-  <si>
     <t>Kobiety - Młodzik</t>
   </si>
   <si>
     <t>Ksenia</t>
   </si>
   <si>
     <t>Jasińska</t>
   </si>
   <si>
     <t>Zuzanna</t>
   </si>
   <si>
     <t>Ryskala</t>
   </si>
   <si>
     <t>AMS MAGICSPORTS-RYSKALSKI</t>
   </si>
   <si>
     <t>Odeta</t>
   </si>
   <si>
     <t>Nelke</t>
   </si>
   <si>
     <t>Zuzanna Maria</t>
   </si>
   <si>
     <t>Ewa Maria</t>
   </si>
   <si>
     <t>Łubkowska</t>
   </si>
   <si>
     <t>Tramś</t>
   </si>
   <si>
-    <t>KRAKOWSKIE STOWARZYSZENIE NARCIARSKIE</t>
+    <t>Kalisz</t>
+  </si>
+  <si>
+    <t>Katarzyna</t>
+  </si>
+  <si>
+    <t>Krupa</t>
+  </si>
+  <si>
+    <t>Alicja</t>
+  </si>
+  <si>
+    <t>Pieczyńska</t>
+  </si>
+  <si>
+    <t>Telec</t>
   </si>
   <si>
     <t>Natalia</t>
   </si>
   <si>
+    <t>Łaciak</t>
+  </si>
+  <si>
+    <t>Pierlak</t>
+  </si>
+  <si>
+    <t>Wajda</t>
+  </si>
+  <si>
+    <t>MITANSKI ZAKOPANE</t>
+  </si>
+  <si>
+    <t>Oliwia</t>
+  </si>
+  <si>
+    <t>Sosenko</t>
+  </si>
+  <si>
+    <t>Gronuś</t>
+  </si>
+  <si>
+    <t>Antonina</t>
+  </si>
+  <si>
+    <t>Mirowska</t>
+  </si>
+  <si>
+    <t>Wyród</t>
+  </si>
+  <si>
+    <t>Michalina</t>
+  </si>
+  <si>
+    <t>Szal</t>
+  </si>
+  <si>
     <t>Ewa</t>
   </si>
   <si>
     <t>Bielak</t>
   </si>
   <si>
-    <t>Kalisz</t>
-[...4 lines deleted...]
-  <si>
     <t>Piłat</t>
   </si>
   <si>
-    <t>Katarzyna</t>
-[...7 lines deleted...]
-  <si>
     <t>Marianna</t>
   </si>
   <si>
     <t>Franciszka</t>
   </si>
   <si>
     <t>Olesińska</t>
   </si>
   <si>
-    <t>Telec</t>
-[...4 lines deleted...]
-  <si>
     <t>Melania</t>
   </si>
   <si>
     <t>Uchańska</t>
   </si>
   <si>
     <t>Zając</t>
   </si>
   <si>
-    <t>Pierlak</t>
-[...7 lines deleted...]
-  <si>
     <t>Chrobak</t>
   </si>
   <si>
     <t>Barbara</t>
   </si>
   <si>
     <t>Stępień</t>
   </si>
   <si>
     <t>Sonia</t>
   </si>
   <si>
     <t>Łoboda</t>
   </si>
   <si>
     <t>Stolarska-laszczak</t>
   </si>
   <si>
     <t>Januszko</t>
   </si>
   <si>
     <t>Łucja</t>
   </si>
   <si>
     <t>Copija</t>
   </si>
   <si>
     <t>Gąsienica Wawrytko</t>
   </si>
   <si>
     <t>KS SNPTT-1907</t>
   </si>
   <si>
     <t>Nikola</t>
   </si>
   <si>
     <t>Aftanas</t>
   </si>
   <si>
-    <t>Gronuś</t>
-[...1 lines deleted...]
-  <si>
     <t>Marika</t>
   </si>
   <si>
     <t>Klimczak</t>
   </si>
   <si>
     <t>Krystyna</t>
   </si>
   <si>
     <t>Skóbel</t>
   </si>
   <si>
-    <t>Antonina</t>
-[...4 lines deleted...]
-  <si>
     <t>Lidia</t>
   </si>
   <si>
     <t>Gzyl</t>
-  </si>
-[...13 lines deleted...]
-    <t>MITANSKI ZAKOPANE</t>
   </si>
   <si>
     <t>pl_Rank - System Rankingowy</t>
   </si>
   <si>
     <t>© 2025 Sport-Timing.pl | Wszystkie prawa zastrzeżone</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -1542,4587 +1542,4587 @@
       </c>
       <c r="B5" s="3" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>7</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>8</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="5">
         <v>1</v>
       </c>
       <c r="B6" s="5">
-        <v>1831</v>
+        <v>1674</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>11</v>
       </c>
       <c r="E6" s="5" t="s">
         <v>12</v>
       </c>
       <c r="F6" s="5">
         <v>2009</v>
       </c>
       <c r="G6" s="8">
-        <v>26.305</v>
+        <v>10.96</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="6">
         <v>2</v>
       </c>
       <c r="B7" s="6">
-        <v>1988</v>
+        <v>3879</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>14</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="6">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="G7" s="9">
-        <v>30.71</v>
+        <v>11.46</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="7">
         <v>3</v>
       </c>
       <c r="B8" s="7">
-        <v>3879</v>
+        <v>1831</v>
       </c>
       <c r="C8" s="7" t="s">
         <v>16</v>
       </c>
       <c r="D8" s="7" t="s">
         <v>17</v>
       </c>
       <c r="E8" s="7" t="s">
         <v>18</v>
       </c>
       <c r="F8" s="7">
         <v>2009</v>
       </c>
       <c r="G8" s="10">
-        <v>32.49</v>
+        <v>26.305</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9">
         <v>4</v>
       </c>
       <c r="B9">
-        <v>1675</v>
+        <v>1988</v>
       </c>
       <c r="C9" t="s">
         <v>19</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
         <v>21</v>
       </c>
       <c r="F9">
         <v>2010</v>
       </c>
       <c r="G9" s="11">
-        <v>34.04</v>
+        <v>30.71</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10">
         <v>5</v>
       </c>
       <c r="B10">
-        <v>2522</v>
+        <v>1675</v>
       </c>
       <c r="C10" t="s">
         <v>22</v>
       </c>
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="F10">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="G10" s="11">
-        <v>35.175</v>
+        <v>34.04</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11">
         <v>6</v>
       </c>
       <c r="B11">
-        <v>1891</v>
+        <v>2522</v>
       </c>
       <c r="C11" t="s">
+        <v>24</v>
+      </c>
+      <c r="D11" t="s">
         <v>25</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="F11">
         <v>2009</v>
       </c>
       <c r="G11" s="11">
-        <v>41.34</v>
+        <v>35.175</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12">
         <v>7</v>
       </c>
       <c r="B12">
-        <v>1732</v>
+        <v>1891</v>
       </c>
       <c r="C12" t="s">
+        <v>27</v>
+      </c>
+      <c r="D12" t="s">
         <v>28</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>29</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="G12" s="11">
-        <v>42.495</v>
+        <v>41.34</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13">
         <v>8</v>
       </c>
       <c r="B13">
-        <v>1758</v>
+        <v>1732</v>
       </c>
       <c r="C13" t="s">
         <v>30</v>
       </c>
       <c r="D13" t="s">
         <v>31</v>
       </c>
       <c r="E13" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F13">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="G13" s="11">
-        <v>43.585</v>
+        <v>42.495</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14">
         <v>9</v>
       </c>
       <c r="B14">
-        <v>1851</v>
+        <v>1758</v>
       </c>
       <c r="C14" t="s">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E14" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="F14">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="G14" s="11">
-        <v>50.105</v>
+        <v>43.585</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15">
         <v>10</v>
       </c>
       <c r="B15">
-        <v>2762</v>
+        <v>3747</v>
       </c>
       <c r="C15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E15" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="F15">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="G15" s="11">
-        <v>52.76</v>
+        <v>44.56</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16">
         <v>11</v>
       </c>
       <c r="B16">
-        <v>2170</v>
+        <v>1851</v>
       </c>
       <c r="C16" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="D16" t="s">
         <v>36</v>
       </c>
       <c r="E16" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="F16">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="G16" s="11">
-        <v>54.01</v>
+        <v>50.105</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17">
         <v>12</v>
       </c>
       <c r="B17">
-        <v>3757</v>
+        <v>2762</v>
       </c>
       <c r="C17" t="s">
+        <v>37</v>
+      </c>
+      <c r="D17" t="s">
         <v>38</v>
       </c>
-      <c r="D17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F17">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="G17" s="11">
-        <v>55.675</v>
+        <v>52.76</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18">
         <v>13</v>
       </c>
       <c r="B18">
-        <v>2079</v>
+        <v>3757</v>
       </c>
       <c r="C18" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="D18" t="s">
         <v>40</v>
       </c>
       <c r="E18" t="s">
         <v>21</v>
       </c>
       <c r="F18">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="G18" s="11">
-        <v>77.255</v>
+        <v>53.27</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19">
         <v>14</v>
       </c>
       <c r="B19">
-        <v>1623</v>
+        <v>2170</v>
       </c>
       <c r="C19" t="s">
         <v>41</v>
       </c>
       <c r="D19" t="s">
         <v>42</v>
       </c>
       <c r="E19" t="s">
         <v>43</v>
       </c>
       <c r="F19">
         <v>2009</v>
       </c>
       <c r="G19" s="11">
-        <v>78.2</v>
+        <v>54.01</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20">
         <v>15</v>
       </c>
       <c r="B20">
-        <v>3747</v>
+        <v>3756</v>
       </c>
       <c r="C20" t="s">
         <v>44</v>
       </c>
       <c r="D20" t="s">
         <v>45</v>
       </c>
       <c r="E20" t="s">
-        <v>18</v>
+        <v>46</v>
       </c>
       <c r="F20">
         <v>2009</v>
       </c>
       <c r="G20" s="11">
-        <v>81.95</v>
+        <v>68.53</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21">
         <v>16</v>
       </c>
       <c r="B21">
-        <v>1858</v>
+        <v>1911</v>
       </c>
       <c r="C21" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D21" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E21" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="F21">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="G21" s="11">
-        <v>82.495</v>
+        <v>76.84</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22">
         <v>17</v>
       </c>
       <c r="B22">
-        <v>3098</v>
+        <v>2079</v>
       </c>
       <c r="C22" t="s">
+        <v>24</v>
+      </c>
+      <c r="D22" t="s">
         <v>49</v>
       </c>
-      <c r="D22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E22" t="s">
-        <v>51</v>
+        <v>12</v>
       </c>
       <c r="F22">
         <v>2010</v>
       </c>
       <c r="G22" s="11">
-        <v>84.685</v>
+        <v>77.255</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23">
         <v>18</v>
       </c>
       <c r="B23">
-        <v>2741</v>
+        <v>1623</v>
       </c>
       <c r="C23" t="s">
-        <v>19</v>
+        <v>50</v>
       </c>
       <c r="D23" t="s">
+        <v>51</v>
+      </c>
+      <c r="E23" t="s">
         <v>52</v>
       </c>
-      <c r="E23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F23">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="G23" s="11">
-        <v>87.99</v>
+        <v>78.2</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24">
         <v>19</v>
       </c>
       <c r="B24">
-        <v>2137</v>
+        <v>1553</v>
       </c>
       <c r="C24" t="s">
+        <v>53</v>
+      </c>
+      <c r="D24" t="s">
         <v>54</v>
       </c>
-      <c r="D24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E24" t="s">
-        <v>53</v>
+        <v>12</v>
       </c>
       <c r="F24">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="G24" s="11">
-        <v>90.995</v>
+        <v>79.04</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25">
         <v>20</v>
       </c>
       <c r="B25">
-        <v>4011</v>
+        <v>1858</v>
       </c>
       <c r="C25" t="s">
+        <v>55</v>
+      </c>
+      <c r="D25" t="s">
         <v>56</v>
       </c>
-      <c r="D25" t="s">
+      <c r="E25" t="s">
         <v>57</v>
       </c>
-      <c r="E25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F25">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="G25" s="11">
-        <v>91.575</v>
+        <v>82.495</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26">
         <v>21</v>
       </c>
       <c r="B26">
-        <v>3756</v>
+        <v>1719</v>
       </c>
       <c r="C26" t="s">
+        <v>22</v>
+      </c>
+      <c r="D26" t="s">
+        <v>58</v>
+      </c>
+      <c r="E26" t="s">
         <v>59</v>
-      </c>
-[...4 lines deleted...]
-        <v>61</v>
       </c>
       <c r="F26">
         <v>2009</v>
       </c>
       <c r="G26" s="11">
-        <v>96.53</v>
+        <v>82.76</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27">
         <v>22</v>
       </c>
       <c r="B27">
-        <v>1911</v>
+        <v>2173</v>
       </c>
       <c r="C27" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="D27" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E27" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="F27">
         <v>2010</v>
       </c>
       <c r="G27" s="11">
-        <v>104.84</v>
+        <v>82.84</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28">
         <v>23</v>
       </c>
       <c r="B28">
-        <v>1741</v>
+        <v>3098</v>
       </c>
       <c r="C28" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="D28" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="E28" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="F28">
         <v>2010</v>
       </c>
       <c r="G28" s="11">
-        <v>105.005</v>
+        <v>84.685</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29">
         <v>24</v>
       </c>
       <c r="B29">
-        <v>3941</v>
+        <v>1989</v>
       </c>
       <c r="C29" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="D29" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="E29" t="s">
-        <v>68</v>
+        <v>12</v>
       </c>
       <c r="F29">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="G29" s="11">
-        <v>106.085</v>
+        <v>86.38</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30">
         <v>25</v>
       </c>
       <c r="B30">
-        <v>1854</v>
+        <v>3763</v>
       </c>
       <c r="C30" t="s">
+        <v>27</v>
+      </c>
+      <c r="D30" t="s">
         <v>66</v>
       </c>
-      <c r="D30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E30" t="s">
-        <v>48</v>
+        <v>67</v>
       </c>
       <c r="F30">
         <v>2009</v>
       </c>
       <c r="G30" s="11">
-        <v>108.48</v>
+        <v>87.32</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31">
         <v>26</v>
       </c>
       <c r="B31">
-        <v>2173</v>
+        <v>2137</v>
       </c>
       <c r="C31" t="s">
+        <v>68</v>
+      </c>
+      <c r="D31" t="s">
+        <v>69</v>
+      </c>
+      <c r="E31" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
       <c r="F31">
         <v>2010</v>
       </c>
       <c r="G31" s="11">
-        <v>110.84</v>
+        <v>90.995</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32">
         <v>27</v>
       </c>
       <c r="B32">
-        <v>1553</v>
+        <v>1741</v>
       </c>
       <c r="C32" t="s">
+        <v>71</v>
+      </c>
+      <c r="D32" t="s">
         <v>72</v>
       </c>
-      <c r="D32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E32" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="F32">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="G32" s="11">
-        <v>113.26</v>
+        <v>105.005</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33">
         <v>28</v>
       </c>
       <c r="B33">
-        <v>1989</v>
+        <v>2174</v>
       </c>
       <c r="C33" t="s">
+        <v>73</v>
+      </c>
+      <c r="D33" t="s">
         <v>74</v>
       </c>
-      <c r="D33" t="s">
+      <c r="E33" t="s">
         <v>75</v>
       </c>
-      <c r="E33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F33">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="G33" s="11">
-        <v>114.38</v>
+        <v>106.18</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34">
         <v>29</v>
       </c>
       <c r="B34">
-        <v>3763</v>
+        <v>2549</v>
       </c>
       <c r="C34" t="s">
-        <v>25</v>
+        <v>76</v>
       </c>
       <c r="D34" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E34" t="s">
-        <v>77</v>
+        <v>15</v>
       </c>
       <c r="F34">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="G34" s="11">
-        <v>120.85</v>
+        <v>111.48</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35">
         <v>30</v>
       </c>
       <c r="B35">
-        <v>1719</v>
+        <v>2645</v>
       </c>
       <c r="C35" t="s">
-        <v>19</v>
+        <v>60</v>
       </c>
       <c r="D35" t="s">
         <v>78</v>
       </c>
       <c r="E35" t="s">
-        <v>51</v>
+        <v>79</v>
       </c>
       <c r="F35">
         <v>2009</v>
       </c>
       <c r="G35" s="11">
-        <v>121.56</v>
+        <v>123.16</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36">
         <v>31</v>
       </c>
       <c r="B36">
-        <v>2645</v>
+        <v>2142</v>
       </c>
       <c r="C36" t="s">
+        <v>80</v>
+      </c>
+      <c r="D36" t="s">
+        <v>81</v>
+      </c>
+      <c r="E36" t="s">
         <v>70</v>
       </c>
-      <c r="D36" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F36">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="G36" s="11">
-        <v>123.16</v>
+        <v>134.375</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37">
         <v>32</v>
       </c>
       <c r="B37">
-        <v>2142</v>
+        <v>4000</v>
       </c>
       <c r="C37" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D37" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E37" t="s">
-        <v>53</v>
+        <v>84</v>
       </c>
       <c r="F37">
         <v>2010</v>
       </c>
       <c r="G37" s="11">
-        <v>134.375</v>
+        <v>135.405</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38">
         <v>33</v>
       </c>
       <c r="B38">
-        <v>4168</v>
+        <v>2548</v>
       </c>
       <c r="C38" t="s">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="D38" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="E38" t="s">
-        <v>84</v>
+        <v>15</v>
       </c>
       <c r="F38">
         <v>2010</v>
       </c>
       <c r="G38" s="11">
-        <v>134.535</v>
+        <v>137.165</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39">
         <v>34</v>
       </c>
       <c r="B39">
-        <v>4000</v>
+        <v>3999</v>
       </c>
       <c r="C39" t="s">
-        <v>85</v>
+        <v>60</v>
       </c>
       <c r="D39" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E39" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F39">
         <v>2010</v>
       </c>
       <c r="G39" s="11">
-        <v>135.405</v>
+        <v>139.66</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40">
         <v>35</v>
       </c>
       <c r="B40">
-        <v>2548</v>
+        <v>2027</v>
       </c>
       <c r="C40" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D40" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E40" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="F40">
         <v>2010</v>
       </c>
       <c r="G40" s="11">
-        <v>137.165</v>
+        <v>141.57</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41">
         <v>36</v>
       </c>
       <c r="B41">
-        <v>2402</v>
+        <v>3944</v>
       </c>
       <c r="C41" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D41" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E41" t="s">
-        <v>48</v>
+        <v>93</v>
       </c>
       <c r="F41">
         <v>2010</v>
       </c>
       <c r="G41" s="11">
-        <v>138.74</v>
+        <v>145.53</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42">
         <v>37</v>
       </c>
       <c r="B42">
-        <v>2549</v>
+        <v>1759</v>
       </c>
       <c r="C42" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="D42" t="s">
-        <v>93</v>
+        <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>18</v>
+        <v>59</v>
       </c>
       <c r="F42">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="G42" s="11">
-        <v>139.48</v>
+        <v>146.88</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43">
         <v>38</v>
       </c>
       <c r="B43">
-        <v>2174</v>
+        <v>3462</v>
       </c>
       <c r="C43" t="s">
-        <v>94</v>
+        <v>44</v>
       </c>
       <c r="D43" t="s">
         <v>95</v>
       </c>
       <c r="E43" t="s">
         <v>96</v>
       </c>
       <c r="F43">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="G43" s="11">
-        <v>139.87</v>
+        <v>170.61</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44">
         <v>39</v>
       </c>
       <c r="B44">
-        <v>1718</v>
+        <v>2741</v>
       </c>
       <c r="C44" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="D44" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="E44" t="s">
-        <v>51</v>
+        <v>70</v>
       </c>
       <c r="F44">
         <v>2010</v>
       </c>
       <c r="G44" s="11">
-        <v>154.94</v>
+        <v>175.98</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45">
         <v>40</v>
       </c>
       <c r="B45">
-        <v>3999</v>
+        <v>3495</v>
       </c>
       <c r="C45" t="s">
-        <v>70</v>
+        <v>30</v>
       </c>
       <c r="D45" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E45" t="s">
-        <v>98</v>
+        <v>59</v>
       </c>
       <c r="F45">
         <v>2010</v>
       </c>
       <c r="G45" s="11">
-        <v>167.66</v>
+        <v>176.51</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46">
         <v>41</v>
       </c>
       <c r="B46">
-        <v>2027</v>
+        <v>1971</v>
       </c>
       <c r="C46" t="s">
+        <v>62</v>
+      </c>
+      <c r="D46" t="s">
         <v>99</v>
       </c>
-      <c r="D46" t="s">
+      <c r="E46" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="F46">
         <v>2010</v>
       </c>
       <c r="G46" s="11">
-        <v>169.57</v>
+        <v>178.81</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47">
         <v>42</v>
       </c>
       <c r="B47">
-        <v>3944</v>
+        <v>3206</v>
       </c>
       <c r="C47" t="s">
+        <v>80</v>
+      </c>
+      <c r="D47" t="s">
         <v>101</v>
       </c>
-      <c r="D47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E47" t="s">
-        <v>103</v>
+        <v>26</v>
       </c>
       <c r="F47">
         <v>2010</v>
       </c>
       <c r="G47" s="11">
-        <v>173.53</v>
+        <v>182.39</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48">
         <v>43</v>
       </c>
       <c r="B48">
-        <v>1759</v>
+        <v>4011</v>
       </c>
       <c r="C48" t="s">
+        <v>102</v>
+      </c>
+      <c r="D48" t="s">
+        <v>103</v>
+      </c>
+      <c r="E48" t="s">
         <v>104</v>
       </c>
-      <c r="D48" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F48">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="G48" s="11">
-        <v>174.88</v>
+        <v>183.15</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49">
         <v>44</v>
       </c>
       <c r="B49">
-        <v>1674</v>
+        <v>4041</v>
       </c>
       <c r="C49" t="s">
         <v>105</v>
       </c>
       <c r="D49" t="s">
         <v>106</v>
       </c>
       <c r="E49" t="s">
-        <v>21</v>
+        <v>107</v>
       </c>
       <c r="F49">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="G49" s="11">
-        <v>189.035</v>
+        <v>187.65</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50">
         <v>45</v>
       </c>
       <c r="B50">
-        <v>3462</v>
+        <v>3461</v>
       </c>
       <c r="C50" t="s">
-        <v>59</v>
+        <v>102</v>
       </c>
       <c r="D50" t="s">
-        <v>107</v>
+        <v>95</v>
       </c>
       <c r="E50" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="F50">
         <v>2010</v>
       </c>
       <c r="G50" s="11">
-        <v>198.61</v>
+        <v>198.25</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51">
         <v>46</v>
       </c>
       <c r="B51">
-        <v>3495</v>
+        <v>3941</v>
       </c>
       <c r="C51" t="s">
-        <v>28</v>
+        <v>108</v>
       </c>
       <c r="D51" t="s">
         <v>109</v>
       </c>
       <c r="E51" t="s">
-        <v>51</v>
+        <v>110</v>
       </c>
       <c r="F51">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="G51" s="11">
-        <v>204.51</v>
+        <v>212.17</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52">
         <v>47</v>
       </c>
       <c r="B52">
-        <v>1971</v>
+        <v>1854</v>
       </c>
       <c r="C52" t="s">
-        <v>49</v>
+        <v>108</v>
       </c>
       <c r="D52" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E52" t="s">
-        <v>111</v>
+        <v>57</v>
       </c>
       <c r="F52">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="G52" s="11">
-        <v>206.81</v>
+        <v>216.96</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53">
         <v>48</v>
       </c>
       <c r="B53">
-        <v>3206</v>
+        <v>4168</v>
       </c>
       <c r="C53" t="s">
-        <v>81</v>
+        <v>60</v>
       </c>
       <c r="D53" t="s">
         <v>112</v>
       </c>
       <c r="E53" t="s">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="F53">
         <v>2010</v>
       </c>
       <c r="G53" s="11">
-        <v>210.39</v>
+        <v>269.07</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54">
         <v>49</v>
       </c>
       <c r="B54">
-        <v>4041</v>
+        <v>2402</v>
       </c>
       <c r="C54" t="s">
-        <v>90</v>
+        <v>105</v>
       </c>
       <c r="D54" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E54" t="s">
-        <v>114</v>
+        <v>57</v>
       </c>
       <c r="F54">
         <v>2010</v>
       </c>
       <c r="G54" s="11">
-        <v>215.65</v>
+        <v>277.48</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55">
         <v>50</v>
       </c>
       <c r="B55">
-        <v>3461</v>
+        <v>1718</v>
       </c>
       <c r="C55" t="s">
-        <v>56</v>
+        <v>34</v>
       </c>
       <c r="D55" t="s">
-        <v>107</v>
+        <v>58</v>
       </c>
       <c r="E55" t="s">
-        <v>108</v>
+        <v>59</v>
       </c>
       <c r="F55">
         <v>2010</v>
       </c>
       <c r="G55" s="11">
-        <v>226.25</v>
+        <v>309.88</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="G57"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" s="4" t="s">
         <v>115</v>
       </c>
       <c r="G58"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>4</v>
       </c>
       <c r="C59" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D59" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>7</v>
       </c>
       <c r="F59" s="3" t="s">
         <v>8</v>
       </c>
       <c r="G59" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" s="5">
         <v>1</v>
       </c>
       <c r="B60" s="5">
         <v>1919</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D60" s="5" t="s">
         <v>116</v>
       </c>
       <c r="E60" s="5" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F60" s="5">
         <v>2011</v>
       </c>
       <c r="G60" s="8">
         <v>140.96</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" s="6">
         <v>2</v>
       </c>
       <c r="B61" s="6">
         <v>3120</v>
       </c>
       <c r="C61" s="6" t="s">
         <v>117</v>
       </c>
       <c r="D61" s="6" t="s">
         <v>118</v>
       </c>
       <c r="E61" s="6" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="F61" s="6">
         <v>2011</v>
       </c>
       <c r="G61" s="9">
         <v>156.295</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" s="7">
         <v>3</v>
       </c>
       <c r="B62" s="7">
         <v>4026</v>
       </c>
       <c r="C62" s="7" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D62" s="7" t="s">
         <v>119</v>
       </c>
       <c r="E62" s="7" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="F62" s="7">
         <v>2011</v>
       </c>
       <c r="G62" s="10">
         <v>156.895</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63">
         <v>4</v>
       </c>
       <c r="B63">
-        <v>4103</v>
+        <v>1762</v>
       </c>
       <c r="C63" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="D63" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E63" t="s">
-        <v>61</v>
+        <v>122</v>
       </c>
       <c r="F63">
         <v>2012</v>
       </c>
       <c r="G63" s="11">
-        <v>161.935</v>
+        <v>167.38</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64">
         <v>5</v>
       </c>
       <c r="B64">
-        <v>4013</v>
+        <v>4046</v>
       </c>
       <c r="C64" t="s">
-        <v>16</v>
+        <v>85</v>
       </c>
       <c r="D64" t="s">
-        <v>121</v>
+        <v>14</v>
       </c>
       <c r="E64" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F64">
         <v>2011</v>
       </c>
       <c r="G64" s="11">
-        <v>163.925</v>
+        <v>175.03</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65">
         <v>6</v>
       </c>
       <c r="B65">
-        <v>2796</v>
+        <v>2666</v>
       </c>
       <c r="C65" t="s">
-        <v>81</v>
+        <v>13</v>
       </c>
       <c r="D65" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E65" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F65">
         <v>2011</v>
       </c>
       <c r="G65" s="11">
-        <v>168.0</v>
+        <v>175.57</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66">
         <v>7</v>
       </c>
       <c r="B66">
-        <v>2666</v>
+        <v>4040</v>
       </c>
       <c r="C66" t="s">
-        <v>16</v>
+        <v>124</v>
       </c>
       <c r="D66" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="E66" t="s">
-        <v>61</v>
+        <v>15</v>
       </c>
       <c r="F66">
         <v>2011</v>
       </c>
       <c r="G66" s="11">
-        <v>175.57</v>
+        <v>191.93</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67">
         <v>8</v>
       </c>
       <c r="B67">
-        <v>4046</v>
+        <v>3885</v>
       </c>
       <c r="C67" t="s">
-        <v>88</v>
+        <v>80</v>
       </c>
       <c r="D67" t="s">
-        <v>17</v>
+        <v>125</v>
       </c>
       <c r="E67" t="s">
-        <v>18</v>
+        <v>70</v>
       </c>
       <c r="F67">
         <v>2011</v>
       </c>
       <c r="G67" s="11">
-        <v>181.18</v>
+        <v>195.16</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68">
         <v>9</v>
       </c>
       <c r="B68">
-        <v>1762</v>
+        <v>4096</v>
       </c>
       <c r="C68" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="D68" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="E68" t="s">
-        <v>126</v>
+        <v>21</v>
       </c>
       <c r="F68">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="G68" s="11">
-        <v>195.38</v>
+        <v>198.93</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69">
         <v>10</v>
       </c>
       <c r="B69">
-        <v>4038</v>
+        <v>4023</v>
       </c>
       <c r="C69" t="s">
-        <v>33</v>
+        <v>128</v>
       </c>
       <c r="D69" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="E69" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="F69">
         <v>2011</v>
       </c>
       <c r="G69" s="11">
-        <v>203.02</v>
+        <v>204.87</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70">
         <v>11</v>
       </c>
       <c r="B70">
-        <v>1665</v>
+        <v>4025</v>
       </c>
       <c r="C70" t="s">
-        <v>129</v>
+        <v>37</v>
       </c>
       <c r="D70" t="s">
+        <v>131</v>
+      </c>
+      <c r="E70" t="s">
         <v>130</v>
       </c>
-      <c r="E70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F70">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="G70" s="11">
-        <v>205.875</v>
+        <v>216.94</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71">
         <v>12</v>
       </c>
       <c r="B71">
-        <v>4137</v>
+        <v>2787</v>
       </c>
       <c r="C71" t="s">
+        <v>13</v>
+      </c>
+      <c r="D71" t="s">
         <v>132</v>
       </c>
-      <c r="D71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E71" t="s">
-        <v>21</v>
+        <v>57</v>
       </c>
       <c r="F71">
         <v>2011</v>
       </c>
       <c r="G71" s="11">
-        <v>217.3</v>
+        <v>221.85</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72">
         <v>13</v>
       </c>
       <c r="B72">
-        <v>4025</v>
+        <v>2611</v>
       </c>
       <c r="C72" t="s">
-        <v>33</v>
+        <v>128</v>
       </c>
       <c r="D72" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="E72" t="s">
-        <v>128</v>
+        <v>43</v>
       </c>
       <c r="F72">
         <v>2011</v>
       </c>
       <c r="G72" s="11">
-        <v>222.315</v>
+        <v>222.53</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73">
         <v>14</v>
       </c>
       <c r="B73">
-        <v>3885</v>
+        <v>4053</v>
       </c>
       <c r="C73" t="s">
-        <v>81</v>
+        <v>128</v>
       </c>
       <c r="D73" t="s">
+        <v>134</v>
+      </c>
+      <c r="E73" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="F73">
         <v>2011</v>
       </c>
       <c r="G73" s="11">
-        <v>223.16</v>
+        <v>224.64</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74">
         <v>15</v>
       </c>
       <c r="B74">
-        <v>1981</v>
+        <v>4048</v>
       </c>
       <c r="C74" t="s">
         <v>136</v>
       </c>
       <c r="D74" t="s">
         <v>137</v>
       </c>
       <c r="E74" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="F74">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="G74" s="11">
-        <v>223.435</v>
+        <v>225.55</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75">
         <v>16</v>
       </c>
       <c r="B75">
-        <v>4029</v>
+        <v>2506</v>
       </c>
       <c r="C75" t="s">
-        <v>46</v>
+        <v>138</v>
       </c>
       <c r="D75" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E75" t="s">
-        <v>114</v>
+        <v>52</v>
       </c>
       <c r="F75">
         <v>2011</v>
       </c>
       <c r="G75" s="11">
-        <v>230.42</v>
+        <v>232.18</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76">
         <v>17</v>
       </c>
       <c r="B76">
-        <v>4023</v>
+        <v>4055</v>
       </c>
       <c r="C76" t="s">
-        <v>129</v>
+        <v>24</v>
       </c>
       <c r="D76" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E76" t="s">
-        <v>128</v>
+        <v>135</v>
       </c>
       <c r="F76">
         <v>2011</v>
       </c>
       <c r="G76" s="11">
-        <v>232.87</v>
+        <v>239.16</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77">
         <v>18</v>
       </c>
       <c r="B77">
-        <v>4114</v>
+        <v>4153</v>
       </c>
       <c r="C77" t="s">
-        <v>22</v>
+        <v>89</v>
       </c>
       <c r="D77" t="s">
-        <v>65</v>
+        <v>141</v>
       </c>
       <c r="E77" t="s">
-        <v>128</v>
+        <v>21</v>
       </c>
       <c r="F77">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G77" s="11">
-        <v>235.36</v>
+        <v>240.17</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78">
         <v>19</v>
       </c>
       <c r="B78">
-        <v>2667</v>
+        <v>4107</v>
       </c>
       <c r="C78" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="D78" t="s">
-        <v>123</v>
+        <v>143</v>
       </c>
       <c r="E78" t="s">
-        <v>61</v>
+        <v>52</v>
       </c>
       <c r="F78">
         <v>2012</v>
       </c>
       <c r="G78" s="11">
-        <v>245.295</v>
+        <v>246.0</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79">
         <v>20</v>
       </c>
       <c r="B79">
-        <v>2787</v>
+        <v>4022</v>
       </c>
       <c r="C79" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D79" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="E79" t="s">
-        <v>48</v>
+        <v>130</v>
       </c>
       <c r="F79">
         <v>2011</v>
       </c>
       <c r="G79" s="11">
-        <v>249.85</v>
+        <v>251.37</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80">
         <v>21</v>
       </c>
       <c r="B80">
-        <v>4053</v>
+        <v>4115</v>
       </c>
       <c r="C80" t="s">
-        <v>129</v>
+        <v>37</v>
       </c>
       <c r="D80" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="E80" t="s">
-        <v>143</v>
+        <v>59</v>
       </c>
       <c r="F80">
         <v>2011</v>
       </c>
       <c r="G80" s="11">
-        <v>252.64</v>
+        <v>252.29</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81">
         <v>22</v>
       </c>
       <c r="B81">
-        <v>4048</v>
+        <v>4111</v>
       </c>
       <c r="C81" t="s">
-        <v>144</v>
+        <v>22</v>
       </c>
       <c r="D81" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E81" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="F81">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G81" s="11">
-        <v>253.55</v>
+        <v>256.48</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82">
         <v>23</v>
       </c>
       <c r="B82">
-        <v>4096</v>
+        <v>4043</v>
       </c>
       <c r="C82" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D82" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E82" t="s">
-        <v>15</v>
+        <v>135</v>
       </c>
       <c r="F82">
         <v>2011</v>
       </c>
       <c r="G82" s="11">
-        <v>256.16</v>
+        <v>256.76</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83">
         <v>24</v>
       </c>
       <c r="B83">
-        <v>4117</v>
+        <v>4136</v>
       </c>
       <c r="C83" t="s">
-        <v>19</v>
+        <v>149</v>
       </c>
       <c r="D83" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="E83" t="s">
-        <v>149</v>
+        <v>107</v>
       </c>
       <c r="F83">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="G83" s="11">
-        <v>259.21</v>
+        <v>261.62</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84">
         <v>25</v>
       </c>
       <c r="B84">
-        <v>2506</v>
+        <v>4126</v>
       </c>
       <c r="C84" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D84" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E84" t="s">
-        <v>43</v>
+        <v>135</v>
       </c>
       <c r="F84">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G84" s="11">
-        <v>260.18</v>
+        <v>266.41</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85">
         <v>26</v>
       </c>
       <c r="B85">
-        <v>4040</v>
+        <v>3136</v>
       </c>
       <c r="C85" t="s">
-        <v>152</v>
+        <v>39</v>
       </c>
       <c r="D85" t="s">
-        <v>45</v>
+        <v>153</v>
       </c>
       <c r="E85" t="s">
-        <v>18</v>
+        <v>154</v>
       </c>
       <c r="F85">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G85" s="11">
-        <v>260.19</v>
+        <v>282.18</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86">
         <v>27</v>
       </c>
       <c r="B86">
-        <v>1770</v>
+        <v>4146</v>
       </c>
       <c r="C86" t="s">
-        <v>99</v>
+        <v>37</v>
       </c>
       <c r="D86" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="E86" t="s">
-        <v>128</v>
+        <v>21</v>
       </c>
       <c r="F86">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="G86" s="11">
-        <v>262.255</v>
+        <v>286.52</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87">
         <v>28</v>
       </c>
       <c r="B87">
-        <v>1962</v>
+        <v>4175</v>
       </c>
       <c r="C87" t="s">
-        <v>16</v>
+        <v>156</v>
       </c>
       <c r="D87" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="E87" t="s">
-        <v>111</v>
+        <v>135</v>
       </c>
       <c r="F87">
         <v>2011</v>
       </c>
       <c r="G87" s="11">
-        <v>262.3</v>
+        <v>286.52</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88">
         <v>29</v>
       </c>
       <c r="B88">
-        <v>2611</v>
+        <v>4042</v>
       </c>
       <c r="C88" t="s">
-        <v>129</v>
+        <v>149</v>
       </c>
       <c r="D88" t="s">
-        <v>155</v>
+        <v>148</v>
       </c>
       <c r="E88" t="s">
-        <v>37</v>
+        <v>135</v>
       </c>
       <c r="F88">
         <v>2011</v>
       </c>
       <c r="G88" s="11">
-        <v>265.41</v>
+        <v>288.65</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89">
         <v>30</v>
       </c>
       <c r="B89">
-        <v>4055</v>
+        <v>2358</v>
       </c>
       <c r="C89" t="s">
-        <v>22</v>
+        <v>128</v>
       </c>
       <c r="D89" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="E89" t="s">
-        <v>143</v>
+        <v>159</v>
       </c>
       <c r="F89">
         <v>2011</v>
       </c>
       <c r="G89" s="11">
-        <v>267.16</v>
+        <v>293.44</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90">
         <v>31</v>
       </c>
       <c r="B90">
-        <v>4153</v>
+        <v>3945</v>
       </c>
       <c r="C90" t="s">
-        <v>99</v>
+        <v>160</v>
       </c>
       <c r="D90" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="E90" t="s">
-        <v>15</v>
+        <v>159</v>
       </c>
       <c r="F90">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="G90" s="11">
-        <v>268.17</v>
+        <v>304.19</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91">
         <v>32</v>
       </c>
       <c r="B91">
-        <v>4107</v>
+        <v>4125</v>
       </c>
       <c r="C91" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="D91" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="E91" t="s">
-        <v>43</v>
+        <v>135</v>
       </c>
       <c r="F91">
         <v>2012</v>
       </c>
       <c r="G91" s="11">
-        <v>274.0</v>
+        <v>307.54</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92">
         <v>33</v>
       </c>
       <c r="B92">
-        <v>4115</v>
+        <v>2141</v>
       </c>
       <c r="C92" t="s">
-        <v>33</v>
+        <v>164</v>
       </c>
       <c r="D92" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="E92" t="s">
-        <v>51</v>
+        <v>70</v>
       </c>
       <c r="F92">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G92" s="11">
-        <v>280.29</v>
+        <v>315.28</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93">
         <v>34</v>
       </c>
       <c r="B93">
-        <v>4111</v>
+        <v>4103</v>
       </c>
       <c r="C93" t="s">
-        <v>19</v>
+        <v>117</v>
       </c>
       <c r="D93" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="E93" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="F93">
         <v>2012</v>
       </c>
       <c r="G93" s="11">
-        <v>284.48</v>
+        <v>323.87</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94">
         <v>35</v>
       </c>
       <c r="B94">
-        <v>4043</v>
+        <v>2091</v>
       </c>
       <c r="C94" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="D94" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="E94" t="s">
-        <v>143</v>
+        <v>57</v>
       </c>
       <c r="F94">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G94" s="11">
-        <v>284.76</v>
+        <v>325.63</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95">
         <v>36</v>
       </c>
       <c r="B95">
-        <v>4136</v>
+        <v>4013</v>
       </c>
       <c r="C95" t="s">
-        <v>164</v>
+        <v>13</v>
       </c>
       <c r="D95" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="E95" t="s">
-        <v>114</v>
+        <v>26</v>
       </c>
       <c r="F95">
         <v>2011</v>
       </c>
       <c r="G95" s="11">
-        <v>289.62</v>
+        <v>327.85</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96">
         <v>37</v>
       </c>
       <c r="B96">
-        <v>4126</v>
+        <v>4076</v>
       </c>
       <c r="C96" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="D96" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="E96" t="s">
-        <v>143</v>
+        <v>172</v>
       </c>
       <c r="F96">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="G96" s="11">
-        <v>294.41</v>
+        <v>331.61</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97">
         <v>38</v>
       </c>
       <c r="B97">
-        <v>1659</v>
+        <v>2796</v>
       </c>
       <c r="C97" t="s">
-        <v>168</v>
+        <v>80</v>
       </c>
       <c r="D97" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="E97" t="s">
-        <v>24</v>
+        <v>52</v>
       </c>
       <c r="F97">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="G97" s="11">
-        <v>294.505</v>
+        <v>336.0</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98">
         <v>39</v>
       </c>
       <c r="B98">
-        <v>4022</v>
+        <v>4085</v>
       </c>
       <c r="C98" t="s">
-        <v>16</v>
+        <v>76</v>
       </c>
       <c r="D98" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="E98" t="s">
-        <v>128</v>
+        <v>172</v>
       </c>
       <c r="F98">
         <v>2011</v>
       </c>
       <c r="G98" s="11">
-        <v>295.19</v>
+        <v>364.26</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99">
         <v>40</v>
       </c>
       <c r="B99">
-        <v>4020</v>
+        <v>4150</v>
       </c>
       <c r="C99" t="s">
-        <v>38</v>
+        <v>175</v>
       </c>
       <c r="D99" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="E99" t="s">
-        <v>172</v>
+        <v>84</v>
       </c>
       <c r="F99">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G99" s="11">
-        <v>308.375</v>
+        <v>381.57</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100">
         <v>41</v>
       </c>
       <c r="B100">
-        <v>3136</v>
+        <v>4169</v>
       </c>
       <c r="C100" t="s">
-        <v>38</v>
+        <v>89</v>
       </c>
       <c r="D100" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="E100" t="s">
-        <v>174</v>
+        <v>110</v>
       </c>
       <c r="F100">
         <v>2012</v>
       </c>
       <c r="G100" s="11">
-        <v>310.18</v>
+        <v>383.51</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101">
         <v>42</v>
       </c>
       <c r="B101">
-        <v>4146</v>
+        <v>4038</v>
       </c>
       <c r="C101" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="D101" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="E101" t="s">
-        <v>15</v>
+        <v>130</v>
       </c>
       <c r="F101">
         <v>2011</v>
       </c>
       <c r="G101" s="11">
-        <v>314.52</v>
+        <v>406.04</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102">
         <v>43</v>
       </c>
       <c r="B102">
-        <v>4175</v>
+        <v>1665</v>
       </c>
       <c r="C102" t="s">
-        <v>176</v>
+        <v>128</v>
       </c>
       <c r="D102" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="E102" t="s">
-        <v>143</v>
+        <v>180</v>
       </c>
       <c r="F102">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G102" s="11">
-        <v>314.52</v>
+        <v>411.75</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103">
         <v>44</v>
       </c>
       <c r="B103">
-        <v>4042</v>
+        <v>4118</v>
       </c>
       <c r="C103" t="s">
-        <v>164</v>
+        <v>53</v>
       </c>
       <c r="D103" t="s">
-        <v>163</v>
+        <v>181</v>
       </c>
       <c r="E103" t="s">
-        <v>143</v>
+        <v>182</v>
       </c>
       <c r="F103">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G103" s="11">
-        <v>316.65</v>
+        <v>421.45</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104">
         <v>45</v>
       </c>
       <c r="B104">
-        <v>2358</v>
+        <v>4137</v>
       </c>
       <c r="C104" t="s">
-        <v>129</v>
+        <v>167</v>
       </c>
       <c r="D104" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="E104" t="s">
-        <v>179</v>
+        <v>12</v>
       </c>
       <c r="F104">
         <v>2011</v>
       </c>
       <c r="G104" s="11">
-        <v>321.44</v>
+        <v>434.6</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105">
         <v>46</v>
       </c>
       <c r="B105">
-        <v>4102</v>
+        <v>1981</v>
       </c>
       <c r="C105" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="D105" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="E105" t="s">
-        <v>68</v>
+        <v>104</v>
       </c>
       <c r="F105">
         <v>2012</v>
       </c>
       <c r="G105" s="11">
-        <v>331.215</v>
+        <v>446.87</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106">
         <v>47</v>
       </c>
       <c r="B106">
-        <v>3945</v>
+        <v>4029</v>
       </c>
       <c r="C106" t="s">
-        <v>182</v>
+        <v>55</v>
       </c>
       <c r="D106" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="E106" t="s">
-        <v>179</v>
+        <v>107</v>
       </c>
       <c r="F106">
         <v>2011</v>
       </c>
       <c r="G106" s="11">
-        <v>332.19</v>
+        <v>460.84</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107">
         <v>48</v>
       </c>
       <c r="B107">
-        <v>4125</v>
+        <v>4114</v>
       </c>
       <c r="C107" t="s">
-        <v>184</v>
+        <v>24</v>
       </c>
       <c r="D107" t="s">
-        <v>185</v>
+        <v>72</v>
       </c>
       <c r="E107" t="s">
-        <v>143</v>
+        <v>130</v>
       </c>
       <c r="F107">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="G107" s="11">
-        <v>335.54</v>
+        <v>470.72</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108">
         <v>49</v>
       </c>
       <c r="B108">
-        <v>2141</v>
+        <v>2667</v>
       </c>
       <c r="C108" t="s">
-        <v>180</v>
+        <v>187</v>
       </c>
       <c r="D108" t="s">
-        <v>186</v>
+        <v>123</v>
       </c>
       <c r="E108" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="F108">
         <v>2012</v>
       </c>
       <c r="G108" s="11">
-        <v>343.28</v>
+        <v>490.59</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109">
         <v>50</v>
       </c>
       <c r="B109">
-        <v>2091</v>
+        <v>4117</v>
       </c>
       <c r="C109" t="s">
-        <v>132</v>
+        <v>22</v>
       </c>
       <c r="D109" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E109" t="s">
-        <v>48</v>
+        <v>189</v>
       </c>
       <c r="F109">
         <v>2012</v>
       </c>
       <c r="G109" s="11">
-        <v>353.63</v>
+        <v>518.42</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110">
         <v>51</v>
       </c>
       <c r="B110">
-        <v>4076</v>
+        <v>1770</v>
       </c>
       <c r="C110" t="s">
-        <v>188</v>
+        <v>89</v>
       </c>
       <c r="D110" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E110" t="s">
-        <v>190</v>
+        <v>130</v>
       </c>
       <c r="F110">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G110" s="11">
-        <v>359.61</v>
+        <v>524.51</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111">
         <v>52</v>
       </c>
       <c r="B111">
-        <v>4085</v>
+        <v>1962</v>
       </c>
       <c r="C111" t="s">
-        <v>92</v>
+        <v>13</v>
       </c>
       <c r="D111" t="s">
         <v>191</v>
       </c>
       <c r="E111" t="s">
-        <v>190</v>
+        <v>100</v>
       </c>
       <c r="F111">
         <v>2011</v>
       </c>
       <c r="G111" s="11">
-        <v>392.26</v>
+        <v>524.6</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112">
         <v>53</v>
       </c>
       <c r="B112">
-        <v>4150</v>
+        <v>1659</v>
       </c>
       <c r="C112" t="s">
         <v>192</v>
       </c>
       <c r="D112" t="s">
         <v>193</v>
       </c>
       <c r="E112" t="s">
-        <v>87</v>
+        <v>26</v>
       </c>
       <c r="F112">
         <v>2012</v>
       </c>
       <c r="G112" s="11">
-        <v>409.57</v>
+        <v>589.01</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113">
         <v>54</v>
       </c>
       <c r="B113">
-        <v>4169</v>
+        <v>4020</v>
       </c>
       <c r="C113" t="s">
-        <v>99</v>
+        <v>39</v>
       </c>
       <c r="D113" t="s">
         <v>194</v>
       </c>
       <c r="E113" t="s">
-        <v>68</v>
+        <v>182</v>
       </c>
       <c r="F113">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="G113" s="11">
-        <v>411.51</v>
+        <v>616.75</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114">
         <v>55</v>
       </c>
       <c r="B114">
-        <v>4118</v>
+        <v>4102</v>
       </c>
       <c r="C114" t="s">
-        <v>72</v>
+        <v>164</v>
       </c>
       <c r="D114" t="s">
         <v>195</v>
       </c>
       <c r="E114" t="s">
-        <v>172</v>
+        <v>110</v>
       </c>
       <c r="F114">
         <v>2012</v>
       </c>
       <c r="G114" s="11">
-        <v>449.45</v>
+        <v>662.43</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="G115"/>
     </row>
     <row r="116" spans="1:7">
       <c r="G116"/>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" s="4" t="s">
         <v>196</v>
       </c>
       <c r="G117"/>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>4</v>
       </c>
       <c r="C118" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D118" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>7</v>
       </c>
       <c r="F118" s="3" t="s">
         <v>8</v>
       </c>
       <c r="G118" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" s="5">
         <v>1</v>
       </c>
       <c r="B119" s="5">
-        <v>1744</v>
+        <v>1740</v>
       </c>
       <c r="C119" s="5" t="s">
         <v>197</v>
       </c>
       <c r="D119" s="5" t="s">
         <v>198</v>
       </c>
       <c r="E119" s="5" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="F119" s="5">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="G119" s="8">
-        <v>73.805</v>
+        <v>34.5</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" s="6">
         <v>2</v>
       </c>
       <c r="B120" s="6">
-        <v>1777</v>
+        <v>3962</v>
       </c>
       <c r="C120" s="6" t="s">
         <v>199</v>
       </c>
       <c r="D120" s="6" t="s">
         <v>200</v>
       </c>
       <c r="E120" s="6" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="F120" s="6">
         <v>2009</v>
       </c>
       <c r="G120" s="9">
-        <v>84.62</v>
+        <v>38.88</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" s="7">
         <v>3</v>
       </c>
       <c r="B121" s="7">
-        <v>1894</v>
+        <v>1744</v>
       </c>
       <c r="C121" s="7" t="s">
         <v>201</v>
       </c>
       <c r="D121" s="7" t="s">
         <v>202</v>
       </c>
       <c r="E121" s="7" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F121" s="7">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="G121" s="10">
-        <v>86.885</v>
+        <v>73.805</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122">
         <v>4</v>
       </c>
       <c r="B122">
-        <v>1828</v>
+        <v>1777</v>
       </c>
       <c r="C122" t="s">
         <v>203</v>
       </c>
       <c r="D122" t="s">
         <v>204</v>
       </c>
       <c r="E122" t="s">
-        <v>205</v>
+        <v>29</v>
       </c>
       <c r="F122">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="G122" s="11">
-        <v>95.515</v>
+        <v>76.37</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123">
         <v>5</v>
       </c>
       <c r="B123">
         <v>2510</v>
       </c>
       <c r="C123" t="s">
+        <v>205</v>
+      </c>
+      <c r="D123" t="s">
         <v>206</v>
       </c>
-      <c r="D123" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E123" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="F123">
         <v>2009</v>
       </c>
       <c r="G123" s="11">
-        <v>100.17</v>
+        <v>80.12</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124">
         <v>6</v>
       </c>
       <c r="B124">
-        <v>1740</v>
+        <v>1894</v>
       </c>
       <c r="C124" t="s">
+        <v>207</v>
+      </c>
+      <c r="D124" t="s">
         <v>208</v>
       </c>
-      <c r="D124" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E124" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="F124">
         <v>2009</v>
       </c>
       <c r="G124" s="11">
-        <v>104.12</v>
+        <v>86.885</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125">
         <v>7</v>
       </c>
       <c r="B125">
-        <v>2568</v>
+        <v>1828</v>
       </c>
       <c r="C125" t="s">
+        <v>209</v>
+      </c>
+      <c r="D125" t="s">
         <v>210</v>
       </c>
-      <c r="D125" t="s">
+      <c r="E125" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="F125">
         <v>2010</v>
       </c>
       <c r="G125" s="11">
-        <v>104.635</v>
+        <v>95.515</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126">
         <v>8</v>
       </c>
       <c r="B126">
-        <v>1824</v>
+        <v>3234</v>
       </c>
       <c r="C126" t="s">
         <v>212</v>
       </c>
       <c r="D126" t="s">
         <v>213</v>
       </c>
       <c r="E126" t="s">
-        <v>214</v>
+        <v>182</v>
       </c>
       <c r="F126">
         <v>2009</v>
       </c>
       <c r="G126" s="11">
-        <v>105.235</v>
+        <v>97.15</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127">
         <v>9</v>
       </c>
       <c r="B127">
-        <v>1815</v>
+        <v>1824</v>
       </c>
       <c r="C127" t="s">
+        <v>214</v>
+      </c>
+      <c r="D127" t="s">
         <v>215</v>
       </c>
-      <c r="D127" t="s">
+      <c r="E127" t="s">
         <v>216</v>
       </c>
-      <c r="E127" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F127">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="G127" s="11">
-        <v>105.425</v>
+        <v>97.45</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128">
         <v>10</v>
       </c>
       <c r="B128">
-        <v>3143</v>
+        <v>2568</v>
       </c>
       <c r="C128" t="s">
         <v>217</v>
       </c>
       <c r="D128" t="s">
         <v>218</v>
       </c>
       <c r="E128" t="s">
-        <v>219</v>
+        <v>15</v>
       </c>
       <c r="F128">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="G128" s="11">
-        <v>106.6</v>
+        <v>104.635</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129">
         <v>11</v>
       </c>
       <c r="B129">
-        <v>3962</v>
+        <v>1815</v>
       </c>
       <c r="C129" t="s">
+        <v>219</v>
+      </c>
+      <c r="D129" t="s">
         <v>220</v>
       </c>
-      <c r="D129" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E129" t="s">
-        <v>53</v>
+        <v>180</v>
       </c>
       <c r="F129">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="G129" s="11">
-        <v>107.76</v>
+        <v>105.425</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130">
         <v>12</v>
       </c>
       <c r="B130">
         <v>2335</v>
       </c>
       <c r="C130" t="s">
+        <v>221</v>
+      </c>
+      <c r="D130" t="s">
         <v>222</v>
       </c>
-      <c r="D130" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E130" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="F130">
         <v>2010</v>
       </c>
       <c r="G130" s="11">
         <v>112.535</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131">
         <v>13</v>
       </c>
       <c r="B131">
-        <v>2217</v>
+        <v>3950</v>
       </c>
       <c r="C131" t="s">
+        <v>223</v>
+      </c>
+      <c r="D131" t="s">
         <v>224</v>
       </c>
-      <c r="D131" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E131" t="s">
-        <v>24</v>
+        <v>93</v>
       </c>
       <c r="F131">
         <v>2010</v>
       </c>
       <c r="G131" s="11">
-        <v>113.505</v>
+        <v>114.955</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132">
         <v>14</v>
       </c>
       <c r="B132">
-        <v>3950</v>
+        <v>3386</v>
       </c>
       <c r="C132" t="s">
+        <v>212</v>
+      </c>
+      <c r="D132" t="s">
+        <v>225</v>
+      </c>
+      <c r="E132" t="s">
         <v>226</v>
-      </c>
-[...4 lines deleted...]
-        <v>103</v>
       </c>
       <c r="F132">
         <v>2010</v>
       </c>
       <c r="G132" s="11">
-        <v>114.955</v>
+        <v>116.29</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133">
         <v>15</v>
       </c>
       <c r="B133">
-        <v>3234</v>
+        <v>2578</v>
       </c>
       <c r="C133" t="s">
+        <v>227</v>
+      </c>
+      <c r="D133" t="s">
         <v>228</v>
       </c>
-      <c r="D133" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E133" t="s">
-        <v>172</v>
+        <v>15</v>
       </c>
       <c r="F133">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="G133" s="11">
-        <v>125.15</v>
+        <v>131.58</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134">
         <v>16</v>
       </c>
       <c r="B134">
-        <v>3113</v>
+        <v>3957</v>
       </c>
       <c r="C134" t="s">
+        <v>229</v>
+      </c>
+      <c r="D134" t="s">
         <v>230</v>
       </c>
-      <c r="D134" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E134" t="s">
-        <v>174</v>
+        <v>26</v>
       </c>
       <c r="F134">
         <v>2010</v>
       </c>
       <c r="G134" s="11">
-        <v>132.53</v>
+        <v>131.68</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135">
         <v>17</v>
       </c>
       <c r="B135">
         <v>1661</v>
       </c>
       <c r="C135" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="D135" t="s">
-        <v>169</v>
+        <v>193</v>
       </c>
       <c r="E135" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="F135">
         <v>2010</v>
       </c>
       <c r="G135" s="11">
         <v>138.195</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136">
         <v>18</v>
       </c>
       <c r="B136">
-        <v>3386</v>
+        <v>1882</v>
       </c>
       <c r="C136" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="D136" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="E136" t="s">
-        <v>234</v>
+        <v>15</v>
       </c>
       <c r="F136">
         <v>2010</v>
       </c>
       <c r="G136" s="11">
-        <v>144.29</v>
+        <v>141.89</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137">
         <v>19</v>
       </c>
       <c r="B137">
-        <v>3774</v>
+        <v>2388</v>
       </c>
       <c r="C137" t="s">
-        <v>199</v>
+        <v>233</v>
       </c>
       <c r="D137" t="s">
+        <v>234</v>
+      </c>
+      <c r="E137" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="F137">
         <v>2009</v>
       </c>
       <c r="G137" s="11">
-        <v>150.52</v>
+        <v>145.65</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138">
         <v>20</v>
       </c>
       <c r="B138">
-        <v>2210</v>
+        <v>2139</v>
       </c>
       <c r="C138" t="s">
+        <v>197</v>
+      </c>
+      <c r="D138" t="s">
         <v>236</v>
       </c>
-      <c r="D138" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E138" t="s">
-        <v>24</v>
+        <v>70</v>
       </c>
       <c r="F138">
         <v>2010</v>
       </c>
       <c r="G138" s="11">
-        <v>151.99</v>
+        <v>149.28</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139">
         <v>21</v>
       </c>
       <c r="B139">
-        <v>1817</v>
+        <v>3774</v>
       </c>
       <c r="C139" t="s">
-        <v>238</v>
+        <v>203</v>
       </c>
       <c r="D139" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="E139" t="s">
-        <v>214</v>
+        <v>135</v>
       </c>
       <c r="F139">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="G139" s="11">
-        <v>152.23</v>
+        <v>150.52</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140">
         <v>22</v>
       </c>
       <c r="B140">
-        <v>2578</v>
+        <v>2210</v>
       </c>
       <c r="C140" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="D140" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="E140" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="F140">
         <v>2010</v>
       </c>
       <c r="G140" s="11">
-        <v>159.58</v>
+        <v>151.99</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141">
         <v>23</v>
       </c>
       <c r="B141">
-        <v>3957</v>
+        <v>1817</v>
       </c>
       <c r="C141" t="s">
-        <v>232</v>
+        <v>240</v>
       </c>
       <c r="D141" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="E141" t="s">
-        <v>24</v>
+        <v>216</v>
       </c>
       <c r="F141">
         <v>2010</v>
       </c>
       <c r="G141" s="11">
-        <v>159.68</v>
+        <v>152.23</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142">
         <v>24</v>
       </c>
       <c r="B142">
-        <v>1923</v>
+        <v>3933</v>
       </c>
       <c r="C142" t="s">
+        <v>242</v>
+      </c>
+      <c r="D142" t="s">
         <v>243</v>
       </c>
-      <c r="D142" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E142" t="s">
-        <v>37</v>
+        <v>182</v>
       </c>
       <c r="F142">
         <v>2010</v>
       </c>
       <c r="G142" s="11">
-        <v>161.245</v>
+        <v>170.195</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143">
         <v>25</v>
       </c>
       <c r="B143">
-        <v>3938</v>
+        <v>3371</v>
       </c>
       <c r="C143" t="s">
-        <v>230</v>
+        <v>244</v>
       </c>
       <c r="D143" t="s">
         <v>245</v>
       </c>
       <c r="E143" t="s">
-        <v>128</v>
+        <v>246</v>
       </c>
       <c r="F143">
         <v>2010</v>
       </c>
       <c r="G143" s="11">
-        <v>165.765</v>
+        <v>178.72</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144">
         <v>26</v>
       </c>
       <c r="B144">
-        <v>4142</v>
+        <v>4182</v>
       </c>
       <c r="C144" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D144" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="E144" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="F144">
         <v>2010</v>
       </c>
       <c r="G144" s="11">
-        <v>165.855</v>
+        <v>181.49</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145">
         <v>27</v>
       </c>
       <c r="B145">
-        <v>1882</v>
+        <v>4005</v>
       </c>
       <c r="C145" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D145" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="E145" t="s">
-        <v>18</v>
+        <v>84</v>
       </c>
       <c r="F145">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="G145" s="11">
-        <v>169.89</v>
+        <v>187.0</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146">
         <v>28</v>
       </c>
       <c r="B146">
-        <v>3933</v>
+        <v>3878</v>
       </c>
       <c r="C146" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D146" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="E146" t="s">
-        <v>172</v>
+        <v>84</v>
       </c>
       <c r="F146">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="G146" s="11">
-        <v>170.195</v>
+        <v>187.6</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147">
         <v>29</v>
       </c>
       <c r="B147">
-        <v>2712</v>
+        <v>1771</v>
       </c>
       <c r="C147" t="s">
-        <v>253</v>
+        <v>247</v>
       </c>
       <c r="D147" t="s">
         <v>254</v>
       </c>
       <c r="E147" t="s">
-        <v>255</v>
+        <v>130</v>
       </c>
       <c r="F147">
         <v>2010</v>
       </c>
       <c r="G147" s="11">
-        <v>173.49</v>
+        <v>188.68</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148">
         <v>30</v>
       </c>
       <c r="B148">
-        <v>2388</v>
+        <v>3883</v>
       </c>
       <c r="C148" t="s">
+        <v>217</v>
+      </c>
+      <c r="D148" t="s">
+        <v>255</v>
+      </c>
+      <c r="E148" t="s">
         <v>256</v>
-      </c>
-[...4 lines deleted...]
-        <v>258</v>
       </c>
       <c r="F148">
         <v>2009</v>
       </c>
       <c r="G148" s="11">
-        <v>173.65</v>
+        <v>191.335</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149">
         <v>31</v>
       </c>
       <c r="B149">
-        <v>2139</v>
+        <v>3948</v>
       </c>
       <c r="C149" t="s">
-        <v>208</v>
+        <v>257</v>
       </c>
       <c r="D149" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="E149" t="s">
-        <v>53</v>
+        <v>18</v>
       </c>
       <c r="F149">
         <v>2010</v>
       </c>
       <c r="G149" s="11">
-        <v>177.28</v>
+        <v>194.93</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150">
         <v>32</v>
       </c>
       <c r="B150">
-        <v>3371</v>
+        <v>4162</v>
       </c>
       <c r="C150" t="s">
+        <v>197</v>
+      </c>
+      <c r="D150" t="s">
+        <v>259</v>
+      </c>
+      <c r="E150" t="s">
         <v>260</v>
-      </c>
-[...4 lines deleted...]
-        <v>262</v>
       </c>
       <c r="F150">
         <v>2010</v>
       </c>
       <c r="G150" s="11">
-        <v>178.72</v>
+        <v>204.1</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151">
         <v>33</v>
       </c>
       <c r="B151">
-        <v>1771</v>
+        <v>3143</v>
       </c>
       <c r="C151" t="s">
-        <v>243</v>
+        <v>261</v>
       </c>
       <c r="D151" t="s">
+        <v>262</v>
+      </c>
+      <c r="E151" t="s">
         <v>263</v>
       </c>
-      <c r="E151" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F151">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="G151" s="11">
-        <v>188.68</v>
+        <v>213.2</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152">
         <v>34</v>
       </c>
       <c r="B152">
-        <v>3883</v>
+        <v>4108</v>
       </c>
       <c r="C152" t="s">
-        <v>210</v>
+        <v>264</v>
       </c>
       <c r="D152" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="E152" t="s">
-        <v>265</v>
+        <v>104</v>
       </c>
       <c r="F152">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="G152" s="11">
-        <v>191.335</v>
+        <v>214.53</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153">
         <v>35</v>
       </c>
       <c r="B153">
-        <v>4182</v>
+        <v>2217</v>
       </c>
       <c r="C153" t="s">
-        <v>243</v>
+        <v>266</v>
       </c>
       <c r="D153" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="E153" t="s">
-        <v>267</v>
+        <v>26</v>
       </c>
       <c r="F153">
         <v>2010</v>
       </c>
       <c r="G153" s="11">
-        <v>209.49</v>
+        <v>227.01</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154">
         <v>36</v>
       </c>
       <c r="B154">
-        <v>4005</v>
+        <v>4123</v>
       </c>
       <c r="C154" t="s">
+        <v>240</v>
+      </c>
+      <c r="D154" t="s">
         <v>268</v>
       </c>
-      <c r="D154" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E154" t="s">
-        <v>87</v>
+        <v>135</v>
       </c>
       <c r="F154">
         <v>2009</v>
       </c>
       <c r="G154" s="11">
-        <v>215.0</v>
+        <v>227.8</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155">
         <v>37</v>
       </c>
       <c r="B155">
-        <v>3878</v>
+        <v>4135</v>
       </c>
       <c r="C155" t="s">
+        <v>269</v>
+      </c>
+      <c r="D155" t="s">
         <v>270</v>
       </c>
-      <c r="D155" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E155" t="s">
-        <v>87</v>
+        <v>100</v>
       </c>
       <c r="F155">
         <v>2009</v>
       </c>
       <c r="G155" s="11">
-        <v>215.6</v>
+        <v>235.25</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156">
         <v>38</v>
       </c>
       <c r="B156">
-        <v>3948</v>
+        <v>3590</v>
       </c>
       <c r="C156" t="s">
+        <v>271</v>
+      </c>
+      <c r="D156" t="s">
         <v>272</v>
       </c>
-      <c r="D156" t="s">
+      <c r="E156" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="F156">
         <v>2010</v>
       </c>
       <c r="G156" s="11">
-        <v>222.93</v>
+        <v>236.46</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157">
         <v>39</v>
       </c>
       <c r="B157">
-        <v>4162</v>
+        <v>3117</v>
       </c>
       <c r="C157" t="s">
-        <v>208</v>
+        <v>274</v>
       </c>
       <c r="D157" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="E157" t="s">
-        <v>248</v>
+        <v>104</v>
       </c>
       <c r="F157">
         <v>2010</v>
       </c>
       <c r="G157" s="11">
-        <v>232.1</v>
+        <v>241.65</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158">
         <v>40</v>
       </c>
       <c r="B158">
-        <v>4108</v>
+        <v>4143</v>
       </c>
       <c r="C158" t="s">
-        <v>275</v>
+        <v>247</v>
       </c>
       <c r="D158" t="s">
         <v>276</v>
       </c>
       <c r="E158" t="s">
-        <v>58</v>
+        <v>15</v>
       </c>
       <c r="F158">
         <v>2010</v>
       </c>
       <c r="G158" s="11">
-        <v>242.53</v>
+        <v>242.25</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159">
         <v>41</v>
       </c>
       <c r="B159">
-        <v>4123</v>
+        <v>3113</v>
       </c>
       <c r="C159" t="s">
-        <v>238</v>
+        <v>277</v>
       </c>
       <c r="D159" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="E159" t="s">
-        <v>143</v>
+        <v>154</v>
       </c>
       <c r="F159">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="G159" s="11">
-        <v>255.8</v>
+        <v>265.06</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160">
         <v>42</v>
       </c>
       <c r="B160">
-        <v>4135</v>
+        <v>3131</v>
       </c>
       <c r="C160" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="D160" t="s">
         <v>279</v>
       </c>
       <c r="E160" t="s">
-        <v>111</v>
+        <v>154</v>
       </c>
       <c r="F160">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="G160" s="11">
-        <v>263.25</v>
+        <v>282.14</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161">
         <v>43</v>
       </c>
       <c r="B161">
-        <v>3590</v>
+        <v>1923</v>
       </c>
       <c r="C161" t="s">
-        <v>253</v>
+        <v>247</v>
       </c>
       <c r="D161" t="s">
         <v>280</v>
       </c>
       <c r="E161" t="s">
-        <v>281</v>
+        <v>43</v>
       </c>
       <c r="F161">
         <v>2010</v>
       </c>
       <c r="G161" s="11">
-        <v>264.46</v>
+        <v>322.49</v>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162">
         <v>44</v>
       </c>
       <c r="B162">
-        <v>4143</v>
+        <v>3938</v>
       </c>
       <c r="C162" t="s">
-        <v>243</v>
+        <v>277</v>
       </c>
       <c r="D162" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="E162" t="s">
-        <v>18</v>
+        <v>130</v>
       </c>
       <c r="F162">
         <v>2010</v>
       </c>
       <c r="G162" s="11">
-        <v>270.25</v>
+        <v>331.53</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163">
         <v>45</v>
       </c>
       <c r="B163">
-        <v>3117</v>
+        <v>4142</v>
       </c>
       <c r="C163" t="s">
+        <v>282</v>
+      </c>
+      <c r="D163" t="s">
         <v>283</v>
       </c>
-      <c r="D163" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E163" t="s">
-        <v>58</v>
+        <v>260</v>
       </c>
       <c r="F163">
         <v>2010</v>
       </c>
       <c r="G163" s="11">
-        <v>274.61</v>
+        <v>331.71</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164">
         <v>46</v>
       </c>
       <c r="B164">
-        <v>3131</v>
+        <v>4176</v>
       </c>
       <c r="C164" t="s">
-        <v>283</v>
+        <v>269</v>
       </c>
       <c r="D164" t="s">
+        <v>284</v>
+      </c>
+      <c r="E164" t="s">
         <v>285</v>
       </c>
-      <c r="E164" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F164">
-        <v>2010</v>
+        <v>2009</v>
       </c>
       <c r="G164" s="11">
-        <v>310.14</v>
+        <v>346.25</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165">
         <v>47</v>
       </c>
       <c r="B165">
-        <v>4176</v>
+        <v>2712</v>
       </c>
       <c r="C165" t="s">
-        <v>278</v>
+        <v>271</v>
       </c>
       <c r="D165" t="s">
         <v>286</v>
       </c>
       <c r="E165" t="s">
-        <v>114</v>
+        <v>287</v>
       </c>
       <c r="F165">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="G165" s="11">
-        <v>374.25</v>
+        <v>346.98</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="G166"/>
     </row>
     <row r="167" spans="1:7">
       <c r="G167"/>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" s="4" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="G168"/>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>4</v>
       </c>
       <c r="C169" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D169" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>7</v>
       </c>
       <c r="F169" s="3" t="s">
         <v>8</v>
       </c>
       <c r="G169" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" s="5">
         <v>1</v>
       </c>
       <c r="B170" s="5">
-        <v>1898</v>
+        <v>1805</v>
       </c>
       <c r="C170" s="5" t="s">
-        <v>288</v>
+        <v>269</v>
       </c>
       <c r="D170" s="5" t="s">
-        <v>289</v>
+        <v>220</v>
       </c>
       <c r="E170" s="5" t="s">
-        <v>27</v>
+        <v>180</v>
       </c>
       <c r="F170" s="5">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G170" s="8">
-        <v>149.215</v>
+        <v>148.56</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" s="6">
         <v>2</v>
       </c>
       <c r="B171" s="6">
-        <v>1757</v>
+        <v>1898</v>
       </c>
       <c r="C171" s="6" t="s">
+        <v>289</v>
+      </c>
+      <c r="D171" s="6" t="s">
         <v>290</v>
       </c>
-      <c r="D171" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E171" s="6" t="s">
-        <v>292</v>
+        <v>29</v>
       </c>
       <c r="F171" s="6">
         <v>2011</v>
       </c>
       <c r="G171" s="9">
-        <v>160.74</v>
+        <v>149.215</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" s="7">
         <v>3</v>
       </c>
       <c r="B172" s="7">
-        <v>4033</v>
+        <v>1757</v>
       </c>
       <c r="C172" s="7" t="s">
+        <v>291</v>
+      </c>
+      <c r="D172" s="7" t="s">
+        <v>292</v>
+      </c>
+      <c r="E172" s="7" t="s">
         <v>293</v>
-      </c>
-[...4 lines deleted...]
-        <v>114</v>
       </c>
       <c r="F172" s="7">
         <v>2011</v>
       </c>
       <c r="G172" s="10">
-        <v>168.565</v>
+        <v>160.74</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173">
         <v>4</v>
       </c>
       <c r="B173">
-        <v>1775</v>
+        <v>4033</v>
       </c>
       <c r="C173" t="s">
+        <v>294</v>
+      </c>
+      <c r="D173" t="s">
         <v>295</v>
       </c>
-      <c r="D173" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E173" t="s">
-        <v>27</v>
+        <v>107</v>
       </c>
       <c r="F173">
         <v>2011</v>
       </c>
       <c r="G173" s="11">
-        <v>170.285</v>
+        <v>168.565</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174">
         <v>5</v>
       </c>
       <c r="B174">
-        <v>2944</v>
+        <v>1775</v>
       </c>
       <c r="C174" t="s">
         <v>296</v>
       </c>
       <c r="D174" t="s">
-        <v>297</v>
+        <v>204</v>
       </c>
       <c r="E174" t="s">
-        <v>131</v>
+        <v>29</v>
       </c>
       <c r="F174">
         <v>2011</v>
       </c>
       <c r="G174" s="11">
-        <v>172.685</v>
+        <v>170.285</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175">
         <v>6</v>
       </c>
       <c r="B175">
-        <v>1805</v>
+        <v>2944</v>
       </c>
       <c r="C175" t="s">
-        <v>278</v>
+        <v>297</v>
       </c>
       <c r="D175" t="s">
-        <v>216</v>
+        <v>298</v>
       </c>
       <c r="E175" t="s">
-        <v>131</v>
+        <v>180</v>
       </c>
       <c r="F175">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="G175" s="11">
-        <v>176.56</v>
+        <v>172.685</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176">
         <v>7</v>
       </c>
       <c r="B176">
         <v>1689</v>
       </c>
       <c r="C176" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="D176" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="E176" t="s">
-        <v>299</v>
+        <v>79</v>
       </c>
       <c r="F176">
         <v>2011</v>
       </c>
       <c r="G176" s="11">
         <v>188.435</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177">
         <v>8</v>
       </c>
       <c r="B177">
-        <v>3391</v>
+        <v>4045</v>
       </c>
       <c r="C177" t="s">
+        <v>269</v>
+      </c>
+      <c r="D177" t="s">
         <v>300</v>
       </c>
-      <c r="D177" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E177" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="F177">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="G177" s="11">
-        <v>192.505</v>
+        <v>195.5</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178">
         <v>9</v>
       </c>
       <c r="B178">
-        <v>4014</v>
+        <v>4044</v>
       </c>
       <c r="C178" t="s">
-        <v>301</v>
+        <v>274</v>
       </c>
       <c r="D178" t="s">
-        <v>302</v>
+        <v>141</v>
       </c>
       <c r="E178" t="s">
-        <v>128</v>
+        <v>21</v>
       </c>
       <c r="F178">
         <v>2011</v>
       </c>
       <c r="G178" s="11">
-        <v>195.035</v>
+        <v>207.665</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179">
         <v>10</v>
       </c>
       <c r="B179">
-        <v>4045</v>
+        <v>2357</v>
       </c>
       <c r="C179" t="s">
-        <v>278</v>
+        <v>301</v>
       </c>
       <c r="D179" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="E179" t="s">
-        <v>15</v>
+        <v>159</v>
       </c>
       <c r="F179">
         <v>2011</v>
       </c>
       <c r="G179" s="11">
-        <v>195.5</v>
+        <v>208.29</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180">
         <v>11</v>
       </c>
       <c r="B180">
-        <v>2220</v>
+        <v>4030</v>
       </c>
       <c r="C180" t="s">
+        <v>303</v>
+      </c>
+      <c r="D180" t="s">
         <v>304</v>
       </c>
-      <c r="D180" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E180" t="s">
-        <v>37</v>
+        <v>107</v>
       </c>
       <c r="F180">
         <v>2011</v>
       </c>
       <c r="G180" s="11">
-        <v>204.6</v>
+        <v>209.96</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181">
         <v>12</v>
       </c>
       <c r="B181">
-        <v>4044</v>
+        <v>1695</v>
       </c>
       <c r="C181" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="D181" t="s">
-        <v>157</v>
+        <v>305</v>
       </c>
       <c r="E181" t="s">
-        <v>15</v>
+        <v>246</v>
       </c>
       <c r="F181">
         <v>2011</v>
       </c>
       <c r="G181" s="11">
-        <v>207.665</v>
+        <v>218.6</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182">
         <v>13</v>
       </c>
       <c r="B182">
-        <v>2357</v>
+        <v>3359</v>
       </c>
       <c r="C182" t="s">
         <v>306</v>
       </c>
       <c r="D182" t="s">
         <v>307</v>
       </c>
       <c r="E182" t="s">
-        <v>179</v>
+        <v>26</v>
       </c>
       <c r="F182">
         <v>2011</v>
       </c>
       <c r="G182" s="11">
-        <v>208.29</v>
+        <v>220.76</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183">
         <v>14</v>
       </c>
       <c r="B183">
-        <v>4030</v>
+        <v>3115</v>
       </c>
       <c r="C183" t="s">
-        <v>304</v>
+        <v>247</v>
       </c>
       <c r="D183" t="s">
         <v>308</v>
       </c>
       <c r="E183" t="s">
-        <v>114</v>
+        <v>26</v>
       </c>
       <c r="F183">
         <v>2011</v>
       </c>
       <c r="G183" s="11">
-        <v>209.96</v>
+        <v>233.19</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184">
         <v>15</v>
       </c>
       <c r="B184">
-        <v>1760</v>
+        <v>2658</v>
       </c>
       <c r="C184" t="s">
+        <v>240</v>
+      </c>
+      <c r="D184" t="s">
         <v>309</v>
       </c>
-      <c r="D184" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E184" t="s">
-        <v>51</v>
+        <v>310</v>
       </c>
       <c r="F184">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="G184" s="11">
-        <v>213.385</v>
+        <v>233.53</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185">
         <v>16</v>
       </c>
       <c r="B185">
-        <v>2547</v>
+        <v>4094</v>
       </c>
       <c r="C185" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="D185" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="E185" t="s">
-        <v>18</v>
+        <v>88</v>
       </c>
       <c r="F185">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="G185" s="11">
-        <v>217.82</v>
+        <v>243.625</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186">
         <v>17</v>
       </c>
       <c r="B186">
-        <v>1695</v>
+        <v>2238</v>
       </c>
       <c r="C186" t="s">
-        <v>304</v>
+        <v>277</v>
       </c>
       <c r="D186" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="E186" t="s">
-        <v>262</v>
+        <v>180</v>
       </c>
       <c r="F186">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G186" s="11">
-        <v>218.6</v>
+        <v>254.84</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187">
         <v>18</v>
       </c>
       <c r="B187">
-        <v>3359</v>
+        <v>3099</v>
       </c>
       <c r="C187" t="s">
-        <v>300</v>
+        <v>240</v>
       </c>
       <c r="D187" t="s">
-        <v>313</v>
+        <v>63</v>
       </c>
       <c r="E187" t="s">
-        <v>24</v>
+        <v>59</v>
       </c>
       <c r="F187">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G187" s="11">
-        <v>220.76</v>
+        <v>260.88</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188">
         <v>19</v>
       </c>
       <c r="B188">
-        <v>4015</v>
+        <v>4056</v>
       </c>
       <c r="C188" t="s">
         <v>314</v>
       </c>
       <c r="D188" t="s">
         <v>315</v>
       </c>
       <c r="E188" t="s">
-        <v>128</v>
+        <v>15</v>
       </c>
       <c r="F188">
         <v>2011</v>
       </c>
       <c r="G188" s="11">
-        <v>226.535</v>
+        <v>261.18</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189">
         <v>20</v>
       </c>
       <c r="B189">
-        <v>3389</v>
+        <v>3121</v>
       </c>
       <c r="C189" t="s">
-        <v>253</v>
+        <v>197</v>
       </c>
       <c r="D189" t="s">
-        <v>113</v>
+        <v>316</v>
       </c>
       <c r="E189" t="s">
-        <v>27</v>
+        <v>159</v>
       </c>
       <c r="F189">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="G189" s="11">
-        <v>232.775</v>
+        <v>285.76</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190">
         <v>21</v>
       </c>
       <c r="B190">
-        <v>4016</v>
+        <v>4130</v>
       </c>
       <c r="C190" t="s">
-        <v>210</v>
+        <v>317</v>
       </c>
       <c r="D190" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="E190" t="s">
-        <v>27</v>
+        <v>67</v>
       </c>
       <c r="F190">
         <v>2012</v>
       </c>
       <c r="G190" s="11">
-        <v>236.305</v>
+        <v>306.29</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191">
         <v>22</v>
       </c>
       <c r="B191">
-        <v>3115</v>
+        <v>3391</v>
       </c>
       <c r="C191" t="s">
-        <v>243</v>
+        <v>306</v>
       </c>
       <c r="D191" t="s">
-        <v>317</v>
+        <v>106</v>
       </c>
       <c r="E191" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="F191">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G191" s="11">
-        <v>237.37</v>
+        <v>385.01</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192">
         <v>23</v>
       </c>
       <c r="B192">
-        <v>4094</v>
+        <v>4014</v>
       </c>
       <c r="C192" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="D192" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="E192" t="s">
-        <v>98</v>
+        <v>130</v>
       </c>
       <c r="F192">
         <v>2011</v>
       </c>
       <c r="G192" s="11">
-        <v>243.625</v>
+        <v>390.07</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193">
         <v>24</v>
       </c>
       <c r="B193">
-        <v>1789</v>
+        <v>2220</v>
       </c>
       <c r="C193" t="s">
-        <v>243</v>
+        <v>303</v>
       </c>
       <c r="D193" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="E193" t="s">
-        <v>61</v>
+        <v>43</v>
       </c>
       <c r="F193">
         <v>2011</v>
       </c>
       <c r="G193" s="11">
-        <v>250.27</v>
+        <v>409.2</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194">
         <v>25</v>
       </c>
       <c r="B194">
-        <v>4129</v>
+        <v>1760</v>
       </c>
       <c r="C194" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D194" t="s">
-        <v>322</v>
+        <v>94</v>
       </c>
       <c r="E194" t="s">
-        <v>24</v>
+        <v>59</v>
       </c>
       <c r="F194">
         <v>2012</v>
       </c>
       <c r="G194" s="11">
-        <v>253.825</v>
+        <v>426.77</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195">
         <v>26</v>
       </c>
       <c r="B195">
-        <v>3107</v>
+        <v>2547</v>
       </c>
       <c r="C195" t="s">
         <v>323</v>
       </c>
       <c r="D195" t="s">
         <v>324</v>
       </c>
       <c r="E195" t="s">
-        <v>131</v>
+        <v>15</v>
       </c>
       <c r="F195">
         <v>2012</v>
       </c>
       <c r="G195" s="11">
-        <v>259.565</v>
+        <v>435.64</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196">
         <v>27</v>
       </c>
       <c r="B196">
-        <v>2172</v>
+        <v>4015</v>
       </c>
       <c r="C196" t="s">
-        <v>199</v>
+        <v>325</v>
       </c>
       <c r="D196" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="E196" t="s">
-        <v>96</v>
+        <v>130</v>
       </c>
       <c r="F196">
         <v>2011</v>
       </c>
       <c r="G196" s="11">
-        <v>263.895</v>
+        <v>453.07</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197">
         <v>28</v>
       </c>
       <c r="B197">
-        <v>4124</v>
+        <v>3389</v>
       </c>
       <c r="C197" t="s">
-        <v>300</v>
+        <v>271</v>
       </c>
       <c r="D197" t="s">
-        <v>326</v>
+        <v>106</v>
       </c>
       <c r="E197" t="s">
-        <v>143</v>
+        <v>29</v>
       </c>
       <c r="F197">
         <v>2012</v>
       </c>
       <c r="G197" s="11">
-        <v>264.225</v>
+        <v>465.55</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198">
         <v>29</v>
       </c>
       <c r="B198">
-        <v>2147</v>
+        <v>4016</v>
       </c>
       <c r="C198" t="s">
+        <v>217</v>
+      </c>
+      <c r="D198" t="s">
         <v>327</v>
       </c>
-      <c r="D198" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E198" t="s">
-        <v>53</v>
+        <v>29</v>
       </c>
       <c r="F198">
         <v>2012</v>
       </c>
       <c r="G198" s="11">
-        <v>266.97</v>
+        <v>472.61</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199">
         <v>30</v>
       </c>
       <c r="B199">
-        <v>1787</v>
+        <v>1789</v>
       </c>
       <c r="C199" t="s">
-        <v>300</v>
+        <v>247</v>
       </c>
       <c r="D199" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="E199" t="s">
-        <v>330</v>
+        <v>46</v>
       </c>
       <c r="F199">
         <v>2011</v>
       </c>
       <c r="G199" s="11">
-        <v>274.16</v>
+        <v>500.54</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200">
         <v>31</v>
       </c>
       <c r="B200">
-        <v>4074</v>
+        <v>4129</v>
       </c>
       <c r="C200" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="D200" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="E200" t="s">
-        <v>68</v>
+        <v>26</v>
       </c>
       <c r="F200">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G200" s="11">
-        <v>281.005</v>
+        <v>507.65</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201">
         <v>32</v>
       </c>
       <c r="B201">
-        <v>2238</v>
+        <v>3107</v>
       </c>
       <c r="C201" t="s">
-        <v>230</v>
+        <v>331</v>
       </c>
       <c r="D201" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="E201" t="s">
-        <v>131</v>
+        <v>180</v>
       </c>
       <c r="F201">
         <v>2012</v>
       </c>
       <c r="G201" s="11">
-        <v>282.84</v>
+        <v>519.13</v>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="A202">
         <v>33</v>
       </c>
       <c r="B202">
-        <v>4106</v>
+        <v>2172</v>
       </c>
       <c r="C202" t="s">
-        <v>334</v>
+        <v>203</v>
       </c>
       <c r="D202" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="E202" t="s">
-        <v>53</v>
+        <v>75</v>
       </c>
       <c r="F202">
         <v>2011</v>
       </c>
       <c r="G202" s="11">
-        <v>284.87</v>
+        <v>527.79</v>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="A203">
         <v>34</v>
       </c>
       <c r="B203">
-        <v>1753</v>
+        <v>4124</v>
       </c>
       <c r="C203" t="s">
-        <v>268</v>
+        <v>306</v>
       </c>
       <c r="D203" t="s">
-        <v>31</v>
+        <v>334</v>
       </c>
       <c r="E203" t="s">
-        <v>27</v>
+        <v>135</v>
       </c>
       <c r="F203">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G203" s="11">
-        <v>286.075</v>
+        <v>528.45</v>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204">
         <v>35</v>
       </c>
       <c r="B204">
-        <v>1742</v>
+        <v>2147</v>
       </c>
       <c r="C204" t="s">
+        <v>335</v>
+      </c>
+      <c r="D204" t="s">
         <v>336</v>
       </c>
-      <c r="D204" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E204" t="s">
-        <v>292</v>
+        <v>70</v>
       </c>
       <c r="F204">
         <v>2012</v>
       </c>
       <c r="G204" s="11">
-        <v>287.675</v>
+        <v>533.94</v>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205">
         <v>36</v>
       </c>
       <c r="B205">
-        <v>3099</v>
+        <v>1787</v>
       </c>
       <c r="C205" t="s">
-        <v>238</v>
+        <v>306</v>
       </c>
       <c r="D205" t="s">
-        <v>50</v>
+        <v>337</v>
       </c>
       <c r="E205" t="s">
-        <v>51</v>
+        <v>338</v>
       </c>
       <c r="F205">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="G205" s="11">
-        <v>288.88</v>
+        <v>548.32</v>
       </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206">
         <v>37</v>
       </c>
       <c r="B206">
-        <v>4056</v>
+        <v>4074</v>
       </c>
       <c r="C206" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="D206" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="E206" t="s">
-        <v>18</v>
+        <v>110</v>
       </c>
       <c r="F206">
         <v>2011</v>
       </c>
       <c r="G206" s="11">
-        <v>289.18</v>
+        <v>562.01</v>
       </c>
     </row>
     <row r="207" spans="1:7">
       <c r="A207">
         <v>38</v>
       </c>
       <c r="B207">
-        <v>4113</v>
+        <v>4106</v>
       </c>
       <c r="C207" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="D207" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="E207" t="s">
-        <v>292</v>
+        <v>70</v>
       </c>
       <c r="F207">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="G207" s="11">
-        <v>296.345</v>
+        <v>569.74</v>
       </c>
     </row>
     <row r="208" spans="1:7">
       <c r="A208">
         <v>39</v>
       </c>
       <c r="B208">
-        <v>3121</v>
+        <v>1753</v>
       </c>
       <c r="C208" t="s">
-        <v>208</v>
+        <v>250</v>
       </c>
       <c r="D208" t="s">
-        <v>342</v>
+        <v>33</v>
       </c>
       <c r="E208" t="s">
-        <v>179</v>
+        <v>29</v>
       </c>
       <c r="F208">
         <v>2011</v>
       </c>
       <c r="G208" s="11">
-        <v>313.76</v>
+        <v>572.15</v>
       </c>
     </row>
     <row r="209" spans="1:7">
       <c r="A209">
         <v>40</v>
       </c>
       <c r="B209">
-        <v>4130</v>
+        <v>1742</v>
       </c>
       <c r="C209" t="s">
         <v>343</v>
       </c>
       <c r="D209" t="s">
         <v>344</v>
       </c>
       <c r="E209" t="s">
-        <v>77</v>
+        <v>293</v>
       </c>
       <c r="F209">
         <v>2012</v>
       </c>
       <c r="G209" s="11">
-        <v>334.29</v>
+        <v>575.35</v>
       </c>
     </row>
     <row r="210" spans="1:7">
       <c r="A210">
         <v>41</v>
       </c>
       <c r="B210">
-        <v>2658</v>
+        <v>4113</v>
       </c>
       <c r="C210" t="s">
-        <v>238</v>
+        <v>345</v>
       </c>
       <c r="D210" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="E210" t="s">
-        <v>346</v>
+        <v>293</v>
       </c>
       <c r="F210">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G210" s="11">
-        <v>350.45</v>
+        <v>592.69</v>
       </c>
     </row>
     <row r="211" spans="1:7">
       <c r="G211"/>
     </row>
     <row r="212" spans="1:7">
       <c r="G212"/>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" s="3" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" s="12" t="s">
         <v>348</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A4:G4"/>
     <mergeCell ref="A58:G58"/>
     <mergeCell ref="A117:G117"/>