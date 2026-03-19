--- v1 (2026-02-01)
+++ v2 (2026-03-19)
@@ -12,77 +12,80 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="349">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="350">
   <si>
     <t>Polpunkty SL (Posezonowy)</t>
   </si>
   <si>
     <t>Sezon: 2024/2025 | Typ licencji: ZJAZDY | Płeć: Mixed</t>
   </si>
   <si>
     <t>Mężczyźni - Junior młodszy</t>
   </si>
   <si>
     <t>Pozycja</t>
   </si>
   <si>
     <t>Licencja</t>
   </si>
   <si>
     <t>Imię</t>
   </si>
   <si>
     <t>Nazwisko</t>
   </si>
   <si>
     <t>Klub</t>
   </si>
   <si>
     <t>Rocznik</t>
+  </si>
+  <si>
+    <t>Starty</t>
   </si>
   <si>
     <t>Wynik</t>
   </si>
   <si>
     <t>Janusz</t>
   </si>
   <si>
     <t>Truskolaski</t>
   </si>
   <si>
     <t>KS SportUp</t>
   </si>
   <si>
     <t>Jan</t>
   </si>
   <si>
     <t>Miłosz</t>
   </si>
   <si>
     <t>KS BESKIDY</t>
   </si>
   <si>
     <t>Alex</t>
   </si>
@@ -1482,4673 +1485,5265 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G216"/>
+  <dimension ref="A1:H216"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A216" sqref="A216"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="50.988" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7">
+    <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:7">
+    <row r="2" spans="1:8">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:7">
+    <row r="4" spans="1:8">
       <c r="A4" s="4" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:7">
+    <row r="5" spans="1:8">
       <c r="A5" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>7</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>8</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>9</v>
       </c>
-    </row>
-    <row r="6" spans="1:7">
+      <c r="H5" s="3" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
       <c r="A6" s="5">
         <v>1</v>
       </c>
       <c r="B6" s="5">
         <v>1674</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F6" s="5">
         <v>2009</v>
       </c>
-      <c r="G6" s="8">
+      <c r="G6" s="5">
+        <v>2</v>
+      </c>
+      <c r="H6" s="8">
         <v>10.96</v>
       </c>
     </row>
-    <row r="7" spans="1:7">
+    <row r="7" spans="1:8">
       <c r="A7" s="6">
         <v>2</v>
       </c>
       <c r="B7" s="6">
         <v>3879</v>
       </c>
       <c r="C7" s="6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D7" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F7" s="6">
         <v>2009</v>
       </c>
-      <c r="G7" s="9">
+      <c r="G7" s="6">
+        <v>2</v>
+      </c>
+      <c r="H7" s="9">
         <v>11.46</v>
       </c>
     </row>
-    <row r="8" spans="1:7">
+    <row r="8" spans="1:8">
       <c r="A8" s="7">
         <v>3</v>
       </c>
       <c r="B8" s="7">
         <v>1831</v>
       </c>
       <c r="C8" s="7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D8" s="7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E8" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F8" s="7">
         <v>2009</v>
       </c>
-      <c r="G8" s="10">
+      <c r="G8" s="7">
+        <v>2</v>
+      </c>
+      <c r="H8" s="10">
         <v>26.305</v>
       </c>
     </row>
-    <row r="9" spans="1:7">
+    <row r="9" spans="1:8">
       <c r="A9">
         <v>4</v>
       </c>
       <c r="B9">
         <v>1988</v>
       </c>
       <c r="C9" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F9">
         <v>2010</v>
       </c>
-      <c r="G9" s="11">
+      <c r="G9">
+        <v>2</v>
+      </c>
+      <c r="H9" s="11">
         <v>30.71</v>
       </c>
     </row>
-    <row r="10" spans="1:7">
+    <row r="10" spans="1:8">
       <c r="A10">
         <v>5</v>
       </c>
       <c r="B10">
         <v>1675</v>
       </c>
       <c r="C10" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E10" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F10">
         <v>2010</v>
       </c>
-      <c r="G10" s="11">
+      <c r="G10">
+        <v>2</v>
+      </c>
+      <c r="H10" s="11">
         <v>34.04</v>
       </c>
     </row>
-    <row r="11" spans="1:7">
+    <row r="11" spans="1:8">
       <c r="A11">
         <v>6</v>
       </c>
       <c r="B11">
         <v>2522</v>
       </c>
       <c r="C11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F11">
         <v>2009</v>
       </c>
-      <c r="G11" s="11">
+      <c r="G11">
+        <v>2</v>
+      </c>
+      <c r="H11" s="11">
         <v>35.175</v>
       </c>
     </row>
-    <row r="12" spans="1:7">
+    <row r="12" spans="1:8">
       <c r="A12">
         <v>7</v>
       </c>
       <c r="B12">
         <v>1891</v>
       </c>
       <c r="C12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E12" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F12">
         <v>2009</v>
       </c>
-      <c r="G12" s="11">
+      <c r="G12">
+        <v>2</v>
+      </c>
+      <c r="H12" s="11">
         <v>41.34</v>
       </c>
     </row>
-    <row r="13" spans="1:7">
+    <row r="13" spans="1:8">
       <c r="A13">
         <v>8</v>
       </c>
       <c r="B13">
         <v>1732</v>
       </c>
       <c r="C13" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E13" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F13">
         <v>2010</v>
       </c>
-      <c r="G13" s="11">
+      <c r="G13">
+        <v>2</v>
+      </c>
+      <c r="H13" s="11">
         <v>42.495</v>
       </c>
     </row>
-    <row r="14" spans="1:7">
+    <row r="14" spans="1:8">
       <c r="A14">
         <v>9</v>
       </c>
       <c r="B14">
         <v>1758</v>
       </c>
       <c r="C14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D14" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E14" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F14">
         <v>2009</v>
       </c>
-      <c r="G14" s="11">
+      <c r="G14">
+        <v>2</v>
+      </c>
+      <c r="H14" s="11">
         <v>43.585</v>
       </c>
     </row>
-    <row r="15" spans="1:7">
+    <row r="15" spans="1:8">
       <c r="A15">
         <v>10</v>
       </c>
       <c r="B15">
         <v>3747</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E15" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F15">
         <v>2009</v>
       </c>
-      <c r="G15" s="11">
+      <c r="G15">
+        <v>1</v>
+      </c>
+      <c r="H15" s="11">
         <v>44.56</v>
       </c>
     </row>
-    <row r="16" spans="1:7">
+    <row r="16" spans="1:8">
       <c r="A16">
         <v>11</v>
       </c>
       <c r="B16">
         <v>1851</v>
       </c>
       <c r="C16" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E16" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F16">
         <v>2010</v>
       </c>
-      <c r="G16" s="11">
+      <c r="G16">
+        <v>2</v>
+      </c>
+      <c r="H16" s="11">
         <v>50.105</v>
       </c>
     </row>
-    <row r="17" spans="1:7">
+    <row r="17" spans="1:8">
       <c r="A17">
         <v>12</v>
       </c>
       <c r="B17">
         <v>2762</v>
       </c>
       <c r="C17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E17" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F17">
         <v>2010</v>
       </c>
-      <c r="G17" s="11">
+      <c r="G17">
+        <v>2</v>
+      </c>
+      <c r="H17" s="11">
         <v>52.76</v>
       </c>
     </row>
-    <row r="18" spans="1:7">
+    <row r="18" spans="1:8">
       <c r="A18">
         <v>13</v>
       </c>
       <c r="B18">
         <v>3757</v>
       </c>
       <c r="C18" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D18" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E18" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F18">
         <v>2009</v>
       </c>
-      <c r="G18" s="11">
+      <c r="G18">
+        <v>2</v>
+      </c>
+      <c r="H18" s="11">
         <v>53.27</v>
       </c>
     </row>
-    <row r="19" spans="1:7">
+    <row r="19" spans="1:8">
       <c r="A19">
         <v>14</v>
       </c>
       <c r="B19">
         <v>2170</v>
       </c>
       <c r="C19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D19" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E19" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F19">
         <v>2009</v>
       </c>
-      <c r="G19" s="11">
+      <c r="G19">
+        <v>2</v>
+      </c>
+      <c r="H19" s="11">
         <v>54.01</v>
       </c>
     </row>
-    <row r="20" spans="1:7">
+    <row r="20" spans="1:8">
       <c r="A20">
         <v>15</v>
       </c>
       <c r="B20">
         <v>3756</v>
       </c>
       <c r="C20" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D20" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E20" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F20">
         <v>2009</v>
       </c>
-      <c r="G20" s="11">
+      <c r="G20">
+        <v>1</v>
+      </c>
+      <c r="H20" s="11">
         <v>68.53</v>
       </c>
     </row>
-    <row r="21" spans="1:7">
+    <row r="21" spans="1:8">
       <c r="A21">
         <v>16</v>
       </c>
       <c r="B21">
         <v>1911</v>
       </c>
       <c r="C21" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D21" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E21" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F21">
         <v>2010</v>
       </c>
-      <c r="G21" s="11">
+      <c r="G21">
+        <v>1</v>
+      </c>
+      <c r="H21" s="11">
         <v>76.84</v>
       </c>
     </row>
-    <row r="22" spans="1:7">
+    <row r="22" spans="1:8">
       <c r="A22">
         <v>17</v>
       </c>
       <c r="B22">
         <v>2079</v>
       </c>
       <c r="C22" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D22" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E22" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F22">
         <v>2010</v>
       </c>
-      <c r="G22" s="11">
+      <c r="G22">
+        <v>2</v>
+      </c>
+      <c r="H22" s="11">
         <v>77.255</v>
       </c>
     </row>
-    <row r="23" spans="1:7">
+    <row r="23" spans="1:8">
       <c r="A23">
         <v>18</v>
       </c>
       <c r="B23">
         <v>1623</v>
       </c>
       <c r="C23" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D23" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E23" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F23">
         <v>2009</v>
       </c>
-      <c r="G23" s="11">
+      <c r="G23">
+        <v>2</v>
+      </c>
+      <c r="H23" s="11">
         <v>78.2</v>
       </c>
     </row>
-    <row r="24" spans="1:7">
+    <row r="24" spans="1:8">
       <c r="A24">
         <v>19</v>
       </c>
       <c r="B24">
         <v>1553</v>
       </c>
       <c r="C24" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D24" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E24" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F24">
         <v>2009</v>
       </c>
-      <c r="G24" s="11">
+      <c r="G24">
+        <v>1</v>
+      </c>
+      <c r="H24" s="11">
         <v>79.04</v>
       </c>
     </row>
-    <row r="25" spans="1:7">
+    <row r="25" spans="1:8">
       <c r="A25">
         <v>20</v>
       </c>
       <c r="B25">
         <v>1858</v>
       </c>
       <c r="C25" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D25" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E25" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F25">
         <v>2009</v>
       </c>
-      <c r="G25" s="11">
+      <c r="G25">
+        <v>2</v>
+      </c>
+      <c r="H25" s="11">
         <v>82.495</v>
       </c>
     </row>
-    <row r="26" spans="1:7">
+    <row r="26" spans="1:8">
       <c r="A26">
         <v>21</v>
       </c>
       <c r="B26">
         <v>1719</v>
       </c>
       <c r="C26" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D26" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E26" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F26">
         <v>2009</v>
       </c>
-      <c r="G26" s="11">
+      <c r="G26">
+        <v>1</v>
+      </c>
+      <c r="H26" s="11">
         <v>82.76</v>
       </c>
     </row>
-    <row r="27" spans="1:7">
+    <row r="27" spans="1:8">
       <c r="A27">
         <v>22</v>
       </c>
       <c r="B27">
         <v>2173</v>
       </c>
       <c r="C27" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D27" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E27" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F27">
         <v>2010</v>
       </c>
-      <c r="G27" s="11">
+      <c r="G27">
+        <v>1</v>
+      </c>
+      <c r="H27" s="11">
         <v>82.84</v>
       </c>
     </row>
-    <row r="28" spans="1:7">
+    <row r="28" spans="1:8">
       <c r="A28">
         <v>23</v>
       </c>
       <c r="B28">
         <v>3098</v>
       </c>
       <c r="C28" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D28" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E28" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F28">
         <v>2010</v>
       </c>
-      <c r="G28" s="11">
+      <c r="G28">
+        <v>2</v>
+      </c>
+      <c r="H28" s="11">
         <v>84.685</v>
       </c>
     </row>
-    <row r="29" spans="1:7">
+    <row r="29" spans="1:8">
       <c r="A29">
         <v>24</v>
       </c>
       <c r="B29">
         <v>1989</v>
       </c>
       <c r="C29" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D29" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E29" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F29">
         <v>2010</v>
       </c>
-      <c r="G29" s="11">
+      <c r="G29">
+        <v>1</v>
+      </c>
+      <c r="H29" s="11">
         <v>86.38</v>
       </c>
     </row>
-    <row r="30" spans="1:7">
+    <row r="30" spans="1:8">
       <c r="A30">
         <v>25</v>
       </c>
       <c r="B30">
         <v>3763</v>
       </c>
       <c r="C30" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D30" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E30" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F30">
         <v>2009</v>
       </c>
-      <c r="G30" s="11">
+      <c r="G30">
+        <v>1</v>
+      </c>
+      <c r="H30" s="11">
         <v>87.32</v>
       </c>
     </row>
-    <row r="31" spans="1:7">
+    <row r="31" spans="1:8">
       <c r="A31">
         <v>26</v>
       </c>
       <c r="B31">
         <v>2137</v>
       </c>
       <c r="C31" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D31" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E31" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F31">
         <v>2010</v>
       </c>
-      <c r="G31" s="11">
+      <c r="G31">
+        <v>2</v>
+      </c>
+      <c r="H31" s="11">
         <v>90.995</v>
       </c>
     </row>
-    <row r="32" spans="1:7">
+    <row r="32" spans="1:8">
       <c r="A32">
         <v>27</v>
       </c>
       <c r="B32">
         <v>1741</v>
       </c>
       <c r="C32" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D32" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E32" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F32">
         <v>2010</v>
       </c>
-      <c r="G32" s="11">
+      <c r="G32">
+        <v>2</v>
+      </c>
+      <c r="H32" s="11">
         <v>105.005</v>
       </c>
     </row>
-    <row r="33" spans="1:7">
+    <row r="33" spans="1:8">
       <c r="A33">
         <v>28</v>
       </c>
       <c r="B33">
         <v>2174</v>
       </c>
       <c r="C33" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D33" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E33" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F33">
         <v>2009</v>
       </c>
-      <c r="G33" s="11">
+      <c r="G33">
+        <v>1</v>
+      </c>
+      <c r="H33" s="11">
         <v>106.18</v>
       </c>
     </row>
-    <row r="34" spans="1:7">
+    <row r="34" spans="1:8">
       <c r="A34">
         <v>29</v>
       </c>
       <c r="B34">
         <v>2549</v>
       </c>
       <c r="C34" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D34" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E34" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F34">
         <v>2010</v>
       </c>
-      <c r="G34" s="11">
+      <c r="G34">
+        <v>1</v>
+      </c>
+      <c r="H34" s="11">
         <v>111.48</v>
       </c>
     </row>
-    <row r="35" spans="1:7">
+    <row r="35" spans="1:8">
       <c r="A35">
         <v>30</v>
       </c>
       <c r="B35">
         <v>2645</v>
       </c>
       <c r="C35" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D35" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E35" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F35">
         <v>2009</v>
       </c>
-      <c r="G35" s="11">
+      <c r="G35">
+        <v>2</v>
+      </c>
+      <c r="H35" s="11">
         <v>123.16</v>
       </c>
     </row>
-    <row r="36" spans="1:7">
+    <row r="36" spans="1:8">
       <c r="A36">
         <v>31</v>
       </c>
       <c r="B36">
         <v>2142</v>
       </c>
       <c r="C36" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D36" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E36" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F36">
         <v>2010</v>
       </c>
-      <c r="G36" s="11">
+      <c r="G36">
+        <v>2</v>
+      </c>
+      <c r="H36" s="11">
         <v>134.375</v>
       </c>
     </row>
-    <row r="37" spans="1:7">
+    <row r="37" spans="1:8">
       <c r="A37">
         <v>32</v>
       </c>
       <c r="B37">
         <v>4000</v>
       </c>
       <c r="C37" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D37" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E37" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F37">
         <v>2010</v>
       </c>
-      <c r="G37" s="11">
+      <c r="G37">
+        <v>2</v>
+      </c>
+      <c r="H37" s="11">
         <v>135.405</v>
       </c>
     </row>
-    <row r="38" spans="1:7">
+    <row r="38" spans="1:8">
       <c r="A38">
         <v>33</v>
       </c>
       <c r="B38">
         <v>2548</v>
       </c>
       <c r="C38" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D38" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E38" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F38">
         <v>2010</v>
       </c>
-      <c r="G38" s="11">
+      <c r="G38">
+        <v>2</v>
+      </c>
+      <c r="H38" s="11">
         <v>137.165</v>
       </c>
     </row>
-    <row r="39" spans="1:7">
+    <row r="39" spans="1:8">
       <c r="A39">
         <v>34</v>
       </c>
       <c r="B39">
         <v>3999</v>
       </c>
       <c r="C39" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D39" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E39" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="F39">
         <v>2010</v>
       </c>
-      <c r="G39" s="11">
+      <c r="G39">
+        <v>1</v>
+      </c>
+      <c r="H39" s="11">
         <v>139.66</v>
       </c>
     </row>
-    <row r="40" spans="1:7">
+    <row r="40" spans="1:8">
       <c r="A40">
         <v>35</v>
       </c>
       <c r="B40">
         <v>2027</v>
       </c>
       <c r="C40" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D40" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E40" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F40">
         <v>2010</v>
       </c>
-      <c r="G40" s="11">
+      <c r="G40">
+        <v>1</v>
+      </c>
+      <c r="H40" s="11">
         <v>141.57</v>
       </c>
     </row>
-    <row r="41" spans="1:7">
+    <row r="41" spans="1:8">
       <c r="A41">
         <v>36</v>
       </c>
       <c r="B41">
         <v>3944</v>
       </c>
       <c r="C41" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D41" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E41" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F41">
         <v>2010</v>
       </c>
-      <c r="G41" s="11">
+      <c r="G41">
+        <v>1</v>
+      </c>
+      <c r="H41" s="11">
         <v>145.53</v>
       </c>
     </row>
-    <row r="42" spans="1:7">
+    <row r="42" spans="1:8">
       <c r="A42">
         <v>37</v>
       </c>
       <c r="B42">
         <v>1759</v>
       </c>
       <c r="C42" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D42" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E42" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F42">
         <v>2009</v>
       </c>
-      <c r="G42" s="11">
+      <c r="G42">
+        <v>1</v>
+      </c>
+      <c r="H42" s="11">
         <v>146.88</v>
       </c>
     </row>
-    <row r="43" spans="1:7">
+    <row r="43" spans="1:8">
       <c r="A43">
         <v>38</v>
       </c>
       <c r="B43">
         <v>3462</v>
       </c>
       <c r="C43" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D43" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E43" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="F43">
         <v>2010</v>
       </c>
-      <c r="G43" s="11">
+      <c r="G43">
+        <v>1</v>
+      </c>
+      <c r="H43" s="11">
         <v>170.61</v>
       </c>
     </row>
-    <row r="44" spans="1:7">
+    <row r="44" spans="1:8">
       <c r="A44">
         <v>39</v>
       </c>
       <c r="B44">
         <v>2741</v>
       </c>
       <c r="C44" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D44" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E44" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F44">
         <v>2010</v>
       </c>
-      <c r="G44" s="11">
+      <c r="G44">
+        <v>2</v>
+      </c>
+      <c r="H44" s="11">
         <v>175.98</v>
       </c>
     </row>
-    <row r="45" spans="1:7">
+    <row r="45" spans="1:8">
       <c r="A45">
         <v>40</v>
       </c>
       <c r="B45">
         <v>3495</v>
       </c>
       <c r="C45" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D45" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E45" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F45">
         <v>2010</v>
       </c>
-      <c r="G45" s="11">
+      <c r="G45">
+        <v>1</v>
+      </c>
+      <c r="H45" s="11">
         <v>176.51</v>
       </c>
     </row>
-    <row r="46" spans="1:7">
+    <row r="46" spans="1:8">
       <c r="A46">
         <v>41</v>
       </c>
       <c r="B46">
         <v>1971</v>
       </c>
       <c r="C46" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D46" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E46" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F46">
         <v>2010</v>
       </c>
-      <c r="G46" s="11">
+      <c r="G46">
+        <v>1</v>
+      </c>
+      <c r="H46" s="11">
         <v>178.81</v>
       </c>
     </row>
-    <row r="47" spans="1:7">
+    <row r="47" spans="1:8">
       <c r="A47">
         <v>42</v>
       </c>
       <c r="B47">
         <v>3206</v>
       </c>
       <c r="C47" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D47" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E47" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F47">
         <v>2010</v>
       </c>
-      <c r="G47" s="11">
+      <c r="G47">
+        <v>1</v>
+      </c>
+      <c r="H47" s="11">
         <v>182.39</v>
       </c>
     </row>
-    <row r="48" spans="1:7">
+    <row r="48" spans="1:8">
       <c r="A48">
         <v>43</v>
       </c>
       <c r="B48">
         <v>4011</v>
       </c>
       <c r="C48" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D48" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E48" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F48">
         <v>2010</v>
       </c>
-      <c r="G48" s="11">
+      <c r="G48">
+        <v>2</v>
+      </c>
+      <c r="H48" s="11">
         <v>183.15</v>
       </c>
     </row>
-    <row r="49" spans="1:7">
+    <row r="49" spans="1:8">
       <c r="A49">
         <v>44</v>
       </c>
       <c r="B49">
         <v>4041</v>
       </c>
       <c r="C49" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D49" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E49" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="F49">
         <v>2010</v>
       </c>
-      <c r="G49" s="11">
+      <c r="G49">
+        <v>1</v>
+      </c>
+      <c r="H49" s="11">
         <v>187.65</v>
       </c>
     </row>
-    <row r="50" spans="1:7">
+    <row r="50" spans="1:8">
       <c r="A50">
         <v>45</v>
       </c>
       <c r="B50">
         <v>3461</v>
       </c>
       <c r="C50" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D50" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E50" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="F50">
         <v>2010</v>
       </c>
-      <c r="G50" s="11">
+      <c r="G50">
+        <v>1</v>
+      </c>
+      <c r="H50" s="11">
         <v>198.25</v>
       </c>
     </row>
-    <row r="51" spans="1:7">
+    <row r="51" spans="1:8">
       <c r="A51">
         <v>46</v>
       </c>
       <c r="B51">
         <v>3941</v>
       </c>
       <c r="C51" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D51" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E51" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="F51">
         <v>2009</v>
       </c>
-      <c r="G51" s="11">
+      <c r="G51">
+        <v>2</v>
+      </c>
+      <c r="H51" s="11">
         <v>212.17</v>
       </c>
     </row>
-    <row r="52" spans="1:7">
+    <row r="52" spans="1:8">
       <c r="A52">
         <v>47</v>
       </c>
       <c r="B52">
         <v>1854</v>
       </c>
       <c r="C52" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D52" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E52" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F52">
         <v>2009</v>
       </c>
-      <c r="G52" s="11">
+      <c r="G52">
+        <v>2</v>
+      </c>
+      <c r="H52" s="11">
         <v>216.96</v>
       </c>
     </row>
-    <row r="53" spans="1:7">
+    <row r="53" spans="1:8">
       <c r="A53">
         <v>48</v>
       </c>
       <c r="B53">
         <v>4168</v>
       </c>
       <c r="C53" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D53" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E53" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F53">
         <v>2010</v>
       </c>
-      <c r="G53" s="11">
+      <c r="G53">
+        <v>2</v>
+      </c>
+      <c r="H53" s="11">
         <v>269.07</v>
       </c>
     </row>
-    <row r="54" spans="1:7">
+    <row r="54" spans="1:8">
       <c r="A54">
         <v>49</v>
       </c>
       <c r="B54">
         <v>2402</v>
       </c>
       <c r="C54" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D54" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E54" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F54">
         <v>2010</v>
       </c>
-      <c r="G54" s="11">
+      <c r="G54">
+        <v>2</v>
+      </c>
+      <c r="H54" s="11">
         <v>277.48</v>
       </c>
     </row>
-    <row r="55" spans="1:7">
+    <row r="55" spans="1:8">
       <c r="A55">
         <v>50</v>
       </c>
       <c r="B55">
         <v>1718</v>
       </c>
       <c r="C55" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D55" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E55" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F55">
         <v>2010</v>
       </c>
-      <c r="G55" s="11">
+      <c r="G55">
+        <v>2</v>
+      </c>
+      <c r="H55" s="11">
         <v>309.88</v>
       </c>
     </row>
-    <row r="56" spans="1:7">
-[...5 lines deleted...]
-    <row r="58" spans="1:7">
+    <row r="56" spans="1:8">
+      <c r="H56"/>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="H57"/>
+    </row>
+    <row r="58" spans="1:8">
       <c r="A58" s="4" t="s">
-        <v>115</v>
-[...3 lines deleted...]
-    <row r="59" spans="1:7">
+        <v>116</v>
+      </c>
+      <c r="H58"/>
+    </row>
+    <row r="59" spans="1:8">
       <c r="A59" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>4</v>
       </c>
       <c r="C59" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D59" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>7</v>
       </c>
       <c r="F59" s="3" t="s">
         <v>8</v>
       </c>
       <c r="G59" s="3" t="s">
         <v>9</v>
       </c>
-    </row>
-    <row r="60" spans="1:7">
+      <c r="H59" s="3" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
       <c r="A60" s="5">
         <v>1</v>
       </c>
       <c r="B60" s="5">
         <v>1919</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E60" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F60" s="5">
         <v>2011</v>
       </c>
-      <c r="G60" s="8">
+      <c r="G60" s="5">
+        <v>2</v>
+      </c>
+      <c r="H60" s="8">
         <v>140.96</v>
       </c>
     </row>
-    <row r="61" spans="1:7">
+    <row r="61" spans="1:8">
       <c r="A61" s="6">
         <v>2</v>
       </c>
       <c r="B61" s="6">
         <v>3120</v>
       </c>
       <c r="C61" s="6" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D61" s="6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E61" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F61" s="6">
         <v>2011</v>
       </c>
-      <c r="G61" s="9">
+      <c r="G61" s="6">
+        <v>2</v>
+      </c>
+      <c r="H61" s="9">
         <v>156.295</v>
       </c>
     </row>
-    <row r="62" spans="1:7">
+    <row r="62" spans="1:8">
       <c r="A62" s="7">
         <v>3</v>
       </c>
       <c r="B62" s="7">
         <v>4026</v>
       </c>
       <c r="C62" s="7" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D62" s="7" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E62" s="7" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F62" s="7">
         <v>2011</v>
       </c>
-      <c r="G62" s="10">
+      <c r="G62" s="7">
+        <v>2</v>
+      </c>
+      <c r="H62" s="10">
         <v>156.895</v>
       </c>
     </row>
-    <row r="63" spans="1:7">
+    <row r="63" spans="1:8">
       <c r="A63">
         <v>4</v>
       </c>
       <c r="B63">
         <v>1762</v>
       </c>
       <c r="C63" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D63" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E63" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="F63">
         <v>2012</v>
       </c>
-      <c r="G63" s="11">
+      <c r="G63">
+        <v>1</v>
+      </c>
+      <c r="H63" s="11">
         <v>167.38</v>
       </c>
     </row>
-    <row r="64" spans="1:7">
+    <row r="64" spans="1:8">
       <c r="A64">
         <v>5</v>
       </c>
       <c r="B64">
         <v>4046</v>
       </c>
       <c r="C64" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D64" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E64" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F64">
         <v>2011</v>
       </c>
-      <c r="G64" s="11">
+      <c r="G64">
+        <v>2</v>
+      </c>
+      <c r="H64" s="11">
         <v>175.03</v>
       </c>
     </row>
-    <row r="65" spans="1:7">
+    <row r="65" spans="1:8">
       <c r="A65">
         <v>6</v>
       </c>
       <c r="B65">
         <v>2666</v>
       </c>
       <c r="C65" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D65" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E65" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F65">
         <v>2011</v>
       </c>
-      <c r="G65" s="11">
+      <c r="G65">
+        <v>2</v>
+      </c>
+      <c r="H65" s="11">
         <v>175.57</v>
       </c>
     </row>
-    <row r="66" spans="1:7">
+    <row r="66" spans="1:8">
       <c r="A66">
         <v>7</v>
       </c>
       <c r="B66">
         <v>4040</v>
       </c>
       <c r="C66" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D66" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E66" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F66">
         <v>2011</v>
       </c>
-      <c r="G66" s="11">
+      <c r="G66">
+        <v>1</v>
+      </c>
+      <c r="H66" s="11">
         <v>191.93</v>
       </c>
     </row>
-    <row r="67" spans="1:7">
+    <row r="67" spans="1:8">
       <c r="A67">
         <v>8</v>
       </c>
       <c r="B67">
         <v>3885</v>
       </c>
       <c r="C67" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D67" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E67" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F67">
         <v>2011</v>
       </c>
-      <c r="G67" s="11">
+      <c r="G67">
+        <v>1</v>
+      </c>
+      <c r="H67" s="11">
         <v>195.16</v>
       </c>
     </row>
-    <row r="68" spans="1:7">
+    <row r="68" spans="1:8">
       <c r="A68">
         <v>9</v>
       </c>
       <c r="B68">
         <v>4096</v>
       </c>
       <c r="C68" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D68" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E68" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F68">
         <v>2011</v>
       </c>
-      <c r="G68" s="11">
+      <c r="G68">
+        <v>1</v>
+      </c>
+      <c r="H68" s="11">
         <v>198.93</v>
       </c>
     </row>
-    <row r="69" spans="1:7">
+    <row r="69" spans="1:8">
       <c r="A69">
         <v>10</v>
       </c>
       <c r="B69">
         <v>4023</v>
       </c>
       <c r="C69" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D69" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="E69" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="F69">
         <v>2011</v>
       </c>
-      <c r="G69" s="11">
+      <c r="G69">
+        <v>1</v>
+      </c>
+      <c r="H69" s="11">
         <v>204.87</v>
       </c>
     </row>
-    <row r="70" spans="1:7">
+    <row r="70" spans="1:8">
       <c r="A70">
         <v>11</v>
       </c>
       <c r="B70">
         <v>4025</v>
       </c>
       <c r="C70" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D70" t="s">
+        <v>132</v>
+      </c>
+      <c r="E70" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="F70">
         <v>2011</v>
       </c>
-      <c r="G70" s="11">
+      <c r="G70">
+        <v>2</v>
+      </c>
+      <c r="H70" s="11">
         <v>216.94</v>
       </c>
     </row>
-    <row r="71" spans="1:7">
+    <row r="71" spans="1:8">
       <c r="A71">
         <v>12</v>
       </c>
       <c r="B71">
         <v>2787</v>
       </c>
       <c r="C71" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D71" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E71" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F71">
         <v>2011</v>
       </c>
-      <c r="G71" s="11">
+      <c r="G71">
+        <v>1</v>
+      </c>
+      <c r="H71" s="11">
         <v>221.85</v>
       </c>
     </row>
-    <row r="72" spans="1:7">
+    <row r="72" spans="1:8">
       <c r="A72">
         <v>13</v>
       </c>
       <c r="B72">
         <v>2611</v>
       </c>
       <c r="C72" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D72" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E72" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F72">
         <v>2011</v>
       </c>
-      <c r="G72" s="11">
+      <c r="G72">
+        <v>1</v>
+      </c>
+      <c r="H72" s="11">
         <v>222.53</v>
       </c>
     </row>
-    <row r="73" spans="1:7">
+    <row r="73" spans="1:8">
       <c r="A73">
         <v>14</v>
       </c>
       <c r="B73">
         <v>4053</v>
       </c>
       <c r="C73" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D73" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="E73" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F73">
         <v>2011</v>
       </c>
-      <c r="G73" s="11">
+      <c r="G73">
+        <v>1</v>
+      </c>
+      <c r="H73" s="11">
         <v>224.64</v>
       </c>
     </row>
-    <row r="74" spans="1:7">
+    <row r="74" spans="1:8">
       <c r="A74">
         <v>15</v>
       </c>
       <c r="B74">
         <v>4048</v>
       </c>
       <c r="C74" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D74" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E74" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F74">
         <v>2011</v>
       </c>
-      <c r="G74" s="11">
+      <c r="G74">
+        <v>1</v>
+      </c>
+      <c r="H74" s="11">
         <v>225.55</v>
       </c>
     </row>
-    <row r="75" spans="1:7">
+    <row r="75" spans="1:8">
       <c r="A75">
         <v>16</v>
       </c>
       <c r="B75">
         <v>2506</v>
       </c>
       <c r="C75" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D75" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E75" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F75">
         <v>2011</v>
       </c>
-      <c r="G75" s="11">
+      <c r="G75">
+        <v>1</v>
+      </c>
+      <c r="H75" s="11">
         <v>232.18</v>
       </c>
     </row>
-    <row r="76" spans="1:7">
+    <row r="76" spans="1:8">
       <c r="A76">
         <v>17</v>
       </c>
       <c r="B76">
         <v>4055</v>
       </c>
       <c r="C76" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D76" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E76" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F76">
         <v>2011</v>
       </c>
-      <c r="G76" s="11">
+      <c r="G76">
+        <v>1</v>
+      </c>
+      <c r="H76" s="11">
         <v>239.16</v>
       </c>
     </row>
-    <row r="77" spans="1:7">
+    <row r="77" spans="1:8">
       <c r="A77">
         <v>18</v>
       </c>
       <c r="B77">
         <v>4153</v>
       </c>
       <c r="C77" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D77" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E77" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F77">
         <v>2012</v>
       </c>
-      <c r="G77" s="11">
+      <c r="G77">
+        <v>1</v>
+      </c>
+      <c r="H77" s="11">
         <v>240.17</v>
       </c>
     </row>
-    <row r="78" spans="1:7">
+    <row r="78" spans="1:8">
       <c r="A78">
         <v>19</v>
       </c>
       <c r="B78">
         <v>4107</v>
       </c>
       <c r="C78" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D78" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E78" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F78">
         <v>2012</v>
       </c>
-      <c r="G78" s="11">
+      <c r="G78">
+        <v>1</v>
+      </c>
+      <c r="H78" s="11">
         <v>246.0</v>
       </c>
     </row>
-    <row r="79" spans="1:7">
+    <row r="79" spans="1:8">
       <c r="A79">
         <v>20</v>
       </c>
       <c r="B79">
         <v>4022</v>
       </c>
       <c r="C79" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D79" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E79" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="F79">
         <v>2011</v>
       </c>
-      <c r="G79" s="11">
+      <c r="G79">
+        <v>1</v>
+      </c>
+      <c r="H79" s="11">
         <v>251.37</v>
       </c>
     </row>
-    <row r="80" spans="1:7">
+    <row r="80" spans="1:8">
       <c r="A80">
         <v>21</v>
       </c>
       <c r="B80">
         <v>4115</v>
       </c>
       <c r="C80" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D80" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E80" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F80">
         <v>2011</v>
       </c>
-      <c r="G80" s="11">
+      <c r="G80">
+        <v>1</v>
+      </c>
+      <c r="H80" s="11">
         <v>252.29</v>
       </c>
     </row>
-    <row r="81" spans="1:7">
+    <row r="81" spans="1:8">
       <c r="A81">
         <v>22</v>
       </c>
       <c r="B81">
         <v>4111</v>
       </c>
       <c r="C81" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D81" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E81" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F81">
         <v>2012</v>
       </c>
-      <c r="G81" s="11">
+      <c r="G81">
+        <v>1</v>
+      </c>
+      <c r="H81" s="11">
         <v>256.48</v>
       </c>
     </row>
-    <row r="82" spans="1:7">
+    <row r="82" spans="1:8">
       <c r="A82">
         <v>23</v>
       </c>
       <c r="B82">
         <v>4043</v>
       </c>
       <c r="C82" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D82" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E82" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F82">
         <v>2011</v>
       </c>
-      <c r="G82" s="11">
+      <c r="G82">
+        <v>1</v>
+      </c>
+      <c r="H82" s="11">
         <v>256.76</v>
       </c>
     </row>
-    <row r="83" spans="1:7">
+    <row r="83" spans="1:8">
       <c r="A83">
         <v>24</v>
       </c>
       <c r="B83">
         <v>4136</v>
       </c>
       <c r="C83" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D83" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E83" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="F83">
         <v>2011</v>
       </c>
-      <c r="G83" s="11">
+      <c r="G83">
+        <v>1</v>
+      </c>
+      <c r="H83" s="11">
         <v>261.62</v>
       </c>
     </row>
-    <row r="84" spans="1:7">
+    <row r="84" spans="1:8">
       <c r="A84">
         <v>25</v>
       </c>
       <c r="B84">
         <v>4126</v>
       </c>
       <c r="C84" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D84" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E84" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F84">
         <v>2012</v>
       </c>
-      <c r="G84" s="11">
+      <c r="G84">
+        <v>1</v>
+      </c>
+      <c r="H84" s="11">
         <v>266.41</v>
       </c>
     </row>
-    <row r="85" spans="1:7">
+    <row r="85" spans="1:8">
       <c r="A85">
         <v>26</v>
       </c>
       <c r="B85">
         <v>3136</v>
       </c>
       <c r="C85" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D85" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E85" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="F85">
         <v>2012</v>
       </c>
-      <c r="G85" s="11">
+      <c r="G85">
+        <v>1</v>
+      </c>
+      <c r="H85" s="11">
         <v>282.18</v>
       </c>
     </row>
-    <row r="86" spans="1:7">
+    <row r="86" spans="1:8">
       <c r="A86">
         <v>27</v>
       </c>
       <c r="B86">
         <v>4146</v>
       </c>
       <c r="C86" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D86" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E86" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F86">
         <v>2011</v>
       </c>
-      <c r="G86" s="11">
+      <c r="G86">
+        <v>1</v>
+      </c>
+      <c r="H86" s="11">
         <v>286.52</v>
       </c>
     </row>
-    <row r="87" spans="1:7">
+    <row r="87" spans="1:8">
       <c r="A87">
         <v>28</v>
       </c>
       <c r="B87">
         <v>4175</v>
       </c>
       <c r="C87" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D87" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="E87" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F87">
         <v>2011</v>
       </c>
-      <c r="G87" s="11">
+      <c r="G87">
+        <v>1</v>
+      </c>
+      <c r="H87" s="11">
         <v>286.52</v>
       </c>
     </row>
-    <row r="88" spans="1:7">
+    <row r="88" spans="1:8">
       <c r="A88">
         <v>29</v>
       </c>
       <c r="B88">
         <v>4042</v>
       </c>
       <c r="C88" t="s">
+        <v>150</v>
+      </c>
+      <c r="D88" t="s">
         <v>149</v>
       </c>
-      <c r="D88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E88" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F88">
         <v>2011</v>
       </c>
-      <c r="G88" s="11">
+      <c r="G88">
+        <v>1</v>
+      </c>
+      <c r="H88" s="11">
         <v>288.65</v>
       </c>
     </row>
-    <row r="89" spans="1:7">
+    <row r="89" spans="1:8">
       <c r="A89">
         <v>30</v>
       </c>
       <c r="B89">
         <v>2358</v>
       </c>
       <c r="C89" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D89" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E89" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="F89">
         <v>2011</v>
       </c>
-      <c r="G89" s="11">
+      <c r="G89">
+        <v>1</v>
+      </c>
+      <c r="H89" s="11">
         <v>293.44</v>
       </c>
     </row>
-    <row r="90" spans="1:7">
+    <row r="90" spans="1:8">
       <c r="A90">
         <v>31</v>
       </c>
       <c r="B90">
         <v>3945</v>
       </c>
       <c r="C90" t="s">
+        <v>161</v>
+      </c>
+      <c r="D90" t="s">
+        <v>162</v>
+      </c>
+      <c r="E90" t="s">
         <v>160</v>
-      </c>
-[...4 lines deleted...]
-        <v>159</v>
       </c>
       <c r="F90">
         <v>2011</v>
       </c>
-      <c r="G90" s="11">
+      <c r="G90">
+        <v>1</v>
+      </c>
+      <c r="H90" s="11">
         <v>304.19</v>
       </c>
     </row>
-    <row r="91" spans="1:7">
+    <row r="91" spans="1:8">
       <c r="A91">
         <v>32</v>
       </c>
       <c r="B91">
         <v>4125</v>
       </c>
       <c r="C91" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D91" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E91" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F91">
         <v>2012</v>
       </c>
-      <c r="G91" s="11">
+      <c r="G91">
+        <v>1</v>
+      </c>
+      <c r="H91" s="11">
         <v>307.54</v>
       </c>
     </row>
-    <row r="92" spans="1:7">
+    <row r="92" spans="1:8">
       <c r="A92">
         <v>33</v>
       </c>
       <c r="B92">
         <v>2141</v>
       </c>
       <c r="C92" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D92" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E92" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F92">
         <v>2012</v>
       </c>
-      <c r="G92" s="11">
+      <c r="G92">
+        <v>1</v>
+      </c>
+      <c r="H92" s="11">
         <v>315.28</v>
       </c>
     </row>
-    <row r="93" spans="1:7">
+    <row r="93" spans="1:8">
       <c r="A93">
         <v>34</v>
       </c>
       <c r="B93">
         <v>4103</v>
       </c>
       <c r="C93" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D93" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E93" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F93">
         <v>2012</v>
       </c>
-      <c r="G93" s="11">
+      <c r="G93">
+        <v>2</v>
+      </c>
+      <c r="H93" s="11">
         <v>323.87</v>
       </c>
     </row>
-    <row r="94" spans="1:7">
+    <row r="94" spans="1:8">
       <c r="A94">
         <v>35</v>
       </c>
       <c r="B94">
         <v>2091</v>
       </c>
       <c r="C94" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D94" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="E94" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F94">
         <v>2012</v>
       </c>
-      <c r="G94" s="11">
+      <c r="G94">
+        <v>1</v>
+      </c>
+      <c r="H94" s="11">
         <v>325.63</v>
       </c>
     </row>
-    <row r="95" spans="1:7">
+    <row r="95" spans="1:8">
       <c r="A95">
         <v>36</v>
       </c>
       <c r="B95">
         <v>4013</v>
       </c>
       <c r="C95" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D95" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="E95" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F95">
         <v>2011</v>
       </c>
-      <c r="G95" s="11">
+      <c r="G95">
+        <v>2</v>
+      </c>
+      <c r="H95" s="11">
         <v>327.85</v>
       </c>
     </row>
-    <row r="96" spans="1:7">
+    <row r="96" spans="1:8">
       <c r="A96">
         <v>37</v>
       </c>
       <c r="B96">
         <v>4076</v>
       </c>
       <c r="C96" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D96" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="E96" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="F96">
         <v>2011</v>
       </c>
-      <c r="G96" s="11">
+      <c r="G96">
+        <v>1</v>
+      </c>
+      <c r="H96" s="11">
         <v>331.61</v>
       </c>
     </row>
-    <row r="97" spans="1:7">
+    <row r="97" spans="1:8">
       <c r="A97">
         <v>38</v>
       </c>
       <c r="B97">
         <v>2796</v>
       </c>
       <c r="C97" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D97" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="E97" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F97">
         <v>2011</v>
       </c>
-      <c r="G97" s="11">
+      <c r="G97">
+        <v>2</v>
+      </c>
+      <c r="H97" s="11">
         <v>336.0</v>
       </c>
     </row>
-    <row r="98" spans="1:7">
+    <row r="98" spans="1:8">
       <c r="A98">
         <v>39</v>
       </c>
       <c r="B98">
         <v>4085</v>
       </c>
       <c r="C98" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D98" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="E98" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="F98">
         <v>2011</v>
       </c>
-      <c r="G98" s="11">
+      <c r="G98">
+        <v>1</v>
+      </c>
+      <c r="H98" s="11">
         <v>364.26</v>
       </c>
     </row>
-    <row r="99" spans="1:7">
+    <row r="99" spans="1:8">
       <c r="A99">
         <v>40</v>
       </c>
       <c r="B99">
         <v>4150</v>
       </c>
       <c r="C99" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D99" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="E99" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F99">
         <v>2012</v>
       </c>
-      <c r="G99" s="11">
+      <c r="G99">
+        <v>1</v>
+      </c>
+      <c r="H99" s="11">
         <v>381.57</v>
       </c>
     </row>
-    <row r="100" spans="1:7">
+    <row r="100" spans="1:8">
       <c r="A100">
         <v>41</v>
       </c>
       <c r="B100">
         <v>4169</v>
       </c>
       <c r="C100" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D100" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E100" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="F100">
         <v>2012</v>
       </c>
-      <c r="G100" s="11">
+      <c r="G100">
+        <v>1</v>
+      </c>
+      <c r="H100" s="11">
         <v>383.51</v>
       </c>
     </row>
-    <row r="101" spans="1:7">
+    <row r="101" spans="1:8">
       <c r="A101">
         <v>42</v>
       </c>
       <c r="B101">
         <v>4038</v>
       </c>
       <c r="C101" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D101" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E101" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="F101">
         <v>2011</v>
       </c>
-      <c r="G101" s="11">
+      <c r="G101">
+        <v>2</v>
+      </c>
+      <c r="H101" s="11">
         <v>406.04</v>
       </c>
     </row>
-    <row r="102" spans="1:7">
+    <row r="102" spans="1:8">
       <c r="A102">
         <v>43</v>
       </c>
       <c r="B102">
         <v>1665</v>
       </c>
       <c r="C102" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D102" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="E102" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="F102">
         <v>2012</v>
       </c>
-      <c r="G102" s="11">
+      <c r="G102">
+        <v>2</v>
+      </c>
+      <c r="H102" s="11">
         <v>411.75</v>
       </c>
     </row>
-    <row r="103" spans="1:7">
+    <row r="103" spans="1:8">
       <c r="A103">
         <v>44</v>
       </c>
       <c r="B103">
         <v>4118</v>
       </c>
       <c r="C103" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D103" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="E103" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="F103">
         <v>2012</v>
       </c>
-      <c r="G103" s="11">
+      <c r="G103">
+        <v>1</v>
+      </c>
+      <c r="H103" s="11">
         <v>421.45</v>
       </c>
     </row>
-    <row r="104" spans="1:7">
+    <row r="104" spans="1:8">
       <c r="A104">
         <v>45</v>
       </c>
       <c r="B104">
         <v>4137</v>
       </c>
       <c r="C104" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D104" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E104" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F104">
         <v>2011</v>
       </c>
-      <c r="G104" s="11">
+      <c r="G104">
+        <v>2</v>
+      </c>
+      <c r="H104" s="11">
         <v>434.6</v>
       </c>
     </row>
-    <row r="105" spans="1:7">
+    <row r="105" spans="1:8">
       <c r="A105">
         <v>46</v>
       </c>
       <c r="B105">
         <v>1981</v>
       </c>
       <c r="C105" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D105" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="E105" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F105">
         <v>2012</v>
       </c>
-      <c r="G105" s="11">
+      <c r="G105">
+        <v>2</v>
+      </c>
+      <c r="H105" s="11">
         <v>446.87</v>
       </c>
     </row>
-    <row r="106" spans="1:7">
+    <row r="106" spans="1:8">
       <c r="A106">
         <v>47</v>
       </c>
       <c r="B106">
         <v>4029</v>
       </c>
       <c r="C106" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D106" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="E106" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="F106">
         <v>2011</v>
       </c>
-      <c r="G106" s="11">
+      <c r="G106">
+        <v>2</v>
+      </c>
+      <c r="H106" s="11">
         <v>460.84</v>
       </c>
     </row>
-    <row r="107" spans="1:7">
+    <row r="107" spans="1:8">
       <c r="A107">
         <v>48</v>
       </c>
       <c r="B107">
         <v>4114</v>
       </c>
       <c r="C107" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D107" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E107" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="F107">
         <v>2011</v>
       </c>
-      <c r="G107" s="11">
+      <c r="G107">
+        <v>2</v>
+      </c>
+      <c r="H107" s="11">
         <v>470.72</v>
       </c>
     </row>
-    <row r="108" spans="1:7">
+    <row r="108" spans="1:8">
       <c r="A108">
         <v>49</v>
       </c>
       <c r="B108">
         <v>2667</v>
       </c>
       <c r="C108" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D108" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E108" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F108">
         <v>2012</v>
       </c>
-      <c r="G108" s="11">
+      <c r="G108">
+        <v>2</v>
+      </c>
+      <c r="H108" s="11">
         <v>490.59</v>
       </c>
     </row>
-    <row r="109" spans="1:7">
+    <row r="109" spans="1:8">
       <c r="A109">
         <v>50</v>
       </c>
       <c r="B109">
         <v>4117</v>
       </c>
       <c r="C109" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D109" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E109" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="F109">
         <v>2012</v>
       </c>
-      <c r="G109" s="11">
+      <c r="G109">
+        <v>2</v>
+      </c>
+      <c r="H109" s="11">
         <v>518.42</v>
       </c>
     </row>
-    <row r="110" spans="1:7">
+    <row r="110" spans="1:8">
       <c r="A110">
         <v>51</v>
       </c>
       <c r="B110">
         <v>1770</v>
       </c>
       <c r="C110" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D110" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="E110" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="F110">
         <v>2012</v>
       </c>
-      <c r="G110" s="11">
+      <c r="G110">
+        <v>2</v>
+      </c>
+      <c r="H110" s="11">
         <v>524.51</v>
       </c>
     </row>
-    <row r="111" spans="1:7">
+    <row r="111" spans="1:8">
       <c r="A111">
         <v>52</v>
       </c>
       <c r="B111">
         <v>1962</v>
       </c>
       <c r="C111" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D111" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="E111" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F111">
         <v>2011</v>
       </c>
-      <c r="G111" s="11">
+      <c r="G111">
+        <v>2</v>
+      </c>
+      <c r="H111" s="11">
         <v>524.6</v>
       </c>
     </row>
-    <row r="112" spans="1:7">
+    <row r="112" spans="1:8">
       <c r="A112">
         <v>53</v>
       </c>
       <c r="B112">
         <v>1659</v>
       </c>
       <c r="C112" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D112" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="E112" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F112">
         <v>2012</v>
       </c>
-      <c r="G112" s="11">
+      <c r="G112">
+        <v>2</v>
+      </c>
+      <c r="H112" s="11">
         <v>589.01</v>
       </c>
     </row>
-    <row r="113" spans="1:7">
+    <row r="113" spans="1:8">
       <c r="A113">
         <v>54</v>
       </c>
       <c r="B113">
         <v>4020</v>
       </c>
       <c r="C113" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D113" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="E113" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="F113">
         <v>2011</v>
       </c>
-      <c r="G113" s="11">
+      <c r="G113">
+        <v>2</v>
+      </c>
+      <c r="H113" s="11">
         <v>616.75</v>
       </c>
     </row>
-    <row r="114" spans="1:7">
+    <row r="114" spans="1:8">
       <c r="A114">
         <v>55</v>
       </c>
       <c r="B114">
         <v>4102</v>
       </c>
       <c r="C114" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D114" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="E114" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="F114">
         <v>2012</v>
       </c>
-      <c r="G114" s="11">
+      <c r="G114">
+        <v>2</v>
+      </c>
+      <c r="H114" s="11">
         <v>662.43</v>
       </c>
     </row>
-    <row r="115" spans="1:7">
-[...5 lines deleted...]
-    <row r="117" spans="1:7">
+    <row r="115" spans="1:8">
+      <c r="H115"/>
+    </row>
+    <row r="116" spans="1:8">
+      <c r="H116"/>
+    </row>
+    <row r="117" spans="1:8">
       <c r="A117" s="4" t="s">
-        <v>196</v>
-[...3 lines deleted...]
-    <row r="118" spans="1:7">
+        <v>197</v>
+      </c>
+      <c r="H117"/>
+    </row>
+    <row r="118" spans="1:8">
       <c r="A118" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>4</v>
       </c>
       <c r="C118" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D118" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E118" s="3" t="s">
         <v>7</v>
       </c>
       <c r="F118" s="3" t="s">
         <v>8</v>
       </c>
       <c r="G118" s="3" t="s">
         <v>9</v>
       </c>
-    </row>
-    <row r="119" spans="1:7">
+      <c r="H118" s="3" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8">
       <c r="A119" s="5">
         <v>1</v>
       </c>
       <c r="B119" s="5">
         <v>1740</v>
       </c>
       <c r="C119" s="5" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D119" s="5" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="E119" s="5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F119" s="5">
         <v>2009</v>
       </c>
-      <c r="G119" s="8">
+      <c r="G119" s="5">
+        <v>1</v>
+      </c>
+      <c r="H119" s="8">
         <v>34.5</v>
       </c>
     </row>
-    <row r="120" spans="1:7">
+    <row r="120" spans="1:8">
       <c r="A120" s="6">
         <v>2</v>
       </c>
       <c r="B120" s="6">
         <v>3962</v>
       </c>
       <c r="C120" s="6" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D120" s="6" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="E120" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F120" s="6">
         <v>2009</v>
       </c>
-      <c r="G120" s="9">
+      <c r="G120" s="6">
+        <v>1</v>
+      </c>
+      <c r="H120" s="9">
         <v>38.88</v>
       </c>
     </row>
-    <row r="121" spans="1:7">
+    <row r="121" spans="1:8">
       <c r="A121" s="7">
         <v>3</v>
       </c>
       <c r="B121" s="7">
         <v>1744</v>
       </c>
       <c r="C121" s="7" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D121" s="7" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="E121" s="7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F121" s="7">
         <v>2010</v>
       </c>
-      <c r="G121" s="10">
+      <c r="G121" s="7">
+        <v>2</v>
+      </c>
+      <c r="H121" s="10">
         <v>73.805</v>
       </c>
     </row>
-    <row r="122" spans="1:7">
+    <row r="122" spans="1:8">
       <c r="A122">
         <v>4</v>
       </c>
       <c r="B122">
         <v>1777</v>
       </c>
       <c r="C122" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D122" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E122" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F122">
         <v>2009</v>
       </c>
-      <c r="G122" s="11">
+      <c r="G122">
+        <v>2</v>
+      </c>
+      <c r="H122" s="11">
         <v>76.37</v>
       </c>
     </row>
-    <row r="123" spans="1:7">
+    <row r="123" spans="1:8">
       <c r="A123">
         <v>5</v>
       </c>
       <c r="B123">
         <v>2510</v>
       </c>
       <c r="C123" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D123" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="E123" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F123">
         <v>2009</v>
       </c>
-      <c r="G123" s="11">
+      <c r="G123">
+        <v>2</v>
+      </c>
+      <c r="H123" s="11">
         <v>80.12</v>
       </c>
     </row>
-    <row r="124" spans="1:7">
+    <row r="124" spans="1:8">
       <c r="A124">
         <v>6</v>
       </c>
       <c r="B124">
         <v>1894</v>
       </c>
       <c r="C124" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D124" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E124" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F124">
         <v>2009</v>
       </c>
-      <c r="G124" s="11">
+      <c r="G124">
+        <v>2</v>
+      </c>
+      <c r="H124" s="11">
         <v>86.885</v>
       </c>
     </row>
-    <row r="125" spans="1:7">
+    <row r="125" spans="1:8">
       <c r="A125">
         <v>7</v>
       </c>
       <c r="B125">
         <v>1828</v>
       </c>
       <c r="C125" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D125" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="E125" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="F125">
         <v>2010</v>
       </c>
-      <c r="G125" s="11">
+      <c r="G125">
+        <v>2</v>
+      </c>
+      <c r="H125" s="11">
         <v>95.515</v>
       </c>
     </row>
-    <row r="126" spans="1:7">
+    <row r="126" spans="1:8">
       <c r="A126">
         <v>8</v>
       </c>
       <c r="B126">
         <v>3234</v>
       </c>
       <c r="C126" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D126" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="E126" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="F126">
         <v>2009</v>
       </c>
-      <c r="G126" s="11">
+      <c r="G126">
+        <v>1</v>
+      </c>
+      <c r="H126" s="11">
         <v>97.15</v>
       </c>
     </row>
-    <row r="127" spans="1:7">
+    <row r="127" spans="1:8">
       <c r="A127">
         <v>9</v>
       </c>
       <c r="B127">
         <v>1824</v>
       </c>
       <c r="C127" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D127" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="E127" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="F127">
         <v>2009</v>
       </c>
-      <c r="G127" s="11">
+      <c r="G127">
+        <v>2</v>
+      </c>
+      <c r="H127" s="11">
         <v>97.45</v>
       </c>
     </row>
-    <row r="128" spans="1:7">
+    <row r="128" spans="1:8">
       <c r="A128">
         <v>10</v>
       </c>
       <c r="B128">
         <v>2568</v>
       </c>
       <c r="C128" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D128" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="E128" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F128">
         <v>2010</v>
       </c>
-      <c r="G128" s="11">
+      <c r="G128">
+        <v>2</v>
+      </c>
+      <c r="H128" s="11">
         <v>104.635</v>
       </c>
     </row>
-    <row r="129" spans="1:7">
+    <row r="129" spans="1:8">
       <c r="A129">
         <v>11</v>
       </c>
       <c r="B129">
         <v>1815</v>
       </c>
       <c r="C129" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D129" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="E129" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="F129">
         <v>2010</v>
       </c>
-      <c r="G129" s="11">
+      <c r="G129">
+        <v>2</v>
+      </c>
+      <c r="H129" s="11">
         <v>105.425</v>
       </c>
     </row>
-    <row r="130" spans="1:7">
+    <row r="130" spans="1:8">
       <c r="A130">
         <v>12</v>
       </c>
       <c r="B130">
         <v>2335</v>
       </c>
       <c r="C130" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D130" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="E130" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F130">
         <v>2010</v>
       </c>
-      <c r="G130" s="11">
+      <c r="G130">
+        <v>2</v>
+      </c>
+      <c r="H130" s="11">
         <v>112.535</v>
       </c>
     </row>
-    <row r="131" spans="1:7">
+    <row r="131" spans="1:8">
       <c r="A131">
         <v>13</v>
       </c>
       <c r="B131">
         <v>3950</v>
       </c>
       <c r="C131" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D131" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="E131" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F131">
         <v>2010</v>
       </c>
-      <c r="G131" s="11">
+      <c r="G131">
+        <v>2</v>
+      </c>
+      <c r="H131" s="11">
         <v>114.955</v>
       </c>
     </row>
-    <row r="132" spans="1:7">
+    <row r="132" spans="1:8">
       <c r="A132">
         <v>14</v>
       </c>
       <c r="B132">
         <v>3386</v>
       </c>
       <c r="C132" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D132" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="E132" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="F132">
         <v>2010</v>
       </c>
-      <c r="G132" s="11">
+      <c r="G132">
+        <v>1</v>
+      </c>
+      <c r="H132" s="11">
         <v>116.29</v>
       </c>
     </row>
-    <row r="133" spans="1:7">
+    <row r="133" spans="1:8">
       <c r="A133">
         <v>15</v>
       </c>
       <c r="B133">
         <v>2578</v>
       </c>
       <c r="C133" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D133" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="E133" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F133">
         <v>2010</v>
       </c>
-      <c r="G133" s="11">
+      <c r="G133">
+        <v>1</v>
+      </c>
+      <c r="H133" s="11">
         <v>131.58</v>
       </c>
     </row>
-    <row r="134" spans="1:7">
+    <row r="134" spans="1:8">
       <c r="A134">
         <v>16</v>
       </c>
       <c r="B134">
         <v>3957</v>
       </c>
       <c r="C134" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D134" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="E134" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F134">
         <v>2010</v>
       </c>
-      <c r="G134" s="11">
+      <c r="G134">
+        <v>1</v>
+      </c>
+      <c r="H134" s="11">
         <v>131.68</v>
       </c>
     </row>
-    <row r="135" spans="1:7">
+    <row r="135" spans="1:8">
       <c r="A135">
         <v>17</v>
       </c>
       <c r="B135">
         <v>1661</v>
       </c>
       <c r="C135" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D135" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="E135" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F135">
         <v>2010</v>
       </c>
-      <c r="G135" s="11">
+      <c r="G135">
+        <v>2</v>
+      </c>
+      <c r="H135" s="11">
         <v>138.195</v>
       </c>
     </row>
-    <row r="136" spans="1:7">
+    <row r="136" spans="1:8">
       <c r="A136">
         <v>18</v>
       </c>
       <c r="B136">
         <v>1882</v>
       </c>
       <c r="C136" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D136" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="E136" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F136">
         <v>2010</v>
       </c>
-      <c r="G136" s="11">
+      <c r="G136">
+        <v>1</v>
+      </c>
+      <c r="H136" s="11">
         <v>141.89</v>
       </c>
     </row>
-    <row r="137" spans="1:7">
+    <row r="137" spans="1:8">
       <c r="A137">
         <v>19</v>
       </c>
       <c r="B137">
         <v>2388</v>
       </c>
       <c r="C137" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D137" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="E137" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="F137">
         <v>2009</v>
       </c>
-      <c r="G137" s="11">
+      <c r="G137">
+        <v>1</v>
+      </c>
+      <c r="H137" s="11">
         <v>145.65</v>
       </c>
     </row>
-    <row r="138" spans="1:7">
+    <row r="138" spans="1:8">
       <c r="A138">
         <v>20</v>
       </c>
       <c r="B138">
         <v>2139</v>
       </c>
       <c r="C138" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D138" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="E138" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F138">
         <v>2010</v>
       </c>
-      <c r="G138" s="11">
+      <c r="G138">
+        <v>1</v>
+      </c>
+      <c r="H138" s="11">
         <v>149.28</v>
       </c>
     </row>
-    <row r="139" spans="1:7">
+    <row r="139" spans="1:8">
       <c r="A139">
         <v>21</v>
       </c>
       <c r="B139">
         <v>3774</v>
       </c>
       <c r="C139" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D139" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E139" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F139">
         <v>2009</v>
       </c>
-      <c r="G139" s="11">
+      <c r="G139">
+        <v>2</v>
+      </c>
+      <c r="H139" s="11">
         <v>150.52</v>
       </c>
     </row>
-    <row r="140" spans="1:7">
+    <row r="140" spans="1:8">
       <c r="A140">
         <v>22</v>
       </c>
       <c r="B140">
         <v>2210</v>
       </c>
       <c r="C140" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D140" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="E140" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F140">
         <v>2010</v>
       </c>
-      <c r="G140" s="11">
+      <c r="G140">
+        <v>2</v>
+      </c>
+      <c r="H140" s="11">
         <v>151.99</v>
       </c>
     </row>
-    <row r="141" spans="1:7">
+    <row r="141" spans="1:8">
       <c r="A141">
         <v>23</v>
       </c>
       <c r="B141">
         <v>1817</v>
       </c>
       <c r="C141" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D141" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="E141" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="F141">
         <v>2010</v>
       </c>
-      <c r="G141" s="11">
+      <c r="G141">
+        <v>2</v>
+      </c>
+      <c r="H141" s="11">
         <v>152.23</v>
       </c>
     </row>
-    <row r="142" spans="1:7">
+    <row r="142" spans="1:8">
       <c r="A142">
         <v>24</v>
       </c>
       <c r="B142">
         <v>3933</v>
       </c>
       <c r="C142" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D142" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="E142" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="F142">
         <v>2010</v>
       </c>
-      <c r="G142" s="11">
+      <c r="G142">
+        <v>2</v>
+      </c>
+      <c r="H142" s="11">
         <v>170.195</v>
       </c>
     </row>
-    <row r="143" spans="1:7">
+    <row r="143" spans="1:8">
       <c r="A143">
         <v>25</v>
       </c>
       <c r="B143">
         <v>3371</v>
       </c>
       <c r="C143" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D143" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="E143" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="F143">
         <v>2010</v>
       </c>
-      <c r="G143" s="11">
+      <c r="G143">
+        <v>2</v>
+      </c>
+      <c r="H143" s="11">
         <v>178.72</v>
       </c>
     </row>
-    <row r="144" spans="1:7">
+    <row r="144" spans="1:8">
       <c r="A144">
         <v>26</v>
       </c>
       <c r="B144">
         <v>4182</v>
       </c>
       <c r="C144" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D144" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="E144" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="F144">
         <v>2010</v>
       </c>
-      <c r="G144" s="11">
+      <c r="G144">
+        <v>1</v>
+      </c>
+      <c r="H144" s="11">
         <v>181.49</v>
       </c>
     </row>
-    <row r="145" spans="1:7">
+    <row r="145" spans="1:8">
       <c r="A145">
         <v>27</v>
       </c>
       <c r="B145">
         <v>4005</v>
       </c>
       <c r="C145" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D145" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="E145" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F145">
         <v>2009</v>
       </c>
-      <c r="G145" s="11">
+      <c r="G145">
+        <v>1</v>
+      </c>
+      <c r="H145" s="11">
         <v>187.0</v>
       </c>
     </row>
-    <row r="146" spans="1:7">
+    <row r="146" spans="1:8">
       <c r="A146">
         <v>28</v>
       </c>
       <c r="B146">
         <v>3878</v>
       </c>
       <c r="C146" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D146" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="E146" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F146">
         <v>2009</v>
       </c>
-      <c r="G146" s="11">
+      <c r="G146">
+        <v>1</v>
+      </c>
+      <c r="H146" s="11">
         <v>187.6</v>
       </c>
     </row>
-    <row r="147" spans="1:7">
+    <row r="147" spans="1:8">
       <c r="A147">
         <v>29</v>
       </c>
       <c r="B147">
         <v>1771</v>
       </c>
       <c r="C147" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D147" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="E147" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="F147">
         <v>2010</v>
       </c>
-      <c r="G147" s="11">
+      <c r="G147">
+        <v>2</v>
+      </c>
+      <c r="H147" s="11">
         <v>188.68</v>
       </c>
     </row>
-    <row r="148" spans="1:7">
+    <row r="148" spans="1:8">
       <c r="A148">
         <v>30</v>
       </c>
       <c r="B148">
         <v>3883</v>
       </c>
       <c r="C148" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D148" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="E148" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="F148">
         <v>2009</v>
       </c>
-      <c r="G148" s="11">
+      <c r="G148">
+        <v>2</v>
+      </c>
+      <c r="H148" s="11">
         <v>191.335</v>
       </c>
     </row>
-    <row r="149" spans="1:7">
+    <row r="149" spans="1:8">
       <c r="A149">
         <v>31</v>
       </c>
       <c r="B149">
         <v>3948</v>
       </c>
       <c r="C149" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D149" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="E149" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F149">
         <v>2010</v>
       </c>
-      <c r="G149" s="11">
+      <c r="G149">
+        <v>1</v>
+      </c>
+      <c r="H149" s="11">
         <v>194.93</v>
       </c>
     </row>
-    <row r="150" spans="1:7">
+    <row r="150" spans="1:8">
       <c r="A150">
         <v>32</v>
       </c>
       <c r="B150">
         <v>4162</v>
       </c>
       <c r="C150" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D150" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="E150" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="F150">
         <v>2010</v>
       </c>
-      <c r="G150" s="11">
+      <c r="G150">
+        <v>1</v>
+      </c>
+      <c r="H150" s="11">
         <v>204.1</v>
       </c>
     </row>
-    <row r="151" spans="1:7">
+    <row r="151" spans="1:8">
       <c r="A151">
         <v>33</v>
       </c>
       <c r="B151">
         <v>3143</v>
       </c>
       <c r="C151" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D151" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="E151" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="F151">
         <v>2009</v>
       </c>
-      <c r="G151" s="11">
+      <c r="G151">
+        <v>2</v>
+      </c>
+      <c r="H151" s="11">
         <v>213.2</v>
       </c>
     </row>
-    <row r="152" spans="1:7">
+    <row r="152" spans="1:8">
       <c r="A152">
         <v>34</v>
       </c>
       <c r="B152">
         <v>4108</v>
       </c>
       <c r="C152" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D152" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="E152" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F152">
         <v>2010</v>
       </c>
-      <c r="G152" s="11">
+      <c r="G152">
+        <v>1</v>
+      </c>
+      <c r="H152" s="11">
         <v>214.53</v>
       </c>
     </row>
-    <row r="153" spans="1:7">
+    <row r="153" spans="1:8">
       <c r="A153">
         <v>35</v>
       </c>
       <c r="B153">
         <v>2217</v>
       </c>
       <c r="C153" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D153" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="E153" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F153">
         <v>2010</v>
       </c>
-      <c r="G153" s="11">
+      <c r="G153">
+        <v>2</v>
+      </c>
+      <c r="H153" s="11">
         <v>227.01</v>
       </c>
     </row>
-    <row r="154" spans="1:7">
+    <row r="154" spans="1:8">
       <c r="A154">
         <v>36</v>
       </c>
       <c r="B154">
         <v>4123</v>
       </c>
       <c r="C154" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D154" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="E154" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F154">
         <v>2009</v>
       </c>
-      <c r="G154" s="11">
+      <c r="G154">
+        <v>1</v>
+      </c>
+      <c r="H154" s="11">
         <v>227.8</v>
       </c>
     </row>
-    <row r="155" spans="1:7">
+    <row r="155" spans="1:8">
       <c r="A155">
         <v>37</v>
       </c>
       <c r="B155">
         <v>4135</v>
       </c>
       <c r="C155" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D155" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="E155" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F155">
         <v>2009</v>
       </c>
-      <c r="G155" s="11">
+      <c r="G155">
+        <v>1</v>
+      </c>
+      <c r="H155" s="11">
         <v>235.25</v>
       </c>
     </row>
-    <row r="156" spans="1:7">
+    <row r="156" spans="1:8">
       <c r="A156">
         <v>38</v>
       </c>
       <c r="B156">
         <v>3590</v>
       </c>
       <c r="C156" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D156" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="E156" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="F156">
         <v>2010</v>
       </c>
-      <c r="G156" s="11">
+      <c r="G156">
+        <v>1</v>
+      </c>
+      <c r="H156" s="11">
         <v>236.46</v>
       </c>
     </row>
-    <row r="157" spans="1:7">
+    <row r="157" spans="1:8">
       <c r="A157">
         <v>39</v>
       </c>
       <c r="B157">
         <v>3117</v>
       </c>
       <c r="C157" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D157" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="E157" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F157">
         <v>2010</v>
       </c>
-      <c r="G157" s="11">
+      <c r="G157">
+        <v>1</v>
+      </c>
+      <c r="H157" s="11">
         <v>241.65</v>
       </c>
     </row>
-    <row r="158" spans="1:7">
+    <row r="158" spans="1:8">
       <c r="A158">
         <v>40</v>
       </c>
       <c r="B158">
         <v>4143</v>
       </c>
       <c r="C158" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D158" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="E158" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F158">
         <v>2010</v>
       </c>
-      <c r="G158" s="11">
+      <c r="G158">
+        <v>1</v>
+      </c>
+      <c r="H158" s="11">
         <v>242.25</v>
       </c>
     </row>
-    <row r="159" spans="1:7">
+    <row r="159" spans="1:8">
       <c r="A159">
         <v>41</v>
       </c>
       <c r="B159">
         <v>3113</v>
       </c>
       <c r="C159" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="D159" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="E159" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="F159">
         <v>2010</v>
       </c>
-      <c r="G159" s="11">
+      <c r="G159">
+        <v>2</v>
+      </c>
+      <c r="H159" s="11">
         <v>265.06</v>
       </c>
     </row>
-    <row r="160" spans="1:7">
+    <row r="160" spans="1:8">
       <c r="A160">
         <v>42</v>
       </c>
       <c r="B160">
         <v>3131</v>
       </c>
       <c r="C160" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D160" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="E160" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="F160">
         <v>2010</v>
       </c>
-      <c r="G160" s="11">
+      <c r="G160">
+        <v>1</v>
+      </c>
+      <c r="H160" s="11">
         <v>282.14</v>
       </c>
     </row>
-    <row r="161" spans="1:7">
+    <row r="161" spans="1:8">
       <c r="A161">
         <v>43</v>
       </c>
       <c r="B161">
         <v>1923</v>
       </c>
       <c r="C161" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D161" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="E161" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F161">
         <v>2010</v>
       </c>
-      <c r="G161" s="11">
+      <c r="G161">
+        <v>2</v>
+      </c>
+      <c r="H161" s="11">
         <v>322.49</v>
       </c>
     </row>
-    <row r="162" spans="1:7">
+    <row r="162" spans="1:8">
       <c r="A162">
         <v>44</v>
       </c>
       <c r="B162">
         <v>3938</v>
       </c>
       <c r="C162" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="D162" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="E162" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="F162">
         <v>2010</v>
       </c>
-      <c r="G162" s="11">
+      <c r="G162">
+        <v>2</v>
+      </c>
+      <c r="H162" s="11">
         <v>331.53</v>
       </c>
     </row>
-    <row r="163" spans="1:7">
+    <row r="163" spans="1:8">
       <c r="A163">
         <v>45</v>
       </c>
       <c r="B163">
         <v>4142</v>
       </c>
       <c r="C163" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D163" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="E163" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="F163">
         <v>2010</v>
       </c>
-      <c r="G163" s="11">
+      <c r="G163">
+        <v>2</v>
+      </c>
+      <c r="H163" s="11">
         <v>331.71</v>
       </c>
     </row>
-    <row r="164" spans="1:7">
+    <row r="164" spans="1:8">
       <c r="A164">
         <v>46</v>
       </c>
       <c r="B164">
         <v>4176</v>
       </c>
       <c r="C164" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D164" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="E164" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="F164">
         <v>2009</v>
       </c>
-      <c r="G164" s="11">
+      <c r="G164">
+        <v>1</v>
+      </c>
+      <c r="H164" s="11">
         <v>346.25</v>
       </c>
     </row>
-    <row r="165" spans="1:7">
+    <row r="165" spans="1:8">
       <c r="A165">
         <v>47</v>
       </c>
       <c r="B165">
         <v>2712</v>
       </c>
       <c r="C165" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D165" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="E165" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="F165">
         <v>2010</v>
       </c>
-      <c r="G165" s="11">
+      <c r="G165">
+        <v>2</v>
+      </c>
+      <c r="H165" s="11">
         <v>346.98</v>
       </c>
     </row>
-    <row r="166" spans="1:7">
-[...5 lines deleted...]
-    <row r="168" spans="1:7">
+    <row r="166" spans="1:8">
+      <c r="H166"/>
+    </row>
+    <row r="167" spans="1:8">
+      <c r="H167"/>
+    </row>
+    <row r="168" spans="1:8">
       <c r="A168" s="4" t="s">
-        <v>288</v>
-[...3 lines deleted...]
-    <row r="169" spans="1:7">
+        <v>289</v>
+      </c>
+      <c r="H168"/>
+    </row>
+    <row r="169" spans="1:8">
       <c r="A169" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B169" s="3" t="s">
         <v>4</v>
       </c>
       <c r="C169" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D169" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>7</v>
       </c>
       <c r="F169" s="3" t="s">
         <v>8</v>
       </c>
       <c r="G169" s="3" t="s">
         <v>9</v>
       </c>
-    </row>
-    <row r="170" spans="1:7">
+      <c r="H169" s="3" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8">
       <c r="A170" s="5">
         <v>1</v>
       </c>
       <c r="B170" s="5">
         <v>1805</v>
       </c>
       <c r="C170" s="5" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D170" s="5" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="E170" s="5" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="F170" s="5">
         <v>2012</v>
       </c>
-      <c r="G170" s="8">
+      <c r="G170" s="5">
+        <v>1</v>
+      </c>
+      <c r="H170" s="8">
         <v>148.56</v>
       </c>
     </row>
-    <row r="171" spans="1:7">
+    <row r="171" spans="1:8">
       <c r="A171" s="6">
         <v>2</v>
       </c>
       <c r="B171" s="6">
         <v>1898</v>
       </c>
       <c r="C171" s="6" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="D171" s="6" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="E171" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F171" s="6">
         <v>2011</v>
       </c>
-      <c r="G171" s="9">
+      <c r="G171" s="6">
+        <v>2</v>
+      </c>
+      <c r="H171" s="9">
         <v>149.215</v>
       </c>
     </row>
-    <row r="172" spans="1:7">
+    <row r="172" spans="1:8">
       <c r="A172" s="7">
         <v>3</v>
       </c>
       <c r="B172" s="7">
         <v>1757</v>
       </c>
       <c r="C172" s="7" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D172" s="7" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="E172" s="7" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="F172" s="7">
         <v>2011</v>
       </c>
-      <c r="G172" s="10">
+      <c r="G172" s="7">
+        <v>2</v>
+      </c>
+      <c r="H172" s="10">
         <v>160.74</v>
       </c>
     </row>
-    <row r="173" spans="1:7">
+    <row r="173" spans="1:8">
       <c r="A173">
         <v>4</v>
       </c>
       <c r="B173">
         <v>4033</v>
       </c>
       <c r="C173" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D173" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="E173" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="F173">
         <v>2011</v>
       </c>
-      <c r="G173" s="11">
+      <c r="G173">
+        <v>2</v>
+      </c>
+      <c r="H173" s="11">
         <v>168.565</v>
       </c>
     </row>
-    <row r="174" spans="1:7">
+    <row r="174" spans="1:8">
       <c r="A174">
         <v>5</v>
       </c>
       <c r="B174">
         <v>1775</v>
       </c>
       <c r="C174" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D174" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E174" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F174">
         <v>2011</v>
       </c>
-      <c r="G174" s="11">
+      <c r="G174">
+        <v>2</v>
+      </c>
+      <c r="H174" s="11">
         <v>170.285</v>
       </c>
     </row>
-    <row r="175" spans="1:7">
+    <row r="175" spans="1:8">
       <c r="A175">
         <v>6</v>
       </c>
       <c r="B175">
         <v>2944</v>
       </c>
       <c r="C175" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D175" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="E175" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="F175">
         <v>2011</v>
       </c>
-      <c r="G175" s="11">
+      <c r="G175">
+        <v>2</v>
+      </c>
+      <c r="H175" s="11">
         <v>172.685</v>
       </c>
     </row>
-    <row r="176" spans="1:7">
+    <row r="176" spans="1:8">
       <c r="A176">
         <v>7</v>
       </c>
       <c r="B176">
         <v>1689</v>
       </c>
       <c r="C176" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D176" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="E176" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F176">
         <v>2011</v>
       </c>
-      <c r="G176" s="11">
+      <c r="G176">
+        <v>2</v>
+      </c>
+      <c r="H176" s="11">
         <v>188.435</v>
       </c>
     </row>
-    <row r="177" spans="1:7">
+    <row r="177" spans="1:8">
       <c r="A177">
         <v>8</v>
       </c>
       <c r="B177">
         <v>4045</v>
       </c>
       <c r="C177" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D177" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="E177" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F177">
         <v>2011</v>
       </c>
-      <c r="G177" s="11">
+      <c r="G177">
+        <v>2</v>
+      </c>
+      <c r="H177" s="11">
         <v>195.5</v>
       </c>
     </row>
-    <row r="178" spans="1:7">
+    <row r="178" spans="1:8">
       <c r="A178">
         <v>9</v>
       </c>
       <c r="B178">
         <v>4044</v>
       </c>
       <c r="C178" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D178" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E178" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F178">
         <v>2011</v>
       </c>
-      <c r="G178" s="11">
+      <c r="G178">
+        <v>2</v>
+      </c>
+      <c r="H178" s="11">
         <v>207.665</v>
       </c>
     </row>
-    <row r="179" spans="1:7">
+    <row r="179" spans="1:8">
       <c r="A179">
         <v>10</v>
       </c>
       <c r="B179">
         <v>2357</v>
       </c>
       <c r="C179" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D179" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="E179" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="F179">
         <v>2011</v>
       </c>
-      <c r="G179" s="11">
+      <c r="G179">
+        <v>2</v>
+      </c>
+      <c r="H179" s="11">
         <v>208.29</v>
       </c>
     </row>
-    <row r="180" spans="1:7">
+    <row r="180" spans="1:8">
       <c r="A180">
         <v>11</v>
       </c>
       <c r="B180">
         <v>4030</v>
       </c>
       <c r="C180" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D180" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="E180" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="F180">
         <v>2011</v>
       </c>
-      <c r="G180" s="11">
+      <c r="G180">
+        <v>2</v>
+      </c>
+      <c r="H180" s="11">
         <v>209.96</v>
       </c>
     </row>
-    <row r="181" spans="1:7">
+    <row r="181" spans="1:8">
       <c r="A181">
         <v>12</v>
       </c>
       <c r="B181">
         <v>1695</v>
       </c>
       <c r="C181" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D181" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="E181" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="F181">
         <v>2011</v>
       </c>
-      <c r="G181" s="11">
+      <c r="G181">
+        <v>2</v>
+      </c>
+      <c r="H181" s="11">
         <v>218.6</v>
       </c>
     </row>
-    <row r="182" spans="1:7">
+    <row r="182" spans="1:8">
       <c r="A182">
         <v>13</v>
       </c>
       <c r="B182">
         <v>3359</v>
       </c>
       <c r="C182" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D182" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="E182" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F182">
         <v>2011</v>
       </c>
-      <c r="G182" s="11">
+      <c r="G182">
+        <v>2</v>
+      </c>
+      <c r="H182" s="11">
         <v>220.76</v>
       </c>
     </row>
-    <row r="183" spans="1:7">
+    <row r="183" spans="1:8">
       <c r="A183">
         <v>14</v>
       </c>
       <c r="B183">
         <v>3115</v>
       </c>
       <c r="C183" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D183" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="E183" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F183">
         <v>2011</v>
       </c>
-      <c r="G183" s="11">
+      <c r="G183">
+        <v>2</v>
+      </c>
+      <c r="H183" s="11">
         <v>233.19</v>
       </c>
     </row>
-    <row r="184" spans="1:7">
+    <row r="184" spans="1:8">
       <c r="A184">
         <v>15</v>
       </c>
       <c r="B184">
         <v>2658</v>
       </c>
       <c r="C184" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D184" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="E184" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="F184">
         <v>2011</v>
       </c>
-      <c r="G184" s="11">
+      <c r="G184">
+        <v>1</v>
+      </c>
+      <c r="H184" s="11">
         <v>233.53</v>
       </c>
     </row>
-    <row r="185" spans="1:7">
+    <row r="185" spans="1:8">
       <c r="A185">
         <v>16</v>
       </c>
       <c r="B185">
         <v>4094</v>
       </c>
       <c r="C185" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D185" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="E185" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="F185">
         <v>2011</v>
       </c>
-      <c r="G185" s="11">
+      <c r="G185">
+        <v>2</v>
+      </c>
+      <c r="H185" s="11">
         <v>243.625</v>
       </c>
     </row>
-    <row r="186" spans="1:7">
+    <row r="186" spans="1:8">
       <c r="A186">
         <v>17</v>
       </c>
       <c r="B186">
         <v>2238</v>
       </c>
       <c r="C186" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="D186" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="E186" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="F186">
         <v>2012</v>
       </c>
-      <c r="G186" s="11">
+      <c r="G186">
+        <v>1</v>
+      </c>
+      <c r="H186" s="11">
         <v>254.84</v>
       </c>
     </row>
-    <row r="187" spans="1:7">
+    <row r="187" spans="1:8">
       <c r="A187">
         <v>18</v>
       </c>
       <c r="B187">
         <v>3099</v>
       </c>
       <c r="C187" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D187" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E187" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F187">
         <v>2012</v>
       </c>
-      <c r="G187" s="11">
+      <c r="G187">
+        <v>1</v>
+      </c>
+      <c r="H187" s="11">
         <v>260.88</v>
       </c>
     </row>
-    <row r="188" spans="1:7">
+    <row r="188" spans="1:8">
       <c r="A188">
         <v>19</v>
       </c>
       <c r="B188">
         <v>4056</v>
       </c>
       <c r="C188" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D188" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="E188" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F188">
         <v>2011</v>
       </c>
-      <c r="G188" s="11">
+      <c r="G188">
+        <v>1</v>
+      </c>
+      <c r="H188" s="11">
         <v>261.18</v>
       </c>
     </row>
-    <row r="189" spans="1:7">
+    <row r="189" spans="1:8">
       <c r="A189">
         <v>20</v>
       </c>
       <c r="B189">
         <v>3121</v>
       </c>
       <c r="C189" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D189" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="E189" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="F189">
         <v>2011</v>
       </c>
-      <c r="G189" s="11">
+      <c r="G189">
+        <v>1</v>
+      </c>
+      <c r="H189" s="11">
         <v>285.76</v>
       </c>
     </row>
-    <row r="190" spans="1:7">
+    <row r="190" spans="1:8">
       <c r="A190">
         <v>21</v>
       </c>
       <c r="B190">
         <v>4130</v>
       </c>
       <c r="C190" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="D190" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="E190" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F190">
         <v>2012</v>
       </c>
-      <c r="G190" s="11">
+      <c r="G190">
+        <v>1</v>
+      </c>
+      <c r="H190" s="11">
         <v>306.29</v>
       </c>
     </row>
-    <row r="191" spans="1:7">
+    <row r="191" spans="1:8">
       <c r="A191">
         <v>22</v>
       </c>
       <c r="B191">
         <v>3391</v>
       </c>
       <c r="C191" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D191" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E191" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F191">
         <v>2012</v>
       </c>
-      <c r="G191" s="11">
+      <c r="G191">
+        <v>2</v>
+      </c>
+      <c r="H191" s="11">
         <v>385.01</v>
       </c>
     </row>
-    <row r="192" spans="1:7">
+    <row r="192" spans="1:8">
       <c r="A192">
         <v>23</v>
       </c>
       <c r="B192">
         <v>4014</v>
       </c>
       <c r="C192" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="D192" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="E192" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="F192">
         <v>2011</v>
       </c>
-      <c r="G192" s="11">
+      <c r="G192">
+        <v>2</v>
+      </c>
+      <c r="H192" s="11">
         <v>390.07</v>
       </c>
     </row>
-    <row r="193" spans="1:7">
+    <row r="193" spans="1:8">
       <c r="A193">
         <v>24</v>
       </c>
       <c r="B193">
         <v>2220</v>
       </c>
       <c r="C193" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D193" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="E193" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F193">
         <v>2011</v>
       </c>
-      <c r="G193" s="11">
+      <c r="G193">
+        <v>2</v>
+      </c>
+      <c r="H193" s="11">
         <v>409.2</v>
       </c>
     </row>
-    <row r="194" spans="1:7">
+    <row r="194" spans="1:8">
       <c r="A194">
         <v>25</v>
       </c>
       <c r="B194">
         <v>1760</v>
       </c>
       <c r="C194" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D194" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E194" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F194">
         <v>2012</v>
       </c>
-      <c r="G194" s="11">
+      <c r="G194">
+        <v>2</v>
+      </c>
+      <c r="H194" s="11">
         <v>426.77</v>
       </c>
     </row>
-    <row r="195" spans="1:7">
+    <row r="195" spans="1:8">
       <c r="A195">
         <v>26</v>
       </c>
       <c r="B195">
         <v>2547</v>
       </c>
       <c r="C195" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D195" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="E195" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F195">
         <v>2012</v>
       </c>
-      <c r="G195" s="11">
+      <c r="G195">
+        <v>2</v>
+      </c>
+      <c r="H195" s="11">
         <v>435.64</v>
       </c>
     </row>
-    <row r="196" spans="1:7">
+    <row r="196" spans="1:8">
       <c r="A196">
         <v>27</v>
       </c>
       <c r="B196">
         <v>4015</v>
       </c>
       <c r="C196" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D196" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="E196" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="F196">
         <v>2011</v>
       </c>
-      <c r="G196" s="11">
+      <c r="G196">
+        <v>2</v>
+      </c>
+      <c r="H196" s="11">
         <v>453.07</v>
       </c>
     </row>
-    <row r="197" spans="1:7">
+    <row r="197" spans="1:8">
       <c r="A197">
         <v>28</v>
       </c>
       <c r="B197">
         <v>3389</v>
       </c>
       <c r="C197" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D197" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E197" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F197">
         <v>2012</v>
       </c>
-      <c r="G197" s="11">
+      <c r="G197">
+        <v>2</v>
+      </c>
+      <c r="H197" s="11">
         <v>465.55</v>
       </c>
     </row>
-    <row r="198" spans="1:7">
+    <row r="198" spans="1:8">
       <c r="A198">
         <v>29</v>
       </c>
       <c r="B198">
         <v>4016</v>
       </c>
       <c r="C198" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D198" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="E198" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F198">
         <v>2012</v>
       </c>
-      <c r="G198" s="11">
+      <c r="G198">
+        <v>2</v>
+      </c>
+      <c r="H198" s="11">
         <v>472.61</v>
       </c>
     </row>
-    <row r="199" spans="1:7">
+    <row r="199" spans="1:8">
       <c r="A199">
         <v>30</v>
       </c>
       <c r="B199">
         <v>1789</v>
       </c>
       <c r="C199" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D199" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="E199" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F199">
         <v>2011</v>
       </c>
-      <c r="G199" s="11">
+      <c r="G199">
+        <v>2</v>
+      </c>
+      <c r="H199" s="11">
         <v>500.54</v>
       </c>
     </row>
-    <row r="200" spans="1:7">
+    <row r="200" spans="1:8">
       <c r="A200">
         <v>31</v>
       </c>
       <c r="B200">
         <v>4129</v>
       </c>
       <c r="C200" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D200" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="E200" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F200">
         <v>2012</v>
       </c>
-      <c r="G200" s="11">
+      <c r="G200">
+        <v>2</v>
+      </c>
+      <c r="H200" s="11">
         <v>507.65</v>
       </c>
     </row>
-    <row r="201" spans="1:7">
+    <row r="201" spans="1:8">
       <c r="A201">
         <v>32</v>
       </c>
       <c r="B201">
         <v>3107</v>
       </c>
       <c r="C201" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D201" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="E201" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="F201">
         <v>2012</v>
       </c>
-      <c r="G201" s="11">
+      <c r="G201">
+        <v>2</v>
+      </c>
+      <c r="H201" s="11">
         <v>519.13</v>
       </c>
     </row>
-    <row r="202" spans="1:7">
+    <row r="202" spans="1:8">
       <c r="A202">
         <v>33</v>
       </c>
       <c r="B202">
         <v>2172</v>
       </c>
       <c r="C202" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D202" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="E202" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F202">
         <v>2011</v>
       </c>
-      <c r="G202" s="11">
+      <c r="G202">
+        <v>2</v>
+      </c>
+      <c r="H202" s="11">
         <v>527.79</v>
       </c>
     </row>
-    <row r="203" spans="1:7">
+    <row r="203" spans="1:8">
       <c r="A203">
         <v>34</v>
       </c>
       <c r="B203">
         <v>4124</v>
       </c>
       <c r="C203" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D203" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="E203" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F203">
         <v>2012</v>
       </c>
-      <c r="G203" s="11">
+      <c r="G203">
+        <v>2</v>
+      </c>
+      <c r="H203" s="11">
         <v>528.45</v>
       </c>
     </row>
-    <row r="204" spans="1:7">
+    <row r="204" spans="1:8">
       <c r="A204">
         <v>35</v>
       </c>
       <c r="B204">
         <v>2147</v>
       </c>
       <c r="C204" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="D204" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="E204" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F204">
         <v>2012</v>
       </c>
-      <c r="G204" s="11">
+      <c r="G204">
+        <v>2</v>
+      </c>
+      <c r="H204" s="11">
         <v>533.94</v>
       </c>
     </row>
-    <row r="205" spans="1:7">
+    <row r="205" spans="1:8">
       <c r="A205">
         <v>36</v>
       </c>
       <c r="B205">
         <v>1787</v>
       </c>
       <c r="C205" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D205" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="E205" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="F205">
         <v>2011</v>
       </c>
-      <c r="G205" s="11">
+      <c r="G205">
+        <v>2</v>
+      </c>
+      <c r="H205" s="11">
         <v>548.32</v>
       </c>
     </row>
-    <row r="206" spans="1:7">
+    <row r="206" spans="1:8">
       <c r="A206">
         <v>37</v>
       </c>
       <c r="B206">
         <v>4074</v>
       </c>
       <c r="C206" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D206" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="E206" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="F206">
         <v>2011</v>
       </c>
-      <c r="G206" s="11">
+      <c r="G206">
+        <v>2</v>
+      </c>
+      <c r="H206" s="11">
         <v>562.01</v>
       </c>
     </row>
-    <row r="207" spans="1:7">
+    <row r="207" spans="1:8">
       <c r="A207">
         <v>38</v>
       </c>
       <c r="B207">
         <v>4106</v>
       </c>
       <c r="C207" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="D207" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="E207" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F207">
         <v>2011</v>
       </c>
-      <c r="G207" s="11">
+      <c r="G207">
+        <v>2</v>
+      </c>
+      <c r="H207" s="11">
         <v>569.74</v>
       </c>
     </row>
-    <row r="208" spans="1:7">
+    <row r="208" spans="1:8">
       <c r="A208">
         <v>39</v>
       </c>
       <c r="B208">
         <v>1753</v>
       </c>
       <c r="C208" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D208" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E208" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F208">
         <v>2011</v>
       </c>
-      <c r="G208" s="11">
+      <c r="G208">
+        <v>2</v>
+      </c>
+      <c r="H208" s="11">
         <v>572.15</v>
       </c>
     </row>
-    <row r="209" spans="1:7">
+    <row r="209" spans="1:8">
       <c r="A209">
         <v>40</v>
       </c>
       <c r="B209">
         <v>1742</v>
       </c>
       <c r="C209" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D209" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="E209" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="F209">
         <v>2012</v>
       </c>
-      <c r="G209" s="11">
+      <c r="G209">
+        <v>2</v>
+      </c>
+      <c r="H209" s="11">
         <v>575.35</v>
       </c>
     </row>
-    <row r="210" spans="1:7">
+    <row r="210" spans="1:8">
       <c r="A210">
         <v>41</v>
       </c>
       <c r="B210">
         <v>4113</v>
       </c>
       <c r="C210" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D210" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="E210" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="F210">
         <v>2012</v>
       </c>
-      <c r="G210" s="11">
+      <c r="G210">
+        <v>2</v>
+      </c>
+      <c r="H210" s="11">
         <v>592.69</v>
       </c>
     </row>
-    <row r="211" spans="1:7">
-[...5 lines deleted...]
-    <row r="215" spans="1:7">
+    <row r="211" spans="1:8">
+      <c r="H211"/>
+    </row>
+    <row r="212" spans="1:8">
+      <c r="H212"/>
+    </row>
+    <row r="215" spans="1:8">
       <c r="A215" s="3" t="s">
-        <v>347</v>
-[...2 lines deleted...]
-    <row r="216" spans="1:7">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="216" spans="1:8">
       <c r="A216" s="12" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:G1"/>
-[...4 lines deleted...]
-    <mergeCell ref="A168:G168"/>
+    <mergeCell ref="A1:H1"/>
+    <mergeCell ref="A2:H2"/>
+    <mergeCell ref="A4:H4"/>
+    <mergeCell ref="A58:H58"/>
+    <mergeCell ref="A117:H117"/>
+    <mergeCell ref="A168:H168"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>