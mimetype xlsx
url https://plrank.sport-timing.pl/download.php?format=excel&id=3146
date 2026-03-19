--- v0 (2026-02-01)
+++ v1 (2026-03-19)
@@ -12,1226 +12,1388 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="394">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="448">
   <si>
     <t>Ranking PolPunkty FIS</t>
   </si>
   <si>
     <t>Sezon: 2025/2026 | Typ licencji: ZJAZDY | Płeć: Mixed</t>
   </si>
   <si>
+    <t>F - Junior młodszy</t>
+  </si>
+  <si>
+    <t>Pozycja</t>
+  </si>
+  <si>
+    <t>Licencja</t>
+  </si>
+  <si>
+    <t>Imię</t>
+  </si>
+  <si>
+    <t>Nazwisko</t>
+  </si>
+  <si>
+    <t>Klub</t>
+  </si>
+  <si>
+    <t>Rocznik</t>
+  </si>
+  <si>
+    <t>Starty</t>
+  </si>
+  <si>
+    <t>Wynik</t>
+  </si>
+  <si>
+    <t>Natasza</t>
+  </si>
+  <si>
+    <t>Kamińska</t>
+  </si>
+  <si>
+    <t>KS SportUp</t>
+  </si>
+  <si>
+    <t>Julia</t>
+  </si>
+  <si>
+    <t>Gałuszka</t>
+  </si>
+  <si>
+    <t>KS BESKIDY</t>
+  </si>
+  <si>
+    <t>Victoria</t>
+  </si>
+  <si>
+    <t>Procenko</t>
+  </si>
+  <si>
+    <t>PILCH SKI ACADEMY</t>
+  </si>
+  <si>
+    <t>Zuzanna</t>
+  </si>
+  <si>
+    <t>Ryskala</t>
+  </si>
+  <si>
+    <t>AMS MAGICSPORTS-RYSKALSKI</t>
+  </si>
+  <si>
+    <t>Izabela</t>
+  </si>
+  <si>
+    <t>Kasperkiewicz</t>
+  </si>
+  <si>
+    <t>KKN SIEPRAW-SKI</t>
+  </si>
+  <si>
+    <t>Hanna</t>
+  </si>
+  <si>
+    <t>Pierlak</t>
+  </si>
+  <si>
+    <t>Jagoda</t>
+  </si>
+  <si>
+    <t>Wojciechowska</t>
+  </si>
+  <si>
+    <t>Mika</t>
+  </si>
+  <si>
+    <t>Oczkoś</t>
+  </si>
+  <si>
+    <t>Marta</t>
+  </si>
+  <si>
+    <t>Ziętek</t>
+  </si>
+  <si>
+    <t>STOWARZYSZENIE OCHMAN SKI RACE TEAM</t>
+  </si>
+  <si>
+    <t>Zuzanna Maria</t>
+  </si>
+  <si>
+    <t>Leśniak</t>
+  </si>
+  <si>
+    <t>BRG Bębenek Racing Group</t>
+  </si>
+  <si>
+    <t>Odeta</t>
+  </si>
+  <si>
+    <t>Nelke</t>
+  </si>
+  <si>
+    <t>KS Wielkopolska Szkoła Narciarstwa</t>
+  </si>
+  <si>
+    <t>Łodzińska</t>
+  </si>
+  <si>
+    <t>WTS DeSki</t>
+  </si>
+  <si>
+    <t>Lena</t>
+  </si>
+  <si>
+    <t>Gazda</t>
+  </si>
+  <si>
+    <t>KS SKIVEGAS STANEK RACE ACADEMY Sp. Z o.o</t>
+  </si>
+  <si>
+    <t>Amelia</t>
+  </si>
+  <si>
+    <t>Masiak</t>
+  </si>
+  <si>
+    <t>Aleksandra</t>
+  </si>
+  <si>
+    <t>Kalisz</t>
+  </si>
+  <si>
+    <t>Natalia</t>
+  </si>
+  <si>
+    <t>Łaciak</t>
+  </si>
+  <si>
+    <t>Tramś</t>
+  </si>
+  <si>
+    <t>KRAKOWSKIE STOWARZYSZENIE NARCIARSKIE</t>
+  </si>
+  <si>
+    <t>Ksenia</t>
+  </si>
+  <si>
+    <t>Jasińska</t>
+  </si>
+  <si>
+    <t>Łamacz</t>
+  </si>
+  <si>
+    <t>Katarzyna</t>
+  </si>
+  <si>
+    <t>Krupa</t>
+  </si>
+  <si>
+    <t>KS GRODECKI SKI TEAM</t>
+  </si>
+  <si>
+    <t>Alicja</t>
+  </si>
+  <si>
+    <t>Burakowska</t>
+  </si>
+  <si>
+    <t>Warszawski Klub Narciarski</t>
+  </si>
+  <si>
+    <t>Targosz</t>
+  </si>
+  <si>
+    <t>Kopecka</t>
+  </si>
+  <si>
+    <t>KLUB SPORTOWY CDSport</t>
+  </si>
+  <si>
+    <t>Piłat</t>
+  </si>
+  <si>
+    <t>KN GONDOLA KRYNICA</t>
+  </si>
+  <si>
+    <t>Zofia</t>
+  </si>
+  <si>
+    <t>Wasilewska</t>
+  </si>
+  <si>
+    <t>KLUB SPORTOWY AS</t>
+  </si>
+  <si>
+    <t>Maja</t>
+  </si>
+  <si>
+    <t>Wójciak</t>
+  </si>
+  <si>
+    <t>KS Tatra SkiAcademy</t>
+  </si>
+  <si>
+    <t>Pieczyńska</t>
+  </si>
+  <si>
+    <t>Telec</t>
+  </si>
+  <si>
+    <t>Klub Sportowy LIVE</t>
+  </si>
+  <si>
+    <t>Zlata</t>
+  </si>
+  <si>
+    <t>Bezrodna</t>
+  </si>
+  <si>
+    <t>FROGS SKI&amp;SUN ŚWIERADÓW ZDRÓJ</t>
+  </si>
+  <si>
+    <t>Kasperska</t>
+  </si>
+  <si>
+    <t>Stowarzyszenie Rekreacyjno-Sportowe "Czantoria" Ustroń</t>
+  </si>
+  <si>
+    <t>Ewa Maria</t>
+  </si>
+  <si>
+    <t>Łubkowska</t>
+  </si>
+  <si>
+    <t>Kathrin</t>
+  </si>
+  <si>
+    <t>Leskova</t>
+  </si>
+  <si>
+    <t>Magda</t>
+  </si>
+  <si>
+    <t>Różańska</t>
+  </si>
+  <si>
+    <t>Paulina</t>
+  </si>
+  <si>
+    <t>Zajączkowska</t>
+  </si>
+  <si>
+    <t>Olga</t>
+  </si>
+  <si>
+    <t>Kanclerz</t>
+  </si>
+  <si>
+    <t>Anna</t>
+  </si>
+  <si>
+    <t>Gajda</t>
+  </si>
+  <si>
+    <t>Klub Sportowy Mikołajek</t>
+  </si>
+  <si>
+    <t>Pola</t>
+  </si>
+  <si>
+    <t>Stanisławska</t>
+  </si>
+  <si>
+    <t>Pociask</t>
+  </si>
+  <si>
+    <t>Gocman</t>
+  </si>
+  <si>
+    <t>Helena</t>
+  </si>
+  <si>
+    <t>Bartczak</t>
+  </si>
+  <si>
+    <t>Stefania</t>
+  </si>
+  <si>
+    <t>Horodecka</t>
+  </si>
+  <si>
+    <t>Palusińska</t>
+  </si>
+  <si>
+    <t>KS BiegunSport</t>
+  </si>
+  <si>
+    <t>Milena</t>
+  </si>
+  <si>
+    <t>Rytlewska</t>
+  </si>
+  <si>
+    <t>Nadia</t>
+  </si>
+  <si>
+    <t>Wyrwas</t>
+  </si>
+  <si>
+    <t>Schabowska</t>
+  </si>
+  <si>
+    <t>Martyna</t>
+  </si>
+  <si>
+    <t>Golba</t>
+  </si>
+  <si>
+    <t>UKS BRENNA GÓRKI</t>
+  </si>
+  <si>
+    <t>Maya</t>
+  </si>
+  <si>
+    <t>Ryś</t>
+  </si>
+  <si>
+    <t>Mozolewska</t>
+  </si>
+  <si>
+    <t>BS Sport</t>
+  </si>
+  <si>
+    <t>Chrobak</t>
+  </si>
+  <si>
+    <t>KLUB SPORTOWY AZS ZAKOPANE</t>
+  </si>
+  <si>
+    <t>Oliwia</t>
+  </si>
+  <si>
+    <t>Sosenko</t>
+  </si>
+  <si>
+    <t>Sosen Ski Team Racing Department</t>
+  </si>
+  <si>
+    <t>Karsznia</t>
+  </si>
+  <si>
+    <t>Melania</t>
+  </si>
+  <si>
+    <t>Uchańska</t>
+  </si>
+  <si>
+    <t>Ewa</t>
+  </si>
+  <si>
+    <t>Bielak</t>
+  </si>
+  <si>
+    <t>Emilia</t>
+  </si>
+  <si>
+    <t>Janos</t>
+  </si>
+  <si>
+    <t>Mitka</t>
+  </si>
+  <si>
+    <t>ŻYWIECKI KLUB NARCIARSKI</t>
+  </si>
+  <si>
+    <t>Wera</t>
+  </si>
+  <si>
+    <t>Stefaniak</t>
+  </si>
+  <si>
+    <t>Stolarska-laszczak</t>
+  </si>
+  <si>
+    <t>MKN ZRYW</t>
+  </si>
+  <si>
+    <t>Justyna</t>
+  </si>
+  <si>
+    <t>Jarząbek</t>
+  </si>
+  <si>
+    <t>Rusiński Ski-Max</t>
+  </si>
+  <si>
+    <t>Maciejowska</t>
+  </si>
+  <si>
+    <t>Kinga</t>
+  </si>
+  <si>
+    <t>Szkudlarek</t>
+  </si>
+  <si>
+    <t>Wyród</t>
+  </si>
+  <si>
+    <t>Obiedzińska</t>
+  </si>
+  <si>
+    <t>Antonina</t>
+  </si>
+  <si>
+    <t>Wróblewska</t>
+  </si>
+  <si>
+    <t>F - Młodzik</t>
+  </si>
+  <si>
+    <t>Nowaczyk</t>
+  </si>
+  <si>
+    <t>Marianna</t>
+  </si>
+  <si>
+    <t>Babiak</t>
+  </si>
+  <si>
+    <t>Lidia</t>
+  </si>
+  <si>
+    <t>Gzyl</t>
+  </si>
+  <si>
+    <t>Franciszka</t>
+  </si>
+  <si>
+    <t>Olesińska</t>
+  </si>
+  <si>
+    <t>Borys</t>
+  </si>
+  <si>
+    <t>Zając</t>
+  </si>
+  <si>
+    <t>Nina</t>
+  </si>
+  <si>
+    <t>Koncewicz</t>
+  </si>
+  <si>
+    <t>Zofia Katarzyna</t>
+  </si>
+  <si>
+    <t>Kolasa</t>
+  </si>
+  <si>
+    <t>Sport Szok</t>
+  </si>
+  <si>
+    <t>Jakubiec</t>
+  </si>
+  <si>
+    <t>Barbara</t>
+  </si>
+  <si>
+    <t>Stępień</t>
+  </si>
+  <si>
+    <t>Krystyna</t>
+  </si>
+  <si>
+    <t>Skóbel</t>
+  </si>
+  <si>
+    <t>Król</t>
+  </si>
+  <si>
+    <t>Dominika</t>
+  </si>
+  <si>
+    <t>Sowa</t>
+  </si>
+  <si>
+    <t>Maria</t>
+  </si>
+  <si>
+    <t>Kenig</t>
+  </si>
+  <si>
+    <t>MITANSKI ZAKOPANE</t>
+  </si>
+  <si>
+    <t>Sonia</t>
+  </si>
+  <si>
+    <t>Łoboda</t>
+  </si>
+  <si>
+    <t>Gronuś</t>
+  </si>
+  <si>
+    <t>Korzeniowska</t>
+  </si>
+  <si>
+    <t>KS SNPTT-1907</t>
+  </si>
+  <si>
+    <t>Nikola</t>
+  </si>
+  <si>
+    <t>Kubicka</t>
+  </si>
+  <si>
+    <t>Spesova</t>
+  </si>
+  <si>
+    <t>Krawczyk</t>
+  </si>
+  <si>
+    <t>Kuśnierz</t>
+  </si>
+  <si>
+    <t>Januszko</t>
+  </si>
+  <si>
+    <t>Chmielewska</t>
+  </si>
+  <si>
+    <t>Fundacja Potwory Klub Sportowy</t>
+  </si>
+  <si>
+    <t>Marzec</t>
+  </si>
+  <si>
+    <t>Zwolińska</t>
+  </si>
+  <si>
+    <t>Kosicka</t>
+  </si>
+  <si>
+    <t>Powiecka</t>
+  </si>
+  <si>
+    <t>Klub Sportowy SZRENICA</t>
+  </si>
+  <si>
+    <t>Burczyńska</t>
+  </si>
+  <si>
+    <t>Nowak</t>
+  </si>
+  <si>
+    <t>Urszula</t>
+  </si>
+  <si>
+    <t>Kozysa</t>
+  </si>
+  <si>
+    <t>Sporteum Fundacja Promocji Sportu</t>
+  </si>
+  <si>
+    <t>Bieta</t>
+  </si>
+  <si>
+    <t>Parylak</t>
+  </si>
+  <si>
+    <t xml:space="preserve">UKN "LAWORTA" </t>
+  </si>
+  <si>
+    <t>Owczarz</t>
+  </si>
+  <si>
+    <t>Karolina</t>
+  </si>
+  <si>
+    <t>Turek</t>
+  </si>
+  <si>
+    <t>Pysz</t>
+  </si>
+  <si>
+    <t>Malewicz</t>
+  </si>
+  <si>
+    <t>Chorabik</t>
+  </si>
+  <si>
+    <t>Mokrzańska</t>
+  </si>
+  <si>
+    <t>Kochanowicz</t>
+  </si>
+  <si>
+    <t>Kalina</t>
+  </si>
+  <si>
+    <t>Chojnacka</t>
+  </si>
+  <si>
+    <t>Buczel</t>
+  </si>
+  <si>
+    <t>Adrianna</t>
+  </si>
+  <si>
+    <t>Sinicka</t>
+  </si>
+  <si>
+    <t>Łasisz</t>
+  </si>
+  <si>
+    <t>Buksa</t>
+  </si>
+  <si>
+    <t>Liliana</t>
+  </si>
+  <si>
+    <t>Stoch</t>
+  </si>
+  <si>
+    <t>Pichlak</t>
+  </si>
+  <si>
+    <t>Wróbel</t>
+  </si>
+  <si>
+    <t>Dębska</t>
+  </si>
+  <si>
+    <t>Olivia</t>
+  </si>
+  <si>
+    <t>Nowacka</t>
+  </si>
+  <si>
+    <t>Matylda</t>
+  </si>
+  <si>
+    <t>Kruk</t>
+  </si>
+  <si>
+    <t>SIKRET GLIWICE</t>
+  </si>
+  <si>
+    <t>Krywoniuk</t>
+  </si>
+  <si>
+    <t>NKS RASC</t>
+  </si>
+  <si>
+    <t>Wiktoria</t>
+  </si>
+  <si>
+    <t>Matusik</t>
+  </si>
+  <si>
+    <t>Derecka</t>
+  </si>
+  <si>
+    <t>Łucja</t>
+  </si>
+  <si>
+    <t>Copija</t>
+  </si>
+  <si>
+    <t>Bogna</t>
+  </si>
+  <si>
+    <t>Bizoń</t>
+  </si>
+  <si>
+    <t>ANDRZEJ MAŁYSA "IKATUR" SKI CLUB</t>
+  </si>
+  <si>
+    <t>Olszewska</t>
+  </si>
+  <si>
+    <t>Ogonowska</t>
+  </si>
+  <si>
+    <t>Kasprzak</t>
+  </si>
+  <si>
+    <t>Maryna</t>
+  </si>
+  <si>
+    <t>Kwiatkowska</t>
+  </si>
+  <si>
+    <t>UKS 28 KIELCE</t>
+  </si>
+  <si>
+    <t>Iga</t>
+  </si>
+  <si>
+    <t>Rakocy</t>
+  </si>
+  <si>
+    <t>Cmokowicz</t>
+  </si>
+  <si>
     <t>M - Junior młodszy</t>
   </si>
   <si>
-    <t>Pozycja</t>
-[...17 lines deleted...]
-    <t>Wynik</t>
+    <t>Kosma</t>
+  </si>
+  <si>
+    <t>Szafrański</t>
   </si>
   <si>
     <t>Stanisław</t>
   </si>
   <si>
     <t>Ćwikła</t>
   </si>
   <si>
-    <t>KS SportUp</t>
-[...8 lines deleted...]
-    <t>KS SKIVEGAS STANEK RACE ACADEMY Sp. Z o.o</t>
+    <t>Jakub</t>
+  </si>
+  <si>
+    <t>Muniak</t>
   </si>
   <si>
     <t>Wojciech</t>
   </si>
   <si>
     <t>Przybyła</t>
   </si>
   <si>
-    <t>PILCH SKI ACADEMY</t>
-[...1 lines deleted...]
-  <si>
     <t>Kamil</t>
   </si>
   <si>
     <t>Frycz</t>
   </si>
   <si>
+    <t>Jan</t>
+  </si>
+  <si>
+    <t>Jędrol</t>
+  </si>
+  <si>
     <t>Antoni</t>
   </si>
   <si>
     <t>Kałuża</t>
   </si>
   <si>
+    <t>Konrad</t>
+  </si>
+  <si>
+    <t>Stojanik</t>
+  </si>
+  <si>
+    <t>Tomasz</t>
+  </si>
+  <si>
+    <t>Rojek</t>
+  </si>
+  <si>
+    <t>Szmaja</t>
+  </si>
+  <si>
+    <t>Tymon</t>
+  </si>
+  <si>
+    <t>Bobrzyński</t>
+  </si>
+  <si>
     <t>Filip</t>
   </si>
   <si>
     <t>Ciślak</t>
   </si>
   <si>
-    <t>Konrad</t>
-[...28 lines deleted...]
-  <si>
     <t>Feliks</t>
   </si>
   <si>
     <t>Miłosz</t>
   </si>
   <si>
-    <t>KS BESKIDY</t>
-[...1 lines deleted...]
-  <si>
     <t>Mikołaj</t>
   </si>
   <si>
     <t>Michałowicz</t>
   </si>
   <si>
-    <t>BS Sport</t>
-[...1 lines deleted...]
-  <si>
     <t>Poborski</t>
   </si>
   <si>
-    <t>UKS 28 KIELCE</t>
-[...4 lines deleted...]
-  <si>
     <t>Bartłomiej</t>
   </si>
   <si>
     <t>Więckowski</t>
   </si>
   <si>
+    <t>Leonardo</t>
+  </si>
+  <si>
+    <t>Brusco</t>
+  </si>
+  <si>
     <t>Ignacy</t>
   </si>
   <si>
     <t>Kozłowski</t>
   </si>
   <si>
+    <t>Czerwiński-molski</t>
+  </si>
+  <si>
+    <t>RACE STREFA</t>
+  </si>
+  <si>
+    <t>Ruben</t>
+  </si>
+  <si>
+    <t>Cirut</t>
+  </si>
+  <si>
+    <t>KS YETI</t>
+  </si>
+  <si>
+    <t>Surdy</t>
+  </si>
+  <si>
+    <t>Karol</t>
+  </si>
+  <si>
+    <t>Kwiatkowski</t>
+  </si>
+  <si>
+    <t>Szymon</t>
+  </si>
+  <si>
+    <t>Ptaszkiewicz</t>
+  </si>
+  <si>
     <t>Górnikowski</t>
   </si>
   <si>
-    <t>KS BiegunSport</t>
-[...5 lines deleted...]
-    <t>RACE STREFA</t>
+    <t>Artur</t>
+  </si>
+  <si>
+    <t>Jacyno</t>
+  </si>
+  <si>
+    <t>Moszczyński</t>
   </si>
   <si>
     <t>Janicki</t>
   </si>
   <si>
-    <t>KS YETI</t>
-[...23 lines deleted...]
-    <t>Moszczyński</t>
+    <t>Grzegorz</t>
+  </si>
+  <si>
+    <t>Pencarski</t>
+  </si>
+  <si>
+    <t>Leon</t>
+  </si>
+  <si>
+    <t>Marciniak</t>
+  </si>
+  <si>
+    <t>Mars</t>
   </si>
   <si>
     <t>Kuklewicz</t>
   </si>
   <si>
-    <t>Karol</t>
-[...14 lines deleted...]
-    <t>Muniak</t>
+    <t>Maciej</t>
+  </si>
+  <si>
+    <t>Rusztowicz</t>
+  </si>
+  <si>
+    <t>Olesiński</t>
+  </si>
+  <si>
+    <t>Benjamin</t>
+  </si>
+  <si>
+    <t>Barabaś-latif</t>
+  </si>
+  <si>
+    <t>Zachary</t>
+  </si>
+  <si>
+    <t>Wysocki</t>
+  </si>
+  <si>
+    <t>Kowalczyk</t>
+  </si>
+  <si>
+    <t>Jakubowski</t>
+  </si>
+  <si>
+    <t>Stompór</t>
+  </si>
+  <si>
+    <t>Donocik</t>
+  </si>
+  <si>
+    <t>Igor</t>
+  </si>
+  <si>
+    <t>Klimkowski</t>
+  </si>
+  <si>
+    <t>Paweł</t>
+  </si>
+  <si>
+    <t>Chowaniec</t>
+  </si>
+  <si>
+    <t>Michał</t>
+  </si>
+  <si>
+    <t>Stec</t>
+  </si>
+  <si>
+    <t>Kryński</t>
+  </si>
+  <si>
+    <t>Kacper</t>
+  </si>
+  <si>
+    <t>Kristof</t>
   </si>
   <si>
     <t>Piotr</t>
   </si>
   <si>
     <t>Bobeł</t>
   </si>
   <si>
     <t>Czajkowski</t>
   </si>
   <si>
     <t>Gacek</t>
   </si>
   <si>
-    <t>Sosen Ski Team Racing Department</t>
+    <t>Haber</t>
   </si>
   <si>
     <t>Artemi</t>
   </si>
   <si>
     <t>Chornous</t>
   </si>
   <si>
     <t>ADVENTURE SKI TEAM</t>
   </si>
   <si>
-    <t>Grzegorz</t>
-[...4 lines deleted...]
-  <si>
     <t>Łodziński</t>
   </si>
   <si>
-    <t>Artur</t>
-[...10 lines deleted...]
-  <si>
     <t>Iwo</t>
   </si>
   <si>
     <t>Olszewski</t>
   </si>
   <si>
-    <t>Mars</t>
-[...23 lines deleted...]
-    <t>Barabaś-latif</t>
+    <t>Paciorek</t>
+  </si>
+  <si>
+    <t>Ryszard</t>
+  </si>
+  <si>
+    <t>Hermanowicz</t>
+  </si>
+  <si>
+    <t>Żółtak</t>
   </si>
   <si>
     <t>Stożek</t>
   </si>
   <si>
-    <t>KLUB SPORTOWY CDSport</t>
-[...10 lines deleted...]
-  <si>
     <t>Konstanty</t>
   </si>
   <si>
     <t>Trusewicz</t>
   </si>
   <si>
     <t>KS "ŚNIEŻKA" KARPACZ</t>
   </si>
   <si>
-    <t>Igor</t>
-[...17 lines deleted...]
-    <t>Chowaniec</t>
+    <t>Ślizowski</t>
+  </si>
+  <si>
+    <t>KS FRAJDA ZAKOPANE</t>
+  </si>
+  <si>
+    <t>Bryłka</t>
+  </si>
+  <si>
+    <t>KS RACING KIDS</t>
+  </si>
+  <si>
+    <t>Bogusławski</t>
+  </si>
+  <si>
+    <t>Szafrański-mądry</t>
+  </si>
+  <si>
+    <t>Franciszek</t>
+  </si>
+  <si>
+    <t>Mateusz</t>
+  </si>
+  <si>
+    <t>Przybysz</t>
+  </si>
+  <si>
+    <t>Schroeder</t>
   </si>
   <si>
     <t>Wincenty</t>
   </si>
   <si>
     <t>Mrowiecki</t>
   </si>
   <si>
+    <t>Bruno</t>
+  </si>
+  <si>
+    <t>Sebastian</t>
+  </si>
+  <si>
+    <t>Dymitr</t>
+  </si>
+  <si>
+    <t>Pawłowicz</t>
+  </si>
+  <si>
+    <t>Edward</t>
+  </si>
+  <si>
+    <t>Kink</t>
+  </si>
+  <si>
+    <t>Cezary</t>
+  </si>
+  <si>
+    <t>Szelenbaum</t>
+  </si>
+  <si>
+    <t>Bondar</t>
+  </si>
+  <si>
     <t>M - Młodzik</t>
   </si>
   <si>
     <t>Soprych</t>
   </si>
   <si>
     <t>Lenkiewicz</t>
   </si>
   <si>
-    <t>Kacper</t>
-[...1 lines deleted...]
-  <si>
     <t>Zagórski</t>
   </si>
   <si>
     <t>FUNDACJA SPORT BEZ GRANIC MALCZEWSKI ACADEMY</t>
   </si>
   <si>
     <t>Andrzej</t>
   </si>
   <si>
-    <t>Gazda</t>
-[...2 lines deleted...]
-    <t>Stoch</t>
+    <t>Gustaw</t>
+  </si>
+  <si>
+    <t>Leśniewski</t>
+  </si>
+  <si>
+    <t>Tarnawski</t>
   </si>
   <si>
     <t>Alexander</t>
   </si>
   <si>
     <t>Rajpold</t>
   </si>
   <si>
-    <t>ŻYWIECKI KLUB NARCIARSKI</t>
-[...5 lines deleted...]
-    <t>KS FRAJDA ZAKOPANE</t>
+    <t>Weiss</t>
+  </si>
+  <si>
+    <t>Piaścik</t>
+  </si>
+  <si>
+    <t>Dominik</t>
+  </si>
+  <si>
+    <t>Józef</t>
   </si>
   <si>
     <t>Leonowicz</t>
   </si>
   <si>
     <t>Radosław</t>
   </si>
   <si>
     <t>Węglarz</t>
   </si>
   <si>
-    <t>Klub Sportowy LIVE</t>
+    <t>Jonas</t>
+  </si>
+  <si>
+    <t>Stanek</t>
   </si>
   <si>
     <t>Uchański</t>
   </si>
   <si>
-    <t>Józef</t>
-[...2 lines deleted...]
-    <t>Dominik</t>
+    <t>Patryk</t>
+  </si>
+  <si>
+    <t>Szukalski</t>
+  </si>
+  <si>
+    <t>Ciszewicz</t>
+  </si>
+  <si>
+    <t>Gałaszek</t>
   </si>
   <si>
     <t>Zwierzyński</t>
   </si>
   <si>
-    <t>Warszawski Klub Narciarski</t>
-[...14 lines deleted...]
-    <t>Piaścik</t>
+    <t>Gospodarczyk</t>
+  </si>
+  <si>
+    <t>Jankowski</t>
+  </si>
+  <si>
+    <t>Tymoteusz</t>
+  </si>
+  <si>
+    <t>Śpiewak</t>
+  </si>
+  <si>
+    <t>Kułach</t>
+  </si>
+  <si>
+    <t>Bitner</t>
   </si>
   <si>
     <t>Małek</t>
   </si>
   <si>
-    <t>Mateusz</t>
+    <t>Herman-wojtyna</t>
   </si>
   <si>
     <t>Ziora</t>
   </si>
   <si>
-    <t>Bitner</t>
-[...2 lines deleted...]
-    <t>Tymoteusz</t>
+    <t>Wykrota</t>
+  </si>
+  <si>
+    <t>Sypień</t>
   </si>
   <si>
     <t>Gajdek</t>
   </si>
   <si>
-    <t>Herman-wojtyna</t>
-[...2 lines deleted...]
-    <t>Ciszewicz</t>
+    <t>Palusiński</t>
+  </si>
+  <si>
+    <t>Różycki</t>
+  </si>
+  <si>
+    <t>Kacprzak</t>
+  </si>
+  <si>
+    <t>Kajka</t>
+  </si>
+  <si>
+    <t>Mirowski</t>
   </si>
   <si>
     <t>Piotr Bruno</t>
   </si>
   <si>
     <t>Łubkowski</t>
   </si>
   <si>
-    <t>KKN SIEPRAW-SKI</t>
+    <t>Maks</t>
+  </si>
+  <si>
+    <t>Chybiński-golonka</t>
+  </si>
+  <si>
+    <t>Olivier</t>
+  </si>
+  <si>
+    <t>Skiba</t>
+  </si>
+  <si>
+    <t>Sobczak</t>
+  </si>
+  <si>
+    <t>Klemens</t>
+  </si>
+  <si>
+    <t>Kaźmierczak</t>
+  </si>
+  <si>
+    <t>Adam</t>
   </si>
   <si>
     <t>Witold</t>
   </si>
   <si>
     <t>Stokłosa</t>
   </si>
   <si>
+    <t>Skutil</t>
+  </si>
+  <si>
     <t>Stawiarski</t>
   </si>
   <si>
-    <t>ANDRZEJ MAŁYSA "IKATUR" SKI CLUB</t>
-[...2 lines deleted...]
-    <t>Kajka</t>
+    <t>Ostrowski</t>
   </si>
   <si>
     <t>Iwanicki</t>
   </si>
   <si>
     <t>Tadeusz</t>
   </si>
   <si>
     <t>Czajka</t>
   </si>
   <si>
-    <t>Ostrowski</t>
+    <t>Kniaziowski</t>
+  </si>
+  <si>
+    <t>Rukszto</t>
+  </si>
+  <si>
+    <t>Domagalski</t>
   </si>
   <si>
     <t>Broś</t>
   </si>
   <si>
-    <t>KN GONDOLA KRYNICA</t>
-[...14 lines deleted...]
-    <t>Leśniewski</t>
+    <t>Widliński</t>
   </si>
   <si>
     <t>Maximilian</t>
   </si>
   <si>
     <t>Kondrat</t>
   </si>
   <si>
     <t>Sobolewski</t>
   </si>
   <si>
-    <t>Weiss</t>
-[...1 lines deleted...]
-  <si>
     <t>Jastrzębski</t>
   </si>
   <si>
-    <t>MKN ZRYW</t>
-[...19 lines deleted...]
-  <si>
     <t>Bucki</t>
   </si>
   <si>
-    <t>Skutil</t>
-[...17 lines deleted...]
-    <t>Fundacja Potwory Klub Sportowy</t>
+    <t>Biel</t>
   </si>
   <si>
     <t>Fryderyk</t>
   </si>
   <si>
     <t>Giza</t>
   </si>
   <si>
-    <t>Kacprzak</t>
-[...13 lines deleted...]
-  <si>
     <t>Maksymilian</t>
   </si>
   <si>
     <t>Malec</t>
   </si>
   <si>
-    <t>Sobczak</t>
-[...2 lines deleted...]
-    <t>Stowarzyszenie Rekreacyjno-Sportowe "Czantoria" Ustroń</t>
+    <t>Długopolski</t>
   </si>
   <si>
     <t>Gryszka</t>
   </si>
   <si>
-    <t>Sypień</t>
-[...1 lines deleted...]
-  <si>
     <t>Juraszek</t>
   </si>
   <si>
-    <t>FROGS SKI&amp;SUN ŚWIERADÓW ZDRÓJ</t>
+    <t>Aleksander</t>
+  </si>
+  <si>
+    <t>Barszczyk</t>
   </si>
   <si>
     <t>Koba</t>
   </si>
   <si>
     <t>Wiktor</t>
   </si>
   <si>
-    <t>Domagalski</t>
-[...5 lines deleted...]
-    <t>KS Wielkopolska Szkoła Narciarstwa</t>
+    <t>Sergiusz</t>
   </si>
   <si>
     <t>Franke</t>
   </si>
   <si>
     <t>Hawrylik</t>
   </si>
   <si>
     <t>Orkisz</t>
   </si>
   <si>
-    <t>F - Junior młodszy</t>
-[...542 lines deleted...]
-    <t>Cmokowicz</t>
+    <t>Wiśniewski</t>
+  </si>
+  <si>
+    <t>Półchłopek</t>
   </si>
   <si>
     <t>pl_Rank - System Rankingowy</t>
   </si>
   <si>
     <t>© 2025 Sport-Timing.pl | Wszystkie prawa zastrzeżone</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -1617,5662 +1779,7579 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G259"/>
+  <dimension ref="A1:H305"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A259" sqref="A259"/>
+      <selection activeCell="A305" sqref="A305"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="50.988" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7">
+    <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:7">
+    <row r="2" spans="1:8">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:7">
+    <row r="4" spans="1:8">
       <c r="A4" s="4" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:7">
+    <row r="5" spans="1:8">
       <c r="A5" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>7</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>8</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>9</v>
       </c>
-    </row>
-    <row r="6" spans="1:7">
+      <c r="H5" s="3" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
       <c r="A6" s="5">
         <v>1</v>
       </c>
       <c r="B6" s="5">
-        <v>2762</v>
+        <v>1744</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F6" s="5">
         <v>2010</v>
       </c>
-      <c r="G6" s="8">
-[...3 lines deleted...]
-    <row r="7" spans="1:7">
+      <c r="G6" s="5">
+        <v>6</v>
+      </c>
+      <c r="H6" s="8">
+        <v>11.44</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
       <c r="A7" s="6">
         <v>2</v>
       </c>
       <c r="B7" s="6">
-        <v>1988</v>
+        <v>2568</v>
       </c>
       <c r="C7" s="6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D7" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F7" s="6">
         <v>2010</v>
       </c>
-      <c r="G7" s="9">
-[...3 lines deleted...]
-    <row r="8" spans="1:7">
+      <c r="G7" s="6">
+        <v>6</v>
+      </c>
+      <c r="H7" s="9">
+        <v>39.64</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
       <c r="A8" s="7">
         <v>3</v>
       </c>
       <c r="B8" s="7">
-        <v>1732</v>
+        <v>2217</v>
       </c>
       <c r="C8" s="7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D8" s="7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E8" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F8" s="7">
         <v>2010</v>
       </c>
-      <c r="G8" s="10">
-[...3 lines deleted...]
-    <row r="9" spans="1:7">
+      <c r="G8" s="7">
+        <v>6</v>
+      </c>
+      <c r="H8" s="10">
+        <v>43.54</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
       <c r="A9">
         <v>4</v>
       </c>
       <c r="B9">
-        <v>1911</v>
+        <v>1757</v>
       </c>
       <c r="C9" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E9" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="F9">
-        <v>2010</v>
-[...5 lines deleted...]
-    <row r="10" spans="1:7">
+        <v>2011</v>
+      </c>
+      <c r="G9">
+        <v>6</v>
+      </c>
+      <c r="H9" s="11">
+        <v>44.04</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
       <c r="A10">
         <v>5</v>
       </c>
       <c r="B10">
-        <v>2173</v>
+        <v>1815</v>
       </c>
       <c r="C10" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D10" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E10" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="F10">
         <v>2010</v>
       </c>
-      <c r="G10" s="11">
-[...3 lines deleted...]
-    <row r="11" spans="1:7">
+      <c r="G10">
+        <v>6</v>
+      </c>
+      <c r="H10" s="11">
+        <v>45.72</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
       <c r="A11">
         <v>6</v>
       </c>
       <c r="B11">
-        <v>3120</v>
+        <v>3115</v>
       </c>
       <c r="C11" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="D11" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="E11" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F11">
         <v>2011</v>
       </c>
-      <c r="G11" s="11">
-[...3 lines deleted...]
-    <row r="12" spans="1:7">
+      <c r="G11">
+        <v>6</v>
+      </c>
+      <c r="H11" s="11">
+        <v>49.75</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
       <c r="A12">
         <v>7</v>
       </c>
       <c r="B12">
-        <v>2137</v>
+        <v>3957</v>
       </c>
       <c r="C12" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D12" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="E12" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="F12">
         <v>2010</v>
       </c>
-      <c r="G12" s="11">
-[...3 lines deleted...]
-    <row r="13" spans="1:7">
+      <c r="G12">
+        <v>6</v>
+      </c>
+      <c r="H12" s="11">
+        <v>53.53</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
       <c r="A13">
         <v>8</v>
       </c>
       <c r="B13">
-        <v>2666</v>
+        <v>2335</v>
       </c>
       <c r="C13" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D13" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="E13" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="F13">
-        <v>2011</v>
-[...5 lines deleted...]
-    <row r="14" spans="1:7">
+        <v>2010</v>
+      </c>
+      <c r="G13">
+        <v>6</v>
+      </c>
+      <c r="H13" s="11">
+        <v>54.45</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
       <c r="A14">
         <v>9</v>
       </c>
       <c r="B14">
-        <v>1989</v>
+        <v>1828</v>
       </c>
       <c r="C14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E14" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="F14">
         <v>2010</v>
       </c>
-      <c r="G14" s="11">
-[...3 lines deleted...]
-    <row r="15" spans="1:7">
+      <c r="G14">
+        <v>6</v>
+      </c>
+      <c r="H14" s="11">
+        <v>60.7</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
       <c r="A15">
         <v>10</v>
       </c>
       <c r="B15">
-        <v>2079</v>
+        <v>1775</v>
       </c>
       <c r="C15" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D15" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="E15" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="F15">
-        <v>2010</v>
-[...5 lines deleted...]
-    <row r="16" spans="1:7">
+        <v>2011</v>
+      </c>
+      <c r="G15">
+        <v>6</v>
+      </c>
+      <c r="H15" s="11">
+        <v>66.71</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
       <c r="A16">
         <v>11</v>
       </c>
       <c r="B16">
-        <v>4046</v>
+        <v>4033</v>
       </c>
       <c r="C16" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="D16" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="E16" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="F16">
         <v>2011</v>
       </c>
-      <c r="G16" s="11">
-[...3 lines deleted...]
-    <row r="17" spans="1:7">
+      <c r="G16">
+        <v>6</v>
+      </c>
+      <c r="H16" s="11">
+        <v>71.54</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
       <c r="A17">
         <v>12</v>
       </c>
       <c r="B17">
-        <v>3954</v>
+        <v>4182</v>
       </c>
       <c r="C17" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="D17" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="E17" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="F17">
         <v>2010</v>
       </c>
-      <c r="G17" s="11">
-[...3 lines deleted...]
-    <row r="18" spans="1:7">
+      <c r="G17">
+        <v>6</v>
+      </c>
+      <c r="H17" s="11">
+        <v>72.24</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
       <c r="A18">
         <v>13</v>
       </c>
       <c r="B18">
-        <v>4026</v>
+        <v>4044</v>
       </c>
       <c r="C18" t="s">
-        <v>28</v>
+        <v>43</v>
       </c>
       <c r="D18" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="E18" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="F18">
         <v>2011</v>
       </c>
-      <c r="G18" s="11">
-[...3 lines deleted...]
-    <row r="19" spans="1:7">
+      <c r="G18">
+        <v>6</v>
+      </c>
+      <c r="H18" s="11">
+        <v>72.43</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
       <c r="A19">
         <v>14</v>
       </c>
       <c r="B19">
-        <v>4013</v>
+        <v>3951</v>
       </c>
       <c r="C19" t="s">
-        <v>28</v>
+        <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="E19" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="F19">
-        <v>2011</v>
-[...5 lines deleted...]
-    <row r="20" spans="1:7">
+        <v>2010</v>
+      </c>
+      <c r="G19">
+        <v>6</v>
+      </c>
+      <c r="H19" s="11">
+        <v>73.37</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
       <c r="A20">
         <v>15</v>
       </c>
       <c r="B20">
-        <v>2796</v>
+        <v>4045</v>
       </c>
       <c r="C20" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="D20" t="s">
+        <v>49</v>
+      </c>
+      <c r="E20" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="F20">
         <v>2011</v>
       </c>
-      <c r="G20" s="11">
-[...3 lines deleted...]
-    <row r="21" spans="1:7">
+      <c r="G20">
+        <v>4</v>
+      </c>
+      <c r="H20" s="11">
+        <v>74.42</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
       <c r="A21">
         <v>16</v>
       </c>
       <c r="B21">
-        <v>1741</v>
+        <v>3359</v>
       </c>
       <c r="C21" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="D21" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="E21" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F21">
-        <v>2010</v>
-[...5 lines deleted...]
-    <row r="22" spans="1:7">
+        <v>2011</v>
+      </c>
+      <c r="G21">
+        <v>6</v>
+      </c>
+      <c r="H21" s="11">
+        <v>74.56</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
       <c r="A22">
         <v>17</v>
       </c>
       <c r="B22">
-        <v>4038</v>
+        <v>1689</v>
       </c>
       <c r="C22" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="D22" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="E22" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="F22">
         <v>2011</v>
       </c>
-      <c r="G22" s="11">
-[...3 lines deleted...]
-    <row r="23" spans="1:7">
+      <c r="G22">
+        <v>6</v>
+      </c>
+      <c r="H22" s="11">
+        <v>78.96</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
       <c r="A23">
         <v>18</v>
       </c>
       <c r="B23">
-        <v>4168</v>
+        <v>1898</v>
       </c>
       <c r="C23" t="s">
-        <v>21</v>
+        <v>54</v>
       </c>
       <c r="D23" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="E23" t="s">
-        <v>51</v>
+        <v>37</v>
       </c>
       <c r="F23">
-        <v>2010</v>
-[...5 lines deleted...]
-    <row r="24" spans="1:7">
+        <v>2011</v>
+      </c>
+      <c r="G23">
+        <v>6</v>
+      </c>
+      <c r="H23" s="11">
+        <v>79.03</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
       <c r="A24">
         <v>19</v>
       </c>
       <c r="B24">
-        <v>2787</v>
+        <v>4143</v>
       </c>
       <c r="C24" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="D24" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="E24" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="F24">
-        <v>2011</v>
-[...5 lines deleted...]
-    <row r="25" spans="1:7">
+        <v>2010</v>
+      </c>
+      <c r="G24">
+        <v>6</v>
+      </c>
+      <c r="H24" s="11">
+        <v>85.76</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
       <c r="A25">
         <v>20</v>
       </c>
       <c r="B25">
-        <v>2142</v>
+        <v>2357</v>
       </c>
       <c r="C25" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="D25" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="E25" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="F25">
-        <v>2010</v>
-[...5 lines deleted...]
-    <row r="26" spans="1:7">
+        <v>2011</v>
+      </c>
+      <c r="G25">
+        <v>6</v>
+      </c>
+      <c r="H25" s="11">
+        <v>89.76</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
       <c r="A26">
         <v>21</v>
       </c>
       <c r="B26">
-        <v>4048</v>
+        <v>4058</v>
       </c>
       <c r="C26" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="D26" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="E26" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="F26">
         <v>2011</v>
       </c>
-      <c r="G26" s="11">
-[...3 lines deleted...]
-    <row r="27" spans="1:7">
+      <c r="G26">
+        <v>6</v>
+      </c>
+      <c r="H26" s="11">
+        <v>93.26</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
       <c r="A27">
         <v>22</v>
       </c>
       <c r="B27">
-        <v>2549</v>
+        <v>2578</v>
       </c>
       <c r="C27" t="s">
-        <v>57</v>
+        <v>46</v>
       </c>
       <c r="D27" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="E27" t="s">
-        <v>37</v>
+        <v>16</v>
       </c>
       <c r="F27">
         <v>2010</v>
       </c>
-      <c r="G27" s="11">
-[...3 lines deleted...]
-    <row r="28" spans="1:7">
+      <c r="G27">
+        <v>6</v>
+      </c>
+      <c r="H27" s="11">
+        <v>93.6</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
       <c r="A28">
         <v>23</v>
       </c>
       <c r="B28">
-        <v>2506</v>
+        <v>4200</v>
       </c>
       <c r="C28" t="s">
-        <v>59</v>
+        <v>43</v>
       </c>
       <c r="D28" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="E28" t="s">
-        <v>40</v>
+        <v>65</v>
       </c>
       <c r="F28">
-        <v>2011</v>
-[...5 lines deleted...]
-    <row r="29" spans="1:7">
+        <v>2010</v>
+      </c>
+      <c r="G28">
+        <v>4</v>
+      </c>
+      <c r="H28" s="11">
+        <v>93.65</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
       <c r="A29">
         <v>24</v>
       </c>
       <c r="B29">
-        <v>2663</v>
+        <v>2220</v>
       </c>
       <c r="C29" t="s">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="D29" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="E29" t="s">
-        <v>30</v>
+        <v>67</v>
       </c>
       <c r="F29">
         <v>2011</v>
       </c>
-      <c r="G29" s="11">
-[...3 lines deleted...]
-    <row r="30" spans="1:7">
+      <c r="G29">
+        <v>6</v>
+      </c>
+      <c r="H29" s="11">
+        <v>96.15</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
       <c r="A30">
         <v>25</v>
       </c>
       <c r="B30">
-        <v>4114</v>
+        <v>2139</v>
       </c>
       <c r="C30" t="s">
-        <v>33</v>
+        <v>68</v>
       </c>
       <c r="D30" t="s">
-        <v>47</v>
+        <v>69</v>
       </c>
       <c r="E30" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="F30">
-        <v>2011</v>
-[...5 lines deleted...]
-    <row r="31" spans="1:7">
+        <v>2010</v>
+      </c>
+      <c r="G30">
+        <v>6</v>
+      </c>
+      <c r="H30" s="11">
+        <v>97.85</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
       <c r="A31">
         <v>26</v>
       </c>
       <c r="B31">
-        <v>4025</v>
+        <v>1817</v>
       </c>
       <c r="C31" t="s">
-        <v>10</v>
+        <v>71</v>
       </c>
       <c r="D31" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="E31" t="s">
-        <v>49</v>
+        <v>73</v>
       </c>
       <c r="F31">
-        <v>2011</v>
-[...5 lines deleted...]
-    <row r="32" spans="1:7">
+        <v>2010</v>
+      </c>
+      <c r="G31">
+        <v>6</v>
+      </c>
+      <c r="H31" s="11">
+        <v>98.25</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
       <c r="A32">
         <v>27</v>
       </c>
       <c r="B32">
-        <v>4000</v>
+        <v>4030</v>
       </c>
       <c r="C32" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="D32" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="E32" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F32">
-        <v>2010</v>
-[...5 lines deleted...]
-    <row r="33" spans="1:7">
+        <v>2011</v>
+      </c>
+      <c r="G32">
+        <v>6</v>
+      </c>
+      <c r="H32" s="11">
+        <v>99.87</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
       <c r="A33">
         <v>28</v>
       </c>
       <c r="B33">
-        <v>4137</v>
+        <v>1695</v>
       </c>
       <c r="C33" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="D33" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="E33" t="s">
-        <v>12</v>
+        <v>76</v>
       </c>
       <c r="F33">
         <v>2011</v>
       </c>
-      <c r="G33" s="11">
-[...3 lines deleted...]
-    <row r="34" spans="1:7">
+      <c r="G33">
+        <v>4</v>
+      </c>
+      <c r="H33" s="11">
+        <v>100.21</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
       <c r="A34">
         <v>29</v>
       </c>
       <c r="B34">
-        <v>1675</v>
+        <v>3933</v>
       </c>
       <c r="C34" t="s">
-        <v>67</v>
+        <v>77</v>
       </c>
       <c r="D34" t="s">
-        <v>68</v>
+        <v>78</v>
       </c>
       <c r="E34" t="s">
-        <v>12</v>
+        <v>79</v>
       </c>
       <c r="F34">
         <v>2010</v>
       </c>
-      <c r="G34" s="11">
-[...3 lines deleted...]
-    <row r="35" spans="1:7">
+      <c r="G34">
+        <v>5</v>
+      </c>
+      <c r="H34" s="11">
+        <v>102.39</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
       <c r="A35">
         <v>30</v>
       </c>
       <c r="B35">
-        <v>1919</v>
+        <v>4162</v>
       </c>
       <c r="C35" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="D35" t="s">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="E35" t="s">
-        <v>37</v>
+        <v>81</v>
       </c>
       <c r="F35">
-        <v>2011</v>
-[...5 lines deleted...]
-    <row r="36" spans="1:7">
+        <v>2010</v>
+      </c>
+      <c r="G35">
+        <v>4</v>
+      </c>
+      <c r="H35" s="11">
+        <v>105.27</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
       <c r="A36">
         <v>31</v>
       </c>
       <c r="B36">
-        <v>1851</v>
+        <v>2944</v>
       </c>
       <c r="C36" t="s">
-        <v>28</v>
+        <v>82</v>
       </c>
       <c r="D36" t="s">
-        <v>71</v>
+        <v>83</v>
       </c>
       <c r="E36" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="F36">
-        <v>2010</v>
-[...5 lines deleted...]
-    <row r="37" spans="1:7">
+        <v>2011</v>
+      </c>
+      <c r="G36">
+        <v>6</v>
+      </c>
+      <c r="H36" s="11">
+        <v>105.3</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
       <c r="A37">
         <v>32</v>
       </c>
       <c r="B37">
-        <v>3999</v>
+        <v>4291</v>
       </c>
       <c r="C37" t="s">
-        <v>21</v>
+        <v>84</v>
       </c>
       <c r="D37" t="s">
-        <v>72</v>
+        <v>85</v>
       </c>
       <c r="E37" t="s">
-        <v>73</v>
+        <v>37</v>
       </c>
       <c r="F37">
         <v>2010</v>
       </c>
-      <c r="G37" s="11">
-[...3 lines deleted...]
-    <row r="38" spans="1:7">
+      <c r="G37">
+        <v>6</v>
+      </c>
+      <c r="H37" s="11">
+        <v>106.35</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
       <c r="A38">
         <v>33</v>
       </c>
       <c r="B38">
-        <v>3944</v>
+        <v>2210</v>
       </c>
       <c r="C38" t="s">
-        <v>74</v>
+        <v>86</v>
       </c>
       <c r="D38" t="s">
-        <v>75</v>
+        <v>87</v>
       </c>
       <c r="E38" t="s">
-        <v>76</v>
+        <v>19</v>
       </c>
       <c r="F38">
         <v>2010</v>
       </c>
-      <c r="G38" s="11">
-[...3 lines deleted...]
-    <row r="39" spans="1:7">
+      <c r="G38">
+        <v>6</v>
+      </c>
+      <c r="H38" s="11">
+        <v>107.56</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
       <c r="A39">
         <v>34</v>
       </c>
       <c r="B39">
-        <v>4049</v>
+        <v>4142</v>
       </c>
       <c r="C39" t="s">
-        <v>77</v>
+        <v>88</v>
       </c>
       <c r="D39" t="s">
-        <v>78</v>
+        <v>89</v>
       </c>
       <c r="E39" t="s">
-        <v>53</v>
+        <v>81</v>
       </c>
       <c r="F39">
-        <v>2011</v>
-[...5 lines deleted...]
-    <row r="40" spans="1:7">
+        <v>2010</v>
+      </c>
+      <c r="G39">
+        <v>5</v>
+      </c>
+      <c r="H39" s="11">
+        <v>118.62</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
       <c r="A40">
         <v>35</v>
       </c>
       <c r="B40">
-        <v>1870</v>
+        <v>1882</v>
       </c>
       <c r="C40" t="s">
-        <v>65</v>
+        <v>90</v>
       </c>
       <c r="D40" t="s">
-        <v>79</v>
+        <v>91</v>
       </c>
       <c r="E40" t="s">
-        <v>37</v>
+        <v>16</v>
       </c>
       <c r="F40">
         <v>2010</v>
       </c>
-      <c r="G40" s="11">
-[...3 lines deleted...]
-    <row r="41" spans="1:7">
+      <c r="G40">
+        <v>4</v>
+      </c>
+      <c r="H40" s="11">
+        <v>122.82</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
       <c r="A41">
         <v>36</v>
       </c>
       <c r="B41">
-        <v>2968</v>
+        <v>4006</v>
       </c>
       <c r="C41" t="s">
-        <v>80</v>
+        <v>92</v>
       </c>
       <c r="D41" t="s">
-        <v>81</v>
+        <v>93</v>
       </c>
       <c r="E41" t="s">
-        <v>49</v>
+        <v>94</v>
       </c>
       <c r="F41">
-        <v>2011</v>
-[...5 lines deleted...]
-    <row r="42" spans="1:7">
+        <v>2010</v>
+      </c>
+      <c r="G41">
+        <v>5</v>
+      </c>
+      <c r="H41" s="11">
+        <v>123.5</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
       <c r="A42">
         <v>37</v>
       </c>
       <c r="B42">
-        <v>1962</v>
+        <v>3919</v>
       </c>
       <c r="C42" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="D42" t="s">
-        <v>82</v>
+        <v>96</v>
       </c>
       <c r="E42" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="F42">
-        <v>2011</v>
-[...5 lines deleted...]
-    <row r="43" spans="1:7">
+        <v>2010</v>
+      </c>
+      <c r="G42">
+        <v>4</v>
+      </c>
+      <c r="H42" s="11">
+        <v>134.27</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
       <c r="A43">
         <v>38</v>
       </c>
       <c r="B43">
-        <v>2027</v>
+        <v>4088</v>
       </c>
       <c r="C43" t="s">
-        <v>84</v>
+        <v>71</v>
       </c>
       <c r="D43" t="s">
-        <v>85</v>
+        <v>97</v>
       </c>
       <c r="E43" t="s">
-        <v>12</v>
+        <v>94</v>
       </c>
       <c r="F43">
-        <v>2010</v>
-[...5 lines deleted...]
-    <row r="44" spans="1:7">
+        <v>2011</v>
+      </c>
+      <c r="G43">
+        <v>4</v>
+      </c>
+      <c r="H43" s="11">
+        <v>141.72</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
       <c r="A44">
         <v>39</v>
       </c>
       <c r="B44">
-        <v>4115</v>
+        <v>1767</v>
       </c>
       <c r="C44" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="D44" t="s">
-        <v>86</v>
+        <v>98</v>
       </c>
       <c r="E44" t="s">
-        <v>87</v>
+        <v>25</v>
       </c>
       <c r="F44">
-        <v>2011</v>
-[...5 lines deleted...]
-    <row r="45" spans="1:7">
+        <v>2010</v>
+      </c>
+      <c r="G44">
+        <v>5</v>
+      </c>
+      <c r="H44" s="11">
+        <v>146.34</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
       <c r="A45">
         <v>40</v>
       </c>
       <c r="B45">
-        <v>3495</v>
+        <v>4059</v>
       </c>
       <c r="C45" t="s">
+        <v>99</v>
+      </c>
+      <c r="D45" t="s">
+        <v>100</v>
+      </c>
+      <c r="E45" t="s">
         <v>16</v>
       </c>
-      <c r="D45" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F45">
-        <v>2010</v>
-[...5 lines deleted...]
-    <row r="46" spans="1:7">
+        <v>2011</v>
+      </c>
+      <c r="G45">
+        <v>2</v>
+      </c>
+      <c r="H45" s="11">
+        <v>149.82</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
       <c r="A46">
         <v>41</v>
       </c>
       <c r="B46">
-        <v>3980</v>
+        <v>2536</v>
       </c>
       <c r="C46" t="s">
-        <v>63</v>
+        <v>101</v>
       </c>
       <c r="D46" t="s">
-        <v>89</v>
+        <v>102</v>
       </c>
       <c r="E46" t="s">
-        <v>90</v>
+        <v>22</v>
       </c>
       <c r="F46">
         <v>2010</v>
       </c>
-      <c r="G46" s="11">
-[...3 lines deleted...]
-    <row r="47" spans="1:7">
+      <c r="G46">
+        <v>3</v>
+      </c>
+      <c r="H46" s="11">
+        <v>152.9</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
       <c r="A47">
         <v>42</v>
       </c>
       <c r="B47">
-        <v>4051</v>
+        <v>1771</v>
       </c>
       <c r="C47" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="D47" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
       <c r="E47" t="s">
-        <v>15</v>
+        <v>104</v>
       </c>
       <c r="F47">
-        <v>2011</v>
-[...5 lines deleted...]
-    <row r="48" spans="1:7">
+        <v>2010</v>
+      </c>
+      <c r="G47">
+        <v>3</v>
+      </c>
+      <c r="H47" s="11">
+        <v>157.34</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
       <c r="A48">
         <v>43</v>
       </c>
       <c r="B48">
-        <v>4096</v>
+        <v>3938</v>
       </c>
       <c r="C48" t="s">
-        <v>93</v>
+        <v>105</v>
       </c>
       <c r="D48" t="s">
-        <v>94</v>
+        <v>106</v>
       </c>
       <c r="E48" t="s">
-        <v>15</v>
+        <v>104</v>
       </c>
       <c r="F48">
-        <v>2011</v>
-[...5 lines deleted...]
-    <row r="49" spans="1:7">
+        <v>2010</v>
+      </c>
+      <c r="G48">
+        <v>3</v>
+      </c>
+      <c r="H48" s="11">
+        <v>164.28</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
       <c r="A49">
         <v>44</v>
       </c>
       <c r="B49">
-        <v>4315</v>
+        <v>3371</v>
       </c>
       <c r="C49" t="s">
-        <v>67</v>
+        <v>107</v>
       </c>
       <c r="D49" t="s">
-        <v>95</v>
+        <v>108</v>
       </c>
       <c r="E49" t="s">
-        <v>96</v>
+        <v>76</v>
       </c>
       <c r="F49">
         <v>2010</v>
       </c>
-      <c r="G49" s="11">
-[...3 lines deleted...]
-    <row r="50" spans="1:7">
+      <c r="G49">
+        <v>3</v>
+      </c>
+      <c r="H49" s="11">
+        <v>169.62</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
       <c r="A50">
         <v>45</v>
       </c>
       <c r="B50">
-        <v>2466</v>
+        <v>1923</v>
       </c>
       <c r="C50" t="s">
-        <v>97</v>
+        <v>26</v>
       </c>
       <c r="D50" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
       <c r="E50" t="s">
-        <v>99</v>
+        <v>67</v>
       </c>
       <c r="F50">
-        <v>2011</v>
-[...5 lines deleted...]
-    <row r="51" spans="1:7">
+        <v>2010</v>
+      </c>
+      <c r="G50">
+        <v>4</v>
+      </c>
+      <c r="H50" s="11">
+        <v>175.33</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
       <c r="A51">
         <v>46</v>
       </c>
       <c r="B51">
-        <v>3462</v>
+        <v>2712</v>
       </c>
       <c r="C51" t="s">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="D51" t="s">
-        <v>101</v>
+        <v>111</v>
       </c>
       <c r="E51" t="s">
-        <v>102</v>
+        <v>112</v>
       </c>
       <c r="F51">
         <v>2010</v>
       </c>
-      <c r="G51" s="11">
-[...3 lines deleted...]
-    <row r="52" spans="1:7">
+      <c r="G51">
+        <v>4</v>
+      </c>
+      <c r="H51" s="11">
+        <v>178.23</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
       <c r="A52">
         <v>47</v>
       </c>
       <c r="B52">
-        <v>3039</v>
+        <v>2325</v>
       </c>
       <c r="C52" t="s">
-        <v>103</v>
+        <v>113</v>
       </c>
       <c r="D52" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="E52" t="s">
-        <v>87</v>
+        <v>22</v>
       </c>
       <c r="F52">
-        <v>2010</v>
-[...5 lines deleted...]
-    <row r="53" spans="1:7">
+        <v>2011</v>
+      </c>
+      <c r="G52">
+        <v>2</v>
+      </c>
+      <c r="H52" s="11">
+        <v>199.93</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
       <c r="A53">
         <v>48</v>
       </c>
       <c r="B53">
-        <v>1734</v>
+        <v>3864</v>
       </c>
       <c r="C53" t="s">
-        <v>28</v>
+        <v>71</v>
       </c>
       <c r="D53" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="E53" t="s">
-        <v>106</v>
+        <v>116</v>
       </c>
       <c r="F53">
         <v>2010</v>
       </c>
-      <c r="G53" s="11">
-[...3 lines deleted...]
-    <row r="54" spans="1:7">
+      <c r="G53">
+        <v>1</v>
+      </c>
+      <c r="H53" s="11">
+        <v>542.71</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
       <c r="A54">
         <v>49</v>
       </c>
       <c r="B54">
-        <v>2548</v>
+        <v>1789</v>
       </c>
       <c r="C54" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="D54" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="E54" t="s">
-        <v>37</v>
+        <v>118</v>
       </c>
       <c r="F54">
-        <v>2010</v>
-[...5 lines deleted...]
-    <row r="55" spans="1:7">
+        <v>2011</v>
+      </c>
+      <c r="G54">
+        <v>2</v>
+      </c>
+      <c r="H54" s="11">
+        <v>546.13</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
       <c r="A55">
         <v>50</v>
       </c>
       <c r="B55">
-        <v>1971</v>
+        <v>4094</v>
       </c>
       <c r="C55" t="s">
-        <v>108</v>
+        <v>119</v>
       </c>
       <c r="D55" t="s">
-        <v>109</v>
+        <v>120</v>
       </c>
       <c r="E55" t="s">
-        <v>83</v>
+        <v>121</v>
       </c>
       <c r="F55">
-        <v>2010</v>
-[...5 lines deleted...]
-    <row r="56" spans="1:7">
+        <v>2011</v>
+      </c>
+      <c r="G55">
+        <v>2</v>
+      </c>
+      <c r="H55" s="11">
+        <v>546.16</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
       <c r="A56">
         <v>51</v>
       </c>
       <c r="B56">
-        <v>4268</v>
+        <v>2226</v>
       </c>
       <c r="C56" t="s">
-        <v>110</v>
+        <v>48</v>
       </c>
       <c r="D56" t="s">
-        <v>111</v>
+        <v>122</v>
       </c>
       <c r="E56" t="s">
-        <v>53</v>
+        <v>67</v>
       </c>
       <c r="F56">
         <v>2010</v>
       </c>
-      <c r="G56" s="11">
-[...16 lines deleted...]
-      <c r="A60" s="3" t="s">
+      <c r="G56">
+        <v>2</v>
+      </c>
+      <c r="H56" s="11">
+        <v>547.13</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57">
+        <v>52</v>
+      </c>
+      <c r="B57">
+        <v>4015</v>
+      </c>
+      <c r="C57" t="s">
+        <v>123</v>
+      </c>
+      <c r="D57" t="s">
+        <v>124</v>
+      </c>
+      <c r="E57" t="s">
+        <v>104</v>
+      </c>
+      <c r="F57">
+        <v>2011</v>
+      </c>
+      <c r="G57">
+        <v>2</v>
+      </c>
+      <c r="H57" s="11">
+        <v>554.69</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58">
+        <v>53</v>
+      </c>
+      <c r="B58">
+        <v>4014</v>
+      </c>
+      <c r="C58" t="s">
+        <v>125</v>
+      </c>
+      <c r="D58" t="s">
+        <v>126</v>
+      </c>
+      <c r="E58" t="s">
+        <v>104</v>
+      </c>
+      <c r="F58">
+        <v>2011</v>
+      </c>
+      <c r="G58">
+        <v>2</v>
+      </c>
+      <c r="H58" s="11">
+        <v>554.99</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59">
+        <v>54</v>
+      </c>
+      <c r="B59">
+        <v>4144</v>
+      </c>
+      <c r="C59" t="s">
+        <v>127</v>
+      </c>
+      <c r="D59" t="s">
+        <v>128</v>
+      </c>
+      <c r="E59" t="s">
+        <v>81</v>
+      </c>
+      <c r="F59">
+        <v>2010</v>
+      </c>
+      <c r="G59">
+        <v>1</v>
+      </c>
+      <c r="H59" s="11">
+        <v>563.68</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60">
+        <v>55</v>
+      </c>
+      <c r="B60">
+        <v>3113</v>
+      </c>
+      <c r="C60" t="s">
+        <v>105</v>
+      </c>
+      <c r="D60" t="s">
+        <v>129</v>
+      </c>
+      <c r="E60" t="s">
+        <v>130</v>
+      </c>
+      <c r="F60">
+        <v>2010</v>
+      </c>
+      <c r="G60">
+        <v>1</v>
+      </c>
+      <c r="H60" s="11">
+        <v>569.06</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61">
+        <v>56</v>
+      </c>
+      <c r="B61">
+        <v>4121</v>
+      </c>
+      <c r="C61" t="s">
+        <v>131</v>
+      </c>
+      <c r="D61" t="s">
+        <v>132</v>
+      </c>
+      <c r="E61" t="s">
+        <v>79</v>
+      </c>
+      <c r="F61">
+        <v>2010</v>
+      </c>
+      <c r="G61">
+        <v>2</v>
+      </c>
+      <c r="H61" s="11">
+        <v>580.14</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62">
+        <v>57</v>
+      </c>
+      <c r="B62">
+        <v>2172</v>
+      </c>
+      <c r="C62" t="s">
+        <v>99</v>
+      </c>
+      <c r="D62" t="s">
+        <v>133</v>
+      </c>
+      <c r="E62" t="s">
+        <v>134</v>
+      </c>
+      <c r="F62">
+        <v>2011</v>
+      </c>
+      <c r="G62">
+        <v>1</v>
+      </c>
+      <c r="H62" s="11">
+        <v>583.82</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63">
+        <v>58</v>
+      </c>
+      <c r="B63">
+        <v>3689</v>
+      </c>
+      <c r="C63" t="s">
+        <v>135</v>
+      </c>
+      <c r="D63" t="s">
+        <v>136</v>
+      </c>
+      <c r="E63" t="s">
+        <v>137</v>
+      </c>
+      <c r="F63">
+        <v>2011</v>
+      </c>
+      <c r="G63">
+        <v>2</v>
+      </c>
+      <c r="H63" s="11">
+        <v>584.03</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64">
+        <v>59</v>
+      </c>
+      <c r="B64">
+        <v>4152</v>
+      </c>
+      <c r="C64" t="s">
+        <v>26</v>
+      </c>
+      <c r="D64" t="s">
+        <v>138</v>
+      </c>
+      <c r="E64" t="s">
+        <v>94</v>
+      </c>
+      <c r="F64">
+        <v>2011</v>
+      </c>
+      <c r="G64">
+        <v>2</v>
+      </c>
+      <c r="H64" s="11">
+        <v>586.42</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65">
+        <v>60</v>
+      </c>
+      <c r="B65">
+        <v>2503</v>
+      </c>
+      <c r="C65" t="s">
+        <v>139</v>
+      </c>
+      <c r="D65" t="s">
+        <v>140</v>
+      </c>
+      <c r="E65" t="s">
+        <v>116</v>
+      </c>
+      <c r="F65">
+        <v>2010</v>
+      </c>
+      <c r="G65">
+        <v>1</v>
+      </c>
+      <c r="H65" s="11">
+        <v>594.31</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66">
+        <v>61</v>
+      </c>
+      <c r="B66">
+        <v>3121</v>
+      </c>
+      <c r="C66" t="s">
+        <v>68</v>
+      </c>
+      <c r="D66" t="s">
+        <v>141</v>
+      </c>
+      <c r="E66" t="s">
+        <v>59</v>
+      </c>
+      <c r="F66">
+        <v>2011</v>
+      </c>
+      <c r="G66">
+        <v>2</v>
+      </c>
+      <c r="H66" s="11">
+        <v>609.04</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67">
+        <v>62</v>
+      </c>
+      <c r="B67">
+        <v>4203</v>
+      </c>
+      <c r="C67" t="s">
+        <v>14</v>
+      </c>
+      <c r="D67" t="s">
+        <v>142</v>
+      </c>
+      <c r="E67" t="s">
+        <v>67</v>
+      </c>
+      <c r="F67">
+        <v>2011</v>
+      </c>
+      <c r="G67">
+        <v>1</v>
+      </c>
+      <c r="H67" s="11">
+        <v>631.94</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68">
+        <v>63</v>
+      </c>
+      <c r="B68">
+        <v>4322</v>
+      </c>
+      <c r="C68" t="s">
+        <v>143</v>
+      </c>
+      <c r="D68" t="s">
+        <v>144</v>
+      </c>
+      <c r="E68" t="s">
+        <v>81</v>
+      </c>
+      <c r="F68">
+        <v>2011</v>
+      </c>
+      <c r="G68">
+        <v>1</v>
+      </c>
+      <c r="H68" s="11">
+        <v>649.06</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="H69"/>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="H70"/>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="H71"/>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="B60" s="3" t="s">
+      <c r="B72" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="C60" s="3" t="s">
+      <c r="C72" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="D60" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E60" s="3" t="s">
+      <c r="D72" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="E72" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="F60" s="3" t="s">
+      <c r="F72" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="G60" s="3" t="s">
+      <c r="G72" s="3" t="s">
         <v>9</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A61" s="5">
+      <c r="H72" s="3" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" s="5">
         <v>1</v>
       </c>
-      <c r="B61" s="5">
-[...11 lines deleted...]
-      <c r="F61" s="5">
+      <c r="B73" s="5">
+        <v>1805</v>
+      </c>
+      <c r="C73" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D73" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E73" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="F73" s="5">
         <v>2012</v>
       </c>
-      <c r="G61" s="8">
-[...4 lines deleted...]
-      <c r="A62" s="6">
+      <c r="G73" s="5">
+        <v>6</v>
+      </c>
+      <c r="H73" s="8">
+        <v>111.86</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" s="6">
         <v>2</v>
       </c>
-      <c r="B62" s="6">
-[...19 lines deleted...]
-      <c r="A63" s="7">
+      <c r="B74" s="6">
+        <v>3391</v>
+      </c>
+      <c r="C74" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D74" s="6" t="s">
+        <v>146</v>
+      </c>
+      <c r="E74" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F74" s="6">
+        <v>2012</v>
+      </c>
+      <c r="G74" s="6">
+        <v>6</v>
+      </c>
+      <c r="H74" s="9">
+        <v>121.85</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" s="7">
         <v>3</v>
       </c>
-      <c r="B63" s="7">
-[...19 lines deleted...]
-      <c r="A64">
+      <c r="B75" s="7">
+        <v>1760</v>
+      </c>
+      <c r="C75" s="7" t="s">
+        <v>147</v>
+      </c>
+      <c r="D75" s="7" t="s">
+        <v>148</v>
+      </c>
+      <c r="E75" s="7" t="s">
+        <v>94</v>
+      </c>
+      <c r="F75" s="7">
+        <v>2012</v>
+      </c>
+      <c r="G75" s="7">
+        <v>6</v>
+      </c>
+      <c r="H75" s="10">
+        <v>136.17</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76">
         <v>4</v>
       </c>
-      <c r="B64">
-[...19 lines deleted...]
-      <c r="A65">
+      <c r="B76">
+        <v>4113</v>
+      </c>
+      <c r="C76" t="s">
+        <v>149</v>
+      </c>
+      <c r="D76" t="s">
+        <v>150</v>
+      </c>
+      <c r="E76" t="s">
+        <v>22</v>
+      </c>
+      <c r="F76">
+        <v>2012</v>
+      </c>
+      <c r="G76">
+        <v>6</v>
+      </c>
+      <c r="H76" s="11">
+        <v>140.96</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77">
         <v>5</v>
       </c>
-      <c r="B65">
-[...249 lines deleted...]
-      <c r="A76">
+      <c r="B77">
+        <v>2547</v>
+      </c>
+      <c r="C77" t="s">
+        <v>151</v>
+      </c>
+      <c r="D77" t="s">
+        <v>152</v>
+      </c>
+      <c r="E77" t="s">
         <v>16</v>
-      </c>
-[...33 lines deleted...]
-        <v>18</v>
       </c>
       <c r="F77">
         <v>2012</v>
       </c>
-      <c r="G77" s="11">
-[...3 lines deleted...]
-    <row r="78" spans="1:7">
+      <c r="G77">
+        <v>4</v>
+      </c>
+      <c r="H77" s="11">
+        <v>144.34</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
       <c r="A78">
-        <v>18</v>
+        <v>6</v>
       </c>
       <c r="B78">
-        <v>4208</v>
+        <v>1974</v>
       </c>
       <c r="C78" t="s">
-        <v>136</v>
+        <v>14</v>
       </c>
       <c r="D78" t="s">
+        <v>153</v>
+      </c>
+      <c r="E78" t="s">
         <v>137</v>
       </c>
-      <c r="E78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F78">
-        <v>2013</v>
-[...5 lines deleted...]
-    <row r="79" spans="1:7">
+        <v>2012</v>
+      </c>
+      <c r="G78">
+        <v>6</v>
+      </c>
+      <c r="H78" s="11">
+        <v>147.61</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
       <c r="A79">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="B79">
-        <v>4198</v>
+        <v>4016</v>
       </c>
       <c r="C79" t="s">
-        <v>57</v>
+        <v>14</v>
       </c>
       <c r="D79" t="s">
-        <v>139</v>
+        <v>154</v>
       </c>
       <c r="E79" t="s">
-        <v>102</v>
+        <v>37</v>
       </c>
       <c r="F79">
         <v>2012</v>
       </c>
-      <c r="G79" s="11">
-[...3 lines deleted...]
-    <row r="80" spans="1:7">
+      <c r="G79">
+        <v>6</v>
+      </c>
+      <c r="H79" s="11">
+        <v>147.87</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
       <c r="A80">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="B80">
-        <v>4237</v>
+        <v>3389</v>
       </c>
       <c r="C80" t="s">
+        <v>110</v>
+      </c>
+      <c r="D80" t="s">
+        <v>146</v>
+      </c>
+      <c r="E80" t="s">
+        <v>37</v>
+      </c>
+      <c r="F80">
+        <v>2012</v>
+      </c>
+      <c r="G80">
+        <v>5</v>
+      </c>
+      <c r="H80" s="11">
+        <v>151.52</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81">
+        <v>9</v>
+      </c>
+      <c r="B81">
+        <v>4270</v>
+      </c>
+      <c r="C81" t="s">
+        <v>155</v>
+      </c>
+      <c r="D81" t="s">
+        <v>156</v>
+      </c>
+      <c r="E81" t="s">
         <v>16</v>
-      </c>
-[...27 lines deleted...]
-        <v>37</v>
       </c>
       <c r="F81">
         <v>2013</v>
       </c>
-      <c r="G81" s="11">
-[...3 lines deleted...]
-    <row r="82" spans="1:7">
+      <c r="G81">
+        <v>5</v>
+      </c>
+      <c r="H81" s="11">
+        <v>157.98</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
       <c r="A82">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="B82">
-        <v>4259</v>
+        <v>1776</v>
       </c>
       <c r="C82" t="s">
-        <v>28</v>
+        <v>157</v>
       </c>
       <c r="D82" t="s">
-        <v>143</v>
+        <v>36</v>
       </c>
       <c r="E82" t="s">
         <v>37</v>
       </c>
       <c r="F82">
         <v>2013</v>
       </c>
-      <c r="G82" s="11">
-[...3 lines deleted...]
-    <row r="83" spans="1:7">
+      <c r="G82">
+        <v>6</v>
+      </c>
+      <c r="H82" s="11">
+        <v>163.94</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
       <c r="A83">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="B83">
-        <v>4102</v>
+        <v>1810</v>
       </c>
       <c r="C83" t="s">
-        <v>144</v>
+        <v>14</v>
       </c>
       <c r="D83" t="s">
-        <v>145</v>
+        <v>158</v>
       </c>
       <c r="E83" t="s">
-        <v>138</v>
+        <v>159</v>
       </c>
       <c r="F83">
-        <v>2012</v>
-[...5 lines deleted...]
-    <row r="84" spans="1:7">
+        <v>2013</v>
+      </c>
+      <c r="G83">
+        <v>4</v>
+      </c>
+      <c r="H83" s="11">
+        <v>167.11</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
       <c r="A84">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="B84">
-        <v>1720</v>
+        <v>2374</v>
       </c>
       <c r="C84" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="D84" t="s">
-        <v>146</v>
+        <v>160</v>
       </c>
       <c r="E84" t="s">
-        <v>129</v>
+        <v>19</v>
       </c>
       <c r="F84">
         <v>2013</v>
       </c>
-      <c r="G84" s="11">
-[...3 lines deleted...]
-    <row r="85" spans="1:7">
+      <c r="G84">
+        <v>6</v>
+      </c>
+      <c r="H84" s="11">
+        <v>168.12</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
       <c r="A85">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="B85">
-        <v>3985</v>
+        <v>4129</v>
       </c>
       <c r="C85" t="s">
-        <v>28</v>
+        <v>161</v>
       </c>
       <c r="D85" t="s">
-        <v>147</v>
+        <v>162</v>
       </c>
       <c r="E85" t="s">
-        <v>90</v>
+        <v>19</v>
       </c>
       <c r="F85">
-        <v>2013</v>
-[...5 lines deleted...]
-    <row r="86" spans="1:7">
+        <v>2012</v>
+      </c>
+      <c r="G85">
+        <v>6</v>
+      </c>
+      <c r="H85" s="11">
+        <v>172.24</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
       <c r="A86">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="B86">
-        <v>2945</v>
+        <v>1742</v>
       </c>
       <c r="C86" t="s">
-        <v>148</v>
+        <v>163</v>
       </c>
       <c r="D86" t="s">
-        <v>149</v>
+        <v>164</v>
       </c>
       <c r="E86" t="s">
-        <v>150</v>
+        <v>22</v>
       </c>
       <c r="F86">
-        <v>2013</v>
-[...5 lines deleted...]
-    <row r="87" spans="1:7">
+        <v>2012</v>
+      </c>
+      <c r="G86">
+        <v>6</v>
+      </c>
+      <c r="H86" s="11">
+        <v>176.22</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
       <c r="A87">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="B87">
-        <v>4125</v>
+        <v>3099</v>
       </c>
       <c r="C87" t="s">
-        <v>151</v>
+        <v>71</v>
       </c>
       <c r="D87" t="s">
-        <v>152</v>
+        <v>165</v>
       </c>
       <c r="E87" t="s">
-        <v>134</v>
+        <v>94</v>
       </c>
       <c r="F87">
         <v>2012</v>
       </c>
-      <c r="G87" s="11">
-[...3 lines deleted...]
-    <row r="88" spans="1:7">
+      <c r="G87">
+        <v>6</v>
+      </c>
+      <c r="H87" s="11">
+        <v>179.43</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
       <c r="A88">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="B88">
-        <v>4300</v>
+        <v>2117</v>
       </c>
       <c r="C88" t="s">
-        <v>21</v>
+        <v>166</v>
       </c>
       <c r="D88" t="s">
-        <v>153</v>
+        <v>167</v>
       </c>
       <c r="E88" t="s">
-        <v>154</v>
+        <v>118</v>
       </c>
       <c r="F88">
-        <v>2013</v>
-[...5 lines deleted...]
-    <row r="89" spans="1:7">
+        <v>2012</v>
+      </c>
+      <c r="G88">
+        <v>6</v>
+      </c>
+      <c r="H88" s="11">
+        <v>182.48</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
       <c r="A89">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="B89">
-        <v>4238</v>
+        <v>2020</v>
       </c>
       <c r="C89" t="s">
-        <v>57</v>
+        <v>168</v>
       </c>
       <c r="D89" t="s">
-        <v>155</v>
+        <v>169</v>
       </c>
       <c r="E89" t="s">
-        <v>134</v>
+        <v>170</v>
       </c>
       <c r="F89">
         <v>2013</v>
       </c>
-      <c r="G89" s="11">
-[...3 lines deleted...]
-    <row r="90" spans="1:7">
+      <c r="G89">
+        <v>6</v>
+      </c>
+      <c r="H89" s="11">
+        <v>184.95</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
       <c r="A90">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="B90">
-        <v>3988</v>
+        <v>3107</v>
       </c>
       <c r="C90" t="s">
-        <v>115</v>
+        <v>171</v>
       </c>
       <c r="D90" t="s">
-        <v>156</v>
+        <v>172</v>
       </c>
       <c r="E90" t="s">
-        <v>90</v>
+        <v>25</v>
       </c>
       <c r="F90">
-        <v>2013</v>
-[...5 lines deleted...]
-    <row r="91" spans="1:7">
+        <v>2012</v>
+      </c>
+      <c r="G90">
+        <v>4</v>
+      </c>
+      <c r="H90" s="11">
+        <v>194.88</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
       <c r="A91">
-        <v>31</v>
+        <v>19</v>
       </c>
       <c r="B91">
-        <v>4271</v>
+        <v>2238</v>
       </c>
       <c r="C91" t="s">
-        <v>157</v>
+        <v>105</v>
       </c>
       <c r="D91" t="s">
-        <v>158</v>
+        <v>173</v>
       </c>
       <c r="E91" t="s">
-        <v>134</v>
+        <v>25</v>
       </c>
       <c r="F91">
-        <v>2013</v>
-[...5 lines deleted...]
-    <row r="92" spans="1:7">
+        <v>2012</v>
+      </c>
+      <c r="G91">
+        <v>5</v>
+      </c>
+      <c r="H91" s="11">
+        <v>195.71</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
       <c r="A92">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="B92">
-        <v>4210</v>
+        <v>2118</v>
       </c>
       <c r="C92" t="s">
-        <v>118</v>
+        <v>68</v>
       </c>
       <c r="D92" t="s">
-        <v>159</v>
+        <v>174</v>
       </c>
       <c r="E92" t="s">
-        <v>138</v>
+        <v>175</v>
       </c>
       <c r="F92">
-        <v>2013</v>
-[...5 lines deleted...]
-    <row r="93" spans="1:7">
+        <v>2012</v>
+      </c>
+      <c r="G92">
+        <v>4</v>
+      </c>
+      <c r="H92" s="11">
+        <v>196.69</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
       <c r="A93">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="B93">
-        <v>2168</v>
+        <v>2115</v>
       </c>
       <c r="C93" t="s">
-        <v>21</v>
+        <v>176</v>
       </c>
       <c r="D93" t="s">
-        <v>160</v>
+        <v>177</v>
       </c>
       <c r="E93" t="s">
-        <v>161</v>
+        <v>175</v>
       </c>
       <c r="F93">
         <v>2012</v>
       </c>
-      <c r="G93" s="11">
-[...3 lines deleted...]
-    <row r="94" spans="1:7">
+      <c r="G93">
+        <v>4</v>
+      </c>
+      <c r="H93" s="11">
+        <v>203.88</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
       <c r="A94">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="B94">
-        <v>4285</v>
+        <v>4278</v>
       </c>
       <c r="C94" t="s">
-        <v>28</v>
+        <v>166</v>
       </c>
       <c r="D94" t="s">
-        <v>162</v>
+        <v>178</v>
       </c>
       <c r="E94" t="s">
-        <v>138</v>
+        <v>37</v>
       </c>
       <c r="F94">
         <v>2013</v>
       </c>
-      <c r="G94" s="11">
-[...3 lines deleted...]
-    <row r="95" spans="1:7">
+      <c r="G94">
+        <v>5</v>
+      </c>
+      <c r="H94" s="11">
+        <v>204.51</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
       <c r="A95">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="B95">
-        <v>4313</v>
+        <v>4149</v>
       </c>
       <c r="C95" t="s">
-        <v>163</v>
+        <v>26</v>
       </c>
       <c r="D95" t="s">
-        <v>164</v>
+        <v>179</v>
       </c>
       <c r="E95" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F95">
+        <v>2012</v>
+      </c>
+      <c r="G95">
+        <v>4</v>
+      </c>
+      <c r="H95" s="11">
+        <v>206.32</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96">
+        <v>24</v>
+      </c>
+      <c r="B96">
+        <v>4225</v>
+      </c>
+      <c r="C96" t="s">
+        <v>20</v>
+      </c>
+      <c r="D96" t="s">
+        <v>180</v>
+      </c>
+      <c r="E96" t="s">
+        <v>25</v>
+      </c>
+      <c r="F96">
         <v>2013</v>
       </c>
-      <c r="G95" s="11">
-[...26 lines deleted...]
-    <row r="97" spans="1:7">
+      <c r="G96">
+        <v>6</v>
+      </c>
+      <c r="H96" s="11">
+        <v>208.76</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
       <c r="A97">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="B97">
-        <v>4155</v>
+        <v>4124</v>
       </c>
       <c r="C97" t="s">
-        <v>167</v>
+        <v>50</v>
       </c>
       <c r="D97" t="s">
-        <v>168</v>
+        <v>181</v>
       </c>
       <c r="E97" t="s">
-        <v>15</v>
+        <v>62</v>
       </c>
       <c r="F97">
         <v>2012</v>
       </c>
-      <c r="G97" s="11">
-[...3 lines deleted...]
-    <row r="98" spans="1:7">
+      <c r="G97">
+        <v>4</v>
+      </c>
+      <c r="H97" s="11">
+        <v>211.21</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
       <c r="A98">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="B98">
-        <v>4154</v>
+        <v>4306</v>
       </c>
       <c r="C98" t="s">
-        <v>121</v>
+        <v>168</v>
       </c>
       <c r="D98" t="s">
-        <v>168</v>
+        <v>182</v>
       </c>
       <c r="E98" t="s">
-        <v>15</v>
+        <v>183</v>
       </c>
       <c r="F98">
-        <v>2012</v>
-[...5 lines deleted...]
-    <row r="99" spans="1:7">
+        <v>2013</v>
+      </c>
+      <c r="G98">
+        <v>4</v>
+      </c>
+      <c r="H98" s="11">
+        <v>217.12</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
       <c r="A99">
-        <v>39</v>
+        <v>27</v>
       </c>
       <c r="B99">
-        <v>4246</v>
+        <v>4256</v>
       </c>
       <c r="C99" t="s">
-        <v>67</v>
+        <v>28</v>
       </c>
       <c r="D99" t="s">
-        <v>169</v>
+        <v>184</v>
       </c>
       <c r="E99" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="F99">
-        <v>2012</v>
-[...5 lines deleted...]
-    <row r="100" spans="1:7">
+        <v>2013</v>
+      </c>
+      <c r="G99">
+        <v>4</v>
+      </c>
+      <c r="H99" s="11">
+        <v>231.65</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8">
       <c r="A100">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="B100">
-        <v>4261</v>
+        <v>4293</v>
       </c>
       <c r="C100" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="D100" t="s">
-        <v>170</v>
+        <v>185</v>
       </c>
       <c r="E100" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="F100">
         <v>2013</v>
       </c>
-      <c r="G100" s="11">
-[...3 lines deleted...]
-    <row r="101" spans="1:7">
+      <c r="G100">
+        <v>3</v>
+      </c>
+      <c r="H100" s="11">
+        <v>234.17</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8">
       <c r="A101">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="B101">
-        <v>4131</v>
+        <v>4312</v>
       </c>
       <c r="C101" t="s">
-        <v>65</v>
+        <v>107</v>
       </c>
       <c r="D101" t="s">
-        <v>171</v>
+        <v>120</v>
       </c>
       <c r="E101" t="s">
-        <v>172</v>
+        <v>121</v>
       </c>
       <c r="F101">
-        <v>2012</v>
-[...5 lines deleted...]
-    <row r="102" spans="1:7">
+        <v>2013</v>
+      </c>
+      <c r="G101">
+        <v>3</v>
+      </c>
+      <c r="H101" s="11">
+        <v>235.56</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8">
       <c r="A102">
-        <v>42</v>
+        <v>30</v>
       </c>
       <c r="B102">
-        <v>4221</v>
+        <v>4288</v>
       </c>
       <c r="C102" t="s">
-        <v>67</v>
+        <v>92</v>
       </c>
       <c r="D102" t="s">
-        <v>173</v>
+        <v>186</v>
       </c>
       <c r="E102" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="F102">
         <v>2013</v>
       </c>
-      <c r="G102" s="11">
-[...3 lines deleted...]
-    <row r="103" spans="1:7">
+      <c r="G102">
+        <v>4</v>
+      </c>
+      <c r="H102" s="11">
+        <v>245.51</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8">
       <c r="A103">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="B103">
-        <v>4295</v>
+        <v>4183</v>
       </c>
       <c r="C103" t="s">
-        <v>174</v>
+        <v>68</v>
       </c>
       <c r="D103" t="s">
-        <v>175</v>
+        <v>187</v>
       </c>
       <c r="E103" t="s">
-        <v>134</v>
+        <v>188</v>
       </c>
       <c r="F103">
         <v>2013</v>
       </c>
-      <c r="G103" s="11">
-[...3 lines deleted...]
-    <row r="104" spans="1:7">
+      <c r="G103">
+        <v>6</v>
+      </c>
+      <c r="H103" s="11">
+        <v>246.61</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8">
       <c r="A104">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="B104">
-        <v>4299</v>
+        <v>4258</v>
       </c>
       <c r="C104" t="s">
-        <v>65</v>
+        <v>43</v>
       </c>
       <c r="D104" t="s">
-        <v>176</v>
+        <v>189</v>
       </c>
       <c r="E104" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="F104">
         <v>2013</v>
       </c>
-      <c r="G104" s="11">
-[...3 lines deleted...]
-    <row r="105" spans="1:7">
+      <c r="G104">
+        <v>4</v>
+      </c>
+      <c r="H104" s="11">
+        <v>250.22</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8">
       <c r="A105">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="B105">
-        <v>4241</v>
+        <v>3586</v>
       </c>
       <c r="C105" t="s">
-        <v>97</v>
+        <v>155</v>
       </c>
       <c r="D105" t="s">
-        <v>177</v>
+        <v>190</v>
       </c>
       <c r="E105" t="s">
-        <v>83</v>
+        <v>16</v>
       </c>
       <c r="F105">
-        <v>2013</v>
-[...5 lines deleted...]
-    <row r="106" spans="1:7">
+        <v>2012</v>
+      </c>
+      <c r="G105">
+        <v>3</v>
+      </c>
+      <c r="H105" s="11">
+        <v>250.88</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8">
       <c r="A106">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="B106">
-        <v>2141</v>
+        <v>1884</v>
       </c>
       <c r="C106" t="s">
-        <v>144</v>
+        <v>191</v>
       </c>
       <c r="D106" t="s">
-        <v>178</v>
+        <v>192</v>
       </c>
       <c r="E106" t="s">
-        <v>27</v>
+        <v>193</v>
       </c>
       <c r="F106">
         <v>2012</v>
       </c>
-      <c r="G106" s="11">
-[...3 lines deleted...]
-    <row r="107" spans="1:7">
+      <c r="G106">
+        <v>4</v>
+      </c>
+      <c r="H106" s="11">
+        <v>253.88</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8">
       <c r="A107">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="B107">
-        <v>4229</v>
+        <v>4119</v>
       </c>
       <c r="C107" t="s">
-        <v>36</v>
+        <v>194</v>
       </c>
       <c r="D107" t="s">
-        <v>179</v>
+        <v>78</v>
       </c>
       <c r="E107" t="s">
-        <v>49</v>
+        <v>79</v>
       </c>
       <c r="F107">
         <v>2012</v>
       </c>
-      <c r="G107" s="11">
-[...3 lines deleted...]
-    <row r="108" spans="1:7">
+      <c r="G107">
+        <v>4</v>
+      </c>
+      <c r="H107" s="11">
+        <v>264.72</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8">
       <c r="A108">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="B108">
-        <v>2745</v>
+        <v>4089</v>
       </c>
       <c r="C108" t="s">
-        <v>174</v>
+        <v>14</v>
       </c>
       <c r="D108" t="s">
-        <v>180</v>
+        <v>195</v>
       </c>
       <c r="E108" t="s">
-        <v>27</v>
+        <v>94</v>
       </c>
       <c r="F108">
-        <v>2013</v>
-[...5 lines deleted...]
-    <row r="109" spans="1:7">
+        <v>2012</v>
+      </c>
+      <c r="G108">
+        <v>6</v>
+      </c>
+      <c r="H108" s="11">
+        <v>270.93</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8">
       <c r="A109">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="B109">
-        <v>4239</v>
+        <v>4217</v>
       </c>
       <c r="C109" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="D109" t="s">
-        <v>181</v>
+        <v>156</v>
       </c>
       <c r="E109" t="s">
-        <v>134</v>
+        <v>196</v>
       </c>
       <c r="F109">
         <v>2013</v>
       </c>
-      <c r="G109" s="11">
-[...3 lines deleted...]
-    <row r="110" spans="1:7">
+      <c r="G109">
+        <v>5</v>
+      </c>
+      <c r="H109" s="11">
+        <v>273.45</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8">
       <c r="A110">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="B110">
-        <v>4147</v>
+        <v>4252</v>
       </c>
       <c r="C110" t="s">
-        <v>182</v>
+        <v>168</v>
       </c>
       <c r="D110" t="s">
-        <v>183</v>
+        <v>197</v>
       </c>
       <c r="E110" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="F110">
-        <v>2012</v>
-[...5 lines deleted...]
-    <row r="111" spans="1:7">
+        <v>2013</v>
+      </c>
+      <c r="G110">
+        <v>5</v>
+      </c>
+      <c r="H110" s="11">
+        <v>275.41</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8">
       <c r="A111">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="B111">
-        <v>4305</v>
+        <v>4212</v>
       </c>
       <c r="C111" t="s">
-        <v>184</v>
+        <v>198</v>
       </c>
       <c r="D111" t="s">
-        <v>185</v>
+        <v>199</v>
       </c>
       <c r="E111" t="s">
-        <v>186</v>
+        <v>196</v>
       </c>
       <c r="F111">
         <v>2013</v>
       </c>
-      <c r="G111" s="11">
-[...3 lines deleted...]
-    <row r="112" spans="1:7">
+      <c r="G111">
+        <v>6</v>
+      </c>
+      <c r="H111" s="11">
+        <v>275.86</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8">
       <c r="A112">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="B112">
-        <v>4242</v>
+        <v>4219</v>
       </c>
       <c r="C112" t="s">
-        <v>187</v>
+        <v>26</v>
       </c>
       <c r="D112" t="s">
-        <v>188</v>
+        <v>200</v>
       </c>
       <c r="E112" t="s">
-        <v>42</v>
+        <v>65</v>
       </c>
       <c r="F112">
         <v>2013</v>
       </c>
-      <c r="G112" s="11">
-[...3 lines deleted...]
-    <row r="113" spans="1:7">
+      <c r="G112">
+        <v>2</v>
+      </c>
+      <c r="H112" s="11">
+        <v>277.28</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8">
       <c r="A113">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="B113">
-        <v>4158</v>
+        <v>4260</v>
       </c>
       <c r="C113" t="s">
-        <v>115</v>
+        <v>95</v>
       </c>
       <c r="D113" t="s">
-        <v>189</v>
+        <v>201</v>
       </c>
       <c r="E113" t="s">
-        <v>190</v>
+        <v>16</v>
       </c>
       <c r="F113">
-        <v>2012</v>
-[...5 lines deleted...]
-    <row r="114" spans="1:7">
+        <v>2013</v>
+      </c>
+      <c r="G113">
+        <v>4</v>
+      </c>
+      <c r="H113" s="11">
+        <v>279.2</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8">
       <c r="A114">
-        <v>54</v>
+        <v>42</v>
       </c>
       <c r="B114">
-        <v>2788</v>
+        <v>4172</v>
       </c>
       <c r="C114" t="s">
-        <v>21</v>
+        <v>68</v>
       </c>
       <c r="D114" t="s">
-        <v>52</v>
+        <v>202</v>
       </c>
       <c r="E114" t="s">
-        <v>53</v>
+        <v>37</v>
       </c>
       <c r="F114">
         <v>2013</v>
       </c>
-      <c r="G114" s="11">
-[...3 lines deleted...]
-    <row r="115" spans="1:7">
+      <c r="G114">
+        <v>3</v>
+      </c>
+      <c r="H114" s="11">
+        <v>280.62</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8">
       <c r="A115">
-        <v>55</v>
+        <v>43</v>
       </c>
       <c r="B115">
-        <v>4150</v>
+        <v>4262</v>
       </c>
       <c r="C115" t="s">
-        <v>191</v>
+        <v>48</v>
       </c>
       <c r="D115" t="s">
-        <v>192</v>
+        <v>203</v>
       </c>
       <c r="E115" t="s">
-        <v>42</v>
+        <v>62</v>
       </c>
       <c r="F115">
         <v>2012</v>
       </c>
-      <c r="G115" s="11">
-[...3 lines deleted...]
-    <row r="116" spans="1:7">
+      <c r="G115">
+        <v>5</v>
+      </c>
+      <c r="H115" s="11">
+        <v>289.35</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8">
       <c r="A116">
-        <v>56</v>
+        <v>44</v>
       </c>
       <c r="B116">
-        <v>4228</v>
+        <v>4171</v>
       </c>
       <c r="C116" t="s">
-        <v>193</v>
+        <v>107</v>
       </c>
       <c r="D116" t="s">
-        <v>62</v>
+        <v>204</v>
       </c>
       <c r="E116" t="s">
-        <v>49</v>
+        <v>196</v>
       </c>
       <c r="F116">
-        <v>2013</v>
-[...5 lines deleted...]
-    <row r="117" spans="1:7">
+        <v>2012</v>
+      </c>
+      <c r="G116">
+        <v>4</v>
+      </c>
+      <c r="H116" s="11">
+        <v>291.58</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8">
       <c r="A117">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="B117">
-        <v>4255</v>
+        <v>3989</v>
       </c>
       <c r="C117" t="s">
-        <v>194</v>
+        <v>205</v>
       </c>
       <c r="D117" t="s">
-        <v>195</v>
+        <v>206</v>
       </c>
       <c r="E117" t="s">
-        <v>134</v>
+        <v>188</v>
       </c>
       <c r="F117">
         <v>2013</v>
       </c>
-      <c r="G117" s="11">
-[...3 lines deleted...]
-    <row r="118" spans="1:7">
+      <c r="G117">
+        <v>6</v>
+      </c>
+      <c r="H117" s="11">
+        <v>291.68</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8">
       <c r="A118">
-        <v>58</v>
+        <v>46</v>
       </c>
       <c r="B118">
-        <v>572</v>
+        <v>4286</v>
       </c>
       <c r="C118" t="s">
-        <v>67</v>
+        <v>110</v>
       </c>
       <c r="D118" t="s">
-        <v>196</v>
+        <v>207</v>
       </c>
       <c r="E118" t="s">
-        <v>197</v>
+        <v>40</v>
       </c>
       <c r="F118">
         <v>2013</v>
       </c>
-      <c r="G118" s="11">
-[...3 lines deleted...]
-    <row r="119" spans="1:7">
+      <c r="G118">
+        <v>4</v>
+      </c>
+      <c r="H118" s="11">
+        <v>297.33</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8">
       <c r="A119">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="B119">
-        <v>4319</v>
+        <v>4163</v>
       </c>
       <c r="C119" t="s">
-        <v>97</v>
+        <v>208</v>
       </c>
       <c r="D119" t="s">
-        <v>198</v>
+        <v>209</v>
       </c>
       <c r="E119" t="s">
-        <v>49</v>
+        <v>188</v>
       </c>
       <c r="F119">
         <v>2013</v>
       </c>
-      <c r="G119" s="11">
-[...3 lines deleted...]
-    <row r="120" spans="1:7">
+      <c r="G119">
+        <v>4</v>
+      </c>
+      <c r="H119" s="11">
+        <v>303.35</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8">
       <c r="A120">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="B120">
-        <v>2134</v>
+        <v>4120</v>
       </c>
       <c r="C120" t="s">
-        <v>46</v>
+        <v>14</v>
       </c>
       <c r="D120" t="s">
-        <v>199</v>
+        <v>210</v>
       </c>
       <c r="E120" t="s">
-        <v>106</v>
+        <v>79</v>
       </c>
       <c r="F120">
         <v>2012</v>
       </c>
-      <c r="G120" s="11">
-[...3 lines deleted...]
-    <row r="121" spans="1:7">
+      <c r="G120">
+        <v>2</v>
+      </c>
+      <c r="H120" s="11">
+        <v>435.6</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8">
       <c r="A121">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="B121">
-        <v>4118</v>
+        <v>4235</v>
       </c>
       <c r="C121" t="s">
-        <v>38</v>
+        <v>60</v>
       </c>
       <c r="D121" t="s">
-        <v>200</v>
+        <v>211</v>
       </c>
       <c r="E121" t="s">
-        <v>201</v>
+        <v>13</v>
       </c>
       <c r="F121">
         <v>2012</v>
       </c>
-      <c r="G121" s="11">
-[...3 lines deleted...]
-    <row r="122" spans="1:7">
+      <c r="G121">
+        <v>2</v>
+      </c>
+      <c r="H121" s="11">
+        <v>585.0</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8">
       <c r="A122">
-        <v>62</v>
+        <v>50</v>
       </c>
       <c r="B122">
-        <v>3187</v>
+        <v>4227</v>
       </c>
       <c r="C122" t="s">
-        <v>67</v>
+        <v>212</v>
       </c>
       <c r="D122" t="s">
-        <v>202</v>
+        <v>213</v>
       </c>
       <c r="E122" t="s">
-        <v>172</v>
+        <v>104</v>
       </c>
       <c r="F122">
         <v>2012</v>
       </c>
-      <c r="G122" s="11">
-[...3 lines deleted...]
-    <row r="123" spans="1:7">
+      <c r="G122">
+        <v>2</v>
+      </c>
+      <c r="H122" s="11">
+        <v>592.59</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8">
       <c r="A123">
-        <v>63</v>
+        <v>51</v>
       </c>
       <c r="B123">
-        <v>4232</v>
+        <v>4304</v>
       </c>
       <c r="C123" t="s">
-        <v>203</v>
+        <v>28</v>
       </c>
       <c r="D123" t="s">
-        <v>104</v>
+        <v>214</v>
       </c>
       <c r="E123" t="s">
-        <v>87</v>
+        <v>183</v>
       </c>
       <c r="F123">
         <v>2013</v>
       </c>
-      <c r="G123" s="11">
-[...3 lines deleted...]
-    <row r="124" spans="1:7">
+      <c r="G123">
+        <v>2</v>
+      </c>
+      <c r="H123" s="11">
+        <v>593.97</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8">
       <c r="A124">
-        <v>64</v>
+        <v>52</v>
       </c>
       <c r="B124">
-        <v>4234</v>
+        <v>4230</v>
       </c>
       <c r="C124" t="s">
-        <v>193</v>
+        <v>26</v>
       </c>
       <c r="D124" t="s">
-        <v>204</v>
+        <v>215</v>
       </c>
       <c r="E124" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="F124">
         <v>2013</v>
       </c>
-      <c r="G124" s="11">
-[...3 lines deleted...]
-    <row r="125" spans="1:7">
+      <c r="G124">
+        <v>2</v>
+      </c>
+      <c r="H124" s="11">
+        <v>595.84</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8">
       <c r="A125">
+        <v>53</v>
+      </c>
+      <c r="B125">
+        <v>2156</v>
+      </c>
+      <c r="C125" t="s">
+        <v>205</v>
+      </c>
+      <c r="D125" t="s">
+        <v>216</v>
+      </c>
+      <c r="E125" t="s">
+        <v>193</v>
+      </c>
+      <c r="F125">
+        <v>2013</v>
+      </c>
+      <c r="G125">
+        <v>2</v>
+      </c>
+      <c r="H125" s="11">
+        <v>596.81</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8">
+      <c r="A126">
+        <v>54</v>
+      </c>
+      <c r="B126">
+        <v>4263</v>
+      </c>
+      <c r="C126" t="s">
+        <v>217</v>
+      </c>
+      <c r="D126" t="s">
+        <v>218</v>
+      </c>
+      <c r="E126" t="s">
+        <v>116</v>
+      </c>
+      <c r="F126">
+        <v>2012</v>
+      </c>
+      <c r="G126">
+        <v>2</v>
+      </c>
+      <c r="H126" s="11">
+        <v>602.96</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8">
+      <c r="A127">
+        <v>55</v>
+      </c>
+      <c r="B127">
+        <v>4250</v>
+      </c>
+      <c r="C127" t="s">
+        <v>219</v>
+      </c>
+      <c r="D127" t="s">
+        <v>220</v>
+      </c>
+      <c r="E127" t="s">
+        <v>221</v>
+      </c>
+      <c r="F127">
+        <v>2013</v>
+      </c>
+      <c r="G127">
+        <v>2</v>
+      </c>
+      <c r="H127" s="11">
+        <v>614.72</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8">
+      <c r="A128">
+        <v>56</v>
+      </c>
+      <c r="B128">
+        <v>4159</v>
+      </c>
+      <c r="C128" t="s">
+        <v>60</v>
+      </c>
+      <c r="D128" t="s">
+        <v>222</v>
+      </c>
+      <c r="E128" t="s">
+        <v>223</v>
+      </c>
+      <c r="F128">
+        <v>2012</v>
+      </c>
+      <c r="G128">
+        <v>2</v>
+      </c>
+      <c r="H128" s="11">
+        <v>615.33</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8">
+      <c r="A129">
+        <v>57</v>
+      </c>
+      <c r="B129">
+        <v>4138</v>
+      </c>
+      <c r="C129" t="s">
+        <v>224</v>
+      </c>
+      <c r="D129" t="s">
+        <v>225</v>
+      </c>
+      <c r="E129" t="s">
+        <v>223</v>
+      </c>
+      <c r="F129">
+        <v>2012</v>
+      </c>
+      <c r="G129">
+        <v>1</v>
+      </c>
+      <c r="H129" s="11">
+        <v>621.94</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8">
+      <c r="A130">
+        <v>58</v>
+      </c>
+      <c r="B130">
+        <v>3610</v>
+      </c>
+      <c r="C130" t="s">
+        <v>50</v>
+      </c>
+      <c r="D130" t="s">
+        <v>226</v>
+      </c>
+      <c r="E130" t="s">
+        <v>70</v>
+      </c>
+      <c r="F130">
+        <v>2012</v>
+      </c>
+      <c r="G130">
+        <v>2</v>
+      </c>
+      <c r="H130" s="11">
+        <v>621.96</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8">
+      <c r="A131">
+        <v>59</v>
+      </c>
+      <c r="B131">
+        <v>2147</v>
+      </c>
+      <c r="C131" t="s">
+        <v>227</v>
+      </c>
+      <c r="D131" t="s">
+        <v>228</v>
+      </c>
+      <c r="E131" t="s">
+        <v>70</v>
+      </c>
+      <c r="F131">
+        <v>2012</v>
+      </c>
+      <c r="G131">
+        <v>1</v>
+      </c>
+      <c r="H131" s="11">
+        <v>622.13</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8">
+      <c r="A132">
+        <v>60</v>
+      </c>
+      <c r="B132">
+        <v>1802</v>
+      </c>
+      <c r="C132" t="s">
+        <v>229</v>
+      </c>
+      <c r="D132" t="s">
+        <v>230</v>
+      </c>
+      <c r="E132" t="s">
+        <v>231</v>
+      </c>
+      <c r="F132">
+        <v>2013</v>
+      </c>
+      <c r="G132">
+        <v>2</v>
+      </c>
+      <c r="H132" s="11">
+        <v>622.44</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8">
+      <c r="A133">
+        <v>61</v>
+      </c>
+      <c r="B133">
+        <v>4254</v>
+      </c>
+      <c r="C133" t="s">
+        <v>208</v>
+      </c>
+      <c r="D133" t="s">
+        <v>232</v>
+      </c>
+      <c r="E133" t="s">
+        <v>104</v>
+      </c>
+      <c r="F133">
+        <v>2012</v>
+      </c>
+      <c r="G133">
+        <v>1</v>
+      </c>
+      <c r="H133" s="11">
+        <v>626.69</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="A134">
+        <v>62</v>
+      </c>
+      <c r="B134">
+        <v>4307</v>
+      </c>
+      <c r="C134" t="s">
+        <v>48</v>
+      </c>
+      <c r="D134" t="s">
+        <v>233</v>
+      </c>
+      <c r="E134" t="s">
+        <v>183</v>
+      </c>
+      <c r="F134">
+        <v>2013</v>
+      </c>
+      <c r="G134">
+        <v>2</v>
+      </c>
+      <c r="H134" s="11">
+        <v>631.85</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8">
+      <c r="A135">
+        <v>63</v>
+      </c>
+      <c r="B135">
+        <v>3331</v>
+      </c>
+      <c r="C135" t="s">
+        <v>68</v>
+      </c>
+      <c r="D135" t="s">
+        <v>234</v>
+      </c>
+      <c r="E135" t="s">
+        <v>193</v>
+      </c>
+      <c r="F135">
+        <v>2013</v>
+      </c>
+      <c r="G135">
+        <v>1</v>
+      </c>
+      <c r="H135" s="11">
+        <v>646.98</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8">
+      <c r="A136">
+        <v>64</v>
+      </c>
+      <c r="B136">
+        <v>4257</v>
+      </c>
+      <c r="C136" t="s">
+        <v>235</v>
+      </c>
+      <c r="D136" t="s">
+        <v>184</v>
+      </c>
+      <c r="E136" t="s">
+        <v>62</v>
+      </c>
+      <c r="F136">
+        <v>2013</v>
+      </c>
+      <c r="G136">
+        <v>1</v>
+      </c>
+      <c r="H136" s="11">
+        <v>668.08</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8">
+      <c r="A137">
         <v>65</v>
       </c>
-      <c r="B125">
-[...11 lines deleted...]
-      <c r="F125">
+      <c r="B137">
+        <v>4332</v>
+      </c>
+      <c r="C137" t="s">
+        <v>43</v>
+      </c>
+      <c r="D137" t="s">
+        <v>236</v>
+      </c>
+      <c r="E137" t="s">
+        <v>237</v>
+      </c>
+      <c r="F137">
         <v>2012</v>
       </c>
-      <c r="G125" s="11">
-[...4 lines deleted...]
-      <c r="A126">
+      <c r="G137">
+        <v>1</v>
+      </c>
+      <c r="H137" s="11">
+        <v>669.96</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8">
+      <c r="A138">
         <v>66</v>
       </c>
-      <c r="B126">
-[...11 lines deleted...]
-      <c r="F126">
+      <c r="B138">
+        <v>4321</v>
+      </c>
+      <c r="C138" t="s">
+        <v>238</v>
+      </c>
+      <c r="D138" t="s">
+        <v>239</v>
+      </c>
+      <c r="E138" t="s">
+        <v>40</v>
+      </c>
+      <c r="F138">
         <v>2013</v>
       </c>
-      <c r="G126" s="11">
-[...4 lines deleted...]
-      <c r="A127">
+      <c r="G138">
+        <v>1</v>
+      </c>
+      <c r="H138" s="11">
+        <v>684.79</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8">
+      <c r="A139">
         <v>67</v>
       </c>
-      <c r="B127">
-[...34 lines deleted...]
-      <c r="F128">
+      <c r="B139">
+        <v>4213</v>
+      </c>
+      <c r="C139" t="s">
+        <v>14</v>
+      </c>
+      <c r="D139" t="s">
+        <v>240</v>
+      </c>
+      <c r="E139" t="s">
+        <v>196</v>
+      </c>
+      <c r="F139">
         <v>2013</v>
       </c>
-      <c r="G128" s="11">
-[...16 lines deleted...]
-      <c r="A132" s="3" t="s">
+      <c r="G139">
+        <v>1</v>
+      </c>
+      <c r="H139" s="11">
+        <v>729.57</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="H140"/>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="H141"/>
+    </row>
+    <row r="142" spans="1:8">
+      <c r="A142" s="4" t="s">
+        <v>241</v>
+      </c>
+      <c r="H142"/>
+    </row>
+    <row r="143" spans="1:8">
+      <c r="A143" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="B132" s="3" t="s">
+      <c r="B143" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="C132" s="3" t="s">
+      <c r="C143" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="D132" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E132" s="3" t="s">
+      <c r="D143" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="E143" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="F132" s="3" t="s">
+      <c r="F143" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="G132" s="3" t="s">
+      <c r="G143" s="3" t="s">
         <v>9</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A133" s="5">
+      <c r="H143" s="3" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8">
+      <c r="A144" s="5">
         <v>1</v>
       </c>
-      <c r="B133" s="5">
-[...11 lines deleted...]
-      <c r="F133" s="5">
+      <c r="B144" s="5">
+        <v>1988</v>
+      </c>
+      <c r="C144" s="5" t="s">
+        <v>242</v>
+      </c>
+      <c r="D144" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="E144" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F144" s="5">
         <v>2010</v>
       </c>
-      <c r="G133" s="8">
-[...4 lines deleted...]
-      <c r="A134" s="6">
+      <c r="G144" s="5">
+        <v>6</v>
+      </c>
+      <c r="H144" s="8">
+        <v>11.71</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8">
+      <c r="A145" s="6">
         <v>2</v>
       </c>
-      <c r="B134" s="6">
-[...11 lines deleted...]
-      <c r="F134" s="6">
+      <c r="B145" s="6">
+        <v>2762</v>
+      </c>
+      <c r="C145" s="6" t="s">
+        <v>244</v>
+      </c>
+      <c r="D145" s="6" t="s">
+        <v>245</v>
+      </c>
+      <c r="E145" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="F145" s="6">
         <v>2010</v>
       </c>
-      <c r="G134" s="9">
-[...4 lines deleted...]
-      <c r="A135" s="7">
+      <c r="G145" s="6">
+        <v>6</v>
+      </c>
+      <c r="H145" s="9">
+        <v>12.38</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8">
+      <c r="A146" s="7">
         <v>3</v>
       </c>
-      <c r="B135" s="7">
-[...19 lines deleted...]
-      <c r="A136">
+      <c r="B146" s="7">
+        <v>1675</v>
+      </c>
+      <c r="C146" s="7" t="s">
+        <v>246</v>
+      </c>
+      <c r="D146" s="7" t="s">
+        <v>247</v>
+      </c>
+      <c r="E146" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="F146" s="7">
+        <v>2010</v>
+      </c>
+      <c r="G146" s="7">
+        <v>6</v>
+      </c>
+      <c r="H146" s="10">
+        <v>24.36</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8">
+      <c r="A147">
         <v>4</v>
       </c>
-      <c r="B136">
-[...11 lines deleted...]
-      <c r="F136">
+      <c r="B147">
+        <v>1732</v>
+      </c>
+      <c r="C147" t="s">
+        <v>248</v>
+      </c>
+      <c r="D147" t="s">
+        <v>249</v>
+      </c>
+      <c r="E147" t="s">
+        <v>19</v>
+      </c>
+      <c r="F147">
         <v>2010</v>
       </c>
-      <c r="G136" s="11">
-[...4 lines deleted...]
-      <c r="A137">
+      <c r="G147">
+        <v>6</v>
+      </c>
+      <c r="H147" s="11">
+        <v>25.07</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8">
+      <c r="A148">
         <v>5</v>
       </c>
-      <c r="B137">
-[...34 lines deleted...]
-      <c r="F138">
+      <c r="B148">
+        <v>1911</v>
+      </c>
+      <c r="C148" t="s">
+        <v>250</v>
+      </c>
+      <c r="D148" t="s">
+        <v>251</v>
+      </c>
+      <c r="E148" t="s">
+        <v>19</v>
+      </c>
+      <c r="F148">
         <v>2010</v>
       </c>
-      <c r="G138" s="11">
-[...233 lines deleted...]
-    <row r="149" spans="1:7">
+      <c r="G148">
+        <v>5</v>
+      </c>
+      <c r="H148" s="11">
+        <v>35.35</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8">
       <c r="A149">
-        <v>17</v>
+        <v>6</v>
       </c>
       <c r="B149">
-        <v>1898</v>
+        <v>2666</v>
       </c>
       <c r="C149" t="s">
-        <v>244</v>
+        <v>252</v>
       </c>
       <c r="D149" t="s">
-        <v>245</v>
+        <v>253</v>
       </c>
       <c r="E149" t="s">
-        <v>229</v>
+        <v>118</v>
       </c>
       <c r="F149">
         <v>2011</v>
       </c>
-      <c r="G149" s="11">
-[...3 lines deleted...]
-    <row r="150" spans="1:7">
+      <c r="G149">
+        <v>6</v>
+      </c>
+      <c r="H149" s="11">
+        <v>41.16</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8">
       <c r="A150">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="B150">
-        <v>3359</v>
+        <v>2173</v>
       </c>
       <c r="C150" t="s">
-        <v>246</v>
+        <v>254</v>
       </c>
       <c r="D150" t="s">
-        <v>247</v>
+        <v>255</v>
       </c>
       <c r="E150" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F150">
-        <v>2011</v>
-[...5 lines deleted...]
-    <row r="151" spans="1:7">
+        <v>2010</v>
+      </c>
+      <c r="G150">
+        <v>5</v>
+      </c>
+      <c r="H150" s="11">
+        <v>47.2</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
       <c r="A151">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="B151">
-        <v>4182</v>
+        <v>2137</v>
       </c>
       <c r="C151" t="s">
-        <v>219</v>
+        <v>256</v>
       </c>
       <c r="D151" t="s">
-        <v>248</v>
+        <v>257</v>
       </c>
       <c r="E151" t="s">
-        <v>249</v>
+        <v>70</v>
       </c>
       <c r="F151">
         <v>2010</v>
       </c>
-      <c r="G151" s="11">
-[...3 lines deleted...]
-    <row r="152" spans="1:7">
+      <c r="G151">
+        <v>6</v>
+      </c>
+      <c r="H151" s="11">
+        <v>49.61</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8">
       <c r="A152">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="B152">
-        <v>1695</v>
+        <v>1989</v>
       </c>
       <c r="C152" t="s">
-        <v>250</v>
+        <v>258</v>
       </c>
       <c r="D152" t="s">
-        <v>251</v>
+        <v>259</v>
       </c>
       <c r="E152" t="s">
-        <v>129</v>
+        <v>13</v>
       </c>
       <c r="F152">
+        <v>2010</v>
+      </c>
+      <c r="G152">
+        <v>6</v>
+      </c>
+      <c r="H152" s="11">
+        <v>50.3</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8">
+      <c r="A153">
+        <v>10</v>
+      </c>
+      <c r="B153">
+        <v>4013</v>
+      </c>
+      <c r="C153" t="s">
+        <v>252</v>
+      </c>
+      <c r="D153" t="s">
+        <v>260</v>
+      </c>
+      <c r="E153" t="s">
+        <v>19</v>
+      </c>
+      <c r="F153">
         <v>2011</v>
       </c>
-      <c r="G152" s="11">
-[...26 lines deleted...]
-    <row r="154" spans="1:7">
+      <c r="G153">
+        <v>6</v>
+      </c>
+      <c r="H153" s="11">
+        <v>55.08</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8">
       <c r="A154">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="B154">
-        <v>4143</v>
+        <v>2079</v>
       </c>
       <c r="C154" t="s">
-        <v>219</v>
+        <v>261</v>
       </c>
       <c r="D154" t="s">
-        <v>253</v>
+        <v>262</v>
       </c>
       <c r="E154" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="F154">
         <v>2010</v>
       </c>
-      <c r="G154" s="11">
-[...3 lines deleted...]
-    <row r="155" spans="1:7">
+      <c r="G154">
+        <v>4</v>
+      </c>
+      <c r="H154" s="11">
+        <v>55.22</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8">
       <c r="A155">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="B155">
-        <v>2220</v>
+        <v>3120</v>
       </c>
       <c r="C155" t="s">
-        <v>250</v>
+        <v>263</v>
       </c>
       <c r="D155" t="s">
-        <v>254</v>
+        <v>264</v>
       </c>
       <c r="E155" t="s">
-        <v>161</v>
+        <v>19</v>
       </c>
       <c r="F155">
         <v>2011</v>
       </c>
-      <c r="G155" s="11">
-[...3 lines deleted...]
-    <row r="156" spans="1:7">
+      <c r="G155">
+        <v>5</v>
+      </c>
+      <c r="H155" s="11">
+        <v>55.51</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8">
       <c r="A156">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="B156">
-        <v>2139</v>
+        <v>4046</v>
       </c>
       <c r="C156" t="s">
-        <v>255</v>
+        <v>265</v>
       </c>
       <c r="D156" t="s">
-        <v>256</v>
+        <v>266</v>
       </c>
       <c r="E156" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="F156">
-        <v>2010</v>
-[...5 lines deleted...]
-    <row r="157" spans="1:7">
+        <v>2011</v>
+      </c>
+      <c r="G156">
+        <v>6</v>
+      </c>
+      <c r="H156" s="11">
+        <v>65.95</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8">
       <c r="A157">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="B157">
-        <v>1817</v>
+        <v>3954</v>
       </c>
       <c r="C157" t="s">
-        <v>257</v>
+        <v>267</v>
       </c>
       <c r="D157" t="s">
-        <v>258</v>
+        <v>268</v>
       </c>
       <c r="E157" t="s">
-        <v>259</v>
+        <v>116</v>
       </c>
       <c r="F157">
         <v>2010</v>
       </c>
-      <c r="G157" s="11">
-[...3 lines deleted...]
-    <row r="158" spans="1:7">
+      <c r="G157">
+        <v>6</v>
+      </c>
+      <c r="H157" s="11">
+        <v>69.91</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8">
       <c r="A158">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="B158">
-        <v>4291</v>
+        <v>4026</v>
       </c>
       <c r="C158" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="D158" t="s">
-        <v>261</v>
+        <v>269</v>
       </c>
       <c r="E158" t="s">
-        <v>229</v>
+        <v>237</v>
       </c>
       <c r="F158">
-        <v>2010</v>
-[...5 lines deleted...]
-    <row r="159" spans="1:7">
+        <v>2011</v>
+      </c>
+      <c r="G158">
+        <v>6</v>
+      </c>
+      <c r="H158" s="11">
+        <v>72.22</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8">
       <c r="A159">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="B159">
-        <v>2944</v>
+        <v>2796</v>
       </c>
       <c r="C159" t="s">
-        <v>262</v>
+        <v>270</v>
       </c>
       <c r="D159" t="s">
-        <v>263</v>
+        <v>271</v>
       </c>
       <c r="E159" t="s">
-        <v>150</v>
+        <v>116</v>
       </c>
       <c r="F159">
         <v>2011</v>
       </c>
-      <c r="G159" s="11">
-[...3 lines deleted...]
-    <row r="160" spans="1:7">
+      <c r="G159">
+        <v>6</v>
+      </c>
+      <c r="H159" s="11">
+        <v>73.12</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8">
       <c r="A160">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="B160">
-        <v>2712</v>
+        <v>2506</v>
       </c>
       <c r="C160" t="s">
-        <v>264</v>
+        <v>272</v>
       </c>
       <c r="D160" t="s">
-        <v>265</v>
+        <v>273</v>
       </c>
       <c r="E160" t="s">
-        <v>266</v>
+        <v>116</v>
       </c>
       <c r="F160">
-        <v>2010</v>
-[...5 lines deleted...]
-    <row r="161" spans="1:7">
+        <v>2011</v>
+      </c>
+      <c r="G160">
+        <v>5</v>
+      </c>
+      <c r="H160" s="11">
+        <v>73.29</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8">
       <c r="A161">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="B161">
-        <v>4200</v>
+        <v>1741</v>
       </c>
       <c r="C161" t="s">
-        <v>234</v>
+        <v>274</v>
       </c>
       <c r="D161" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="E161" t="s">
-        <v>96</v>
+        <v>13</v>
       </c>
       <c r="F161">
         <v>2010</v>
       </c>
-      <c r="G161" s="11">
-[...3 lines deleted...]
-    <row r="162" spans="1:7">
+      <c r="G161">
+        <v>6</v>
+      </c>
+      <c r="H161" s="11">
+        <v>74.6</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8">
       <c r="A162">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="B162">
-        <v>1882</v>
+        <v>4168</v>
       </c>
       <c r="C162" t="s">
-        <v>268</v>
+        <v>254</v>
       </c>
       <c r="D162" t="s">
-        <v>269</v>
+        <v>276</v>
       </c>
       <c r="E162" t="s">
-        <v>37</v>
+        <v>277</v>
       </c>
       <c r="F162">
         <v>2010</v>
       </c>
-      <c r="G162" s="11">
-[...3 lines deleted...]
-    <row r="163" spans="1:7">
+      <c r="G162">
+        <v>6</v>
+      </c>
+      <c r="H162" s="11">
+        <v>82.57</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8">
       <c r="A163">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="B163">
-        <v>4058</v>
+        <v>4048</v>
       </c>
       <c r="C163" t="s">
-        <v>250</v>
+        <v>278</v>
       </c>
       <c r="D163" t="s">
-        <v>270</v>
+        <v>279</v>
       </c>
       <c r="E163" t="s">
-        <v>134</v>
+        <v>280</v>
       </c>
       <c r="F163">
         <v>2011</v>
       </c>
-      <c r="G163" s="11">
-[...3 lines deleted...]
-    <row r="164" spans="1:7">
+      <c r="G163">
+        <v>6</v>
+      </c>
+      <c r="H163" s="11">
+        <v>83.56</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8">
       <c r="A164">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="B164">
-        <v>3864</v>
+        <v>2142</v>
       </c>
       <c r="C164" t="s">
-        <v>257</v>
+        <v>270</v>
       </c>
       <c r="D164" t="s">
-        <v>271</v>
+        <v>281</v>
       </c>
       <c r="E164" t="s">
-        <v>40</v>
+        <v>70</v>
       </c>
       <c r="F164">
         <v>2010</v>
       </c>
-      <c r="G164" s="11">
-[...3 lines deleted...]
-    <row r="165" spans="1:7">
+      <c r="G164">
+        <v>6</v>
+      </c>
+      <c r="H164" s="11">
+        <v>84.85</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8">
       <c r="A165">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="B165">
-        <v>3933</v>
+        <v>4000</v>
       </c>
       <c r="C165" t="s">
-        <v>272</v>
+        <v>282</v>
       </c>
       <c r="D165" t="s">
-        <v>273</v>
+        <v>283</v>
       </c>
       <c r="E165" t="s">
-        <v>201</v>
+        <v>237</v>
       </c>
       <c r="F165">
         <v>2010</v>
       </c>
-      <c r="G165" s="11">
-[...3 lines deleted...]
-    <row r="166" spans="1:7">
+      <c r="G165">
+        <v>6</v>
+      </c>
+      <c r="H165" s="11">
+        <v>85.84</v>
+      </c>
+    </row>
+    <row r="166" spans="1:8">
       <c r="A166">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="B166">
-        <v>1789</v>
+        <v>2549</v>
       </c>
       <c r="C166" t="s">
-        <v>219</v>
+        <v>284</v>
       </c>
       <c r="D166" t="s">
-        <v>274</v>
+        <v>285</v>
       </c>
       <c r="E166" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="F166">
-        <v>2011</v>
-[...5 lines deleted...]
-    <row r="167" spans="1:7">
+        <v>2010</v>
+      </c>
+      <c r="G166">
+        <v>6</v>
+      </c>
+      <c r="H166" s="11">
+        <v>86.02</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8">
       <c r="A167">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="B167">
-        <v>4094</v>
+        <v>4038</v>
       </c>
       <c r="C167" t="s">
-        <v>275</v>
+        <v>244</v>
       </c>
       <c r="D167" t="s">
-        <v>276</v>
+        <v>286</v>
       </c>
       <c r="E167" t="s">
-        <v>73</v>
+        <v>104</v>
       </c>
       <c r="F167">
         <v>2011</v>
       </c>
-      <c r="G167" s="11">
-[...3 lines deleted...]
-    <row r="168" spans="1:7">
+      <c r="G167">
+        <v>6</v>
+      </c>
+      <c r="H167" s="11">
+        <v>89.78</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8">
       <c r="A168">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="B168">
-        <v>4030</v>
+        <v>2968</v>
       </c>
       <c r="C168" t="s">
-        <v>250</v>
+        <v>287</v>
       </c>
       <c r="D168" t="s">
-        <v>277</v>
+        <v>288</v>
       </c>
       <c r="E168" t="s">
-        <v>206</v>
+        <v>104</v>
       </c>
       <c r="F168">
         <v>2011</v>
       </c>
-      <c r="G168" s="11">
-[...3 lines deleted...]
-    <row r="169" spans="1:7">
+      <c r="G168">
+        <v>6</v>
+      </c>
+      <c r="H168" s="11">
+        <v>90.05</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8">
       <c r="A169">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="B169">
-        <v>4142</v>
+        <v>2663</v>
       </c>
       <c r="C169" t="s">
-        <v>278</v>
+        <v>244</v>
       </c>
       <c r="D169" t="s">
-        <v>279</v>
+        <v>289</v>
       </c>
       <c r="E169" t="s">
-        <v>197</v>
+        <v>118</v>
       </c>
       <c r="F169">
-        <v>2010</v>
-[...5 lines deleted...]
-    <row r="170" spans="1:7">
+        <v>2011</v>
+      </c>
+      <c r="G169">
+        <v>5</v>
+      </c>
+      <c r="H169" s="11">
+        <v>91.84</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8">
       <c r="A170">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="B170">
-        <v>4006</v>
+        <v>2787</v>
       </c>
       <c r="C170" t="s">
+        <v>252</v>
+      </c>
+      <c r="D170" t="s">
+        <v>290</v>
+      </c>
+      <c r="E170" t="s">
         <v>280</v>
       </c>
-      <c r="D170" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F170">
-        <v>2010</v>
-[...5 lines deleted...]
-    <row r="171" spans="1:7">
+        <v>2011</v>
+      </c>
+      <c r="G170">
+        <v>3</v>
+      </c>
+      <c r="H170" s="11">
+        <v>96.15</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8">
       <c r="A171">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="B171">
-        <v>4015</v>
+        <v>4049</v>
       </c>
       <c r="C171" t="s">
-        <v>282</v>
+        <v>291</v>
       </c>
       <c r="D171" t="s">
-        <v>283</v>
+        <v>292</v>
       </c>
       <c r="E171" t="s">
-        <v>49</v>
+        <v>280</v>
       </c>
       <c r="F171">
         <v>2011</v>
       </c>
-      <c r="G171" s="11">
-[...3 lines deleted...]
-    <row r="172" spans="1:7">
+      <c r="G171">
+        <v>3</v>
+      </c>
+      <c r="H171" s="11">
+        <v>100.13</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8">
       <c r="A172">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="B172">
-        <v>2226</v>
+        <v>4137</v>
       </c>
       <c r="C172" t="s">
-        <v>232</v>
+        <v>293</v>
       </c>
       <c r="D172" t="s">
-        <v>284</v>
+        <v>294</v>
       </c>
       <c r="E172" t="s">
-        <v>161</v>
+        <v>13</v>
       </c>
       <c r="F172">
-        <v>2010</v>
-[...5 lines deleted...]
-    <row r="173" spans="1:7">
+        <v>2011</v>
+      </c>
+      <c r="G172">
+        <v>5</v>
+      </c>
+      <c r="H172" s="11">
+        <v>102.23</v>
+      </c>
+    </row>
+    <row r="173" spans="1:8">
       <c r="A173">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="B173">
-        <v>4014</v>
+        <v>4115</v>
       </c>
       <c r="C173" t="s">
-        <v>285</v>
+        <v>244</v>
       </c>
       <c r="D173" t="s">
-        <v>286</v>
+        <v>295</v>
       </c>
       <c r="E173" t="s">
-        <v>49</v>
+        <v>94</v>
       </c>
       <c r="F173">
         <v>2011</v>
       </c>
-      <c r="G173" s="11">
-[...3 lines deleted...]
-    <row r="174" spans="1:7">
+      <c r="G173">
+        <v>6</v>
+      </c>
+      <c r="H173" s="11">
+        <v>102.99</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8">
       <c r="A174">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="B174">
-        <v>4162</v>
+        <v>4114</v>
       </c>
       <c r="C174" t="s">
-        <v>255</v>
+        <v>261</v>
       </c>
       <c r="D174" t="s">
-        <v>287</v>
+        <v>275</v>
       </c>
       <c r="E174" t="s">
-        <v>197</v>
+        <v>104</v>
       </c>
       <c r="F174">
-        <v>2010</v>
-[...5 lines deleted...]
-    <row r="175" spans="1:7">
+        <v>2011</v>
+      </c>
+      <c r="G174">
+        <v>6</v>
+      </c>
+      <c r="H174" s="11">
+        <v>105.63</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8">
       <c r="A175">
-        <v>43</v>
+        <v>32</v>
       </c>
       <c r="B175">
-        <v>3919</v>
+        <v>4025</v>
       </c>
       <c r="C175" t="s">
-        <v>288</v>
+        <v>244</v>
       </c>
       <c r="D175" t="s">
-        <v>289</v>
+        <v>296</v>
       </c>
       <c r="E175" t="s">
-        <v>87</v>
+        <v>104</v>
       </c>
       <c r="F175">
-        <v>2010</v>
-[...5 lines deleted...]
-    <row r="176" spans="1:7">
+        <v>2011</v>
+      </c>
+      <c r="G175">
+        <v>6</v>
+      </c>
+      <c r="H175" s="11">
+        <v>110.45</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8">
       <c r="A176">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="B176">
-        <v>3371</v>
+        <v>2466</v>
       </c>
       <c r="C176" t="s">
-        <v>290</v>
+        <v>297</v>
       </c>
       <c r="D176" t="s">
-        <v>291</v>
+        <v>298</v>
       </c>
       <c r="E176" t="s">
-        <v>129</v>
+        <v>22</v>
       </c>
       <c r="F176">
-        <v>2010</v>
-[...5 lines deleted...]
-    <row r="177" spans="1:7">
+        <v>2011</v>
+      </c>
+      <c r="G176">
+        <v>3</v>
+      </c>
+      <c r="H176" s="11">
+        <v>114.26</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8">
       <c r="A177">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="B177">
-        <v>4144</v>
+        <v>2548</v>
       </c>
       <c r="C177" t="s">
-        <v>292</v>
+        <v>265</v>
       </c>
       <c r="D177" t="s">
-        <v>293</v>
+        <v>299</v>
       </c>
       <c r="E177" t="s">
-        <v>197</v>
+        <v>16</v>
       </c>
       <c r="F177">
         <v>2010</v>
       </c>
-      <c r="G177" s="11">
-[...3 lines deleted...]
-    <row r="178" spans="1:7">
+      <c r="G177">
+        <v>6</v>
+      </c>
+      <c r="H177" s="11">
+        <v>118.48</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8">
       <c r="A178">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="B178">
-        <v>2536</v>
+        <v>4096</v>
       </c>
       <c r="C178" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="D178" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="E178" t="s">
-        <v>99</v>
+        <v>45</v>
       </c>
       <c r="F178">
+        <v>2011</v>
+      </c>
+      <c r="G178">
+        <v>2</v>
+      </c>
+      <c r="H178" s="11">
+        <v>118.93</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8">
+      <c r="A179">
+        <v>36</v>
+      </c>
+      <c r="B179">
+        <v>4051</v>
+      </c>
+      <c r="C179" t="s">
+        <v>302</v>
+      </c>
+      <c r="D179" t="s">
+        <v>303</v>
+      </c>
+      <c r="E179" t="s">
+        <v>45</v>
+      </c>
+      <c r="F179">
+        <v>2011</v>
+      </c>
+      <c r="G179">
+        <v>3</v>
+      </c>
+      <c r="H179" s="11">
+        <v>119.25</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8">
+      <c r="A180">
+        <v>37</v>
+      </c>
+      <c r="B180">
+        <v>1962</v>
+      </c>
+      <c r="C180" t="s">
+        <v>252</v>
+      </c>
+      <c r="D180" t="s">
+        <v>304</v>
+      </c>
+      <c r="E180" t="s">
+        <v>137</v>
+      </c>
+      <c r="F180">
+        <v>2011</v>
+      </c>
+      <c r="G180">
+        <v>4</v>
+      </c>
+      <c r="H180" s="11">
+        <v>120.04</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8">
+      <c r="A181">
+        <v>38</v>
+      </c>
+      <c r="B181">
+        <v>1734</v>
+      </c>
+      <c r="C181" t="s">
+        <v>252</v>
+      </c>
+      <c r="D181" t="s">
+        <v>305</v>
+      </c>
+      <c r="E181" t="s">
+        <v>34</v>
+      </c>
+      <c r="F181">
         <v>2010</v>
       </c>
-      <c r="G178" s="11">
-[...19 lines deleted...]
-      <c r="F179">
+      <c r="G181">
+        <v>3</v>
+      </c>
+      <c r="H181" s="11">
+        <v>122.28</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8">
+      <c r="A182">
+        <v>39</v>
+      </c>
+      <c r="B182">
+        <v>3980</v>
+      </c>
+      <c r="C182" t="s">
+        <v>282</v>
+      </c>
+      <c r="D182" t="s">
+        <v>306</v>
+      </c>
+      <c r="E182" t="s">
+        <v>188</v>
+      </c>
+      <c r="F182">
         <v>2010</v>
       </c>
-      <c r="G179" s="11">
-[...72 lines deleted...]
-    <row r="183" spans="1:7">
+      <c r="G182">
+        <v>3</v>
+      </c>
+      <c r="H182" s="11">
+        <v>122.62</v>
+      </c>
+    </row>
+    <row r="183" spans="1:8">
       <c r="A183">
-        <v>51</v>
+        <v>40</v>
       </c>
       <c r="B183">
-        <v>1767</v>
+        <v>3495</v>
       </c>
       <c r="C183" t="s">
-        <v>215</v>
+        <v>248</v>
       </c>
       <c r="D183" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="E183" t="s">
-        <v>150</v>
+        <v>94</v>
       </c>
       <c r="F183">
         <v>2010</v>
       </c>
-      <c r="G183" s="11">
-[...3 lines deleted...]
-    <row r="184" spans="1:7">
+      <c r="G183">
+        <v>3</v>
+      </c>
+      <c r="H183" s="11">
+        <v>125.77</v>
+      </c>
+    </row>
+    <row r="184" spans="1:8">
       <c r="A184">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="B184">
-        <v>2210</v>
+        <v>3039</v>
       </c>
       <c r="C184" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="D184" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="E184" t="s">
-        <v>18</v>
+        <v>94</v>
       </c>
       <c r="F184">
         <v>2010</v>
       </c>
-      <c r="G184" s="11">
-[...3 lines deleted...]
-    <row r="185" spans="1:7">
+      <c r="G184">
+        <v>4</v>
+      </c>
+      <c r="H184" s="11">
+        <v>135.44</v>
+      </c>
+    </row>
+    <row r="185" spans="1:8">
       <c r="A185">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="B185">
-        <v>1923</v>
+        <v>1971</v>
       </c>
       <c r="C185" t="s">
-        <v>219</v>
+        <v>310</v>
       </c>
       <c r="D185" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="E185" t="s">
-        <v>161</v>
+        <v>137</v>
       </c>
       <c r="F185">
         <v>2010</v>
       </c>
-      <c r="G185" s="11">
-[...3 lines deleted...]
-    <row r="186" spans="1:7">
+      <c r="G185">
+        <v>3</v>
+      </c>
+      <c r="H185" s="11">
+        <v>138.87</v>
+      </c>
+    </row>
+    <row r="186" spans="1:8">
       <c r="A186">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="B186">
-        <v>4088</v>
+        <v>2358</v>
       </c>
       <c r="C186" t="s">
-        <v>257</v>
+        <v>312</v>
       </c>
       <c r="D186" t="s">
-        <v>307</v>
+        <v>313</v>
       </c>
       <c r="E186" t="s">
-        <v>87</v>
+        <v>59</v>
       </c>
       <c r="F186">
         <v>2011</v>
       </c>
-      <c r="G186" s="11">
-[...16 lines deleted...]
-      <c r="A190" s="3" t="s">
+      <c r="G186">
         <v>3</v>
       </c>
-      <c r="B190" s="3" t="s">
+      <c r="H186" s="11">
+        <v>186.82</v>
+      </c>
+    </row>
+    <row r="187" spans="1:8">
+      <c r="A187">
+        <v>44</v>
+      </c>
+      <c r="B187">
+        <v>4022</v>
+      </c>
+      <c r="C187" t="s">
+        <v>252</v>
+      </c>
+      <c r="D187" t="s">
+        <v>205</v>
+      </c>
+      <c r="E187" t="s">
+        <v>104</v>
+      </c>
+      <c r="F187">
+        <v>2011</v>
+      </c>
+      <c r="G187">
+        <v>3</v>
+      </c>
+      <c r="H187" s="11">
+        <v>187.47</v>
+      </c>
+    </row>
+    <row r="188" spans="1:8">
+      <c r="A188">
+        <v>45</v>
+      </c>
+      <c r="B188">
+        <v>4133</v>
+      </c>
+      <c r="C188" t="s">
+        <v>252</v>
+      </c>
+      <c r="D188" t="s">
+        <v>314</v>
+      </c>
+      <c r="E188" t="s">
+        <v>94</v>
+      </c>
+      <c r="F188">
+        <v>2010</v>
+      </c>
+      <c r="G188">
+        <v>3</v>
+      </c>
+      <c r="H188" s="11">
+        <v>190.74</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8">
+      <c r="A189">
+        <v>46</v>
+      </c>
+      <c r="B189">
+        <v>4317</v>
+      </c>
+      <c r="C189" t="s">
+        <v>315</v>
+      </c>
+      <c r="D189" t="s">
+        <v>316</v>
+      </c>
+      <c r="E189" t="s">
+        <v>81</v>
+      </c>
+      <c r="F189">
+        <v>2010</v>
+      </c>
+      <c r="G189">
+        <v>3</v>
+      </c>
+      <c r="H189" s="11">
+        <v>223.46</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8">
+      <c r="A190">
+        <v>47</v>
+      </c>
+      <c r="B190">
+        <v>1919</v>
+      </c>
+      <c r="C190" t="s">
+        <v>317</v>
+      </c>
+      <c r="D190" t="s">
+        <v>318</v>
+      </c>
+      <c r="E190" t="s">
+        <v>16</v>
+      </c>
+      <c r="F190">
+        <v>2011</v>
+      </c>
+      <c r="G190">
+        <v>2</v>
+      </c>
+      <c r="H190" s="11">
+        <v>515.77</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8">
+      <c r="A191">
+        <v>48</v>
+      </c>
+      <c r="B191">
+        <v>1851</v>
+      </c>
+      <c r="C191" t="s">
+        <v>252</v>
+      </c>
+      <c r="D191" t="s">
+        <v>319</v>
+      </c>
+      <c r="E191" t="s">
+        <v>16</v>
+      </c>
+      <c r="F191">
+        <v>2010</v>
+      </c>
+      <c r="G191">
+        <v>2</v>
+      </c>
+      <c r="H191" s="11">
+        <v>517.15</v>
+      </c>
+    </row>
+    <row r="192" spans="1:8">
+      <c r="A192">
+        <v>49</v>
+      </c>
+      <c r="B192">
+        <v>3999</v>
+      </c>
+      <c r="C192" t="s">
+        <v>254</v>
+      </c>
+      <c r="D192" t="s">
+        <v>320</v>
+      </c>
+      <c r="E192" t="s">
+        <v>121</v>
+      </c>
+      <c r="F192">
+        <v>2010</v>
+      </c>
+      <c r="G192">
+        <v>2</v>
+      </c>
+      <c r="H192" s="11">
+        <v>517.36</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8">
+      <c r="A193">
+        <v>50</v>
+      </c>
+      <c r="B193">
+        <v>2344</v>
+      </c>
+      <c r="C193" t="s">
+        <v>246</v>
+      </c>
+      <c r="D193" t="s">
+        <v>321</v>
+      </c>
+      <c r="E193" t="s">
+        <v>13</v>
+      </c>
+      <c r="F193">
+        <v>2010</v>
+      </c>
+      <c r="G193">
+        <v>2</v>
+      </c>
+      <c r="H193" s="11">
+        <v>532.17</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8">
+      <c r="A194">
+        <v>51</v>
+      </c>
+      <c r="B194">
+        <v>3944</v>
+      </c>
+      <c r="C194" t="s">
+        <v>322</v>
+      </c>
+      <c r="D194" t="s">
+        <v>323</v>
+      </c>
+      <c r="E194" t="s">
+        <v>324</v>
+      </c>
+      <c r="F194">
+        <v>2010</v>
+      </c>
+      <c r="G194">
+        <v>2</v>
+      </c>
+      <c r="H194" s="11">
+        <v>538.02</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8">
+      <c r="A195">
+        <v>52</v>
+      </c>
+      <c r="B195">
+        <v>1870</v>
+      </c>
+      <c r="C195" t="s">
+        <v>293</v>
+      </c>
+      <c r="D195" t="s">
+        <v>325</v>
+      </c>
+      <c r="E195" t="s">
+        <v>16</v>
+      </c>
+      <c r="F195">
+        <v>2010</v>
+      </c>
+      <c r="G195">
+        <v>2</v>
+      </c>
+      <c r="H195" s="11">
+        <v>538.65</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196">
+        <v>53</v>
+      </c>
+      <c r="B196">
+        <v>3098</v>
+      </c>
+      <c r="C196" t="s">
+        <v>310</v>
+      </c>
+      <c r="D196" t="s">
+        <v>165</v>
+      </c>
+      <c r="E196" t="s">
+        <v>94</v>
+      </c>
+      <c r="F196">
+        <v>2010</v>
+      </c>
+      <c r="G196">
+        <v>2</v>
+      </c>
+      <c r="H196" s="11">
+        <v>547.48</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8">
+      <c r="A197">
+        <v>54</v>
+      </c>
+      <c r="B197">
+        <v>2027</v>
+      </c>
+      <c r="C197" t="s">
+        <v>326</v>
+      </c>
+      <c r="D197" t="s">
+        <v>327</v>
+      </c>
+      <c r="E197" t="s">
+        <v>13</v>
+      </c>
+      <c r="F197">
+        <v>2010</v>
+      </c>
+      <c r="G197">
+        <v>2</v>
+      </c>
+      <c r="H197" s="11">
+        <v>548.39</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198">
+        <v>55</v>
+      </c>
+      <c r="B198">
+        <v>4185</v>
+      </c>
+      <c r="C198" t="s">
+        <v>244</v>
+      </c>
+      <c r="D198" t="s">
+        <v>328</v>
+      </c>
+      <c r="E198" t="s">
+        <v>62</v>
+      </c>
+      <c r="F198">
+        <v>2010</v>
+      </c>
+      <c r="G198">
+        <v>2</v>
+      </c>
+      <c r="H198" s="11">
+        <v>557.29</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199">
+        <v>56</v>
+      </c>
+      <c r="B199">
+        <v>3949</v>
+      </c>
+      <c r="C199" t="s">
+        <v>329</v>
+      </c>
+      <c r="D199" t="s">
+        <v>330</v>
+      </c>
+      <c r="E199" t="s">
+        <v>16</v>
+      </c>
+      <c r="F199">
+        <v>2010</v>
+      </c>
+      <c r="G199">
+        <v>2</v>
+      </c>
+      <c r="H199" s="11">
+        <v>560.11</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200">
+        <v>57</v>
+      </c>
+      <c r="B200">
+        <v>3885</v>
+      </c>
+      <c r="C200" t="s">
+        <v>270</v>
+      </c>
+      <c r="D200" t="s">
+        <v>331</v>
+      </c>
+      <c r="E200" t="s">
+        <v>70</v>
+      </c>
+      <c r="F200">
+        <v>2011</v>
+      </c>
+      <c r="G200">
+        <v>2</v>
+      </c>
+      <c r="H200" s="11">
+        <v>561.33</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201">
+        <v>58</v>
+      </c>
+      <c r="B201">
+        <v>4315</v>
+      </c>
+      <c r="C201" t="s">
+        <v>246</v>
+      </c>
+      <c r="D201" t="s">
+        <v>332</v>
+      </c>
+      <c r="E201" t="s">
+        <v>65</v>
+      </c>
+      <c r="F201">
+        <v>2010</v>
+      </c>
+      <c r="G201">
+        <v>1</v>
+      </c>
+      <c r="H201" s="11">
+        <v>563.03</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202">
+        <v>59</v>
+      </c>
+      <c r="B202">
+        <v>3462</v>
+      </c>
+      <c r="C202" t="s">
+        <v>333</v>
+      </c>
+      <c r="D202" t="s">
+        <v>334</v>
+      </c>
+      <c r="E202" t="s">
+        <v>335</v>
+      </c>
+      <c r="F202">
+        <v>2010</v>
+      </c>
+      <c r="G202">
+        <v>1</v>
+      </c>
+      <c r="H202" s="11">
+        <v>566.56</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203">
+        <v>60</v>
+      </c>
+      <c r="B203">
+        <v>4116</v>
+      </c>
+      <c r="C203" t="s">
+        <v>312</v>
+      </c>
+      <c r="D203" t="s">
+        <v>336</v>
+      </c>
+      <c r="E203" t="s">
+        <v>337</v>
+      </c>
+      <c r="F203">
+        <v>2011</v>
+      </c>
+      <c r="G203">
+        <v>2</v>
+      </c>
+      <c r="H203" s="11">
+        <v>567.03</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204">
+        <v>61</v>
+      </c>
+      <c r="B204">
+        <v>2029</v>
+      </c>
+      <c r="C204" t="s">
+        <v>293</v>
+      </c>
+      <c r="D204" t="s">
+        <v>338</v>
+      </c>
+      <c r="E204" t="s">
+        <v>339</v>
+      </c>
+      <c r="F204">
+        <v>2011</v>
+      </c>
+      <c r="G204">
+        <v>2</v>
+      </c>
+      <c r="H204" s="11">
+        <v>568.21</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205">
+        <v>62</v>
+      </c>
+      <c r="B205">
+        <v>4055</v>
+      </c>
+      <c r="C205" t="s">
+        <v>261</v>
+      </c>
+      <c r="D205" t="s">
+        <v>340</v>
+      </c>
+      <c r="E205" t="s">
+        <v>62</v>
+      </c>
+      <c r="F205">
+        <v>2011</v>
+      </c>
+      <c r="G205">
+        <v>2</v>
+      </c>
+      <c r="H205" s="11">
+        <v>569.16</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206">
+        <v>63</v>
+      </c>
+      <c r="B206">
+        <v>4042</v>
+      </c>
+      <c r="C206" t="s">
+        <v>153</v>
+      </c>
+      <c r="D206" t="s">
+        <v>341</v>
+      </c>
+      <c r="E206" t="s">
+        <v>62</v>
+      </c>
+      <c r="F206">
+        <v>2011</v>
+      </c>
+      <c r="G206">
+        <v>2</v>
+      </c>
+      <c r="H206" s="11">
+        <v>570.06</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207">
+        <v>64</v>
+      </c>
+      <c r="B207">
+        <v>4029</v>
+      </c>
+      <c r="C207" t="s">
+        <v>342</v>
+      </c>
+      <c r="D207" t="s">
+        <v>190</v>
+      </c>
+      <c r="E207" t="s">
+        <v>40</v>
+      </c>
+      <c r="F207">
+        <v>2011</v>
+      </c>
+      <c r="G207">
+        <v>2</v>
+      </c>
+      <c r="H207" s="11">
+        <v>571.59</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8">
+      <c r="A208">
+        <v>65</v>
+      </c>
+      <c r="B208">
+        <v>2605</v>
+      </c>
+      <c r="C208" t="s">
+        <v>343</v>
+      </c>
+      <c r="D208" t="s">
+        <v>344</v>
+      </c>
+      <c r="E208" t="s">
+        <v>67</v>
+      </c>
+      <c r="F208">
+        <v>2011</v>
+      </c>
+      <c r="G208">
+        <v>1</v>
+      </c>
+      <c r="H208" s="11">
+        <v>571.6</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8">
+      <c r="A209">
+        <v>66</v>
+      </c>
+      <c r="B209">
+        <v>3981</v>
+      </c>
+      <c r="C209" t="s">
+        <v>254</v>
+      </c>
+      <c r="D209" t="s">
+        <v>345</v>
+      </c>
+      <c r="E209" t="s">
+        <v>188</v>
+      </c>
+      <c r="F209">
+        <v>2011</v>
+      </c>
+      <c r="G209">
+        <v>2</v>
+      </c>
+      <c r="H209" s="11">
+        <v>573.07</v>
+      </c>
+    </row>
+    <row r="210" spans="1:8">
+      <c r="A210">
+        <v>67</v>
+      </c>
+      <c r="B210">
+        <v>4268</v>
+      </c>
+      <c r="C210" t="s">
+        <v>346</v>
+      </c>
+      <c r="D210" t="s">
+        <v>347</v>
+      </c>
+      <c r="E210" t="s">
+        <v>280</v>
+      </c>
+      <c r="F210">
+        <v>2010</v>
+      </c>
+      <c r="G210">
+        <v>1</v>
+      </c>
+      <c r="H210" s="11">
+        <v>578.21</v>
+      </c>
+    </row>
+    <row r="211" spans="1:8">
+      <c r="A211">
+        <v>68</v>
+      </c>
+      <c r="B211">
+        <v>4043</v>
+      </c>
+      <c r="C211" t="s">
+        <v>348</v>
+      </c>
+      <c r="D211" t="s">
+        <v>341</v>
+      </c>
+      <c r="E211" t="s">
+        <v>62</v>
+      </c>
+      <c r="F211">
+        <v>2011</v>
+      </c>
+      <c r="G211">
+        <v>1</v>
+      </c>
+      <c r="H211" s="11">
+        <v>592.06</v>
+      </c>
+    </row>
+    <row r="212" spans="1:8">
+      <c r="A212">
+        <v>69</v>
+      </c>
+      <c r="B212">
+        <v>1960</v>
+      </c>
+      <c r="C212" t="s">
+        <v>349</v>
+      </c>
+      <c r="D212" t="s">
+        <v>304</v>
+      </c>
+      <c r="E212" t="s">
+        <v>137</v>
+      </c>
+      <c r="F212">
+        <v>2011</v>
+      </c>
+      <c r="G212">
+        <v>1</v>
+      </c>
+      <c r="H212" s="11">
+        <v>603.28</v>
+      </c>
+    </row>
+    <row r="213" spans="1:8">
+      <c r="A213">
+        <v>70</v>
+      </c>
+      <c r="B213">
+        <v>4041</v>
+      </c>
+      <c r="C213" t="s">
+        <v>297</v>
+      </c>
+      <c r="D213" t="s">
+        <v>146</v>
+      </c>
+      <c r="E213" t="s">
+        <v>40</v>
+      </c>
+      <c r="F213">
+        <v>2010</v>
+      </c>
+      <c r="G213">
+        <v>1</v>
+      </c>
+      <c r="H213" s="11">
+        <v>608.78</v>
+      </c>
+    </row>
+    <row r="214" spans="1:8">
+      <c r="A214">
+        <v>71</v>
+      </c>
+      <c r="B214">
+        <v>4283</v>
+      </c>
+      <c r="C214" t="s">
+        <v>350</v>
+      </c>
+      <c r="D214" t="s">
+        <v>351</v>
+      </c>
+      <c r="E214" t="s">
+        <v>196</v>
+      </c>
+      <c r="F214">
+        <v>2010</v>
+      </c>
+      <c r="G214">
+        <v>2</v>
+      </c>
+      <c r="H214" s="11">
+        <v>611.7</v>
+      </c>
+    </row>
+    <row r="215" spans="1:8">
+      <c r="A215">
+        <v>72</v>
+      </c>
+      <c r="B215">
+        <v>4076</v>
+      </c>
+      <c r="C215" t="s">
+        <v>352</v>
+      </c>
+      <c r="D215" t="s">
+        <v>353</v>
+      </c>
+      <c r="E215" t="s">
+        <v>223</v>
+      </c>
+      <c r="F215">
+        <v>2011</v>
+      </c>
+      <c r="G215">
+        <v>1</v>
+      </c>
+      <c r="H215" s="11">
+        <v>616.88</v>
+      </c>
+    </row>
+    <row r="216" spans="1:8">
+      <c r="A216">
+        <v>73</v>
+      </c>
+      <c r="B216">
+        <v>3921</v>
+      </c>
+      <c r="C216" t="s">
+        <v>354</v>
+      </c>
+      <c r="D216" t="s">
+        <v>355</v>
+      </c>
+      <c r="E216" t="s">
+        <v>94</v>
+      </c>
+      <c r="F216">
+        <v>2010</v>
+      </c>
+      <c r="G216">
+        <v>1</v>
+      </c>
+      <c r="H216" s="11">
+        <v>617.54</v>
+      </c>
+    </row>
+    <row r="217" spans="1:8">
+      <c r="A217">
+        <v>74</v>
+      </c>
+      <c r="B217">
+        <v>4021</v>
+      </c>
+      <c r="C217" t="s">
+        <v>267</v>
+      </c>
+      <c r="D217" t="s">
+        <v>356</v>
+      </c>
+      <c r="E217" t="s">
+        <v>79</v>
+      </c>
+      <c r="F217">
+        <v>2011</v>
+      </c>
+      <c r="G217">
+        <v>1</v>
+      </c>
+      <c r="H217" s="11">
+        <v>629.68</v>
+      </c>
+    </row>
+    <row r="218" spans="1:8">
+      <c r="H218"/>
+    </row>
+    <row r="219" spans="1:8">
+      <c r="H219"/>
+    </row>
+    <row r="220" spans="1:8">
+      <c r="A220" s="4" t="s">
+        <v>357</v>
+      </c>
+      <c r="H220"/>
+    </row>
+    <row r="221" spans="1:8">
+      <c r="A221" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="B221" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="C190" s="3" t="s">
+      <c r="C221" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="D190" s="3" t="s">
-[...2 lines deleted...]
-      <c r="E190" s="3" t="s">
+      <c r="D221" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="E221" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="F190" s="3" t="s">
+      <c r="F221" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="G190" s="3" t="s">
+      <c r="G221" s="3" t="s">
         <v>9</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A191" s="5">
+      <c r="H221" s="3" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="222" spans="1:8">
+      <c r="A222" s="5">
         <v>1</v>
       </c>
-      <c r="B191" s="5">
-[...11 lines deleted...]
-      <c r="F191" s="5">
+      <c r="B222" s="5">
+        <v>4103</v>
+      </c>
+      <c r="C222" s="5" t="s">
+        <v>263</v>
+      </c>
+      <c r="D222" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="E222" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="F222" s="5">
         <v>2012</v>
       </c>
-      <c r="G191" s="8">
-[...4 lines deleted...]
-      <c r="A192" s="6">
+      <c r="G222" s="5">
+        <v>6</v>
+      </c>
+      <c r="H222" s="8">
+        <v>169.31</v>
+      </c>
+    </row>
+    <row r="223" spans="1:8">
+      <c r="A223" s="6">
         <v>2</v>
       </c>
-      <c r="B192" s="6">
-[...2 lines deleted...]
-      <c r="C192" s="6" t="s">
+      <c r="B223" s="6">
+        <v>2373</v>
+      </c>
+      <c r="C223" s="6" t="s">
         <v>246</v>
       </c>
-      <c r="D192" s="6" t="s">
-[...13 lines deleted...]
-      <c r="A193" s="7">
+      <c r="D223" s="6" t="s">
+        <v>249</v>
+      </c>
+      <c r="E223" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F223" s="6">
+        <v>2013</v>
+      </c>
+      <c r="G223" s="6">
+        <v>6</v>
+      </c>
+      <c r="H223" s="9">
+        <v>171.99</v>
+      </c>
+    </row>
+    <row r="224" spans="1:8">
+      <c r="A224" s="7">
         <v>3</v>
       </c>
-      <c r="B193" s="7">
-[...19 lines deleted...]
-      <c r="A194">
+      <c r="B224" s="7">
+        <v>4274</v>
+      </c>
+      <c r="C224" s="7" t="s">
+        <v>267</v>
+      </c>
+      <c r="D224" s="7" t="s">
+        <v>260</v>
+      </c>
+      <c r="E224" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="F224" s="7">
+        <v>2013</v>
+      </c>
+      <c r="G224" s="7">
+        <v>5</v>
+      </c>
+      <c r="H224" s="10">
+        <v>174.42</v>
+      </c>
+    </row>
+    <row r="225" spans="1:8">
+      <c r="A225">
         <v>4</v>
       </c>
-      <c r="B194">
-[...215 lines deleted...]
-      <c r="E203" t="s">
+      <c r="B225">
+        <v>4153</v>
+      </c>
+      <c r="C225" t="s">
         <v>326</v>
       </c>
-      <c r="F203">
-[...498 lines deleted...]
-      </c>
       <c r="D225" t="s">
-        <v>354</v>
+        <v>44</v>
       </c>
       <c r="E225" t="s">
-        <v>355</v>
+        <v>45</v>
       </c>
       <c r="F225">
         <v>2012</v>
       </c>
-      <c r="G225" s="11">
-[...3 lines deleted...]
-    <row r="226" spans="1:7">
+      <c r="G225">
+        <v>6</v>
+      </c>
+      <c r="H225" s="11">
+        <v>199.76</v>
+      </c>
+    </row>
+    <row r="226" spans="1:8">
       <c r="A226">
-        <v>36</v>
+        <v>5</v>
       </c>
       <c r="B226">
-        <v>4235</v>
+        <v>4303</v>
       </c>
       <c r="C226" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="D226" t="s">
-        <v>356</v>
+        <v>213</v>
       </c>
       <c r="E226" t="s">
-        <v>12</v>
+        <v>118</v>
       </c>
       <c r="F226">
-        <v>2012</v>
-[...5 lines deleted...]
-    <row r="227" spans="1:7">
+        <v>2013</v>
+      </c>
+      <c r="G226">
+        <v>6</v>
+      </c>
+      <c r="H226" s="11">
+        <v>207.58</v>
+      </c>
+    </row>
+    <row r="227" spans="1:8">
       <c r="A227">
-        <v>37</v>
+        <v>6</v>
       </c>
       <c r="B227">
-        <v>4149</v>
+        <v>4275</v>
       </c>
       <c r="C227" t="s">
-        <v>219</v>
+        <v>254</v>
       </c>
       <c r="D227" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="E227" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="F227">
-        <v>2012</v>
-[...5 lines deleted...]
-    <row r="228" spans="1:7">
+        <v>2013</v>
+      </c>
+      <c r="G227">
+        <v>6</v>
+      </c>
+      <c r="H227" s="11">
+        <v>213.7</v>
+      </c>
+    </row>
+    <row r="228" spans="1:8">
       <c r="A228">
-        <v>38</v>
+        <v>7</v>
       </c>
       <c r="B228">
-        <v>2115</v>
+        <v>1762</v>
       </c>
       <c r="C228" t="s">
-        <v>358</v>
+        <v>315</v>
       </c>
       <c r="D228" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="E228" t="s">
-        <v>355</v>
+        <v>361</v>
       </c>
       <c r="F228">
         <v>2012</v>
       </c>
-      <c r="G228" s="11">
-[...3 lines deleted...]
-    <row r="229" spans="1:7">
+      <c r="G228">
+        <v>5</v>
+      </c>
+      <c r="H228" s="11">
+        <v>214.41</v>
+      </c>
+    </row>
+    <row r="229" spans="1:8">
       <c r="A229">
-        <v>39</v>
+        <v>8</v>
       </c>
       <c r="B229">
-        <v>4278</v>
+        <v>2667</v>
       </c>
       <c r="C229" t="s">
-        <v>329</v>
+        <v>362</v>
       </c>
       <c r="D229" t="s">
-        <v>360</v>
+        <v>253</v>
       </c>
       <c r="E229" t="s">
-        <v>229</v>
+        <v>118</v>
       </c>
       <c r="F229">
-        <v>2013</v>
-[...5 lines deleted...]
-    <row r="230" spans="1:7">
+        <v>2012</v>
+      </c>
+      <c r="G229">
+        <v>5</v>
+      </c>
+      <c r="H229" s="11">
+        <v>214.89</v>
+      </c>
+    </row>
+    <row r="230" spans="1:8">
       <c r="A230">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="B230">
-        <v>4227</v>
+        <v>4126</v>
       </c>
       <c r="C230" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="D230" t="s">
-        <v>120</v>
+        <v>364</v>
       </c>
       <c r="E230" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="F230">
         <v>2012</v>
       </c>
-      <c r="G230" s="11">
-[...3 lines deleted...]
-    <row r="231" spans="1:7">
+      <c r="G230">
+        <v>5</v>
+      </c>
+      <c r="H230" s="11">
+        <v>215.97</v>
+      </c>
+    </row>
+    <row r="231" spans="1:8">
       <c r="A231">
-        <v>41</v>
+        <v>10</v>
       </c>
       <c r="B231">
-        <v>4304</v>
+        <v>4117</v>
       </c>
       <c r="C231" t="s">
-        <v>225</v>
+        <v>246</v>
       </c>
       <c r="D231" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="E231" t="s">
-        <v>186</v>
+        <v>337</v>
       </c>
       <c r="F231">
-        <v>2013</v>
-[...5 lines deleted...]
-    <row r="232" spans="1:7">
+        <v>2012</v>
+      </c>
+      <c r="G231">
+        <v>5</v>
+      </c>
+      <c r="H231" s="11">
+        <v>228.27</v>
+      </c>
+    </row>
+    <row r="232" spans="1:8">
       <c r="A232">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="B232">
-        <v>2156</v>
+        <v>1727</v>
       </c>
       <c r="C232" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="D232" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="E232" t="s">
-        <v>338</v>
+        <v>130</v>
       </c>
       <c r="F232">
         <v>2013</v>
       </c>
-      <c r="G232" s="11">
-[...3 lines deleted...]
-    <row r="233" spans="1:7">
+      <c r="G232">
+        <v>4</v>
+      </c>
+      <c r="H232" s="11">
+        <v>234.14</v>
+      </c>
+    </row>
+    <row r="233" spans="1:8">
       <c r="A233">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="B233">
-        <v>4230</v>
+        <v>4261</v>
       </c>
       <c r="C233" t="s">
-        <v>219</v>
+        <v>252</v>
       </c>
       <c r="D233" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="E233" t="s">
-        <v>49</v>
+        <v>16</v>
       </c>
       <c r="F233">
         <v>2013</v>
       </c>
-      <c r="G233" s="11">
-[...3 lines deleted...]
-    <row r="234" spans="1:7">
+      <c r="G233">
+        <v>4</v>
+      </c>
+      <c r="H233" s="11">
+        <v>235.87</v>
+      </c>
+    </row>
+    <row r="234" spans="1:8">
       <c r="A234">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="B234">
-        <v>4312</v>
+        <v>4198</v>
       </c>
       <c r="C234" t="s">
-        <v>290</v>
+        <v>284</v>
       </c>
       <c r="D234" t="s">
-        <v>276</v>
+        <v>369</v>
       </c>
       <c r="E234" t="s">
-        <v>73</v>
+        <v>335</v>
       </c>
       <c r="F234">
-        <v>2013</v>
-[...5 lines deleted...]
-    <row r="235" spans="1:7">
+        <v>2012</v>
+      </c>
+      <c r="G234">
+        <v>5</v>
+      </c>
+      <c r="H234" s="11">
+        <v>237.69</v>
+      </c>
+    </row>
+    <row r="235" spans="1:8">
       <c r="A235">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="B235">
-        <v>4306</v>
+        <v>4244</v>
       </c>
       <c r="C235" t="s">
-        <v>324</v>
+        <v>370</v>
       </c>
       <c r="D235" t="s">
-        <v>366</v>
+        <v>304</v>
       </c>
       <c r="E235" t="s">
-        <v>186</v>
+        <v>116</v>
       </c>
       <c r="F235">
         <v>2013</v>
       </c>
-      <c r="G235" s="11">
-[...3 lines deleted...]
-    <row r="236" spans="1:7">
+      <c r="G235">
+        <v>6</v>
+      </c>
+      <c r="H235" s="11">
+        <v>239.29</v>
+      </c>
+    </row>
+    <row r="236" spans="1:8">
       <c r="A236">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="B236">
-        <v>4250</v>
+        <v>2552</v>
       </c>
       <c r="C236" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="D236" t="s">
-        <v>368</v>
+        <v>299</v>
       </c>
       <c r="E236" t="s">
-        <v>369</v>
+        <v>16</v>
       </c>
       <c r="F236">
-        <v>2013</v>
-[...5 lines deleted...]
-    <row r="237" spans="1:7">
+        <v>2012</v>
+      </c>
+      <c r="G236">
+        <v>6</v>
+      </c>
+      <c r="H236" s="11">
+        <v>240.31</v>
+      </c>
+    </row>
+    <row r="237" spans="1:8">
       <c r="A237">
-        <v>47</v>
+        <v>16</v>
       </c>
       <c r="B237">
-        <v>4159</v>
+        <v>2091</v>
       </c>
       <c r="C237" t="s">
-        <v>250</v>
+        <v>293</v>
       </c>
       <c r="D237" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="E237" t="s">
-        <v>190</v>
+        <v>280</v>
       </c>
       <c r="F237">
         <v>2012</v>
       </c>
-      <c r="G237" s="11">
-[...3 lines deleted...]
-    <row r="238" spans="1:7">
+      <c r="G237">
+        <v>6</v>
+      </c>
+      <c r="H237" s="11">
+        <v>244.38</v>
+      </c>
+    </row>
+    <row r="238" spans="1:8">
       <c r="A238">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="B238">
-        <v>3610</v>
+        <v>2371</v>
       </c>
       <c r="C238" t="s">
-        <v>246</v>
+        <v>373</v>
       </c>
       <c r="D238" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="E238" t="s">
-        <v>27</v>
+        <v>76</v>
       </c>
       <c r="F238">
-        <v>2012</v>
-[...5 lines deleted...]
-    <row r="239" spans="1:7">
+        <v>2013</v>
+      </c>
+      <c r="G238">
+        <v>3</v>
+      </c>
+      <c r="H238" s="11">
+        <v>244.45</v>
+      </c>
+    </row>
+    <row r="239" spans="1:8">
       <c r="A239">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="B239">
-        <v>2147</v>
+        <v>4313</v>
       </c>
       <c r="C239" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="D239" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="E239" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="F239">
-        <v>2012</v>
-[...5 lines deleted...]
-    <row r="240" spans="1:7">
+        <v>2013</v>
+      </c>
+      <c r="G239">
+        <v>4</v>
+      </c>
+      <c r="H239" s="11">
+        <v>244.65</v>
+      </c>
+    </row>
+    <row r="240" spans="1:8">
       <c r="A240">
-        <v>50</v>
+        <v>19</v>
       </c>
       <c r="B240">
-        <v>1802</v>
+        <v>4233</v>
       </c>
       <c r="C240" t="s">
-        <v>374</v>
+        <v>293</v>
       </c>
       <c r="D240" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="E240" t="s">
-        <v>154</v>
+        <v>104</v>
       </c>
       <c r="F240">
         <v>2013</v>
       </c>
-      <c r="G240" s="11">
-[...3 lines deleted...]
-    <row r="241" spans="1:7">
+      <c r="G240">
+        <v>6</v>
+      </c>
+      <c r="H240" s="11">
+        <v>250.13</v>
+      </c>
+    </row>
+    <row r="241" spans="1:8">
       <c r="A241">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="B241">
-        <v>3586</v>
+        <v>4208</v>
       </c>
       <c r="C241" t="s">
-        <v>353</v>
+        <v>378</v>
       </c>
       <c r="D241" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="E241" t="s">
-        <v>37</v>
+        <v>196</v>
       </c>
       <c r="F241">
-        <v>2012</v>
-[...5 lines deleted...]
-    <row r="242" spans="1:7">
+        <v>2013</v>
+      </c>
+      <c r="G241">
+        <v>6</v>
+      </c>
+      <c r="H241" s="11">
+        <v>251.12</v>
+      </c>
+    </row>
+    <row r="242" spans="1:8">
       <c r="A242">
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="B242">
-        <v>4293</v>
+        <v>3985</v>
       </c>
       <c r="C242" t="s">
-        <v>244</v>
+        <v>252</v>
       </c>
       <c r="D242" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="E242" t="s">
-        <v>15</v>
+        <v>188</v>
       </c>
       <c r="F242">
         <v>2013</v>
       </c>
-      <c r="G242" s="11">
-[...3 lines deleted...]
-    <row r="243" spans="1:7">
+      <c r="G242">
+        <v>6</v>
+      </c>
+      <c r="H242" s="11">
+        <v>251.32</v>
+      </c>
+    </row>
+    <row r="243" spans="1:8">
       <c r="A243">
-        <v>53</v>
+        <v>22</v>
       </c>
       <c r="B243">
-        <v>4263</v>
+        <v>4111</v>
       </c>
       <c r="C243" t="s">
-        <v>378</v>
+        <v>246</v>
       </c>
       <c r="D243" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="E243" t="s">
-        <v>40</v>
+        <v>19</v>
       </c>
       <c r="F243">
         <v>2012</v>
       </c>
-      <c r="G243" s="11">
-[...3 lines deleted...]
-    <row r="244" spans="1:7">
+      <c r="G243">
+        <v>5</v>
+      </c>
+      <c r="H243" s="11">
+        <v>251.42</v>
+      </c>
+    </row>
+    <row r="244" spans="1:8">
       <c r="A244">
-        <v>54</v>
+        <v>23</v>
       </c>
       <c r="B244">
-        <v>4307</v>
+        <v>4236</v>
       </c>
       <c r="C244" t="s">
-        <v>232</v>
+        <v>310</v>
       </c>
       <c r="D244" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="E244" t="s">
-        <v>186</v>
+        <v>62</v>
       </c>
       <c r="F244">
         <v>2013</v>
       </c>
-      <c r="G244" s="11">
-[...3 lines deleted...]
-    <row r="245" spans="1:7">
+      <c r="G244">
+        <v>6</v>
+      </c>
+      <c r="H244" s="11">
+        <v>258.47</v>
+      </c>
+    </row>
+    <row r="245" spans="1:8">
       <c r="A245">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="B245">
-        <v>4119</v>
+        <v>4221</v>
       </c>
       <c r="C245" t="s">
-        <v>381</v>
+        <v>246</v>
       </c>
       <c r="D245" t="s">
-        <v>273</v>
+        <v>383</v>
       </c>
       <c r="E245" t="s">
-        <v>201</v>
+        <v>104</v>
       </c>
       <c r="F245">
-        <v>2012</v>
-[...5 lines deleted...]
-    <row r="246" spans="1:7">
+        <v>2013</v>
+      </c>
+      <c r="G245">
+        <v>5</v>
+      </c>
+      <c r="H245" s="11">
+        <v>260.82</v>
+      </c>
+    </row>
+    <row r="246" spans="1:8">
       <c r="A246">
-        <v>56</v>
+        <v>25</v>
       </c>
       <c r="B246">
-        <v>4286</v>
+        <v>4299</v>
       </c>
       <c r="C246" t="s">
-        <v>264</v>
+        <v>293</v>
       </c>
       <c r="D246" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="E246" t="s">
-        <v>206</v>
+        <v>277</v>
       </c>
       <c r="F246">
         <v>2013</v>
       </c>
-      <c r="G246" s="11">
-[...3 lines deleted...]
-    <row r="247" spans="1:7">
+      <c r="G246">
+        <v>3</v>
+      </c>
+      <c r="H246" s="11">
+        <v>265.68</v>
+      </c>
+    </row>
+    <row r="247" spans="1:8">
       <c r="A247">
-        <v>57</v>
+        <v>26</v>
       </c>
       <c r="B247">
-        <v>3989</v>
+        <v>2141</v>
       </c>
       <c r="C247" t="s">
-        <v>363</v>
+        <v>385</v>
       </c>
       <c r="D247" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="E247" t="s">
-        <v>90</v>
+        <v>70</v>
       </c>
       <c r="F247">
-        <v>2013</v>
-[...5 lines deleted...]
-    <row r="248" spans="1:7">
+        <v>2012</v>
+      </c>
+      <c r="G247">
+        <v>4</v>
+      </c>
+      <c r="H247" s="11">
+        <v>272.1</v>
+      </c>
+    </row>
+    <row r="248" spans="1:8">
       <c r="A248">
-        <v>58</v>
+        <v>27</v>
       </c>
       <c r="B248">
-        <v>4260</v>
+        <v>4241</v>
       </c>
       <c r="C248" t="s">
-        <v>288</v>
+        <v>297</v>
       </c>
       <c r="D248" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="E248" t="s">
-        <v>37</v>
+        <v>137</v>
       </c>
       <c r="F248">
         <v>2013</v>
       </c>
-      <c r="G248" s="11">
-[...3 lines deleted...]
-    <row r="249" spans="1:7">
+      <c r="G248">
+        <v>4</v>
+      </c>
+      <c r="H248" s="11">
+        <v>281.55</v>
+      </c>
+    </row>
+    <row r="249" spans="1:8">
       <c r="A249">
-        <v>59</v>
+        <v>28</v>
       </c>
       <c r="B249">
-        <v>4163</v>
+        <v>4259</v>
       </c>
       <c r="C249" t="s">
-        <v>385</v>
+        <v>252</v>
       </c>
       <c r="D249" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="E249" t="s">
-        <v>90</v>
+        <v>16</v>
       </c>
       <c r="F249">
         <v>2013</v>
       </c>
-      <c r="G249" s="11">
-[...3 lines deleted...]
-    <row r="250" spans="1:7">
+      <c r="G249">
+        <v>6</v>
+      </c>
+      <c r="H249" s="11">
+        <v>283.21</v>
+      </c>
+    </row>
+    <row r="250" spans="1:8">
       <c r="A250">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="B250">
-        <v>3331</v>
+        <v>4237</v>
       </c>
       <c r="C250" t="s">
-        <v>255</v>
+        <v>248</v>
       </c>
       <c r="D250" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="E250" t="s">
-        <v>338</v>
+        <v>62</v>
       </c>
       <c r="F250">
         <v>2013</v>
       </c>
-      <c r="G250" s="11">
-[...3 lines deleted...]
-    <row r="251" spans="1:7">
+      <c r="G250">
+        <v>5</v>
+      </c>
+      <c r="H250" s="11">
+        <v>288.49</v>
+      </c>
+    </row>
+    <row r="251" spans="1:8">
       <c r="A251">
-        <v>61</v>
+        <v>30</v>
       </c>
       <c r="B251">
-        <v>4321</v>
+        <v>1720</v>
       </c>
       <c r="C251" t="s">
-        <v>388</v>
+        <v>252</v>
       </c>
       <c r="D251" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="E251" t="s">
-        <v>206</v>
+        <v>76</v>
       </c>
       <c r="F251">
         <v>2013</v>
       </c>
-      <c r="G251" s="11">
-[...3 lines deleted...]
-    <row r="252" spans="1:7">
+      <c r="G251">
+        <v>4</v>
+      </c>
+      <c r="H251" s="11">
+        <v>290.23</v>
+      </c>
+    </row>
+    <row r="252" spans="1:8">
       <c r="A252">
+        <v>31</v>
+      </c>
+      <c r="B252">
+        <v>2584</v>
+      </c>
+      <c r="C252" t="s">
+        <v>343</v>
+      </c>
+      <c r="D252" t="s">
+        <v>391</v>
+      </c>
+      <c r="E252" t="s">
+        <v>16</v>
+      </c>
+      <c r="F252">
+        <v>2013</v>
+      </c>
+      <c r="G252">
+        <v>3</v>
+      </c>
+      <c r="H252" s="11">
+        <v>290.38</v>
+      </c>
+    </row>
+    <row r="253" spans="1:8">
+      <c r="A253">
+        <v>32</v>
+      </c>
+      <c r="B253">
+        <v>2249</v>
+      </c>
+      <c r="C253" t="s">
+        <v>263</v>
+      </c>
+      <c r="D253" t="s">
+        <v>392</v>
+      </c>
+      <c r="E253" t="s">
+        <v>339</v>
+      </c>
+      <c r="F253">
+        <v>2012</v>
+      </c>
+      <c r="G253">
+        <v>3</v>
+      </c>
+      <c r="H253" s="11">
+        <v>292.93</v>
+      </c>
+    </row>
+    <row r="254" spans="1:8">
+      <c r="A254">
+        <v>33</v>
+      </c>
+      <c r="B254">
+        <v>2134</v>
+      </c>
+      <c r="C254" t="s">
+        <v>274</v>
+      </c>
+      <c r="D254" t="s">
+        <v>393</v>
+      </c>
+      <c r="E254" t="s">
+        <v>34</v>
+      </c>
+      <c r="F254">
+        <v>2012</v>
+      </c>
+      <c r="G254">
+        <v>3</v>
+      </c>
+      <c r="H254" s="11">
+        <v>293.71</v>
+      </c>
+    </row>
+    <row r="255" spans="1:8">
+      <c r="A255">
+        <v>34</v>
+      </c>
+      <c r="B255">
+        <v>4102</v>
+      </c>
+      <c r="C255" t="s">
+        <v>385</v>
+      </c>
+      <c r="D255" t="s">
+        <v>394</v>
+      </c>
+      <c r="E255" t="s">
+        <v>196</v>
+      </c>
+      <c r="F255">
+        <v>2012</v>
+      </c>
+      <c r="G255">
+        <v>4</v>
+      </c>
+      <c r="H255" s="11">
+        <v>294.04</v>
+      </c>
+    </row>
+    <row r="256" spans="1:8">
+      <c r="A256">
+        <v>35</v>
+      </c>
+      <c r="B256">
+        <v>1770</v>
+      </c>
+      <c r="C256" t="s">
+        <v>326</v>
+      </c>
+      <c r="D256" t="s">
+        <v>395</v>
+      </c>
+      <c r="E256" t="s">
+        <v>104</v>
+      </c>
+      <c r="F256">
+        <v>2012</v>
+      </c>
+      <c r="G256">
+        <v>3</v>
+      </c>
+      <c r="H256" s="11">
+        <v>296.74</v>
+      </c>
+    </row>
+    <row r="257" spans="1:8">
+      <c r="A257">
+        <v>36</v>
+      </c>
+      <c r="B257">
+        <v>4295</v>
+      </c>
+      <c r="C257" t="s">
+        <v>312</v>
+      </c>
+      <c r="D257" t="s">
+        <v>396</v>
+      </c>
+      <c r="E257" t="s">
         <v>62</v>
       </c>
-      <c r="B252">
-[...11 lines deleted...]
-      <c r="F252">
+      <c r="F257">
+        <v>2013</v>
+      </c>
+      <c r="G257">
+        <v>4</v>
+      </c>
+      <c r="H257" s="11">
+        <v>296.98</v>
+      </c>
+    </row>
+    <row r="258" spans="1:8">
+      <c r="A258">
+        <v>37</v>
+      </c>
+      <c r="B258">
+        <v>4158</v>
+      </c>
+      <c r="C258" t="s">
+        <v>315</v>
+      </c>
+      <c r="D258" t="s">
+        <v>397</v>
+      </c>
+      <c r="E258" t="s">
+        <v>223</v>
+      </c>
+      <c r="F258">
         <v>2012</v>
       </c>
-      <c r="G252" s="11">
-[...4 lines deleted...]
-      <c r="A253">
+      <c r="G258">
+        <v>3</v>
+      </c>
+      <c r="H258" s="11">
+        <v>297.45</v>
+      </c>
+    </row>
+    <row r="259" spans="1:8">
+      <c r="A259">
+        <v>38</v>
+      </c>
+      <c r="B259">
+        <v>4238</v>
+      </c>
+      <c r="C259" t="s">
+        <v>284</v>
+      </c>
+      <c r="D259" t="s">
+        <v>398</v>
+      </c>
+      <c r="E259" t="s">
+        <v>62</v>
+      </c>
+      <c r="F259">
+        <v>2013</v>
+      </c>
+      <c r="G259">
+        <v>3</v>
+      </c>
+      <c r="H259" s="11">
+        <v>300.5</v>
+      </c>
+    </row>
+    <row r="260" spans="1:8">
+      <c r="A260">
+        <v>39</v>
+      </c>
+      <c r="B260">
+        <v>4239</v>
+      </c>
+      <c r="C260" t="s">
+        <v>252</v>
+      </c>
+      <c r="D260" t="s">
+        <v>399</v>
+      </c>
+      <c r="E260" t="s">
+        <v>62</v>
+      </c>
+      <c r="F260">
+        <v>2013</v>
+      </c>
+      <c r="G260">
+        <v>6</v>
+      </c>
+      <c r="H260" s="11">
+        <v>304.42</v>
+      </c>
+    </row>
+    <row r="261" spans="1:8">
+      <c r="A261">
+        <v>40</v>
+      </c>
+      <c r="B261">
+        <v>2945</v>
+      </c>
+      <c r="C261" t="s">
+        <v>400</v>
+      </c>
+      <c r="D261" t="s">
+        <v>401</v>
+      </c>
+      <c r="E261" t="s">
+        <v>25</v>
+      </c>
+      <c r="F261">
+        <v>2013</v>
+      </c>
+      <c r="G261">
+        <v>4</v>
+      </c>
+      <c r="H261" s="11">
+        <v>304.56</v>
+      </c>
+    </row>
+    <row r="262" spans="1:8">
+      <c r="A262">
+        <v>41</v>
+      </c>
+      <c r="B262">
+        <v>4147</v>
+      </c>
+      <c r="C262" t="s">
+        <v>402</v>
+      </c>
+      <c r="D262" t="s">
+        <v>403</v>
+      </c>
+      <c r="E262" t="s">
+        <v>45</v>
+      </c>
+      <c r="F262">
+        <v>2012</v>
+      </c>
+      <c r="G262">
+        <v>4</v>
+      </c>
+      <c r="H262" s="11">
+        <v>305.14</v>
+      </c>
+    </row>
+    <row r="263" spans="1:8">
+      <c r="A263">
+        <v>42</v>
+      </c>
+      <c r="B263">
+        <v>4150</v>
+      </c>
+      <c r="C263" t="s">
+        <v>404</v>
+      </c>
+      <c r="D263" t="s">
+        <v>405</v>
+      </c>
+      <c r="E263" t="s">
+        <v>237</v>
+      </c>
+      <c r="F263">
+        <v>2012</v>
+      </c>
+      <c r="G263">
+        <v>4</v>
+      </c>
+      <c r="H263" s="11">
+        <v>306.11</v>
+      </c>
+    </row>
+    <row r="264" spans="1:8">
+      <c r="A264">
+        <v>43</v>
+      </c>
+      <c r="B264">
+        <v>572</v>
+      </c>
+      <c r="C264" t="s">
+        <v>246</v>
+      </c>
+      <c r="D264" t="s">
+        <v>406</v>
+      </c>
+      <c r="E264" t="s">
+        <v>81</v>
+      </c>
+      <c r="F264">
+        <v>2013</v>
+      </c>
+      <c r="G264">
+        <v>4</v>
+      </c>
+      <c r="H264" s="11">
+        <v>306.78</v>
+      </c>
+    </row>
+    <row r="265" spans="1:8">
+      <c r="A265">
+        <v>44</v>
+      </c>
+      <c r="B265">
+        <v>4305</v>
+      </c>
+      <c r="C265" t="s">
+        <v>407</v>
+      </c>
+      <c r="D265" t="s">
+        <v>408</v>
+      </c>
+      <c r="E265" t="s">
+        <v>183</v>
+      </c>
+      <c r="F265">
+        <v>2013</v>
+      </c>
+      <c r="G265">
+        <v>3</v>
+      </c>
+      <c r="H265" s="11">
+        <v>307.68</v>
+      </c>
+    </row>
+    <row r="266" spans="1:8">
+      <c r="A266">
+        <v>45</v>
+      </c>
+      <c r="B266">
+        <v>4228</v>
+      </c>
+      <c r="C266" t="s">
+        <v>409</v>
+      </c>
+      <c r="D266" t="s">
+        <v>296</v>
+      </c>
+      <c r="E266" t="s">
+        <v>104</v>
+      </c>
+      <c r="F266">
+        <v>2013</v>
+      </c>
+      <c r="G266">
+        <v>6</v>
+      </c>
+      <c r="H266" s="11">
+        <v>309.96</v>
+      </c>
+    </row>
+    <row r="267" spans="1:8">
+      <c r="A267">
+        <v>46</v>
+      </c>
+      <c r="B267">
+        <v>4125</v>
+      </c>
+      <c r="C267" t="s">
+        <v>410</v>
+      </c>
+      <c r="D267" t="s">
+        <v>411</v>
+      </c>
+      <c r="E267" t="s">
+        <v>62</v>
+      </c>
+      <c r="F267">
+        <v>2012</v>
+      </c>
+      <c r="G267">
+        <v>4</v>
+      </c>
+      <c r="H267" s="11">
+        <v>313.97</v>
+      </c>
+    </row>
+    <row r="268" spans="1:8">
+      <c r="A268">
+        <v>47</v>
+      </c>
+      <c r="B268">
+        <v>2745</v>
+      </c>
+      <c r="C268" t="s">
+        <v>312</v>
+      </c>
+      <c r="D268" t="s">
+        <v>412</v>
+      </c>
+      <c r="E268" t="s">
+        <v>70</v>
+      </c>
+      <c r="F268">
+        <v>2013</v>
+      </c>
+      <c r="G268">
+        <v>5</v>
+      </c>
+      <c r="H268" s="11">
+        <v>314.53</v>
+      </c>
+    </row>
+    <row r="269" spans="1:8">
+      <c r="A269">
+        <v>48</v>
+      </c>
+      <c r="B269">
+        <v>4300</v>
+      </c>
+      <c r="C269" t="s">
+        <v>254</v>
+      </c>
+      <c r="D269" t="s">
+        <v>413</v>
+      </c>
+      <c r="E269" t="s">
+        <v>231</v>
+      </c>
+      <c r="F269">
+        <v>2013</v>
+      </c>
+      <c r="G269">
+        <v>4</v>
+      </c>
+      <c r="H269" s="11">
+        <v>327.62</v>
+      </c>
+    </row>
+    <row r="270" spans="1:8">
+      <c r="A270">
+        <v>49</v>
+      </c>
+      <c r="B270">
+        <v>4210</v>
+      </c>
+      <c r="C270" t="s">
+        <v>362</v>
+      </c>
+      <c r="D270" t="s">
+        <v>414</v>
+      </c>
+      <c r="E270" t="s">
+        <v>196</v>
+      </c>
+      <c r="F270">
+        <v>2013</v>
+      </c>
+      <c r="G270">
+        <v>6</v>
+      </c>
+      <c r="H270" s="11">
+        <v>337.0</v>
+      </c>
+    </row>
+    <row r="271" spans="1:8">
+      <c r="A271">
+        <v>50</v>
+      </c>
+      <c r="B271">
+        <v>3988</v>
+      </c>
+      <c r="C271" t="s">
+        <v>315</v>
+      </c>
+      <c r="D271" t="s">
+        <v>415</v>
+      </c>
+      <c r="E271" t="s">
+        <v>188</v>
+      </c>
+      <c r="F271">
+        <v>2013</v>
+      </c>
+      <c r="G271">
+        <v>3</v>
+      </c>
+      <c r="H271" s="11">
+        <v>337.42</v>
+      </c>
+    </row>
+    <row r="272" spans="1:8">
+      <c r="A272">
+        <v>51</v>
+      </c>
+      <c r="B272">
+        <v>4271</v>
+      </c>
+      <c r="C272" t="s">
+        <v>416</v>
+      </c>
+      <c r="D272" t="s">
+        <v>417</v>
+      </c>
+      <c r="E272" t="s">
+        <v>62</v>
+      </c>
+      <c r="F272">
+        <v>2013</v>
+      </c>
+      <c r="G272">
+        <v>6</v>
+      </c>
+      <c r="H272" s="11">
+        <v>344.36</v>
+      </c>
+    </row>
+    <row r="273" spans="1:8">
+      <c r="A273">
+        <v>52</v>
+      </c>
+      <c r="B273">
+        <v>4285</v>
+      </c>
+      <c r="C273" t="s">
+        <v>252</v>
+      </c>
+      <c r="D273" t="s">
+        <v>418</v>
+      </c>
+      <c r="E273" t="s">
+        <v>196</v>
+      </c>
+      <c r="F273">
+        <v>2013</v>
+      </c>
+      <c r="G273">
+        <v>5</v>
+      </c>
+      <c r="H273" s="11">
+        <v>355.48</v>
+      </c>
+    </row>
+    <row r="274" spans="1:8">
+      <c r="A274">
+        <v>53</v>
+      </c>
+      <c r="B274">
+        <v>4290</v>
+      </c>
+      <c r="C274" t="s">
+        <v>248</v>
+      </c>
+      <c r="D274" t="s">
+        <v>419</v>
+      </c>
+      <c r="E274" t="s">
+        <v>40</v>
+      </c>
+      <c r="F274">
+        <v>2012</v>
+      </c>
+      <c r="G274">
+        <v>2</v>
+      </c>
+      <c r="H274" s="11">
+        <v>355.71</v>
+      </c>
+    </row>
+    <row r="275" spans="1:8">
+      <c r="A275">
+        <v>54</v>
+      </c>
+      <c r="B275">
+        <v>4234</v>
+      </c>
+      <c r="C275" t="s">
+        <v>409</v>
+      </c>
+      <c r="D275" t="s">
+        <v>420</v>
+      </c>
+      <c r="E275" t="s">
+        <v>22</v>
+      </c>
+      <c r="F275">
+        <v>2013</v>
+      </c>
+      <c r="G275">
+        <v>4</v>
+      </c>
+      <c r="H275" s="11">
+        <v>364.96</v>
+      </c>
+    </row>
+    <row r="276" spans="1:8">
+      <c r="A276">
+        <v>55</v>
+      </c>
+      <c r="B276">
+        <v>2168</v>
+      </c>
+      <c r="C276" t="s">
+        <v>254</v>
+      </c>
+      <c r="D276" t="s">
+        <v>421</v>
+      </c>
+      <c r="E276" t="s">
+        <v>67</v>
+      </c>
+      <c r="F276">
+        <v>2012</v>
+      </c>
+      <c r="G276">
+        <v>2</v>
+      </c>
+      <c r="H276" s="11">
+        <v>366.72</v>
+      </c>
+    </row>
+    <row r="277" spans="1:8">
+      <c r="A277">
+        <v>56</v>
+      </c>
+      <c r="B277">
+        <v>4279</v>
+      </c>
+      <c r="C277" t="s">
+        <v>342</v>
+      </c>
+      <c r="D277" t="s">
+        <v>422</v>
+      </c>
+      <c r="E277" t="s">
+        <v>13</v>
+      </c>
+      <c r="F277">
+        <v>2012</v>
+      </c>
+      <c r="G277">
+        <v>2</v>
+      </c>
+      <c r="H277" s="11">
+        <v>612.94</v>
+      </c>
+    </row>
+    <row r="278" spans="1:8">
+      <c r="A278">
+        <v>57</v>
+      </c>
+      <c r="B278">
+        <v>4155</v>
+      </c>
+      <c r="C278" t="s">
+        <v>423</v>
+      </c>
+      <c r="D278" t="s">
+        <v>424</v>
+      </c>
+      <c r="E278" t="s">
+        <v>45</v>
+      </c>
+      <c r="F278">
+        <v>2012</v>
+      </c>
+      <c r="G278">
+        <v>2</v>
+      </c>
+      <c r="H278" s="11">
+        <v>628.91</v>
+      </c>
+    </row>
+    <row r="279" spans="1:8">
+      <c r="A279">
+        <v>58</v>
+      </c>
+      <c r="B279">
+        <v>4154</v>
+      </c>
+      <c r="C279" t="s">
+        <v>366</v>
+      </c>
+      <c r="D279" t="s">
+        <v>424</v>
+      </c>
+      <c r="E279" t="s">
+        <v>45</v>
+      </c>
+      <c r="F279">
+        <v>2012</v>
+      </c>
+      <c r="G279">
+        <v>2</v>
+      </c>
+      <c r="H279" s="11">
+        <v>631.93</v>
+      </c>
+    </row>
+    <row r="280" spans="1:8">
+      <c r="A280">
+        <v>59</v>
+      </c>
+      <c r="B280">
+        <v>4246</v>
+      </c>
+      <c r="C280" t="s">
+        <v>246</v>
+      </c>
+      <c r="D280" t="s">
+        <v>425</v>
+      </c>
+      <c r="E280" t="s">
+        <v>104</v>
+      </c>
+      <c r="F280">
+        <v>2012</v>
+      </c>
+      <c r="G280">
+        <v>2</v>
+      </c>
+      <c r="H280" s="11">
+        <v>632.95</v>
+      </c>
+    </row>
+    <row r="281" spans="1:8">
+      <c r="A281">
+        <v>60</v>
+      </c>
+      <c r="B281">
+        <v>4131</v>
+      </c>
+      <c r="C281" t="s">
+        <v>293</v>
+      </c>
+      <c r="D281" t="s">
+        <v>426</v>
+      </c>
+      <c r="E281" t="s">
+        <v>134</v>
+      </c>
+      <c r="F281">
+        <v>2012</v>
+      </c>
+      <c r="G281">
+        <v>1</v>
+      </c>
+      <c r="H281" s="11">
+        <v>635.45</v>
+      </c>
+    </row>
+    <row r="282" spans="1:8">
+      <c r="A282">
+        <v>61</v>
+      </c>
+      <c r="B282">
+        <v>3056</v>
+      </c>
+      <c r="C282" t="s">
+        <v>308</v>
+      </c>
+      <c r="D282" t="s">
+        <v>190</v>
+      </c>
+      <c r="E282" t="s">
+        <v>67</v>
+      </c>
+      <c r="F282">
+        <v>2013</v>
+      </c>
+      <c r="G282">
+        <v>1</v>
+      </c>
+      <c r="H282" s="11">
+        <v>639.72</v>
+      </c>
+    </row>
+    <row r="283" spans="1:8">
+      <c r="A283">
+        <v>62</v>
+      </c>
+      <c r="B283">
+        <v>4229</v>
+      </c>
+      <c r="C283" t="s">
+        <v>266</v>
+      </c>
+      <c r="D283" t="s">
+        <v>427</v>
+      </c>
+      <c r="E283" t="s">
+        <v>104</v>
+      </c>
+      <c r="F283">
+        <v>2012</v>
+      </c>
+      <c r="G283">
+        <v>2</v>
+      </c>
+      <c r="H283" s="11">
+        <v>649.03</v>
+      </c>
+    </row>
+    <row r="284" spans="1:8">
+      <c r="A284">
         <v>63</v>
       </c>
-      <c r="B253">
-[...11 lines deleted...]
-      <c r="F253">
+      <c r="B284">
+        <v>4333</v>
+      </c>
+      <c r="C284" t="s">
+        <v>308</v>
+      </c>
+      <c r="D284" t="s">
+        <v>428</v>
+      </c>
+      <c r="E284" t="s">
+        <v>104</v>
+      </c>
+      <c r="F284">
+        <v>2012</v>
+      </c>
+      <c r="G284">
+        <v>1</v>
+      </c>
+      <c r="H284" s="11">
+        <v>654.08</v>
+      </c>
+    </row>
+    <row r="285" spans="1:8">
+      <c r="A285">
+        <v>64</v>
+      </c>
+      <c r="B285">
+        <v>4242</v>
+      </c>
+      <c r="C285" t="s">
+        <v>429</v>
+      </c>
+      <c r="D285" t="s">
+        <v>430</v>
+      </c>
+      <c r="E285" t="s">
+        <v>237</v>
+      </c>
+      <c r="F285">
         <v>2013</v>
       </c>
-      <c r="G253" s="11">
-[...16 lines deleted...]
-        <v>393</v>
+      <c r="G285">
+        <v>1</v>
+      </c>
+      <c r="H285" s="11">
+        <v>657.56</v>
+      </c>
+    </row>
+    <row r="286" spans="1:8">
+      <c r="A286">
+        <v>65</v>
+      </c>
+      <c r="B286">
+        <v>2788</v>
+      </c>
+      <c r="C286" t="s">
+        <v>254</v>
+      </c>
+      <c r="D286" t="s">
+        <v>290</v>
+      </c>
+      <c r="E286" t="s">
+        <v>280</v>
+      </c>
+      <c r="F286">
+        <v>2013</v>
+      </c>
+      <c r="G286">
+        <v>2</v>
+      </c>
+      <c r="H286" s="11">
+        <v>662.62</v>
+      </c>
+    </row>
+    <row r="287" spans="1:8">
+      <c r="A287">
+        <v>66</v>
+      </c>
+      <c r="B287">
+        <v>4255</v>
+      </c>
+      <c r="C287" t="s">
+        <v>431</v>
+      </c>
+      <c r="D287" t="s">
+        <v>432</v>
+      </c>
+      <c r="E287" t="s">
+        <v>62</v>
+      </c>
+      <c r="F287">
+        <v>2013</v>
+      </c>
+      <c r="G287">
+        <v>1</v>
+      </c>
+      <c r="H287" s="11">
+        <v>666.51</v>
+      </c>
+    </row>
+    <row r="288" spans="1:8">
+      <c r="A288">
+        <v>67</v>
+      </c>
+      <c r="B288">
+        <v>4311</v>
+      </c>
+      <c r="C288" t="s">
+        <v>407</v>
+      </c>
+      <c r="D288" t="s">
+        <v>433</v>
+      </c>
+      <c r="E288" t="s">
+        <v>121</v>
+      </c>
+      <c r="F288">
+        <v>2012</v>
+      </c>
+      <c r="G288">
+        <v>1</v>
+      </c>
+      <c r="H288" s="11">
+        <v>668.28</v>
+      </c>
+    </row>
+    <row r="289" spans="1:8">
+      <c r="A289">
+        <v>68</v>
+      </c>
+      <c r="B289">
+        <v>4319</v>
+      </c>
+      <c r="C289" t="s">
+        <v>297</v>
+      </c>
+      <c r="D289" t="s">
+        <v>434</v>
+      </c>
+      <c r="E289" t="s">
+        <v>104</v>
+      </c>
+      <c r="F289">
+        <v>2013</v>
+      </c>
+      <c r="G289">
+        <v>1</v>
+      </c>
+      <c r="H289" s="11">
+        <v>671.88</v>
+      </c>
+    </row>
+    <row r="290" spans="1:8">
+      <c r="A290">
+        <v>69</v>
+      </c>
+      <c r="B290">
+        <v>4118</v>
+      </c>
+      <c r="C290" t="s">
+        <v>267</v>
+      </c>
+      <c r="D290" t="s">
+        <v>435</v>
+      </c>
+      <c r="E290" t="s">
+        <v>79</v>
+      </c>
+      <c r="F290">
+        <v>2012</v>
+      </c>
+      <c r="G290">
+        <v>1</v>
+      </c>
+      <c r="H290" s="11">
+        <v>673.73</v>
+      </c>
+    </row>
+    <row r="291" spans="1:8">
+      <c r="A291">
+        <v>70</v>
+      </c>
+      <c r="B291">
+        <v>2935</v>
+      </c>
+      <c r="C291" t="s">
+        <v>436</v>
+      </c>
+      <c r="D291" t="s">
+        <v>437</v>
+      </c>
+      <c r="E291" t="s">
+        <v>16</v>
+      </c>
+      <c r="F291">
+        <v>2013</v>
+      </c>
+      <c r="G291">
+        <v>2</v>
+      </c>
+      <c r="H291" s="11">
+        <v>681.69</v>
+      </c>
+    </row>
+    <row r="292" spans="1:8">
+      <c r="A292">
+        <v>71</v>
+      </c>
+      <c r="B292">
+        <v>3187</v>
+      </c>
+      <c r="C292" t="s">
+        <v>246</v>
+      </c>
+      <c r="D292" t="s">
+        <v>438</v>
+      </c>
+      <c r="E292" t="s">
+        <v>134</v>
+      </c>
+      <c r="F292">
+        <v>2012</v>
+      </c>
+      <c r="G292">
+        <v>1</v>
+      </c>
+      <c r="H292" s="11">
+        <v>683.81</v>
+      </c>
+    </row>
+    <row r="293" spans="1:8">
+      <c r="A293">
+        <v>72</v>
+      </c>
+      <c r="B293">
+        <v>4232</v>
+      </c>
+      <c r="C293" t="s">
+        <v>439</v>
+      </c>
+      <c r="D293" t="s">
+        <v>309</v>
+      </c>
+      <c r="E293" t="s">
+        <v>94</v>
+      </c>
+      <c r="F293">
+        <v>2013</v>
+      </c>
+      <c r="G293">
+        <v>1</v>
+      </c>
+      <c r="H293" s="11">
+        <v>684.18</v>
+      </c>
+    </row>
+    <row r="294" spans="1:8">
+      <c r="A294">
+        <v>73</v>
+      </c>
+      <c r="B294">
+        <v>4284</v>
+      </c>
+      <c r="C294" t="s">
+        <v>440</v>
+      </c>
+      <c r="D294" t="s">
+        <v>351</v>
+      </c>
+      <c r="E294" t="s">
+        <v>196</v>
+      </c>
+      <c r="F294">
+        <v>2012</v>
+      </c>
+      <c r="G294">
+        <v>2</v>
+      </c>
+      <c r="H294" s="11">
+        <v>692.73</v>
+      </c>
+    </row>
+    <row r="295" spans="1:8">
+      <c r="A295">
+        <v>74</v>
+      </c>
+      <c r="B295">
+        <v>4253</v>
+      </c>
+      <c r="C295" t="s">
+        <v>312</v>
+      </c>
+      <c r="D295" t="s">
+        <v>441</v>
+      </c>
+      <c r="E295" t="s">
+        <v>16</v>
+      </c>
+      <c r="F295">
+        <v>2013</v>
+      </c>
+      <c r="G295">
+        <v>2</v>
+      </c>
+      <c r="H295" s="11">
+        <v>695.56</v>
+      </c>
+    </row>
+    <row r="296" spans="1:8">
+      <c r="A296">
+        <v>75</v>
+      </c>
+      <c r="B296">
+        <v>4169</v>
+      </c>
+      <c r="C296" t="s">
+        <v>326</v>
+      </c>
+      <c r="D296" t="s">
+        <v>442</v>
+      </c>
+      <c r="E296" t="s">
+        <v>196</v>
+      </c>
+      <c r="F296">
+        <v>2012</v>
+      </c>
+      <c r="G296">
+        <v>1</v>
+      </c>
+      <c r="H296" s="11">
+        <v>706.36</v>
+      </c>
+    </row>
+    <row r="297" spans="1:8">
+      <c r="A297">
+        <v>76</v>
+      </c>
+      <c r="B297">
+        <v>1651</v>
+      </c>
+      <c r="C297" t="s">
+        <v>416</v>
+      </c>
+      <c r="D297" t="s">
+        <v>443</v>
+      </c>
+      <c r="E297" t="s">
+        <v>183</v>
+      </c>
+      <c r="F297">
+        <v>2013</v>
+      </c>
+      <c r="G297">
+        <v>2</v>
+      </c>
+      <c r="H297" s="11">
+        <v>709.92</v>
+      </c>
+    </row>
+    <row r="298" spans="1:8">
+      <c r="A298">
+        <v>77</v>
+      </c>
+      <c r="B298">
+        <v>3990</v>
+      </c>
+      <c r="C298" t="s">
+        <v>342</v>
+      </c>
+      <c r="D298" t="s">
+        <v>444</v>
+      </c>
+      <c r="E298" t="s">
+        <v>188</v>
+      </c>
+      <c r="F298">
+        <v>2013</v>
+      </c>
+      <c r="G298">
+        <v>1</v>
+      </c>
+      <c r="H298" s="11">
+        <v>716.09</v>
+      </c>
+    </row>
+    <row r="299" spans="1:8">
+      <c r="A299">
+        <v>78</v>
+      </c>
+      <c r="B299">
+        <v>4301</v>
+      </c>
+      <c r="C299" t="s">
+        <v>263</v>
+      </c>
+      <c r="D299" t="s">
+        <v>445</v>
+      </c>
+      <c r="E299" t="s">
+        <v>193</v>
+      </c>
+      <c r="F299">
+        <v>2013</v>
+      </c>
+      <c r="G299">
+        <v>1</v>
+      </c>
+      <c r="H299" s="11">
+        <v>742.21</v>
+      </c>
+    </row>
+    <row r="300" spans="1:8">
+      <c r="H300"/>
+    </row>
+    <row r="301" spans="1:8">
+      <c r="H301"/>
+    </row>
+    <row r="304" spans="1:8">
+      <c r="A304" s="3" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="305" spans="1:8">
+      <c r="A305" s="12" t="s">
+        <v>447</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:G1"/>
-[...4 lines deleted...]
-    <mergeCell ref="A189:G189"/>
+    <mergeCell ref="A1:H1"/>
+    <mergeCell ref="A2:H2"/>
+    <mergeCell ref="A4:H4"/>
+    <mergeCell ref="A71:H71"/>
+    <mergeCell ref="A142:H142"/>
+    <mergeCell ref="A220:H220"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>